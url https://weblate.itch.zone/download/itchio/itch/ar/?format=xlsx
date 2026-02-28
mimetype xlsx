--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H595"/>
+  <dimension ref="A1:H605"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -4318,12287 +4318,12503 @@
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>الاعلي مبيعاً</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>.new_tab.top_sellers</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Popular on Twitter</t>
+          <t>itch is now running in the background. Use the menu to quit it completely.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>مشهور علي تويتر</t>
+          <t>يعمل itch الآن في الخلفية. أستخدم القائمة للخروج منه نهائياً.</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.new_tab.twitter</t>
+          <t>.notification.see_you_soon.message</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>itch is now running in the background. Use the menu to quit it completely.</t>
+          <t>See you soon!</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>يعمل itch الآن في الخلفية. أستخدم القائمة للخروج منه نهائياً.</t>
+          <t>نراك قريباً!</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.message</t>
+          <t>.notification.see_you_soon.title</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>See you soon!</t>
+          <t>You just purchased {{title}}!</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>نراك قريباً!</t>
+          <t>لقد أشتريت {{title}} للتو!</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.title</t>
+          <t>.notification.purchase_complete.just_bought</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>You just purchased {{title}}!</t>
+          <t>You just donated to {{title}}!</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>لقد أشتريت {{title}} للتو!</t>
+          <t>لقد تبرعت ل{{title}} تواً!</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_bought</t>
+          <t>.notification.purchase_complete.just_donated</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>You just donated to {{title}}!</t>
+          <t>You can now install it anytime!</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>لقد تبرعت ل{{title}} تواً!</t>
+          <t>يمكنك الآن تثبيتها في آي وقت!</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_donated</t>
+          <t>.notification.purchase_complete.may_install_now</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t>You can now install it anytime!</t>
+          <t>Thanks for your support!</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>يمكنك الآن تثبيتها في آي وقت!</t>
+          <t>شكراً لدعمك!</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.may_install_now</t>
+          <t>.notification.purchase_complete.thanks_for_support</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Thanks for your support!</t>
+          <t>{{title}} was installed!</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>شكراً لدعمك!</t>
+          <t>تم تثبيت {{title}}!</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.thanks_for_support</t>
+          <t>.notification.download_installed</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
-          <t>{{title}} was installed!</t>
+          <t>{{title}} was updated!</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>تم تثبيت {{title}}!</t>
+          <t>تم تحديث {{title}}!</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>.notification.download_installed</t>
+          <t>.notification.download_updated</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>{{title}} was updated!</t>
+          <t>{{title}} was switched to {{version}}!</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>تم تحديث {{title}}!</t>
+          <t>تم تحويل نسخة {{title}} إلى النسخة {{version}}!</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>.notification.download_updated</t>
+          <t>.notification.download_reverted</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
-          <t>{{title}} was switched to {{version}}!</t>
+          <t>{{title}} verified and repaired!</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>تم تحويل نسخة {{title}} إلى النسخة {{version}}!</t>
+          <t>تم التحقق واصلاح {{title}}!</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>.notification.download_reverted</t>
+          <t>.notification.download_healed</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
-          <t>{{title}} verified and repaired!</t>
+          <t>Keep in mind this is a pre-alpha</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>تم التحقق واصلاح {{title}}!</t>
+          <t>ليكن معلومًا لديك بأن هذه نسخة مبدئية</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>.notification.download_healed</t>
+          <t>.onboarding.caved.prealpha_reminder</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Keep in mind this is a pre-alpha</t>
+          <t>Take your pick</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>ليكن معلومًا لديك بأن هذه نسخة مبدئية</t>
+          <t>اختر ما تشاء</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>.onboarding.caved.prealpha_reminder</t>
+          <t>.onboarding.caved.title_pick</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Take your pick</t>
+          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>اختر ما تشاء</t>
+          <t>إذا تعطل شئ، اضغط {{report}} لكي تبلغ عنه، أو {{probe}} لكي تتحقق.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>.onboarding.caved.title_pick</t>
+          <t>.onboarding.caved.troubleshoot_advice</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
+          <t>Watch games quietly download, install, and run.</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>إذا تعطل شئ، اضغط {{report}} لكي تبلغ عنه، أو {{probe}} لكي تتحقق.</t>
+          <t>شاهد الألعاب تحمل وتثبت وتشغل بهدوء.</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>.onboarding.caved.troubleshoot_advice</t>
+          <t>.onboarding.caved.usage</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Watch games quietly download, install, and run.</t>
+          <t>Your games will be here when you come back.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>شاهد الألعاب تحمل وتثبت وتشغل بهدوء.</t>
+          <t>ستكون ألعابك هنا حين عودتك.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>.onboarding.caved.usage</t>
+          <t>.onboarding.collections.auto_sync</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Your games will be here when you come back.</t>
+          <t>Let's browse</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>ستكون ألعابك هنا حين عودتك.</t>
+          <t>هيا نتصفح</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>.onboarding.collections.auto_sync</t>
+          <t>.onboarding.collections.lets_shop</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Let's browse</t>
+          <t>Mix &amp; match</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>هيا نتصفح</t>
+          <t>إختيارات عشوائية</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>.onboarding.collections.lets_shop</t>
+          <t>.onboarding.collections.title_mix</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Mix &amp; match</t>
+          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>إختيارات عشوائية</t>
+          <t>تصفح الموقع قليلًا ومن ثم استخدم {{add_to_collection}} للبدء في التنظيم.</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>.onboarding.collections.title_mix</t>
+          <t>.onboarding.collections.usage</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>تصفح الموقع قليلًا ومن ثم استخدم {{add_to_collection}} للبدء في التنظيم.</t>
+          <t>اعرف المزيد</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>.onboarding.collections.usage</t>
+          <t>.onboarding.dashboard.docs_link</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>We've tried to make it the comfiest.</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>اعرف المزيد</t>
+          <t>لقد حاولنا جعل الأمر مريحا قدر الإمكان.</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.docs_link</t>
+          <t>.onboarding.dashboard.mission_statement</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>We've tried to make it the comfiest.</t>
+          <t>Instant set-up, and as few barriers as we can manage.</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>لقد حاولنا جعل الأمر مريحا قدر الإمكان.</t>
+          <t>عملية إعداد فورية، مع عدة مشاكل يمكننا الإهتمام بها.</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.mission_statement</t>
+          <t>.onboarding.dashboard.selling_points</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Instant set-up, and as few barriers as we can manage.</t>
+          <t>Welcome home</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>عملية إعداد فورية، مع عدة مشاكل يمكننا الإهتمام بها.</t>
+          <t>أهلا بك</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.selling_points</t>
+          <t>.onboarding.dashboard.welcome_home</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Welcome home</t>
+          <t>We've put together a few collections so you can start playing right away.</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>أهلا بك</t>
+          <t>قمنا بتجهيز بعض المجموعات بحيث يمكنك بدء اللعب فوراً.</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.welcome_home</t>
+          <t>.onboarding.owned.batteries_included</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>We've put together a few collections so you can start playing right away.</t>
+          <t>Click the labels on your left to navigate around the app</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>قمنا بتجهيز بعض المجموعات بحيث يمكنك بدء اللعب فوراً.</t>
+          <t>اضغط على الأزرار في جهة اليسار للتصفح ضمن التطبيق</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>.onboarding.owned.batteries_included</t>
+          <t>.onboarding.owned.navigation_hint</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Click the labels on your left to navigate around the app</t>
+          <t>Things are looking a bit empty right now, but no worries!</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>اضغط على الأزرار في جهة اليسار للتصفح ضمن التطبيق</t>
+          <t>قد تبدو خالية حاليًا، لكن لا تقلق!</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>.onboarding.owned.navigation_hint</t>
+          <t>.onboarding.owned.reassuring_comment</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Things are looking a bit empty right now, but no worries!</t>
+          <t>You made it!</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>قد تبدو خالية حاليًا، لكن لا تقلق!</t>
+          <t>لقد فعلتها!</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>.onboarding.owned.reassuring_comment</t>
+          <t>.onboarding.owned.title_warm_welcome</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t>You made it!</t>
+          <t>Open dashboard</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>لقد فعلتها!</t>
+          <t>فتح لوحة المراقبة</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>.onboarding.owned.title_warm_welcome</t>
+          <t>.outlinks.open_dashboard</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Open dashboard</t>
+          <t>Manage collections</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>فتح لوحة المراقبة</t>
+          <t>إدارة المجموعات</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>.outlinks.open_dashboard</t>
+          <t>.outlinks.manage_collections</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Manage collections</t>
+          <t>itch.io sandbox setup</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>إدارة المجموعات</t>
+          <t>تثبيت في صندوق التجارب بitch.io</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>.outlinks.manage_collections</t>
+          <t>.sandbox.setup.title</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
-          <t>itch.io sandbox setup</t>
+          <t>Proceed</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>تثبيت في صندوق التجارب بitch.io</t>
+          <t>التالي</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>.sandbox.setup.title</t>
+          <t>.sandbox.setup.proceed</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Proceed</t>
+          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>التالي</t>
+          <t>من أجل تشغيل ألعاب itch.io في صندوق التجارب، يجب تشغيله كمسؤول لمرة واحدة.</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>.sandbox.setup.proceed</t>
+          <t>.sandbox.setup.windows.message</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
+          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>من أجل تشغيل ألعاب itch.io في صندوق التجارب، يجب تشغيله كمسؤول لمرة واحدة.</t>
+          <t>بعد النقر علي 'التالي'، سينبثق لك طلب الإذن للموافقة. هذا سيضيف حساب المستخدم "itch-player" لحماية ألعابك التي في نظامك.</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.message</t>
+          <t>.sandbox.setup.windows.detail</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
+          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>بعد النقر علي 'التالي'، سينبثق لك طلب الإذن للموافقة. هذا سيضيف حساب المستخدم "itch-player" لحماية ألعابك التي في نظامك.</t>
+          <t>من أجل تشغيل ألعاب itch.io في صندوق التجارب، سيشتغل برنامج نصّي كمدير للنظام.</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.detail</t>
-[...2 lines deleted...]
-      <c r="G178" t="inlineStr"/>
+          <t>.sandbox.setup.linux.message</t>
+        </is>
+      </c>
+      <c r="G178" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: من أجل تشغيل ألعاب itch.io في صندوق التجارب، يجب تفعيل برنامج نصّي كمدير للنظام.</t>
+        </is>
+      </c>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
+          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>من أجل تشغيل ألعاب itch.io في صندوق التجارب، سيشتغل برنامج نصّي كمدير للنظام.</t>
+          <t>بعد النقر فوق "التالي"، ستنبثق نافدة تطلب كلمة المرور خاصتك. هذا مطلوب فقط عند استخدام "صندوق التجارب" أو تحديثه لأول مرة، ولا يتم تخزين كلمة المرور الخاصة بك مطلقًا.</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.message</t>
+          <t>.sandbox.setup.linux.detail</t>
         </is>
       </c>
       <c r="G179" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: من أجل تشغيل ألعاب itch.io في صندوق التجارب، يجب تفعيل برنامج نصّي كمدير للنظام.</t>
+          <t>Suggested in Weblate: عند الضغط على " تقدم " , ستظهر صفحة تطلب منك ادخال كلمة المرور. سيطلب منك ذلك فقط عندما يتم تحديث برنامج " البيئة التجريبية sandbox " او يكون استخدامك الاول للبرنامج او اذا كانت كلمة المرور غير محفوظة في البرنامج.</t>
         </is>
       </c>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
+          <t>Security &amp; privacy</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>بعد النقر فوق "التالي"، ستنبثق نافدة تطلب كلمة المرور خاصتك. هذا مطلوب فقط عند استخدام "صندوق التجارب" أو تحديثه لأول مرة، ولا يتم تخزين كلمة المرور الخاصة بك مطلقًا.</t>
+          <t>الأمن والخصوصية</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.security</t>
+        </is>
+      </c>
+      <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Security &amp; privacy</t>
+          <t>Enable itch.io sandbox</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>الأمن والخصوصية</t>
+          <t>تفعيل وضع صندوق التجارب بitch.io</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>.preferences.security</t>
+          <t>.preferences.security.sandbox.title</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Enable itch.io sandbox</t>
+          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>تفعيل وضع صندوق التجارب بitch.io</t>
+          <t>وضع صندوق التجارب بitch.io سيحاول منع الألعاب التي قمت بتحميلها من فعل أشياء مضرة بحاسبك أو سرقة معلومات هامة. في حين أنه ليس آمن تمامًا، تشغيل الالعاب في هذا الوضع أكثر أمانًا من عدمه.</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.title</t>
+          <t>.preferences.security.sandbox.description</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
+          <t>Add location</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>وضع صندوق التجارب بitch.io سيحاول منع الألعاب التي قمت بتحميلها من فعل أشياء مضرة بحاسبك أو سرقة معلومات هامة. في حين أنه ليس آمن تمامًا، تشغيل الالعاب في هذا الوضع أكثر أمانًا من عدمه.</t>
+          <t>إضافة موقع</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.description</t>
+          <t>.preferences.install_location.add</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Add location</t>
+          <t>Remove this install location</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>إضافة موقع</t>
+          <t>إزالة موقع التثبيت</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>.preferences.install_location.add</t>
+          <t>.preferences.install_location.delete</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Remove this install location</t>
+          <t>Free space</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>إزالة موقع التثبيت</t>
+          <t>المساحة الحرة</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>.preferences.install_location.delete</t>
+          <t>.preferences.install_location.free_space</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Free space</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>المساحة الحرة</t>
+          <t>الافتراضي</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_space</t>
+          <t>.preferences.install_location.is_default_short</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Make default</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>الافتراضي</t>
+          <t>أجعله الإفتراضي</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default_short</t>
+          <t>.preferences.install_location.make_default_short</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Make default</t>
+          <t>New items will install to this location by default.</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>أجعله الإفتراضي</t>
+          <t>سيتم تثبيت العناصر الجديدة في هذا الموقع بشكل إفتراضي.</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default_short</t>
+          <t>.preferences.install_location.is_default</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t>New items will install to this location by default.</t>
+          <t># of items</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>سيتم تثبيت العناصر الجديدة في هذا الموقع بشكل إفتراضي.</t>
+          <t># من العناصر</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default</t>
+          <t>.preferences.install_location.item_count</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t># of items</t>
+          <t>Set this as the default install location</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t># من العناصر</t>
+          <t>قم باعتماد هذا الموقع افتراضيا للتنصيب</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>.preferences.install_location.item_count</t>
+          <t>.preferences.install_location.make_default</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Set this as the default install location</t>
+          <t>Location</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>قم باعتماد هذا الموقع افتراضيا للتنصيب</t>
+          <t>الموقع</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default</t>
+          <t>.preferences.install_location.path</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Location</t>
+          <t>Used space</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>الموقع</t>
+          <t>المساحة المستخدمة</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>.preferences.install_location.path</t>
+          <t>.preferences.install_location.used_space</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Used space</t>
+          <t>Install locations</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>المساحة المستخدمة</t>
+          <t>مواقع التثبيت</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>.preferences.install_location.used_space</t>
+          <t>.preferences.install_locations</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Install locations</t>
+          <t>Behavior</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>مواقع التثبيت</t>
+          <t>الأداء</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>.preferences.install_locations</t>
+          <t>.preferences.behavior</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Behavior</t>
+          <t>Keep app in tray when closing window</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>الأداء</t>
+          <t>أبقي التطبيق في الخلفية حينما تغلق النافذة</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>.preferences.behavior</t>
+          <t>.preferences.behavior.close_to_tray</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Keep app in tray when closing window</t>
+          <t>Run itch when my computer starts</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>أبقي التطبيق في الخلفية حينما تغلق النافذة</t>
+          <t>تشغيل itch حين بدء تشغيل الحاسب</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>.preferences.behavior.close_to_tray</t>
+          <t>.preferences.behavior.open_at_login</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Run itch when my computer starts</t>
+          <t>Open itch as hidden on startup</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>تشغيل itch حين بدء تشغيل الحاسب</t>
+          <t>بدء itch بشكل مخفي عند بدء تشغيل الحاسب</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login</t>
+          <t>.preferences.behavior.open_as_hidden</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr"/>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Open itch as hidden on startup</t>
+          <t>Auto-start settings could not be applied: {{cause}}</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>بدء itch بشكل مخفي عند بدء تشغيل الحاسب</t>
+          <t>اعدادات البدء التلقائي لا يمكن تطبيقها: {{cause}}</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_as_hidden</t>
+          <t>.preferences.behavior.open_at_login.error</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr"/>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Auto-start settings could not be applied: {{cause}}</t>
+          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>اعدادات البدء التلقائي لا يمكن تطبيقها: {{cause}}</t>
+          <t>لم يتم إيجاد ملف .desktop. هذا امر طبيعي إذا لم تثبته من حزمة نظام. ألقي نظرة على {{linux_install_page}} لمزيد من المعلومات.</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.error</t>
+          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr"/>
       <c r="B200" t="inlineStr">
         <is>
-          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
+          <t>Ask before updating anything</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>لم يتم إيجاد ملف .desktop. هذا امر طبيعي إذا لم تثبته من حزمة نظام. ألقي نظرة على {{linux_install_page}} لمزيد من المعلومات.</t>
+          <t>أسئل قبل تحديث آي شئ</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
+          <t>.preferences.behavior.manual_game_updates</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr"/>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Ask before updating anything</t>
+          <t>Prevent display sleep while playing</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>أسئل قبل تحديث آي شئ</t>
+          <t>منع الشاشة من الإغلاق حينما تلعب</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>.preferences.behavior.manual_game_updates</t>
+          <t>.preferences.behavior.prevent_display_sleep</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr"/>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Prevent display sleep while playing</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>منع الشاشة من الإغلاق حينما تلعب</t>
+          <t>الإشعارات</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>.preferences.behavior.prevent_display_sleep</t>
+          <t>.preferences.notifications</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr"/>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Notify me when a download has been installed or updated</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>الإشعارات</t>
+          <t>أعلمني حينما يتم تثبيت تحميل أو تحديث</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>.preferences.notifications</t>
+          <t>.preferences.notifications.ready_notification</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr"/>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Notify me when a download has been installed or updated</t>
+          <t>Language</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>أعلمني حينما يتم تثبيت تحميل أو تحديث</t>
+          <t>اللغة</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>.preferences.notifications.ready_notification</t>
+          <t>.preferences.language</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr"/>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Language</t>
+          <t>System language ({{language}})</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>اللغة</t>
+          <t>لغة النظام ({{language}})</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>.preferences.language</t>
+          <t>.preferences.language.auto</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr"/>
       <c r="B206" t="inlineStr">
         <is>
-          <t>System language ({{language}})</t>
+          <t>Help translate {{name}} in your language!</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>لغة النظام ({{language}})</t>
+          <t>ساعدنا في ترجمة {{name}} إلى لغتك!</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>.preferences.language.auto</t>
+          <t>.preferences.language.get_involved</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr"/>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Help translate {{name}} in your language!</t>
+          <t>Advanced</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>ساعدنا في ترجمة {{name}} إلى لغتك!</t>
+          <t>متقدم</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>.preferences.language.get_involved</t>
+          <t>.preferences.advanced</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr"/>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Advanced</t>
+          <t>Open app log</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>متقدم</t>
+          <t>فتح سجل التطبيق</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>.preferences.advanced</t>
+          <t>.preferences.advanced.open_app_log</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr"/>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Open app log</t>
+          <t>Clear browsing data</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>فتح سجل التطبيق</t>
+          <t>إخلاء بيانات التصفح</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>.preferences.advanced.open_app_log</t>
+          <t>.preferences.advanced.clear_browsing_data</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr"/>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Clear browsing data</t>
+          <t>HTTPS Proxy</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>إخلاء بيانات التصفح</t>
+          <t>بروكسي HTTPS</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>.preferences.advanced.clear_browsing_data</t>
+          <t>.preferences.proxy_server_address</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr"/>
       <c r="B211" t="inlineStr">
         <is>
-          <t>HTTPS Proxy</t>
+          <t>Direct (no proxy)</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>بروكسي HTTPS</t>
+          <t>مباشر (لا بروكسي)</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_address</t>
+          <t>.preferences.proxy_server_source.direct</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr"/>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Direct (no proxy)</t>
+          <t>Multiple downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>مباشر (لا بروكسي)</t>
+          <t>تتوافر التحميلات المتعددة ل{{title}}</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_source.direct</t>
+          <t>.pick_install_upload.title</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr"/>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Multiple downloads are available for {{title}}</t>
+          <t>Which file do you want to download for {{title}}?</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>تتوافر التحميلات المتعددة ل{{title}}</t>
+          <t>أي ملف تريد تحميله ل{{title}}؟</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>.pick_install_upload.title</t>
+          <t>.pick_install_upload.message</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr"/>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Which file do you want to download for {{title}}?</t>
+          <t>We'll ask you again when new downloads are available.</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>أي ملف تريد تحميله ل{{title}}؟</t>
+          <t>هل أسئلك مجددا أذا توافرت تنزيلات جديدة.</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>.pick_install_upload.message</t>
+          <t>.pick_install_upload.detail</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr"/>
       <c r="B215" t="inlineStr">
         <is>
-          <t>We'll ask you again when new downloads are available.</t>
+          <t>New downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>هل أسئلك مجددا أذا توافرت تنزيلات جديدة.</t>
+          <t>تحميلات جديدة متوفرة ل{{title}}</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>.pick_install_upload.detail</t>
+          <t>.pick_update_upload.title</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr"/>
       <c r="B216" t="inlineStr">
         <is>
-          <t>New downloads are available for {{title}}</t>
+          <t>Which file do you want to update to for {{title}}?</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>تحميلات جديدة متوفرة ل{{title}}</t>
+          <t>آي ملف تود تحديثه ل{{title}}؟</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>.pick_update_upload.title</t>
+          <t>.pick_update_upload.message</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr"/>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Which file do you want to update to for {{title}}?</t>
+          <t>We only ask because you hand-picked a file at install time.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>آي ملف تود تحديثه ل{{title}}؟</t>
+          <t>نحن نسأل فقط لانك اخترت ملفًا في وقت التثبيت.</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>.pick_update_upload.message</t>
-[...24 lines deleted...]
-        <is>
           <t>.pick_update_upload.detail</t>
         </is>
       </c>
-      <c r="G218" t="inlineStr">
+      <c r="G217" t="inlineStr">
         <is>
           <t>Suggested in Weblate: نحن نسأل لأنك قمت باختيار ملف بنفسك أثناء عملية التثبيت.
 Suggested in Weblate: نحن نسألك فقط لأنك قمت بإختيار ملف أثناء التنزيل.
 Suggested in Weblate: نحن نسأل فقط لأنك قمت بإفلات ملف أثناء التثبيت.
 Suggested in Weblate: نحن نسأل فقط لأنك اخترت ملفا يدويا في وقت التثبيت.
 Suggested in Weblate: نحن نسأل فقط لأنك اخترت ملفًا في وقت التثبيت.
 Suggested in Weblate: نسأل فقط لأنك اخترت يدوياً ملفاً وقت التثبيت.
 Suggested in Weblate: نحن نسأل لأنك انتقيت ملفاََ وقت التثبيت.
 Suggested in Weblate: نحن فقط نسأل لأنك اخترت الملف يدويا بوقت التثبيت
 Suggested in Weblate: نحن نسألك فقط لأنك اخترت ملفًا بشكل خاص في وقت التثبيت.
 Suggested in Weblate: نحن نطلب فقط لأنك اخترت ملفًا يدويًا في وقت التثبيت.
 Suggested in Weblate: نحن فقط نسأل لأنك أخترت ملفاً في وقت التثبيت.
 Suggested in Weblate: نحن نسأل فقط لأنك اخترت ملف في وقت التنزيل
 Suggested in Weblate: نسئل فقط لانك اخترت ملف وقت التنزيل</t>
         </is>
       </c>
+      <c r="H217" t="inlineStr"/>
+    </row>
+    <row r="218">
+      <c r="A218" t="inlineStr"/>
+      <c r="B218" t="inlineStr">
+        <is>
+          <t>A new version of {{title}} is available</t>
+        </is>
+      </c>
+      <c r="C218" t="inlineStr">
+        <is>
+          <t>تتوافر نسخة جديدة من {{title}}</t>
+        </is>
+      </c>
+      <c r="D218" t="inlineStr"/>
+      <c r="E218" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F218" t="inlineStr">
+        <is>
+          <t>.pick_update_upload.single.title</t>
+        </is>
+      </c>
+      <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr"/>
       <c r="B219" t="inlineStr">
         <is>
-          <t>A new version of {{title}} is available</t>
+          <t>You can choose to update now or later.</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>تتوافر نسخة جديدة من {{title}}</t>
+          <t>يمكنك ان تختار التحديث الان او لاحقا.</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.title</t>
+          <t>.pick_update_upload.single.message</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr"/>
       <c r="B220" t="inlineStr">
         <is>
-          <t>You can choose to update now or later.</t>
+          <t>Note: you can enable automatic updates in the Preferences tab</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>يمكنك ان تختار التحديث الان او لاحقا.</t>
+          <t>ملاحظة:يمكنك تفعيل التحديث التلقائي في صفحة التفضيلات</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.message</t>
+          <t>.pick_update_upload.single.detail</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr"/>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Note: you can enable automatic updates in the Preferences tab</t>
+          <t>Update now</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>ملاحظة:يمكنك تفعيل التحديث التلقائي في صفحة التفضيلات</t>
+          <t>تحديث الآن</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.detail</t>
+          <t>.pick_update_upload.buttons.update</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr"/>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Update now</t>
+          <t>Just launch</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>تحديث الآن</t>
+          <t>شغلها فقط</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.update</t>
+          <t>.pick_update_upload.buttons.just_launch</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr"/>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Just launch</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>شغلها فقط</t>
+          <t>النسخة التجريبية</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.just_launch</t>
+          <t>.pick_update_upload.tags.demo</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr"/>
       <c r="B224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>النسخة التجريبية</t>
+          <t>إلغاء</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>.pick_update_upload.tags.demo</t>
+          <t>.prompt.action.cancel</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr"/>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>إلغاء</t>
+          <t>إغلاق</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>.prompt.action.cancel</t>
+          <t>.prompt.action.close</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr"/>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Proceed with removal</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>إغلاق</t>
+          <t>استمر في الإزالة</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>.prompt.action.close</t>
+          <t>.prompt.action.confirm_removal</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr"/>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Proceed with removal</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>استمر في الإزالة</t>
+          <t>تثبيت</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>.prompt.action.confirm_removal</t>
+          <t>.prompt.action.install</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr"/>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>Ok</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>تثبيت</t>
+          <t>حسنًا</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>.prompt.action.install</t>
+          <t>.prompt.action.ok</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr"/>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Ok</t>
+          <t>Force close</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>حسنًا</t>
+          <t>إغلاق بالقوة</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>.prompt.action.ok</t>
+          <t>.prompt.action.force_close</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr"/>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Force close</t>
+          <t>...but you could still buy a copy for a friend!
+Do you want to make another purchase?</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>إغلاق بالقوة</t>
+          <t>... لكن ما زال بإمكانك شراء نسخة لصديق!
+هل تريد الشراء مرة أخرى؟</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>.prompt.action.force_close</t>
+          <t>.prompt.additional_purchase.detail</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr"/>
       <c r="B231" t="inlineStr">
         <is>
-          <t>...but you could still buy a copy for a friend!
-Do you want to make another purchase?</t>
+          <t>You already own a copy of {{title}}.</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>... لكن ما زال بإمكانك شراء نسخة لصديق!
-هل تريد الشراء مرة أخرى؟</t>
+          <t>لديك مسبقًا نسخة من {{title}}.</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.detail</t>
+          <t>.prompt.additional_purchase.message</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr"/>
       <c r="B232" t="inlineStr">
         <is>
-          <t>You already own a copy of {{title}}.</t>
+          <t>Purchase again</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>لديك مسبقًا نسخة من {{title}}.</t>
+          <t>إشتر مرة أخرى</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.message</t>
+          <t>.prompt.additional_purchase.purchase_again</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr"/>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Purchase again</t>
+          <t>You already own this!</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>إشتر مرة أخرى</t>
+          <t>أنت بالفعل تمتلك هذا!</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.purchase_again</t>
+          <t>.prompt.additional_purchase.title</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr"/>
       <c r="B234" t="inlineStr">
         <is>
-          <t>You already own this!</t>
+          <t>Clear data</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>أنت بالفعل تمتلك هذا!</t>
+          <t>تنظيف البيانات</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.title</t>
-[...2 lines deleted...]
-      <c r="G234" t="inlineStr"/>
+          <t>.prompt.clear_browsing_data.clear</t>
+        </is>
+      </c>
+      <c r="G234" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: حذف البيانات</t>
+        </is>
+      </c>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr"/>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Clear data</t>
+          <t>Cached images and files</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>تنظيف البيانات</t>
+          <t>الصور و الملفات المخزنة مؤقتاً</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.clear</t>
+          <t>.prompt.clear_browsing_data.category.cache</t>
         </is>
       </c>
       <c r="G235" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: حذف البيانات</t>
+          <t>Suggested in Weblate: الصور و الملفات المخزنة</t>
         </is>
       </c>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr"/>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Cached images and files</t>
+          <t>Retrieving cache size...</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>الصور و الملفات المخزنة مؤقتاً</t>
+          <t>يحسب مساحة التخزين المؤقت...</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cache</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
+        </is>
+      </c>
+      <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr"/>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Retrieving cache size...</t>
+          <t>Cache is currently using {{size}} on disk</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>يحسب مساحة التخزين المؤقت...</t>
+          <t>التخزين المؤقت يستخدم حاليا {{size}} علي الهارد</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
+          <t>.prompt.clear_browsing_data.cache_size_used</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr"/>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Cache is currently using {{size}} on disk</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>التخزين المؤقت يستخدم حاليا {{size}} علي الهارد</t>
+          <t>ملفات تعريف الارتباط</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cache_size_used</t>
-[...2 lines deleted...]
-      <c r="G238" t="inlineStr"/>
+          <t>.prompt.clear_browsing_data.category.cookies</t>
+        </is>
+      </c>
+      <c r="G238" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: كوكيز</t>
+        </is>
+      </c>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr"/>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>This will log you out from all websites you've logged into from the itch app.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>ملفات تعريف الارتباط</t>
+          <t>هذا الخيار سيقوم بتسجيل خروجك من كل المواقع التي قمت بتسجيل الدخول اليها من خلال تطبيق itch.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cookies</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.clear_browsing_data.cookies_info</t>
+        </is>
+      </c>
+      <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr"/>
       <c r="B240" t="inlineStr">
         <is>
-          <t>This will log you out from all websites you've logged into from the itch app.</t>
+          <t>Browsing data cleared!</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>هذا الخيار سيقوم بتسجيل خروجك من كل المواقع التي قمت بتسجيل الدخول اليها من خلال تطبيق itch.</t>
+          <t>تم تنظيف بيانات التصفح!</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cookies_info</t>
+          <t>.prompt.clear_browsing_data.notification</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr"/>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Browsing data cleared!</t>
+          <t>A crash log has been written to {{location}}.</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>تم تنظيف بيانات التصفح!</t>
+          <t>تمت كتابة سجل بالأخطاء في {{location}}.</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.notification</t>
+          <t>.prompt.crash_reporter.detail</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr"/>
       <c r="B242" t="inlineStr">
         <is>
-          <t>A crash log has been written to {{location}}.</t>
+          <t>The application has crashed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>تمت كتابة سجل بالأخطاء في {{location}}.</t>
+          <t>تحطم التطبيق</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.detail</t>
+          <t>.prompt.crash_reporter.message</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr"/>
       <c r="B243" t="inlineStr">
         <is>
-          <t>The application has crashed</t>
+          <t>Open crash log</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>تحطم التطبيق</t>
+          <t>فتح سجل التحطم</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.message</t>
+          <t>.prompt.crash_reporter.open_crash_log</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr"/>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Open crash log</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>فتح سجل التحطم</t>
+          <t>ارسل أرائك</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.open_crash_log</t>
+          <t>.prompt.crash_reporter.report_issue</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr"/>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>ارسل أرائك</t>
+          <t>موقع itch يستطيع فقط تنصيب نسخ محمولة من برامج لينوكس.</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.report_issue</t>
+          <t>.prompt.deb_policy.detail</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr"/>
       <c r="B246" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>موقع itch يستطيع فقط تنصيب نسخ محمولة من برامج لينوكس.</t>
+          <t>{{title}}  يقوم باستخدام ملف من نوع deb. , ولا يمكن تنصيبه باستخدام itch حتي يتم اعادة اصداره.</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.detail</t>
-[...2 lines deleted...]
-      <c r="G246" t="inlineStr"/>
+          <t>.prompt.deb_policy.message</t>
+        </is>
+      </c>
+      <c r="G246" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{title}} يقوم باستخدام ملف من نوع deb. , ولا يمكن تنصيبه باستخدام itch حتي يتم اعادة اصداره.</t>
+        </is>
+      </c>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr"/>
       <c r="B247" t="inlineStr">
         <is>
-          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>APT packages are not supported</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>{{title}}  يقوم باستخدام ملف من نوع deb. , ولا يمكن تنصيبه باستخدام itch حتي يتم اعادة اصداره.</t>
+          <t>حزم APT غير مدعومة</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.deb_policy.title</t>
+        </is>
+      </c>
+      <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr"/>
       <c r="B248" t="inlineStr">
         <is>
-          <t>APT packages are not supported</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>حزم APT غير مدعومة</t>
+          <t>نسيان الجلسة</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.title</t>
+          <t>.prompt.forget_session.action</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr"/>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>You can always add it back later.</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>نسيان الجلسة</t>
+          <t>يمكنك دائماً اعادة اضافتها لاحقاً.</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.action</t>
-[...2 lines deleted...]
-      <c r="G249" t="inlineStr"/>
+          <t>.prompt.forget_session.detail</t>
+        </is>
+      </c>
+      <c r="G249" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: تستطيع اضافتها مره اخرى لاحقا </t>
+        </is>
+      </c>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr"/>
       <c r="B250" t="inlineStr">
         <is>
-          <t>You can always add it back later.</t>
+          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>يمكنك دائماً اعادة اضافتها لاحقاً.</t>
+          <t>هل انت متأكد من ازالة {{username}} من الجلسات المحفوظة ؟</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.detail</t>
+          <t>.prompt.forget_session.message</t>
         </is>
       </c>
       <c r="G250" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G251" t="inlineStr">
         <is>
           <t>Suggested in Weblate: هل انت متأكد انك تريد حذف '{{username}}' من الجلسات المحفوظة؟
 Suggested in Weblate: هل انت متأكد من أنك تريد إزالة {{username}} من جلساتك المحفوظة؟
 Suggested in Weblate: هل انت متأكد من أنك تريد إزالة '{{username}}' من جلساتك المحفوظة؟ 
 Suggested in Weblate: أمتأكد أنك تريد إزالة {{username}} من جلساتك المحفوظة؟
 Suggested in Weblate: هل أنت واثق أنك تريد حذف '{{username}}' من الجلسات المحفوظة؟
 Suggested in Weblate: هل انت متأكد من انك تريد ازالة  '{{username}}'  من جلساتك المحفوظة ؟</t>
         </is>
       </c>
+      <c r="H250" t="inlineStr"/>
+    </row>
+    <row r="251">
+      <c r="A251" t="inlineStr"/>
+      <c r="B251" t="inlineStr">
+        <is>
+          <t>Forget session</t>
+        </is>
+      </c>
+      <c r="C251" t="inlineStr">
+        <is>
+          <t>نسيان الجلسة</t>
+        </is>
+      </c>
+      <c r="D251" t="inlineStr"/>
+      <c r="E251" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F251" t="inlineStr">
+        <is>
+          <t>.prompt.forget_session.title</t>
+        </is>
+      </c>
+      <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr"/>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>Pick a new install location</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>نسيان الجلسة</t>
+          <t>اختر موقع تثبيت جديد</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.title</t>
+          <t>.prompt.install_location_add.title</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr"/>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Pick a new install location</t>
+          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>اختر موقع تثبيت جديد</t>
+          <t>جميع العناصر التي تم تثبيتها في {{location}} لن يتم إدارتها من البرنامج.</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>.prompt.install_location_add.title</t>
+          <t>.prompt.install_location_remove.detail</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr"/>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
+          <t>Are you sure you want to remove this location?</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>جميع العناصر التي تم تثبيتها في {{location}} لن يتم إدارتها من البرنامج.</t>
+          <t>هل أنت متأكد من رغبتك بإزالة هذا الموقع؟</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.detail</t>
+          <t>.prompt.install_location_remove.message</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr"/>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove this location?</t>
+          <t>Removing an install location</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>هل أنت متأكد من رغبتك بإزالة هذا الموقع؟</t>
+          <t>إزالة موقع تثبيت</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.message</t>
+          <t>.prompt.install_location_remove.title</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr"/>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Removing an install location</t>
+          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>إزالة موقع تثبيت</t>
+          <t>هذا آخر موقع تثبيت متبق ولا يمكن إزالته حتى تتم إضافة غيره أولا.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.title</t>
+          <t>.prompt.last_remaining_install_location.content</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr"/>
       <c r="B257" t="inlineStr">
         <is>
-          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
+          <t>Cannot remove install location</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>هذا آخر موقع تثبيت متبق ولا يمكن إزالته حتى تتم إضافة غيره أولا.</t>
+          <t>تعذرت إزالة موقع التثبيت</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.content</t>
+          <t>.prompt.last_remaining_install_location.title</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr"/>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Cannot remove install location</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>تعذرت إزالة موقع التثبيت</t>
+          <t>تسجيل الخروج</t>
         </is>
       </c>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.title</t>
+          <t>.prompt.logout_action</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr"/>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>تسجيل الخروج</t>
+          <t>هل أنت متأكد من رغبتك بتسجيل الخروج؟</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>.prompt.logout_action</t>
+          <t>.prompt.logout_confirm</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr"/>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>In-progress downloads will be paused until you log in again.</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>هل أنت متأكد من رغبتك بتسجيل الخروج؟</t>
+          <t>سيتم ايقاف التحميلات الجاريه حتى تقوم بتسجيل الدخول مجددا.</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>.prompt.logout_confirm</t>
-[...2 lines deleted...]
-      <c r="G260" t="inlineStr"/>
+          <t>.prompt.logout_detail</t>
+        </is>
+      </c>
+      <c r="G260" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: التحميلات الجارية سيتم ايقافها مؤقتاً لحين اعادة تسجيل دخولك مرة اخرى.</t>
+        </is>
+      </c>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr"/>
       <c r="B261" t="inlineStr">
         <is>
-          <t>In-progress downloads will be paused until you log in again.</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>سيتم ايقاف التحميلات الجاريه حتى تقوم بتسجيل الدخول مجددا.</t>
+          <t>تسجيل الخروج</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>.prompt.logout_detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.logout_title</t>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr"/>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>تسجيل الخروج</t>
+          <t>لعل هذا الـ{{classification}} ليس متوافقا معها حتى الآن؟</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>.prompt.logout_title</t>
+          <t>.prompt.no_compatible_version.detail</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr"/>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
+          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>لعل هذا الـ{{classification}} ليس متوافقا معها حتى الآن؟</t>
+          <t>لم نتمكن من العثور على نسخة من {{title}} مخصصة لمنصة {{platform}}.</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.detail</t>
+          <t>.prompt.no_compatible_version.message</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr"/>
       <c r="B264" t="inlineStr">
         <is>
-          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
+          <t>{{title}} on {{platform}}</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>لم نتمكن من العثور على نسخة من {{title}} مخصصة لمنصة {{platform}}.</t>
+          <t>{{title}} على منصة {{platform}}</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.message</t>
+          <t>.prompt.no_compatible_version.title</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr"/>
       <c r="B265" t="inlineStr">
         <is>
-          <t>{{title}} on {{platform}}</t>
+          <t>An error occurred during installation</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>{{title}} على منصة {{platform}}</t>
+          <t>حصل خطأ اثناء التثبيت</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.title</t>
+          <t>.prompt.install_error.title</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr"/>
       <c r="B266" t="inlineStr">
         <is>
-          <t>An error occurred during installation</t>
+          <t>While searching for a download: {{message}}</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>حصل خطأ اثناء التثبيت</t>
+          <t>خلال البحث عن تحميل : {{message}}</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>.prompt.install_error.title</t>
+          <t>.prompt.install_error.find_upload</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr"/>
       <c r="B267" t="inlineStr">
         <is>
-          <t>While searching for a download: {{message}}</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>خلال البحث عن تحميل : {{message}}</t>
+          <t>اعرف المزيد</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>.prompt.install_error.find_upload</t>
+          <t>.prompt.packaging_policy.learn_more</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr"/>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>Open web page for {{title}}</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>اعرف المزيد</t>
+          <t>افتح صفحة {{title}}</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.learn_more</t>
+          <t>.prompt.packaging_policy.open_web_page</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr"/>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Open web page for {{title}}</t>
+          <t>Maybe you can find another way to support them?</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>افتح صفحة {{title}}</t>
+          <t>لعله يمكنك إيجاد طريقة أخرى لدعمهم؟</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.open_web_page</t>
+          <t>.prompt.payments_disabled.detail</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr"/>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Maybe you can find another way to support them?</t>
+          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>لعله يمكنك إيجاد طريقة أخرى لدعمهم؟</t>
+          <t>للأسف فإن مطور {{title}} لا يقبل أي مدفوعات لهذا العنوان.</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.detail</t>
+          <t>.prompt.payments_disabled.message</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr"/>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
+          <t>Open web page</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>للأسف فإن مطور {{title}} لا يقبل أي مدفوعات لهذا العنوان.</t>
+          <t>فتح صفحة الويب</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.message</t>
+          <t>.prompt.payments_disabled.open_web_page</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr"/>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Open web page</t>
+          <t>Payments disabled</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>فتح صفحة الويب</t>
+          <t>تم تعطيل عملية الدفع</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.open_web_page</t>
+          <t>.prompt.payments_disabled.title</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr"/>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Payments disabled</t>
+          <t>Switch {{title}} to another version</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>تم تعطيل عملية الدفع</t>
+          <t>بدل {{title}} الي نسخة اخري</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.title</t>
-[...2 lines deleted...]
-      <c r="G273" t="inlineStr"/>
+          <t>.prompt.revert.title</t>
+        </is>
+      </c>
+      <c r="G273" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: تبديل {{title}} الي نسخة أخرى</t>
+        </is>
+      </c>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr"/>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Switch {{title}} to another version</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>بدل {{title}} الي نسخة اخري</t>
+          <t>يستطيع ITCH تثبيت اصدارات محمولة فقط لبرامج لينوكس.</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>.prompt.revert.title</t>
+          <t>.prompt.rpm_policy.detail</t>
         </is>
       </c>
       <c r="G274" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G275" t="inlineStr">
         <is>
           <t>Suggested in Weblate: يستطيع ITCH تثبيت اصدارات محمولة فقط لبرامج لينكس.
 Suggested in Weblate: يمكن لـ itch تثبيت اصدارات محمولة من تطبيقات Linux فقط.
 Suggested in Weblate: itch يمكنه فقط تثبيت اصدارات محمولة من تطبيقات لينكس(Linux)
 Suggested in Weblate: itch يمكنه فقط تثبيت اصدارات محمولة من تطبيقات لينكس(Linux).
 Suggested in Weblate: itch يستطيع تنصيب النسخ المحمولة من تطيبقات لينوكس فقط.
 Suggested in Weblate: يمكن لـ itch تثبيت الإصدارات المحمولة فقط من تطبيقات Linux.
 Suggested in Weblate: يستطيع itch تثبيت اصدارات محمولة فقط لبرامج لينوكس.</t>
         </is>
       </c>
+      <c r="H274" t="inlineStr"/>
+    </row>
+    <row r="275">
+      <c r="A275" t="inlineStr"/>
+      <c r="B275" t="inlineStr">
+        <is>
+          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
+        </is>
+      </c>
+      <c r="C275" t="inlineStr">
+        <is>
+          <t>{{title}} يستخدم تنسيق .rpm ، لا تستطيع تحميله بـ itch الا باعادة تكوين الحزمة.</t>
+        </is>
+      </c>
+      <c r="D275" t="inlineStr"/>
+      <c r="E275" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F275" t="inlineStr">
+        <is>
+          <t>.prompt.rpm_policy.message</t>
+        </is>
+      </c>
+      <c r="G275" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{title}} يستخدم حزمة صيغة rpm. ولا  يمكن تثبيتها مع itch حتى إعادة تكوين الحزمة.
+Suggested in Weblate: {{title}} يستعمل صيغة حزمة .rpm, ولا يمكن أن تنصب مع itch إلى أن يتزم وضعها في حزمة أخرى.
+Suggested in Weblate: {{title}}  يقوم باستخدام ملف من نوع rpm. , ولا يمكن تنصيبه باستخدام itch حتي يتم اعادة اصداره.</t>
+        </is>
+      </c>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr"/>
       <c r="B276" t="inlineStr">
         <is>
-          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>YUM packages are not supported</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>{{title}} يستخدم تنسيق .rpm ، لا تستطيع تحميله بـ itch الا باعادة تكوين الحزمة.</t>
+          <t>حزم YUM غير مدعومة</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.message</t>
-[...8 lines deleted...]
-      </c>
+          <t>.prompt.rpm_policy.title</t>
+        </is>
+      </c>
+      <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr"/>
       <c r="B277" t="inlineStr">
         <is>
-          <t>YUM packages are not supported</t>
+          <t>Dismiss</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>حزم YUM غير مدعومة</t>
+          <t>رفض</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.title</t>
+          <t>.prompt.self_update.action.dismiss</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr"/>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Dismiss</t>
+          <t>Download now</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>رفض</t>
+          <t>تحميل الان</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.dismiss</t>
-[...2 lines deleted...]
-      <c r="G278" t="inlineStr"/>
+          <t>.prompt.self_update.action.download</t>
+        </is>
+      </c>
+      <c r="G278" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: تنزيل الان</t>
+        </is>
+      </c>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr"/>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Download now</t>
+          <t>Open in browser</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>تحميل الان</t>
+          <t>فتح في المتصفح</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.download</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.self_update.action.view</t>
+        </is>
+      </c>
+      <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr"/>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Open in browser</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>فتح في المتصفح</t>
+          <t>{{notes}}
+:تاريخ: تم النشر في {{pubDate}}.</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.view</t>
-[...26 lines deleted...]
-        <is>
           <t>.prompt.self_update.detail</t>
         </is>
       </c>
-      <c r="G281" t="inlineStr">
+      <c r="G280" t="inlineStr">
         <is>
           <t>Suggested in Weblate: {{notes}}
 :تاريخ: تم النشر في{{pubDate}}.
 Suggested in Weblate: {{notes}}
 :date: تم الاصدار في {{pubDate}}.</t>
         </is>
       </c>
+      <c r="H280" t="inlineStr"/>
+    </row>
+    <row r="281">
+      <c r="A281" t="inlineStr"/>
+      <c r="B281" t="inlineStr">
+        <is>
+          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
+        </is>
+      </c>
+      <c r="C281" t="inlineStr">
+        <is>
+          <t>يمكنك اما تحميله يدويًا، او استعمال مدير حزم التوزيع الخاص بك للترقية: توجه الى الموقع لتعليمات اكثر.</t>
+        </is>
+      </c>
+      <c r="D281" t="inlineStr"/>
+      <c r="E281" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F281" t="inlineStr">
+        <is>
+          <t>.prompt.self_update.message.linux</t>
+        </is>
+      </c>
+      <c r="G281" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: يمكنك التنزيل يدويا, أو تستخدم مدير حزم التوزيع خاصتك للتطوير: قم بزيارة الموقع للمزيد من الإرشادات.
+Suggested in Weblate: يمكنك إما تنزيله يدويًا ، أو استخدام مدير حزم التوزيع الخاص بك للتحديث: توجه إلى موقع الويب للحصول على مزيد من الإرشادات.
+Suggested in Weblate: يمكنك اما تحميلها يدوياً, او باستخدام  مدير حزم التوزيع  للتحديث: توجه الي الموقع لمزيد من التعليمات.</t>
+        </is>
+      </c>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr"/>
       <c r="B282" t="inlineStr">
         <is>
-          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
+          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>يمكنك اما تحميله يدويًا، او استعمال مدير حزم التوزيع الخاص بك للترقية: توجه الى الموقع لتعليمات اكثر.</t>
+          <t>اختر "تثبيت الان" لتثبيته تلقائيًا، او اذهب إلى الموقع لتعليمات اكثر.</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.linux</t>
+          <t>.prompt.self_update.message.osx</t>
         </is>
       </c>
       <c r="G282" t="inlineStr">
-        <is>
-[...30 lines deleted...]
-      <c r="G283" t="inlineStr">
         <is>
           <t>Suggested in Weblate: اختر "تثبيت الآن" لتثبيته تلقائيًا، أو زر الموقع للمزيد من التعليمات.
 Suggested in Weblate: اختر "تنزيل الآن" لتثبيته تلقائيا، او اذهب إلى الموقع الاكتروني للحصول على المزيد من الإرشادات
 Suggested in Weblate: اختر 'التنزيل الأن' للتثبيت تلقائياََ، أو اتجه للموقع للمزيد من الإرشادات.
 Suggested in Weblate: اختر "تنزيل الآن" للتثبيت تلقائياً، أو توجه إلى موقع الويب للحصول على مزيد من الإرشادات.
 Suggested in Weblate: اختر'تنزيل الان'  لتثبيتها اوتوماتيكياً , او توجه الي الموقع لمزيد من التعليمات.</t>
         </is>
       </c>
+      <c r="H282" t="inlineStr"/>
+    </row>
+    <row r="283">
+      <c r="A283" t="inlineStr"/>
+      <c r="B283" t="inlineStr">
+        <is>
+          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
+        </is>
+      </c>
+      <c r="C283" t="inlineStr">
+        <is>
+          <t>اختر "تثبيت الان" لتثبيته تلقائيًا، او اتجه للموقع لتعليمات اكثر.</t>
+        </is>
+      </c>
+      <c r="D283" t="inlineStr"/>
+      <c r="E283" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F283" t="inlineStr">
+        <is>
+          <t>.prompt.self_update.message.windows</t>
+        </is>
+      </c>
+      <c r="G283" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: اختر 'التنزيل الأن' للتثبيت تلقائياً، أو اتجه للموقع للمزيد من الإرشادات.
+Suggested in Weblate: اختر'تنزيل الان'  لتثبيتها اوتوماتيكياً , او توجه الي الموقع لمزيد من التعليمات.</t>
+        </is>
+      </c>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr"/>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
+          <t>itch v{{version}} is available for download</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>اختر "تثبيت الان" لتثبيته تلقائيًا، او اتجه للموقع لتعليمات اكثر.</t>
+          <t>نسخة البرنامج {{version}} متوفرة للتنزيل</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.windows</t>
-[...7 lines deleted...]
-      </c>
+          <t>.prompt.self_update.title</t>
+        </is>
+      </c>
+      <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr"/>
       <c r="B285" t="inlineStr">
         <is>
-          <t>itch v{{version}} is available for download</t>
+          <t>Restart now</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>نسخة البرنامج {{version}} متوفرة للتنزيل</t>
+          <t>اعادة التشغيل الان</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>.prompt.self_update.title</t>
+          <t>.prompt.self_update_ready.action.restart</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr"/>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Restart now</t>
+          <t>Snooze</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>اعادة التشغيل الان</t>
+          <t>غفوة</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.restart</t>
-[...2 lines deleted...]
-      <c r="G286" t="inlineStr"/>
+          <t>.prompt.self_update_ready.action.snooze</t>
+        </is>
+      </c>
+      <c r="G286" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: خذ غفوة.
+Suggested in Weblate: اغفي</t>
+        </is>
+      </c>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr"/>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Snooze</t>
-[...6 lines deleted...]
-      </c>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
+        </is>
+      </c>
+      <c r="C287" t="inlineStr"/>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.snooze</t>
+          <t>.prompt.self_update_ready.detail</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
-        <is>
-[...26 lines deleted...]
-      <c r="G288" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ملاحظات
 Suggested in Weblate: ♡ itch.io
 Suggested in Weblate: {{notes}}
 :date: نشر في {{pubDate}}
 Suggested in Weblate: {{notes}}
 . {{pubDate}}التاريخ:date:
 Suggested in Weblate: {{notes}}
 :date: تم النشر في{{pubDate}}.
 Suggested in Weblate: {{notes}}
 :date: تم الاصدار في {{pubDate}}.</t>
         </is>
       </c>
-      <c r="H288" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B289" t="inlineStr">
+      <c r="H287" t="inlineStr"/>
+    </row>
+    <row r="288">
+      <c r="A288" t="inlineStr"/>
+      <c r="B288" t="inlineStr">
         <is>
           <t>Choose '{{restart}}' to apply the update immediately.
 If you don't, the update will be active the next time the app is restarted.</t>
         </is>
       </c>
-      <c r="C289" t="inlineStr">
+      <c r="C288" t="inlineStr">
         <is>
           <t>اختر "{{restart}}" لتطبيق التحديث فورًا.
 ان لم تفعل، سيتم تفعيل التحديث في المرة القادمة تعيد تشغيل التطبيق فيها.</t>
         </is>
       </c>
-      <c r="D289" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F289" t="inlineStr">
+      <c r="D288" t="inlineStr"/>
+      <c r="E288" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F288" t="inlineStr">
         <is>
           <t>.prompt.self_update_ready.message</t>
         </is>
       </c>
-      <c r="G289" t="inlineStr">
+      <c r="G288" t="inlineStr">
         <is>
           <t>Suggested in Weblate: اختر'{{restart}}' لتطبيق التحديث حالاً.
 إن لم تفعل، التحديث سينشط عند تشغيل التطبيق المرة القادمة.
 Suggested in Weblate: اختر '{{restart}}' لتطبيق التحديث فوراً.
 ان لم تفعل, سيتم تفعيل التحديث في المرة المقبلة عند اعادة تشغيل التطبيق.</t>
         </is>
       </c>
-      <c r="H289" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B290" t="inlineStr">
+      <c r="H288" t="inlineStr"/>
+    </row>
+    <row r="289">
+      <c r="A289" t="inlineStr"/>
+      <c r="B289" t="inlineStr">
         <is>
           <t>An update has been downloaded and installed</t>
         </is>
       </c>
-      <c r="C290" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F290" t="inlineStr">
+      <c r="C289" t="inlineStr"/>
+      <c r="D289" t="inlineStr"/>
+      <c r="E289" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F289" t="inlineStr">
         <is>
           <t>.prompt.self_update_ready.title</t>
         </is>
       </c>
-      <c r="G290" t="inlineStr">
+      <c r="G289" t="inlineStr">
         <is>
           <t>Suggested in Weblate: تم تنزيل التحديث وتثبيته
 Suggested in Weblate: تم تنزيل وتثبيت تحديث
 Suggested in Weblate: تم تحميل تحديث وتثبيته
 Suggested in Weblate: تم تحميل وتثبيت تحديث جديد.
 Suggested in Weblate: لقد تم تحديث التطبيق وتثبيته.
 Suggested in Weblate: تم تنزيل وتثبيت تحديث جديد
 Suggested in Weblate: هناك تحديث تم تنزيلة و تنصيبه</t>
         </is>
       </c>
+      <c r="H289" t="inlineStr"/>
+    </row>
+    <row r="290">
+      <c r="A290" t="inlineStr"/>
+      <c r="B290" t="inlineStr">
+        <is>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C290" t="inlineStr">
+        <is>
+          <t>إلغاء</t>
+        </is>
+      </c>
+      <c r="D290" t="inlineStr"/>
+      <c r="E290" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F290" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.cancel</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr"/>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Are you sure you want to uninstall {{title}}?</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>إلغاء</t>
+          <t>هل تريد حقاً إلغاء تثبيت {{title}}؟</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.cancel</t>
-[...2 lines deleted...]
-      <c r="G291" t="inlineStr"/>
+          <t>.prompt.uninstall.message</t>
+        </is>
+      </c>
+      <c r="G291" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: هل أنت متأكد أنك تريد إلغاء تثبيت {{title}}؟</t>
+        </is>
+      </c>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Are you sure you want to uninstall {{title}}?</t>
+          <t>Re-install</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>هل تريد حقاً إلغاء تثبيت {{title}}؟</t>
+          <t>أعد التثبيت</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.message</t>
+          <t>.prompt.uninstall.reinstall</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: هل أنت متأكد أنك تريد إلغاء تثبيت {{title}}؟</t>
+          <t>Suggested in Weblate: إعادة التثبيت</t>
         </is>
       </c>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Re-install</t>
+          <t>Uninstall now</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>أعد التثبيت</t>
+          <t>إلغاء التثبيت الآن</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.reinstall</t>
+          <t>.prompt.uninstall.uninstall</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: إعادة التثبيت</t>
+          <t>Suggested in Weblate: إلغاء التثبيت الأن</t>
         </is>
       </c>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr"/>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Uninstall now</t>
+          <t>A {{classification}} by {{username}}</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>إلغاء التثبيت الآن</t>
+          <t>{{classification}} من {{username}}</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.uninstall</t>
+          <t>.prompt.url_install.credit</t>
         </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: إلغاء التثبيت الأن</t>
+          <t>Suggested in Weblate: {{classification}} بــ {{username}}</t>
         </is>
       </c>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr"/>
       <c r="B295" t="inlineStr">
         <is>
-          <t>A {{classification}} by {{username}}</t>
+          <t>Do you want to install {{title}}?</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>{{classification}} من {{username}}</t>
+          <t>هل ترغب بتنصيب {{title}}؟</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>.prompt.url_install.credit</t>
+          <t>.prompt.url_install.message</t>
         </is>
       </c>
       <c r="G295" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{classification}} بــ {{username}}</t>
+          <t>Suggested in Weblate: هل تريد تثبيت {{title}}؟</t>
         </is>
       </c>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr"/>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Do you want to install {{title}}?</t>
+          <t>Install request</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>هل ترغب بتنصيب {{title}}؟</t>
+          <t>تثبيت</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>.prompt.url_install.message</t>
+          <t>.prompt.url_install.title</t>
         </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: هل تريد تثبيت {{title}}؟</t>
+          <t>Suggested in Weblate: طلب التثبيت
+Suggested in Weblate: طلب للتنصيب</t>
         </is>
       </c>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr"/>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Install request</t>
+          <t>Search results for '{{query}}'</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>تثبيت</t>
+          <t>نتائج البحث عن '{{query}}'</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>.prompt.url_install.title</t>
-[...7 lines deleted...]
-      </c>
+          <t>.search.results.title</t>
+        </is>
+      </c>
+      <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr"/>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search results for '{{query}}'</t>
+          <t>Local</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>نتائج البحث عن '{{query}}'</t>
+          <t>محلي</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>.search.results.title</t>
+          <t>.search.results.local</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr"/>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Local</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>محلي</t>
+          <t>الألعاب</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>.search.results.local</t>
+          <t>.search.results.games</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr"/>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Creators</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>الألعاب</t>
+          <t>منشئون</t>
         </is>
       </c>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>.search.results.games</t>
+          <t>.search.results.creators</t>
         </is>
       </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr"/>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Creators</t>
+          <t>No results found</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>منشئون</t>
+          <t>لم يتم العثور على نتائج</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>.search.results.creators</t>
-[...2 lines deleted...]
-      <c r="G301" t="inlineStr"/>
+          <t>.search.empty.no_results</t>
+        </is>
+      </c>
+      <c r="G301" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: لا توجد نتائج
+Suggested in Weblate: لم يتم العثور على شيئ
+Suggested in Weblate: لا يوجد نتايج</t>
+        </is>
+      </c>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr"/>
       <c r="B302" t="inlineStr">
         <is>
-          <t>No results found</t>
-[...6 lines deleted...]
-      </c>
+          <t>Need inspiration? Try searching for '{{example}}'</t>
+        </is>
+      </c>
+      <c r="C302" t="inlineStr"/>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>.search.empty.no_results</t>
+          <t>.search.empty.tagline</t>
         </is>
       </c>
       <c r="G302" t="inlineStr">
-        <is>
-[...26 lines deleted...]
-      <c r="G303" t="inlineStr">
         <is>
           <t>Suggested in Weblate: تحتاج إلى إلهام؟ جرّب البحث عن '{{example}}'
 Suggested in Weblate: أتحتاج إلي الإلهام؟ جرّب البحث عن '{{example}}'
 Suggested in Weblate: بحاجة لإلهام؟ حاول البحث عن '{{example}}'
 Suggested in Weblate: هل تحتاج إلى الإلهام؟ حاول البحث عن "{{مثال}}"
 Suggested in Weblate: هل تبحث عن الإلهام؟ حاول البحث عن {{أمثلة}}
 Suggested in Weblate: هل تبحث عن الإلهام؟ جرب البحث عن {{example}}
 Suggested in Weblate: تبحث عن الإلهام؟ جرب البحث عن '{{example}}'
 Suggested in Weblate: هل تحتاج إلى إلهام؟ حاول البحث عن '{{example}}'</t>
         </is>
       </c>
+      <c r="H302" t="inlineStr"/>
+    </row>
+    <row r="303">
+      <c r="A303" t="inlineStr"/>
+      <c r="B303" t="inlineStr">
+        <is>
+          <t>Open as tab</t>
+        </is>
+      </c>
+      <c r="C303" t="inlineStr">
+        <is>
+          <t>‬فتح كعلامة تبويب</t>
+        </is>
+      </c>
+      <c r="D303" t="inlineStr"/>
+      <c r="E303" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F303" t="inlineStr">
+        <is>
+          <t>.search.open_as_tab</t>
+        </is>
+      </c>
+      <c r="G303" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: فتح في علامة تبويب</t>
+        </is>
+      </c>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr"/>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Open as tab</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>‬فتح كعلامة تبويب</t>
+          <t>بحث</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>.search.open_as_tab</t>
+          <t>.search.placeholder</t>
         </is>
       </c>
       <c r="G304" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: فتح في علامة تبويب</t>
+          <t>Suggested in Weblate: البحث</t>
         </is>
       </c>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr"/>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Search</t>
-[...6 lines deleted...]
-      </c>
+          <t>Aw, snap!</t>
+        </is>
+      </c>
+      <c r="C305" t="inlineStr"/>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>.search.placeholder</t>
+          <t>.sidebar.aw_snap</t>
         </is>
       </c>
       <c r="G305" t="inlineStr">
-        <is>
-[...24 lines deleted...]
-      <c r="G306" t="inlineStr">
         <is>
           <t>Suggested in Weblate: اوه.حدث خطأ
 Suggested in Weblate: سحقًا!
 Suggested in Weblate: أوه ، المفاجئة!
 Suggested in Weblate: سحقاً!
 Suggested in Weblate: أوه، سحقا!
 Suggested in Weblate: اأو، يفرقع!</t>
         </is>
       </c>
+      <c r="H305" t="inlineStr"/>
+    </row>
+    <row r="306">
+      <c r="A306" t="inlineStr"/>
+      <c r="B306" t="inlineStr">
+        <is>
+          <t>Loading...</t>
+        </is>
+      </c>
+      <c r="C306" t="inlineStr">
+        <is>
+          <t>جارٍ التحميل...</t>
+        </is>
+      </c>
+      <c r="D306" t="inlineStr"/>
+      <c r="E306" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F306" t="inlineStr">
+        <is>
+          <t>.sidebar.loading</t>
+        </is>
+      </c>
+      <c r="G306" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: تحميل...
+Suggested in Weblate: جار التحميل...</t>
+        </is>
+      </c>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr"/>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Loading...</t>
+          <t>Out of order</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>جارٍ التحميل...</t>
+          <t>لا تعمل حاليا</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>.sidebar.loading</t>
+          <t>.sidebar.broken</t>
         </is>
       </c>
       <c r="G307" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: تحميل...
-Suggested in Weblate: جار التحميل...</t>
+          <t>Suggested in Weblate: خارج عن الخدمة</t>
         </is>
       </c>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr"/>
       <c r="B308" t="inlineStr">
         <is>
-          <t>Out of order</t>
-[...6 lines deleted...]
-      </c>
+          <t>Close all tabs</t>
+        </is>
+      </c>
+      <c r="C308" t="inlineStr"/>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>.sidebar.broken</t>
+          <t>.sidebar.close_all_tabs</t>
         </is>
       </c>
       <c r="G308" t="inlineStr">
-        <is>
-[...24 lines deleted...]
-      <c r="G309" t="inlineStr">
         <is>
           <t>Suggested in Weblate: أغلق جميع النوافذ
 Suggested in Weblate: إغلاق كل التبويبات
 Suggested in Weblate: إغلاق كافة علامات التبويب
 Suggested in Weblate: أغلاق جميع علامات التبويب
 Suggested in Weblate: إغلاق جميع علامات التبويب
 Suggested in Weblate: اغلق كل الصفحات 
 Suggested in Weblate: أغلق كل علامات التبويب</t>
         </is>
       </c>
-      <c r="H309" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B310" t="inlineStr">
+      <c r="H308" t="inlineStr"/>
+    </row>
+    <row r="309">
+      <c r="A309" t="inlineStr"/>
+      <c r="B309" t="inlineStr">
         <is>
           <t>Essentials</t>
         </is>
       </c>
-      <c r="C310" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F310" t="inlineStr">
+      <c r="C309" t="inlineStr"/>
+      <c r="D309" t="inlineStr"/>
+      <c r="E309" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F309" t="inlineStr">
         <is>
           <t>.sidebar.category.basics</t>
         </is>
       </c>
-      <c r="G310" t="inlineStr">
+      <c r="G309" t="inlineStr">
         <is>
           <t>Suggested in Weblate: الأساسيات
 Suggested in Weblate: ضروريات
 Suggested in Weblate: مستلزمات
 Suggested in Weblate: أساسيات
 Suggested in Weblate: الضروريات</t>
         </is>
       </c>
+      <c r="H309" t="inlineStr"/>
+    </row>
+    <row r="310">
+      <c r="A310" t="inlineStr"/>
+      <c r="B310" t="inlineStr">
+        <is>
+          <t>Tabs</t>
+        </is>
+      </c>
+      <c r="C310" t="inlineStr">
+        <is>
+          <t>علامات التبويب</t>
+        </is>
+      </c>
+      <c r="D310" t="inlineStr"/>
+      <c r="E310" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F310" t="inlineStr">
+        <is>
+          <t>.sidebar.category.tabs</t>
+        </is>
+      </c>
+      <c r="G310" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: صفحات </t>
+        </is>
+      </c>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr"/>
       <c r="B311" t="inlineStr">
         <is>
-          <t>Tabs</t>
+          <t>Collections</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>علامات التبويب</t>
+          <t>المجموعات</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>.sidebar.category.tabs</t>
+          <t>.sidebar.collection</t>
         </is>
       </c>
       <c r="G311" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: صفحات </t>
+          <t>Suggested in Weblate: التجميعات</t>
         </is>
       </c>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr"/>
       <c r="B312" t="inlineStr">
         <is>
           <t>Collections</t>
         </is>
       </c>
-      <c r="C312" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C312" t="inlineStr"/>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>.sidebar.collection</t>
+          <t>.sidebar.collections</t>
         </is>
       </c>
       <c r="G312" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: التجميعات</t>
+          <t>Suggested in Weblate: المجموعات.
+Suggested in Weblate: التجميعات
+Suggested in Weblate: المجموعات</t>
         </is>
       </c>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr"/>
       <c r="B313" t="inlineStr">
         <is>
-          <t>Collections</t>
-[...2 lines deleted...]
-      <c r="C313" t="inlineStr"/>
+          <t>My creations</t>
+        </is>
+      </c>
+      <c r="C313" t="inlineStr">
+        <is>
+          <t>إبداعاتي</t>
+        </is>
+      </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>.sidebar.collections</t>
-[...8 lines deleted...]
-      </c>
+          <t>.sidebar.dashboard</t>
+        </is>
+      </c>
+      <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr"/>
       <c r="B314" t="inlineStr">
         <is>
-          <t>My creations</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>إبداعاتي</t>
+          <t>التنزيلات</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>.sidebar.dashboard</t>
-[...2 lines deleted...]
-      <c r="G314" t="inlineStr"/>
+          <t>.sidebar.downloads</t>
+        </is>
+      </c>
+      <c r="G314" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: التحميلات</t>
+        </is>
+      </c>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr"/>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Let's go!</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>التنزيلات</t>
+          <t>هيا بنا!</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>.sidebar.downloads</t>
+          <t>.sidebar.empty</t>
         </is>
       </c>
       <c r="G315" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: التحميلات</t>
+          <t>Suggested in Weblate: انطلاق!</t>
         </is>
       </c>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr"/>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Let's go!</t>
+          <t>Featured</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>هيا بنا!</t>
+          <t>متميز</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>.sidebar.empty</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.featured</t>
+        </is>
+      </c>
+      <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr"/>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Featured</t>
+          <t>Your portal to the indie game universe</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>متميز</t>
+          <t>بوابتك لعالم الالعاب المستقلة</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>.sidebar.featured</t>
-[...2 lines deleted...]
-      <c r="G317" t="inlineStr"/>
+          <t>.sidebar.itchio</t>
+        </is>
+      </c>
+      <c r="G317" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: بوابتك إلى عالم الألعاب المستقلة
+Suggested in Weblate: بوابتك الي عالم الالعاب المستقلة</t>
+        </is>
+      </c>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr"/>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Your portal to the indie game universe</t>
+          <t>Getting started</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>بوابتك لعالم الالعاب المستقلة</t>
+          <t>كيف تبدأ</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>.sidebar.itchio</t>
+          <t>.sidebar.getting_started</t>
         </is>
       </c>
       <c r="G318" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: بوابتك إلى عالم الألعاب المستقلة
-Suggested in Weblate: بوابتك الي عالم الالعاب المستقلة</t>
+          <t>Suggested in Weblate: الاستعداد للبدء
+Suggested in Weblate: يبدأ</t>
         </is>
       </c>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr"/>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Getting started</t>
+          <t>Installed items</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>كيف تبدأ</t>
+          <t>الأدوات المثبتة</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>.sidebar.getting_started</t>
+          <t>.sidebar.installed</t>
         </is>
       </c>
       <c r="G319" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: الاستعداد للبدء
-Suggested in Weblate: يبدأ</t>
+          <t>Suggested in Weblate: العناصر المثبتة</t>
         </is>
       </c>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr"/>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Installed items</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>الأدوات المثبتة</t>
+          <t>تسجيل الخروج</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>.sidebar.installed</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.log_out</t>
+        </is>
+      </c>
+      <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr"/>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>New tab</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>تسجيل الخروج</t>
+          <t>صفحة جديدة</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>.sidebar.log_out</t>
+          <t>.sidebar.new_tab</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr"/>
       <c r="B322" t="inlineStr">
         <is>
-          <t>New tab</t>
+          <t>Owned items</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>صفحة جديدة</t>
+          <t>العناصر المملوكة</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>.sidebar.new_tab</t>
+          <t>.sidebar.owned</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr"/>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Owned items</t>
+          <t>Things you have bought or installed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>العناصر المملوكة</t>
+          <t>أشياء أشتريتها او ثبتها</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>.sidebar.owned</t>
-[...24 lines deleted...]
-        <is>
           <t>.sidebar.owned_subtitle</t>
         </is>
       </c>
-      <c r="G324" t="inlineStr">
+      <c r="G323" t="inlineStr">
         <is>
           <t>Suggested in Weblate: الأشياء التي اشتريتها أو قمت بتثبيتها
 Suggested in Weblate: مشتريات او ممتلكات
 Suggested in Weblate: أشياء تمتلكها أو ثبتها
 Suggested in Weblate: اشياء قمت بشرائها او تنصيبها</t>
         </is>
       </c>
+      <c r="H323" t="inlineStr"/>
+    </row>
+    <row r="324">
+      <c r="A324" t="inlineStr"/>
+      <c r="B324" t="inlineStr">
+        <is>
+          <t>Preferences</t>
+        </is>
+      </c>
+      <c r="C324" t="inlineStr">
+        <is>
+          <t>الاعدادات</t>
+        </is>
+      </c>
+      <c r="D324" t="inlineStr"/>
+      <c r="E324" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F324" t="inlineStr">
+        <is>
+          <t>.sidebar.preferences</t>
+        </is>
+      </c>
+      <c r="G324" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: التفضيلات</t>
+        </is>
+      </c>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr"/>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Preferences</t>
+          <t>View community profile</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>الاعدادات</t>
+          <t>عرض ملف المجتمع</t>
         </is>
       </c>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>.sidebar.preferences</t>
+          <t>.sidebar.view_community_profile</t>
         </is>
       </c>
       <c r="G325" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: التفضيلات</t>
+          <t>Suggested in Weblate: عرض ملف المجتمع الشخصي
+Suggested in Weblate: اعرض ملف المجتمع</t>
         </is>
       </c>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr"/>
       <c r="B326" t="inlineStr">
         <is>
-          <t>View community profile</t>
+          <t>View creator profile</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>عرض ملف المجتمع</t>
+          <t>عرض ملف المنشئ</t>
         </is>
       </c>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>.sidebar.view_community_profile</t>
+          <t>.sidebar.view_creator_profile</t>
         </is>
       </c>
       <c r="G326" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: عرض ملف المجتمع الشخصي
-Suggested in Weblate: اعرض ملف المجتمع</t>
+          <t>Suggested in Weblate: عرض ملف المنشئ الشخصي
+Suggested in Weblate: اعرض ملف المبتكر</t>
         </is>
       </c>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr"/>
       <c r="B327" t="inlineStr">
         <is>
-          <t>View creator profile</t>
+          <t>A new version of itch is available!</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>عرض ملف المنشئ</t>
+          <t>يتوفر اصدار جديد من اتش الآن!</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>.sidebar.view_creator_profile</t>
+          <t>.status.available</t>
         </is>
       </c>
       <c r="G327" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: عرض ملف المنشئ الشخصي
-Suggested in Weblate: اعرض ملف المبتكر</t>
+          <t>Suggested in Weblate: يتوفر إصدار جديد من إتش!
+Suggested in Weblate: نسخة جديدة من itch متوفرة الأن!
+Suggested in Weblate: هناك نسخة جديدة من itch متوفرة!</t>
         </is>
       </c>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr"/>
       <c r="B328" t="inlineStr">
         <is>
-          <t>A new version of itch is available!</t>
+          <t>Looking for updates…</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>يتوفر اصدار جديد من اتش الآن!</t>
+          <t>جار البحث عن تحديثات…</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>.status.available</t>
+          <t>.status.checking</t>
         </is>
       </c>
       <c r="G328" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: يتوفر إصدار جديد من إتش!
-[...1 lines deleted...]
-Suggested in Weblate: هناك نسخة جديدة من itch متوفرة!</t>
+          <t>Suggested in Weblate: جارٍ البحث عن تحديثات…</t>
         </is>
       </c>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr"/>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Looking for updates…</t>
-[...6 lines deleted...]
-      </c>
+          <t>Copied to clipboard!</t>
+        </is>
+      </c>
+      <c r="C329" t="inlineStr"/>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>.status.checking</t>
+          <t>.status.copied_to_clipboard</t>
         </is>
       </c>
       <c r="G329" t="inlineStr">
-        <is>
-[...24 lines deleted...]
-      <c r="G330" t="inlineStr">
         <is>
           <t>Suggested in Weblate: تم النسخ الى الحافظة.
 Suggested in Weblate: تم النسخ إلى الحافظة!
 Suggested in Weblate: تم النسخ للحافظة!
 Suggested in Weblate: نسخ إلى الحافظة!</t>
         </is>
       </c>
+      <c r="H329" t="inlineStr"/>
+    </row>
+    <row r="330">
+      <c r="A330" t="inlineStr"/>
+      <c r="B330" t="inlineStr">
+        <is>
+          <t>Click to restart &amp; apply update!</t>
+        </is>
+      </c>
+      <c r="C330" t="inlineStr">
+        <is>
+          <t>اضغط لإعادة التشغيل وتطبيق التحديث!</t>
+        </is>
+      </c>
+      <c r="D330" t="inlineStr"/>
+      <c r="E330" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F330" t="inlineStr">
+        <is>
+          <t>.status.downloaded</t>
+        </is>
+      </c>
+      <c r="G330" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: اضغط لإعادة التشغيل و تطبيق التحديث!</t>
+        </is>
+      </c>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Click to restart &amp; apply update!</t>
+          <t>Downloading update…</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>اضغط لإعادة التشغيل وتطبيق التحديث!</t>
+          <t>جار تحميل التحديث…</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>.status.downloaded</t>
+          <t>.status.downloading</t>
         </is>
       </c>
       <c r="G331" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: اضغط لإعادة التشغيل و تطبيق التحديث!</t>
+          <t>Suggested in Weblate: جارٍ تحميل التحديث…</t>
         </is>
       </c>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Downloading update…</t>
-[...6 lines deleted...]
-      </c>
+          <t>Active download</t>
+        </is>
+      </c>
+      <c r="C332" t="inlineStr"/>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>.status.downloading</t>
+          <t>.status.downloads.category.active</t>
         </is>
       </c>
       <c r="G332" t="inlineStr">
-        <is>
-[...24 lines deleted...]
-      <c r="G333" t="inlineStr">
         <is>
           <t>Suggested in Weblate: التحميلات النشطة
 Suggested in Weblate: التحميل النشط
 Suggested in Weblate: التنزيلات الجارية
 Suggested in Weblate: التنزيلات النشطة
 Suggested in Weblate: التنزيلات المفعلة</t>
         </is>
       </c>
-      <c r="H333" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B334" t="inlineStr">
+      <c r="H332" t="inlineStr"/>
+    </row>
+    <row r="333">
+      <c r="A333" t="inlineStr"/>
+      <c r="B333" t="inlineStr">
         <is>
           <t>Finished downloads</t>
         </is>
       </c>
-      <c r="C334" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F334" t="inlineStr">
+      <c r="C333" t="inlineStr"/>
+      <c r="D333" t="inlineStr"/>
+      <c r="E333" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F333" t="inlineStr">
         <is>
           <t>.status.downloads.category.finished</t>
         </is>
       </c>
-      <c r="G334" t="inlineStr">
+      <c r="G333" t="inlineStr">
         <is>
           <t>Suggested in Weblate: التحميلات المكتملة
 Suggested in Weblate: التحميلات المنتهية
 Suggested in Weblate: التنزيلات المكتملة
 Suggested in Weblate: التنزيلات المنتهية</t>
         </is>
       </c>
+      <c r="H333" t="inlineStr"/>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr"/>
+      <c r="B334" t="inlineStr">
+        <is>
+          <t>Queued downloads</t>
+        </is>
+      </c>
+      <c r="C334" t="inlineStr"/>
+      <c r="D334" t="inlineStr"/>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
+        <is>
+          <t>.status.downloads.category.queued</t>
+        </is>
+      </c>
+      <c r="G334" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: قائمة الأنتظار
+Suggested in Weblate: التحميلات المنتظرة
+Suggested in Weblate: التنزيلات قيد الانتظار</t>
+        </is>
+      </c>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr"/>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Queued downloads</t>
-[...2 lines deleted...]
-      <c r="C335" t="inlineStr"/>
+          <t>Clear all</t>
+        </is>
+      </c>
+      <c r="C335" t="inlineStr">
+        <is>
+          <t>مسح الكل</t>
+        </is>
+      </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>.status.downloads.category.queued</t>
+          <t>.status.downloads.clear_all_finished</t>
         </is>
       </c>
       <c r="G335" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: قائمة الأنتظار
-[...1 lines deleted...]
-Suggested in Weblate: التنزيلات قيد الانتظار</t>
+          <t>Suggested in Weblate: محو الكل</t>
         </is>
       </c>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr"/>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Clear all</t>
+          <t>Clear</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>مسح الكل</t>
+          <t>مسح</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_all_finished</t>
+          <t>.status.downloads.clear_finished</t>
         </is>
       </c>
       <c r="G336" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: محو الكل</t>
+          <t>Suggested in Weblate: محو</t>
         </is>
       </c>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr"/>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Clear</t>
+          <t>Click to manage downloads</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>مسح</t>
+          <t>اضغط لأدارة التنزيلات</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_finished</t>
+          <t>.status.downloads.click_to_manage</t>
         </is>
       </c>
       <c r="G337" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: محو</t>
+          <t>Suggested in Weblate: انقر لادارة التنزيلات
+Suggested in Weblate: انقر لإدارة التحميلات
+Suggested in Weblate: اضغط لإدارة التنزيلات</t>
         </is>
       </c>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr"/>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Click to manage downloads</t>
-[...6 lines deleted...]
-      </c>
+          <t>Download error</t>
+        </is>
+      </c>
+      <c r="C338" t="inlineStr"/>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>.status.downloads.click_to_manage</t>
+          <t>.status.downloads.download_error</t>
         </is>
       </c>
       <c r="G338" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: انقر لادارة التنزيلات
-[...1 lines deleted...]
-Suggested in Weblate: اضغط لإدارة التنزيلات</t>
+          <t>Suggested in Weblate: خطأ في التحميل
+Suggested in Weblate: خطأ في التنزيل
+Suggested in Weblate: خطأ بالتنزيل</t>
         </is>
       </c>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr"/>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Download error</t>
+          <t>No active downloads</t>
         </is>
       </c>
       <c r="C339" t="inlineStr"/>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>.status.downloads.download_error</t>
+          <t>.status.downloads.no_active_downloads</t>
         </is>
       </c>
       <c r="G339" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: خطأ في التحميل
-[...1 lines deleted...]
-Suggested in Weblate: خطأ بالتنزيل</t>
+          <t>Suggested in Weblate: لا تحميلات نشطة
+Suggested in Weblate: لا تنزيلات نشطة
+Suggested in Weblate: لا يوجد تنزيلات نشطة</t>
         </is>
       </c>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr"/>
       <c r="B340" t="inlineStr">
         <is>
-          <t>No active downloads</t>
-[...2 lines deleted...]
-      <c r="C340" t="inlineStr"/>
+          <t>Unknown</t>
+        </is>
+      </c>
+      <c r="C340" t="inlineStr">
+        <is>
+          <t>غير معروف</t>
+        </is>
+      </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads</t>
+          <t>.status.downloads.unknown_size</t>
         </is>
       </c>
       <c r="G340" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: لا تحميلات نشطة
-[...1 lines deleted...]
-Suggested in Weblate: لا يوجد تنزيلات نشطة</t>
+          <t>Suggested in Weblate: غير معرف</t>
         </is>
       </c>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr"/>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Unknown</t>
-[...6 lines deleted...]
-      </c>
+          <t>Could not check for updates: {{err}}</t>
+        </is>
+      </c>
+      <c r="C341" t="inlineStr"/>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>.status.downloads.unknown_size</t>
+          <t>.status.game_update.check_failed</t>
         </is>
       </c>
       <c r="G341" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: غير معرف</t>
+          <t>Suggested in Weblate: أخفق التحقق من التحديثات:{{err}}
+Suggested in Weblate: لم نستطيع البحث عن تحديثات: {{err}}</t>
         </is>
       </c>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr"/>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Could not check for updates: {{err}}</t>
+          <t>Found new version of {{title}}!</t>
         </is>
       </c>
       <c r="C342" t="inlineStr"/>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>.status.game_update.check_failed</t>
+          <t>.status.game_update.found</t>
         </is>
       </c>
       <c r="G342" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: أخفق التحقق من التحديثات:{{err}}
-Suggested in Weblate: لم نستطيع البحث عن تحديثات: {{err}}</t>
+          <t>Suggested in Weblate: تم العثور على إصدار جديد ل{{title}}!
+Suggested in Weblate: وجدنا نسخة جديدة من {{title}}!</t>
         </is>
       </c>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr"/>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Found new version of {{title}}!</t>
+          <t>{{title}} is up-to-date.</t>
         </is>
       </c>
       <c r="C343" t="inlineStr"/>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>.status.game_update.found</t>
+          <t>.status.game_update.not_found</t>
         </is>
       </c>
       <c r="G343" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: تم العثور على إصدار جديد ل{{title}}!
-Suggested in Weblate: وجدنا نسخة جديدة من {{title}}!</t>
+          <t>Suggested in Weblate: {{title}} محدث لأحدث إصدار.
+Suggested in Weblate: لديك أحدث إصدار ل{{title}}
+Suggested in Weblate: {{title}} محدثة حتي الان.</t>
         </is>
       </c>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr"/>
       <c r="B344" t="inlineStr">
         <is>
-          <t>{{title}} is up-to-date.</t>
+          <t>{{title}} can't be updated because it's running.</t>
         </is>
       </c>
       <c r="C344" t="inlineStr"/>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>.status.game_update.not_found</t>
+          <t>.status.game_update.busy</t>
         </is>
       </c>
       <c r="G344" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} محدث لأحدث إصدار.
-[...1 lines deleted...]
-Suggested in Weblate: {{title}} محدثة حتي الان.</t>
+          <t>Suggested in Weblate: لا يمكن تحديث {{title}}  وهي مفتوحة.
+Suggested in Weblate: لا يمكن تحديث {{title}} أثناء تشغيله.
+Suggested in Weblate: {{title}} لا يمكن تحديثها ﻷنها قيد التشغيل.</t>
         </is>
       </c>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr"/>
       <c r="B345" t="inlineStr">
         <is>
-          <t>{{title}} can't be updated because it's running.</t>
+          <t>{{title}} can't be uninstalled because it's running.</t>
         </is>
       </c>
       <c r="C345" t="inlineStr"/>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>.status.game_update.busy</t>
+          <t>.status.uninstall.busy</t>
         </is>
       </c>
       <c r="G345" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: لا يمكن تحديث {{title}}  وهي مفتوحة.
-[...1 lines deleted...]
-Suggested in Weblate: {{title}} لا يمكن تحديثها ﻷنها قيد التشغيل.</t>
+          <t>Suggested in Weblate: لا يمكن إزالة {{title}} لأنها مفتوحة.
+Suggested in Weblate: لا يمكن إلغاء تثبيت {{title}} أثناء تشغيله.
+Suggested in Weblate: {{title}} لا يمكن ازالتها ﻷنها قيد التشغيل.</t>
         </is>
       </c>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr"/>
       <c r="B346" t="inlineStr">
         <is>
-          <t>{{title}} can't be uninstalled because it's running.</t>
+          <t>{{title}} can't be reinstalled because it's running.</t>
         </is>
       </c>
       <c r="C346" t="inlineStr"/>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>.status.uninstall.busy</t>
+          <t>.status.reinstall.busy</t>
         </is>
       </c>
       <c r="G346" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: لا يمكن إزالة {{title}} لأنها مفتوحة.
-[...1 lines deleted...]
-Suggested in Weblate: {{title}} لا يمكن ازالتها ﻷنها قيد التشغيل.</t>
+          <t>Suggested in Weblate: {{title}} لا يمكن اعادة تثبيتها ﻷنها قيد التشغيل.</t>
         </is>
       </c>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr"/>
       <c r="B347" t="inlineStr">
         <is>
-          <t>{{title}} can't be reinstalled because it's running.</t>
+          <t>Offline mode enabled</t>
         </is>
       </c>
       <c r="C347" t="inlineStr"/>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>.status.reinstall.busy</t>
+          <t>.status.offline_mode.active</t>
         </is>
       </c>
       <c r="G347" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} لا يمكن اعادة تثبيتها ﻷنها قيد التشغيل.</t>
+          <t>Suggested in Weblate: وضع (عدم الاتصال بالانترنت) مفعل
+Suggested in Weblate: تم تفعيل وضع عدم الاتصال</t>
         </is>
       </c>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr"/>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Offline mode enabled</t>
+          <t>Click to enable offline mode</t>
         </is>
       </c>
       <c r="C348" t="inlineStr"/>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>.status.offline_mode.active</t>
+          <t>.status.offline_mode.inactive</t>
         </is>
       </c>
       <c r="G348" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: وضع (عدم الاتصال بالانترنت) مفعل
-Suggested in Weblate: تم تفعيل وضع عدم الاتصال</t>
+          <t>Suggested in Weblate: اضغط لتفعيل وضع (عدم الاتصال بالانترنت)
+Suggested in Weblate: اضغط لتفعيل وضع عدم الاتصال</t>
         </is>
       </c>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr"/>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Click to enable offline mode</t>
-[...2 lines deleted...]
-      <c r="C349" t="inlineStr"/>
+          <t>Your itch is up-to-date!</t>
+        </is>
+      </c>
+      <c r="C349" t="inlineStr">
+        <is>
+          <t>نسختك من التطبيق على أحدث إصدار!</t>
+        </is>
+      </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>.status.offline_mode.inactive</t>
-[...7 lines deleted...]
-      </c>
+          <t>.status.uptodate</t>
+        </is>
+      </c>
+      <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr"/>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Your itch is up-to-date!</t>
-[...6 lines deleted...]
-      </c>
+          <t>A collection of assets</t>
+        </is>
+      </c>
+      <c r="C350" t="inlineStr"/>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>.status.uptodate</t>
-[...2 lines deleted...]
-      <c r="G350" t="inlineStr"/>
+          <t>.usage_stats.description.assets</t>
+        </is>
+      </c>
+      <c r="G350" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: مجموعة من العناصر</t>
+        </is>
+      </c>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr"/>
       <c r="B351" t="inlineStr">
         <is>
-          <t>A collection of assets</t>
+          <t>A book</t>
         </is>
       </c>
       <c r="C351" t="inlineStr"/>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>.usage_stats.description.assets</t>
+          <t>.usage_stats.description.book</t>
         </is>
       </c>
       <c r="G351" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: مجموعة من العناصر</t>
+          <t>Suggested in Weblate: كتاب</t>
         </is>
       </c>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr"/>
       <c r="B352" t="inlineStr">
         <is>
-          <t>A book</t>
+          <t>Acquired {{time_ago}}</t>
         </is>
       </c>
       <c r="C352" t="inlineStr"/>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>.usage_stats.description.book</t>
+          <t>.usage_stats.description.bought_time_ago</t>
         </is>
       </c>
       <c r="G352" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: كتاب</t>
+          <t>Suggested in Weblate: تم اقتنائه منذ{{time_ago}}
+Suggested in Weblate: تم امتلاكه {{time_ago}}</t>
         </is>
       </c>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr"/>
       <c r="B353" t="inlineStr">
         <is>
-          <t>Acquired {{time_ago}}</t>
+          <t>A comic</t>
         </is>
       </c>
       <c r="C353" t="inlineStr"/>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>.usage_stats.description.bought_time_ago</t>
+          <t>.usage_stats.description.comic</t>
         </is>
       </c>
       <c r="G353" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: تم اقتنائه منذ{{time_ago}}
-Suggested in Weblate: تم امتلاكه {{time_ago}}</t>
+          <t>Suggested in Weblate: قصة مصورة</t>
         </is>
       </c>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr"/>
       <c r="B354" t="inlineStr">
         <is>
-          <t>A comic</t>
+          <t>Free download</t>
         </is>
       </c>
       <c r="C354" t="inlineStr"/>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>.usage_stats.description.comic</t>
+          <t>.usage_stats.description.free_download</t>
         </is>
       </c>
       <c r="G354" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: قصة مصورة</t>
+          <t>Suggested in Weblate: تنزيل مجاني
+Suggested in Weblate: تنزيل مجانى</t>
         </is>
       </c>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr"/>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Free download</t>
+          <t>A game</t>
         </is>
       </c>
       <c r="C355" t="inlineStr"/>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>.usage_stats.description.free_download</t>
+          <t>.usage_stats.description.game</t>
         </is>
       </c>
       <c r="G355" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: تنزيل مجاني
-Suggested in Weblate: تنزيل مجانى</t>
+          <t>Suggested in Weblate: لعبة</t>
         </is>
       </c>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr"/>
       <c r="B356" t="inlineStr">
         <is>
-          <t>A game</t>
+          <t>A game mod</t>
         </is>
       </c>
       <c r="C356" t="inlineStr"/>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game</t>
+          <t>.usage_stats.description.game_mod</t>
         </is>
       </c>
       <c r="G356" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: لعبة</t>
+          <t>Suggested in Weblate: مود للعبة</t>
         </is>
       </c>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr"/>
       <c r="B357" t="inlineStr">
         <is>
-          <t>A game mod</t>
+          <t>A thing</t>
         </is>
       </c>
       <c r="C357" t="inlineStr"/>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game_mod</t>
+          <t>.usage_stats.description.other</t>
         </is>
       </c>
       <c r="G357" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: مود للعبة</t>
+          <t>Suggested in Weblate: شيء
+Suggested in Weblate: شئ</t>
         </is>
       </c>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr"/>
       <c r="B358" t="inlineStr">
         <is>
-          <t>A thing</t>
+          <t>A physical game</t>
         </is>
       </c>
       <c r="C358" t="inlineStr"/>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>.usage_stats.description.other</t>
+          <t>.usage_stats.description.physical_game</t>
         </is>
       </c>
       <c r="G358" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: شيء
-Suggested in Weblate: شئ</t>
+          <t>Suggested in Weblate: لعبة مادية
+Suggested in Weblate: لعبة جسدية</t>
         </is>
       </c>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr"/>
       <c r="B359" t="inlineStr">
         <is>
-          <t>A physical game</t>
+          <t>for {{platforms}}</t>
         </is>
       </c>
       <c r="C359" t="inlineStr"/>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>.usage_stats.description.physical_game</t>
+          <t>.usage_stats.description.platforms</t>
         </is>
       </c>
       <c r="G359" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: لعبة مادية
-Suggested in Weblate: لعبة جسدية</t>
+          <t>Suggested in Weblate: تعمل علي {{platforms}}</t>
         </is>
       </c>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr"/>
       <c r="B360" t="inlineStr">
         <is>
-          <t>for {{platforms}}</t>
+          <t>Available for {{price}} or more</t>
         </is>
       </c>
       <c r="C360" t="inlineStr"/>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>.usage_stats.description.platforms</t>
+          <t>.usage_stats.description.price</t>
         </is>
       </c>
       <c r="G360" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: تعمل علي {{platforms}}</t>
+          <t>Suggested in Weblate: مقابل {{price}} أو أكثر
+Suggested in Weblate: متاح  مقابل {{price}} او اكثر</t>
         </is>
       </c>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr"/>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Available for {{price}} or more</t>
+          <t>A soundtrack</t>
         </is>
       </c>
       <c r="C361" t="inlineStr"/>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>.usage_stats.description.price</t>
+          <t>.usage_stats.description.soundtrack</t>
         </is>
       </c>
       <c r="G361" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: مقابل {{price}} أو أكثر
-Suggested in Weblate: متاح  مقابل {{price}} او اكثر</t>
+          <t>Suggested in Weblate: موسيقى تصويرية</t>
         </is>
       </c>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr"/>
       <c r="B362" t="inlineStr">
         <is>
-          <t>A soundtrack</t>
+          <t>A tool</t>
         </is>
       </c>
       <c r="C362" t="inlineStr"/>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>.usage_stats.description.soundtrack</t>
+          <t>.usage_stats.description.tool</t>
         </is>
       </c>
       <c r="G362" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: موسيقى تصويرية</t>
+          <t>Suggested in Weblate: اداة</t>
         </is>
       </c>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr"/>
       <c r="B363" t="inlineStr">
         <is>
-          <t>A tool</t>
+          <t>Played</t>
         </is>
       </c>
       <c r="C363" t="inlineStr"/>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>.usage_stats.description.tool</t>
+          <t>.usage_stats.has_played_for_duration</t>
         </is>
       </c>
       <c r="G363" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: اداة</t>
+          <t>Suggested in Weblate: تم اللعب</t>
         </is>
       </c>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr"/>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Played</t>
+          <t>Used</t>
         </is>
       </c>
       <c r="C364" t="inlineStr"/>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>.usage_stats.has_played_for_duration</t>
+          <t>.usage_stats.has_used_for_duration</t>
         </is>
       </c>
       <c r="G364" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: تم اللعب</t>
+          <t>Suggested in Weblate: تم الأستخدام</t>
         </is>
       </c>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr"/>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Used</t>
+          <t>Last opened {{time_ago}}</t>
         </is>
       </c>
       <c r="C365" t="inlineStr"/>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>.usage_stats.has_used_for_duration</t>
+          <t>.usage_stats.last_opened_time_ago</t>
         </is>
       </c>
       <c r="G365" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: تم الأستخدام</t>
+          <t>Suggested in Weblate: اخر تشغيل {{time_ago}}</t>
         </is>
       </c>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr"/>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Last opened {{time_ago}}</t>
+          <t>Last played {{time_ago}}</t>
         </is>
       </c>
       <c r="C366" t="inlineStr"/>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>.usage_stats.last_opened_time_ago</t>
+          <t>.usage_stats.last_played_time_ago</t>
         </is>
       </c>
       <c r="G366" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: اخر تشغيل {{time_ago}}</t>
+          <t>Suggested in Weblate: اخر لعب {{time_ago}}</t>
         </is>
       </c>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr"/>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Last played {{time_ago}}</t>
+          <t>Last used {{time_ago}}</t>
         </is>
       </c>
       <c r="C367" t="inlineStr"/>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>.usage_stats.last_played_time_ago</t>
+          <t>.usage_stats.last_used_time_ago</t>
         </is>
       </c>
       <c r="G367" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: اخر لعب {{time_ago}}</t>
+          <t>Suggested in Weblate: اخر استخدام {{time_ago}}</t>
         </is>
       </c>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr"/>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Last used {{time_ago}}</t>
+          <t>Never opened</t>
         </is>
       </c>
       <c r="C368" t="inlineStr"/>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>.usage_stats.last_used_time_ago</t>
+          <t>.usage_stats.never_opened</t>
         </is>
       </c>
       <c r="G368" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: اخر استخدام {{time_ago}}</t>
+          <t>Suggested in Weblate: لم يفتح أبدا</t>
         </is>
       </c>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr"/>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Never opened</t>
+          <t>Never played</t>
         </is>
       </c>
       <c r="C369" t="inlineStr"/>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>.usage_stats.never_opened</t>
+          <t>.usage_stats.never_played</t>
         </is>
       </c>
       <c r="G369" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: لم يفتح أبدا</t>
+          <t>Suggested in Weblate: لم تلعب ابداً</t>
         </is>
       </c>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr"/>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Never played</t>
+          <t>Never used</t>
         </is>
       </c>
       <c r="C370" t="inlineStr"/>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>.usage_stats.never_played</t>
+          <t>.usage_stats.never_used</t>
         </is>
       </c>
       <c r="G370" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: لم تلعب ابداً</t>
+          <t>Suggested in Weblate: لم تستخدم ابداً</t>
         </is>
       </c>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr"/>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Never used</t>
+          <t>{{app_name}} Setup</t>
         </is>
       </c>
       <c r="C371" t="inlineStr"/>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>.usage_stats.never_used</t>
+          <t>.setup.window.title</t>
         </is>
       </c>
       <c r="G371" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: لم تستخدم ابداً</t>
+          <t>Is this string working with windows tray icon's tooltip? Or is there one completely different?
+Suggested in Weblate: تثبيت {{app_name}}</t>
         </is>
       </c>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr"/>
       <c r="B372" t="inlineStr">
         <is>
-          <t>{{app_name}} Setup</t>
+          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
         </is>
       </c>
       <c r="C372" t="inlineStr"/>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>.setup.window.title</t>
+          <t>.setup.window.welcome</t>
         </is>
       </c>
       <c r="G372" t="inlineStr">
         <is>
-          <t>Is this string working with windows tray icon's tooltip? Or is there one completely different?
-Suggested in Weblate: تثبيت {{app_name}}</t>
+          <t>Suggested in Weblate: مرحباً بك في مثبت {{app_name}}! احضر شراباً, اختر مكان التثبيت و تابع.</t>
         </is>
       </c>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr"/>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
+          <t>Click to change the install location</t>
         </is>
       </c>
       <c r="C373" t="inlineStr"/>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>.setup.window.welcome</t>
+          <t>.setup.tooltip.location</t>
         </is>
       </c>
       <c r="G373" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: مرحباً بك في مثبت {{app_name}}! احضر شراباً, اختر مكان التثبيت و تابع.</t>
+          <t>Suggested in Weblate: اضغط لتغير مكان التثبيت</t>
         </is>
       </c>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr"/>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Click to change the install location</t>
+          <t>Choose where the app should be installed</t>
         </is>
       </c>
       <c r="C374" t="inlineStr"/>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>.setup.tooltip.location</t>
+          <t>.setup.location.message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: اضغط لتغير مكان التثبيت</t>
+          <t>Suggested in Weblate: اختر اين يجب تثبيت التطبيق</t>
         </is>
       </c>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr"/>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Choose where the app should be installed</t>
+          <t>Install now</t>
         </is>
       </c>
       <c r="C375" t="inlineStr"/>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>.setup.location.message</t>
+          <t>.setup.action.install</t>
         </is>
       </c>
       <c r="G375" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: اختر اين يجب تثبيت التطبيق</t>
+          <t>Suggested in Weblate: التثبيت الان</t>
         </is>
       </c>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr"/>
       <c r="B376" t="inlineStr">
         <is>
-          <t>Install now</t>
+          <t>Warming up...</t>
         </is>
       </c>
       <c r="C376" t="inlineStr"/>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>.setup.action.install</t>
+          <t>.setup.status.preparing</t>
         </is>
       </c>
       <c r="G376" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: التثبيت الان</t>
+          <t>Suggested in Weblate: جار الاحماء...</t>
         </is>
       </c>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr"/>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Warming up...</t>
+          <t>{{percent}} done</t>
         </is>
       </c>
       <c r="C377" t="inlineStr"/>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>.setup.status.preparing</t>
+          <t>.setup.status.progress</t>
         </is>
       </c>
       <c r="G377" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: جار الاحماء...</t>
+          <t>Suggested in Weblate: اكتمل {{percent}}
+Suggested in Weblate: {{percent}} تم تثبينه</t>
         </is>
       </c>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr"/>
       <c r="B378" t="inlineStr">
         <is>
-          <t>{{percent}} done</t>
+          <t>Downloading and installing @ {{speed}}</t>
         </is>
       </c>
       <c r="C378" t="inlineStr"/>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>.setup.status.progress</t>
+          <t>.setup.status.installing</t>
         </is>
       </c>
       <c r="G378" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: اكتمل {{percent}}
-Suggested in Weblate: {{percent}} تم تثبينه</t>
+          <t>Suggested in Weblate: تنزيل و تثبيت بسرعة {{speed}}</t>
         </is>
       </c>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr"/>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Downloading and installing @ {{speed}}</t>
+          <t>All done!</t>
         </is>
       </c>
       <c r="C379" t="inlineStr"/>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>.setup.status.installing</t>
+          <t>.setup.status.done</t>
         </is>
       </c>
       <c r="G379" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: تنزيل و تثبيت بسرعة {{speed}}</t>
+          <t>Suggested in Weblate: تم انجاز كل شئ!</t>
         </is>
       </c>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr"/>
       <c r="B380" t="inlineStr">
         <is>
-          <t>All done!</t>
+          <t>The installation went well, {{app_name}} is now starting up!</t>
         </is>
       </c>
       <c r="C380" t="inlineStr"/>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>.setup.status.done</t>
+          <t>.setup.status.notification</t>
         </is>
       </c>
       <c r="G380" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: تم انجاز كل شئ!</t>
+          <t>Suggested in Weblate: سارت عملية التثبيت بشكل جيد, {{app_name}} يبدأ الآن!</t>
         </is>
       </c>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr"/>
       <c r="B381" t="inlineStr">
         <is>
-          <t>The installation went well, {{app_name}} is now starting up!</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C381" t="inlineStr"/>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>.setup.status.notification</t>
+          <t>.setup.error_dialog.title</t>
         </is>
       </c>
       <c r="G381" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: سارت عملية التثبيت بشكل جيد, {{app_name}} يبدأ الآن!</t>
+          <t>Suggested in Weblate: حدث شئ خاطئ</t>
         </is>
       </c>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr"/>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
-[...2 lines deleted...]
-      <c r="C382" t="inlineStr"/>
+          <t>Cut</t>
+        </is>
+      </c>
+      <c r="C382" t="inlineStr">
+        <is>
+          <t>قص</t>
+        </is>
+      </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>.setup.error_dialog.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.web.context_menu.cut</t>
+        </is>
+      </c>
+      <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr"/>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Cut</t>
+          <t>Copy</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>قص</t>
+          <t>نسخ</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>.web.context_menu.cut</t>
+          <t>.web.context_menu.copy</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr"/>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Copy</t>
+          <t>Paste</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>نسخ</t>
+          <t>لصق</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy</t>
+          <t>.web.context_menu.paste</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr"/>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Paste</t>
+          <t>Open in new tab</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>لصق</t>
+          <t>افتح في نافذة جديدة</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>.web.context_menu.paste</t>
+          <t>.web.context_menu.open_in_new_tab</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr"/>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Open in new tab</t>
+          <t>Copy link</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>افتح في نافذة جديدة</t>
+          <t>نسخ الرابط</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>.web.context_menu.open_in_new_tab</t>
+          <t>.web.context_menu.copy_link</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr"/>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Copy link</t>
+          <t>Retry setup</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>نسخ الرابط</t>
+          <t>إعادة التثبيت</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy_link</t>
+          <t>.login.action.retry_setup</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr"/>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Retry setup</t>
+          <t>Developer logs</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>إعادة التثبيت</t>
+          <t>ملاحظات المطور</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>.login.action.retry_setup</t>
+          <t>.new_tab.devlogs</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr"/>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Developer logs</t>
+          <t>Uninstall error</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>ملاحظات المطور</t>
+          <t>حدث خطأ اثناء ازالة التثبيت.</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>.new_tab.devlogs</t>
-[...2 lines deleted...]
-      <c r="G389" t="inlineStr"/>
+          <t>.prompt.uninstall_error.title</t>
+        </is>
+      </c>
+      <c r="G389" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: حدث خطأ أثناء إزالة التثبيت.
+Suggested in Weblate: خطاً في الغاء التثبيت</t>
+        </is>
+      </c>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr"/>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Uninstall error</t>
+          <t>The uninstall failed. Remove the entry anyway?</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>حدث خطأ اثناء ازالة التثبيت.</t>
+          <t>فشل ازالة التثبيت. مسح الملفات علي اي حال؟</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.title</t>
+          <t>.prompt.uninstall_error.message</t>
         </is>
       </c>
       <c r="G390" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: حدث خطأ أثناء إزالة التثبيت.
-Suggested in Weblate: خطاً في الغاء التثبيت</t>
+          <t>Suggested in Weblate: فشل إزالة التثبيت. إزالة الإدخال على أي حال؟
+Suggested in Weblate: إلغاء التثبيت فشل. مسح الملفات علي أية حال؟
+Suggested in Weblate: إلغاء التثبيت فشل. مسح المدخلة علي أية حال؟</t>
         </is>
       </c>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr"/>
       <c r="B391" t="inlineStr">
         <is>
-          <t>The uninstall failed. Remove the entry anyway?</t>
+          <t>Continue</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>فشل ازالة التثبيت. مسح الملفات علي اي حال؟</t>
+          <t>إكمال</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message</t>
-[...8 lines deleted...]
-      </c>
+          <t>.prompt.action.continue</t>
+        </is>
+      </c>
+      <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr"/>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Continue</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>إكمال</t>
+          <t>مُثبت</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>.prompt.action.continue</t>
+          <t>.grid.item.status.installed</t>
         </is>
       </c>
       <c r="G392" t="inlineStr"/>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr"/>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>A collection of {{itemCount}} items</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>مُثبت</t>
+          <t>مجموعة من {{itemCount}} عنصر</t>
         </is>
       </c>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>.grid.item.status.installed</t>
-[...2 lines deleted...]
-      <c r="G393" t="inlineStr"/>
+          <t>.collection.summary</t>
+        </is>
+      </c>
+      <c r="G393" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: مجموعة من العناصر الخاصة بـــ {{itemCount}} </t>
+        </is>
+      </c>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr"/>
       <c r="B394" t="inlineStr">
         <is>
-          <t>A collection of {{itemCount}} items</t>
+          <t>Not available on this platform</t>
         </is>
       </c>
       <c r="C394" t="inlineStr">
         <is>
-          <t>مجموعة من {{itemCount}} عنصر</t>
+          <t>غير متوفر على هذه المنصة</t>
         </is>
       </c>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>.collection.summary</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.not_compatible</t>
+        </is>
+      </c>
+      <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr"/>
       <c r="B395" t="inlineStr">
         <is>
-          <t>Not available on this platform</t>
+          <t>Administrator privileges are required for managing {{title}}</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>غير متوفر على هذه المنصة</t>
+          <t>امتيازات المسؤول مطلوبه لإدارة {{title}}</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>.grid.item.not_compatible</t>
-[...2 lines deleted...]
-      <c r="G395" t="inlineStr"/>
+          <t>.prompt.blessing.message</t>
+        </is>
+      </c>
+      <c r="G395" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: صلاحيات المسؤول مطلوبه لإدارة {{title}}</t>
+        </is>
+      </c>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr"/>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Administrator privileges are required for managing {{title}}</t>
+          <t>Proceed only if you trust the author.</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>امتيازات المسؤول مطلوبه لإدارة {{title}}</t>
+          <t>تقدم فقط اذا كنت تثق بهذا المؤلف.</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>.prompt.blessing.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.blessing.detail</t>
+        </is>
+      </c>
+      <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr"/>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Proceed only if you trust the author.</t>
-[...6 lines deleted...]
-      </c>
+          <t>The operation has been cancelled.</t>
+        </is>
+      </c>
+      <c r="C397" t="inlineStr"/>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>.prompt.blessing.detail</t>
-[...2 lines deleted...]
-      <c r="G397" t="inlineStr"/>
+          <t>.status.cancelled.message</t>
+        </is>
+      </c>
+      <c r="G397" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: تم الغاء العملية
+Suggested in Weblate: تم إلغاء عملية
+Suggested in Weblate: تم إلغاء العملية.</t>
+        </is>
+      </c>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr"/>
       <c r="B398" t="inlineStr">
         <is>
-          <t>The operation has been cancelled.</t>
-[...2 lines deleted...]
-      <c r="C398" t="inlineStr"/>
+          <t>The installation failed.</t>
+        </is>
+      </c>
+      <c r="C398" t="inlineStr">
+        <is>
+          <t>فشل التثبيت</t>
+        </is>
+      </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>.status.cancelled.message</t>
+          <t>.prompt.install_error.message</t>
         </is>
       </c>
       <c r="G398" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: تم الغاء العملية
-[...1 lines deleted...]
-Suggested in Weblate: تم إلغاء العملية.</t>
+          <t>Suggested in Weblate: أخفق التثبيت.</t>
         </is>
       </c>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr"/>
       <c r="B399" t="inlineStr">
         <is>
-          <t>The installation failed.</t>
+          <t>to install</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>فشل التثبيت</t>
+          <t>للتثبيت</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>.prompt.install_error.message</t>
+          <t>.download.reason.install</t>
         </is>
       </c>
       <c r="G399" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: أخفق التثبيت.</t>
+          <t>shouldn't this be 'installing' ?</t>
         </is>
       </c>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr"/>
       <c r="B400" t="inlineStr">
         <is>
-          <t>to install</t>
+          <t>installed</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>للتثبيت</t>
+          <t>مُثبت</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>.download.reason.install</t>
+          <t>.download.outcome.installed</t>
         </is>
       </c>
       <c r="G400" t="inlineStr">
         <is>
-          <t>shouldn't this be 'installing' ?</t>
+          <t xml:space="preserve">Suggested in Weblate: تحمل
+</t>
         </is>
       </c>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr"/>
       <c r="B401" t="inlineStr">
         <is>
-          <t>installed</t>
+          <t>updated to the latest version</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>مُثبت</t>
+          <t>مُحدث إلي أخر نسخة</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>.download.outcome.installed</t>
+          <t>.download.outcome.updated</t>
         </is>
       </c>
       <c r="G401" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: تحمل
-</t>
+          <t>Suggested in Weblate: مُحدث إلي أخر اصدار
+Suggested in Weblate: تحديث الى اخر اصدار
+Suggested in Weblate: تم التحديث الى اخر اصدار متاح</t>
         </is>
       </c>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr"/>
       <c r="B402" t="inlineStr">
         <is>
-          <t>updated to the latest version</t>
+          <t>re-installed</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>مُحدث إلي أخر نسخة</t>
+          <t>تمت إعادة تثبيته</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>.download.outcome.updated</t>
+          <t>.download.outcome.reinstalled</t>
         </is>
       </c>
       <c r="G402" t="inlineStr">
-        <is>
-[...30 lines deleted...]
-      <c r="G403" t="inlineStr">
         <is>
           <t>Suggested in Weblate: مُعاد تثبيته
 Suggested in Weblate: اعادة تنزيل
 Suggested in Weblate: معاد تثبيتة
 Suggested in Weblate: اعاد تثبيته</t>
         </is>
       </c>
-      <c r="H403" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B404" t="inlineStr">
+      <c r="H402" t="inlineStr"/>
+    </row>
+    <row r="403">
+      <c r="A403" t="inlineStr"/>
+      <c r="B403" t="inlineStr">
         <is>
           <t>switched to another version</t>
         </is>
       </c>
-      <c r="C404" t="inlineStr">
+      <c r="C403" t="inlineStr">
         <is>
           <t>تم التغيير إلى نسخة أخرى</t>
         </is>
       </c>
-      <c r="D404" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F404" t="inlineStr">
+      <c r="D403" t="inlineStr"/>
+      <c r="E403" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F403" t="inlineStr">
         <is>
           <t>.download.outcome.reverted</t>
         </is>
       </c>
-      <c r="G404" t="inlineStr">
+      <c r="G403" t="inlineStr">
         <is>
           <t>Suggested in Weblate: تغيير إلى اصدار أخرى
 Suggested in Weblate: تحويل الى نسخه اخره
 Suggested in Weblate: مُغيير إلي نسخة أخري
 Suggested in Weblate: تم النقل الى اصدار اخر</t>
         </is>
       </c>
+      <c r="H403" t="inlineStr"/>
+    </row>
+    <row r="404">
+      <c r="A404" t="inlineStr"/>
+      <c r="B404" t="inlineStr">
+        <is>
+          <t>verified and repaired</t>
+        </is>
+      </c>
+      <c r="C404" t="inlineStr">
+        <is>
+          <t>تم التحقق و الاصلاح</t>
+        </is>
+      </c>
+      <c r="D404" t="inlineStr"/>
+      <c r="E404" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F404" t="inlineStr">
+        <is>
+          <t>.download.outcome.healed</t>
+        </is>
+      </c>
+      <c r="G404" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: تم التحقق منه وإصلاحه
+Suggested in Weblate: تثبيت و تصليح
+Suggested in Weblate: تم الاصلاح و التحقق</t>
+        </is>
+      </c>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr"/>
       <c r="B405" t="inlineStr">
         <is>
-          <t>verified and repaired</t>
-[...6 lines deleted...]
-      </c>
+          <t>Recent activity</t>
+        </is>
+      </c>
+      <c r="C405" t="inlineStr"/>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>.download.outcome.healed</t>
+          <t>.status.downloads.category.recent_activity</t>
         </is>
       </c>
       <c r="G405" t="inlineStr">
-        <is>
-[...26 lines deleted...]
-      <c r="G406" t="inlineStr">
         <is>
           <t>Suggested in Weblate: النشاط الأخير
 Suggested in Weblate: النشاط الحديث
 Suggested in Weblate: آخر النشاطات
 Suggested in Weblate: العمليات الاخيرة</t>
         </is>
       </c>
+      <c r="H405" t="inlineStr"/>
+    </row>
+    <row r="406">
+      <c r="A406" t="inlineStr"/>
+      <c r="B406" t="inlineStr">
+        <is>
+          <t>The message we got was: {{errorMessage}}</t>
+        </is>
+      </c>
+      <c r="C406" t="inlineStr">
+        <is>
+          <t>الرسالة المحصل عليها {{errorMessage}}</t>
+        </is>
+      </c>
+      <c r="D406" t="inlineStr"/>
+      <c r="E406" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F406" t="inlineStr">
+        <is>
+          <t>.game.install.could_not_launch.message</t>
+        </is>
+      </c>
+      <c r="G406" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: الرساله التي وصلت كانت {{errorMessage}}
+Suggested in Weblate: الرسالة التي وصلتنا كانت: {{errorMessage}}
+Suggested in Weblate: كانت الرسالة التي حصلنا عليها : {{errorMessage}}</t>
+        </is>
+      </c>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr"/>
       <c r="B407" t="inlineStr">
         <is>
-          <t>The message we got was: {{errorMessage}}</t>
+          <t>Sending us a report is the best way to make sure this gets fixed!</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>الرسالة المحصل عليها {{errorMessage}}</t>
+          <t>تبليغنا هو أفضل طريقة للتأكد من اصلاح الخطأ!</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.message</t>
+          <t>.game.install.could_not_launch.detail</t>
         </is>
       </c>
       <c r="G407" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: الرساله التي وصلت كانت {{errorMessage}}
-[...1 lines deleted...]
-Suggested in Weblate: كانت الرسالة التي حصلنا عليها : {{errorMessage}}</t>
+          <t>Suggested in Weblate: ارسال تقرير هي افضل طريقه لكي نقوم باصلاح المشكله
+Suggested in Weblate: أرسل إلينا تقريراً هي الطريقة الأفضل للتأكد من أن هذه المشكلة تُصلح!
+Suggested in Weblate: ابلاغنا بالخطاء افضل حل لأصلاح هذه المشكلة</t>
         </is>
       </c>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr"/>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Sending us a report is the best way to make sure this gets fixed!</t>
+          <t>Close other tabs</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>تبليغنا هو أفضل طريقة للتأكد من اصلاح الخطأ!</t>
+          <t>إغلاق النوافذ الأخري</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.detail</t>
-[...8 lines deleted...]
-      </c>
+          <t>.menu.file.close_other_tabs</t>
+        </is>
+      </c>
+      <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr"/>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Close other tabs</t>
+          <t>Close tabs below</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>إغلاق النوافذ الأخري</t>
+          <t>اغلق النوافذ بالاسفل</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>.menu.file.close_other_tabs</t>
+          <t>.menu.file.close_tabs_below</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr"/>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Close tabs below</t>
+          <t>Open folder in explorer</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>اغلق النوافذ بالاسفل</t>
+          <t>إفتح المجلد في المستكشف</t>
         </is>
       </c>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>.menu.file.close_tabs_below</t>
+          <t>.grid.item.open_file_location.windows</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr"/>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Open folder in explorer</t>
+          <t>Show in file manager</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>إفتح المجلد في المستكشف</t>
+          <t>أظهر في مدير الملفات</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.windows</t>
+          <t>.grid.item.open_file_location.linux</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr"/>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Show in file manager</t>
+          <t>Show in Finder</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>أظهر في مدير الملفات</t>
+          <t>أظهر في الباحث</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.linux</t>
+          <t>.grid.item.open_file_location.osx</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr"/>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Show in Finder</t>
+          <t>Size</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>أظهر في الباحث</t>
+          <t>الحجم</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.osx</t>
+          <t>.table.column.installed_size</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr"/>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Size</t>
+          <t>View the contents of this location</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>الحجم</t>
+          <t>عرض محتويات هذا الموقع</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>.table.column.installed_size</t>
+          <t>.preferences.install_location.navigate</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr"/>
       <c r="B415" t="inlineStr">
         <is>
-          <t>View the contents of this location</t>
+          <t>{{size}} on disk</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>عرض محتويات هذا الموقع</t>
+          <t>{{size}} علي الهارد</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>.preferences.install_location.navigate</t>
+          <t>.install_location.property.size_on_disk</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr"/>
       <c r="B416" t="inlineStr">
         <is>
-          <t>{{size}} on disk</t>
+          <t>Uninstall or re-install…</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>{{size}} علي الهارد</t>
+          <t>إلغاء التثبيت أو إعادة التثبيت…</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>.install_location.property.size_on_disk</t>
+          <t>.grid.item.uninstall_request</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr"/>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Uninstall or re-install…</t>
+          <t xml:space="preserve">Filter by: </t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>إلغاء التثبيت أو إعادة التثبيت…</t>
+          <t xml:space="preserve">تصفية ب: </t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>.grid.item.uninstall_request</t>
-[...2 lines deleted...]
-      <c r="G417" t="inlineStr"/>
+          <t>.grid.criterion.filter_by</t>
+        </is>
+      </c>
+      <c r="G417" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: تصفية بـــ: 
+Suggested in Weblate: صَفي بـ:</t>
+        </is>
+      </c>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr"/>
       <c r="B418" t="inlineStr">
         <is>
-          <t xml:space="preserve">Filter by: </t>
+          <t>Discard download</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t xml:space="preserve">تصفية ب: </t>
+          <t>تجاهل التحميل</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>.grid.criterion.filter_by</t>
-[...7 lines deleted...]
-      </c>
+          <t>.grid.item.discard_download</t>
+        </is>
+      </c>
+      <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr"/>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Discard download</t>
+          <t>Nevermind</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>تجاهل التحميل</t>
+          <t>لا تهتم</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>.grid.item.discard_download</t>
+          <t>.prompt.action.nevermind</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr"/>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Nevermind</t>
+          <t>Force program closure?</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>لا تهتم</t>
+          <t>طبق إغلاق البرنامج بالقوة؟</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>.prompt.action.nevermind</t>
+          <t>.prompt.force_close_game.title</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr"/>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Force program closure?</t>
+          <t>Do you want to force {{title}} to close?</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>طبق إغلاق البرنامج بالقوة؟</t>
+          <t>هل تود إغلاق {{title}} بالقوة؟</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.title</t>
+          <t>.prompt.force_close_game.message</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr"/>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Do you want to force {{title}} to close?</t>
+          <t>Are you sure you want to stop downloading {{title}}?</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>هل تود إغلاق {{title}} بالقوة؟</t>
+          <t>هل أنت متأكد من أنك تود التوقف عن تحميل {{title}}؟</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.message</t>
+          <t>.prompt.discard_download.message</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr"/>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Are you sure you want to stop downloading {{title}}?</t>
+          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>هل أنت متأكد من أنك تود التوقف عن تحميل {{title}}؟</t>
+          <t>سيمكنك تثبيت {{title}} مجددا في آي وقت، لكنه سيبدأ من الصفر.</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.message</t>
+          <t>.prompt.discard_download.detail</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr"/>
       <c r="B424" t="inlineStr">
         <is>
-          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
+        </is>
+      </c>
+      <c r="C424" t="inlineStr"/>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.detail</t>
-[...20 lines deleted...]
-        <is>
           <t>.prompt.uninstall_error.message_permissions</t>
         </is>
       </c>
-      <c r="G425" t="inlineStr">
+      <c r="G424" t="inlineStr">
         <is>
           <t>Suggested in Weblate: تعذّر حذف بعض الملفات لـ {{title}}. هل تريد المحاولة مجددًا كمسؤول؟
 Suggested in Weblate: لم يتم حذف بعض الملفات لـ{{title}}. هل تريد المحاولة مجددًا كمدير؟
 Suggested in Weblate: لا يمكن حذف بعض الملفات بسبب {{title}}. المحاولة مجددا كمسؤول؟
 Suggested in Weblate: تعذر حذف بعض الملفات ل {{title}}. حاول مرة أخرى كمسؤول؟
 Suggested in Weblate: أخفق في حذف بعض الملفات الخاصة ب{{title}}. حاول مجدداً كمسؤول؟
 Suggested in Weblate: بعض الملفات لم يتم حزفها من {{title}}. اعادة المحاولة كمدير ؟</t>
         </is>
       </c>
+      <c r="H424" t="inlineStr"/>
+    </row>
+    <row r="425">
+      <c r="A425" t="inlineStr"/>
+      <c r="B425" t="inlineStr">
+        <is>
+          <t>Remove as administrator</t>
+        </is>
+      </c>
+      <c r="C425" t="inlineStr">
+        <is>
+          <t>حذف كمسؤول</t>
+        </is>
+      </c>
+      <c r="D425" t="inlineStr"/>
+      <c r="E425" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F425" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall_error.action_permissions</t>
+        </is>
+      </c>
+      <c r="G425" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: إزالة كمسؤول
+Suggested in Weblate: حزف كمدير</t>
+        </is>
+      </c>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr"/>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Remove as administrator</t>
+          <t>Installing {{title}}…</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>حذف كمسؤول</t>
+          <t>جاري تثبيت {{title}}…</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.action_permissions</t>
+          <t>.download.ongoing.install</t>
         </is>
       </c>
       <c r="G426" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: إزالة كمسؤول
-Suggested in Weblate: حزف كمدير</t>
+          <t>Suggested in Weblate: جار تثبيت {{title}}…</t>
         </is>
       </c>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr"/>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Installing {{title}}…</t>
+          <t>Updating {{title}}…</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>جاري تثبيت {{title}}…</t>
+          <t>جاري تحديث {{title}}…</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>.download.ongoing.install</t>
+          <t>.download.ongoing.update</t>
         </is>
       </c>
       <c r="G427" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: جار تثبيت {{title}}…</t>
+          <t>Suggested in Weblate: جار تحديث {{title}}…</t>
         </is>
       </c>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr"/>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Updating {{title}}…</t>
+          <t>Re-installing {{title}}…</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>جاري تحديث {{title}}…</t>
+          <t>جاري إعادة تثبيت {{title}}…</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>.download.ongoing.update</t>
+          <t>.download.ongoing.reinstall</t>
         </is>
       </c>
       <c r="G428" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: جار تحديث {{title}}…</t>
+          <t>Suggested in Weblate: جار إعادة تثبيت {{title}}…</t>
         </is>
       </c>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr"/>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Re-installing {{title}}…</t>
+          <t>Switching {{title}} to another version…</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>جاري إعادة تثبيت {{title}}…</t>
+          <t>يُغيير {{title}} إلي نسخة أخرى…</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>.download.ongoing.reinstall</t>
+          <t>.download.ongoing.revert</t>
         </is>
       </c>
       <c r="G429" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: جار إعادة تثبيت {{title}}…</t>
+          <t>Suggested in Weblate: جار تغيير {{title}} إلي اصدار أخر…
+Suggested in Weblate: تبديل {{title}} الى نسخه اخره
+Suggested in Weblate: يتم نقل {{title}} الى اصدار اخر</t>
         </is>
       </c>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr"/>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Switching {{title}} to another version…</t>
+          <t>Repairing {{title}}…</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>يُغيير {{title}} إلي نسخة أخرى…</t>
+          <t>إصلاح {{title}}…</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>.download.ongoing.revert</t>
+          <t>.download.ongoing.heal</t>
         </is>
       </c>
       <c r="G430" t="inlineStr">
-        <is>
-[...30 lines deleted...]
-      <c r="G431" t="inlineStr">
         <is>
           <t>```{{title}``` has a bad format, should be ``` {{title}}```
 Suggested in Weblate: جار إصلاح {{title}}…
 Suggested in Weblate: يتم اصلاح {{title}}…
 Suggested in Weblate: تصليح {{title}}…
 Suggested in Weblate: يتم تصحيح {{title}…</t>
         </is>
       </c>
+      <c r="H430" t="inlineStr"/>
+    </row>
+    <row r="431">
+      <c r="A431" t="inlineStr"/>
+      <c r="B431" t="inlineStr">
+        <is>
+          <t>Stop download</t>
+        </is>
+      </c>
+      <c r="C431" t="inlineStr">
+        <is>
+          <t>إيقاف التحميل</t>
+        </is>
+      </c>
+      <c r="D431" t="inlineStr"/>
+      <c r="E431" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F431" t="inlineStr">
+        <is>
+          <t>.prompt.discard_download.action.stop_download</t>
+        </is>
+      </c>
+      <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr"/>
       <c r="B432" t="inlineStr">
         <is>
-          <t>Stop download</t>
+          <t>Continue download</t>
         </is>
       </c>
       <c r="C432" t="inlineStr">
         <is>
-          <t>إيقاف التحميل</t>
+          <t>إكمال التحميل</t>
         </is>
       </c>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.stop_download</t>
+          <t>.prompt.discard_download.action.continue_download</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr"/>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Continue download</t>
+          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>إكمال التحميل</t>
+          <t>ايقاف التحميل سيجعل {{title}} في حالة غير مستقرة.</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.continue_download</t>
+          <t>.prompt.dangerous_discard_download.message</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr"/>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
+          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>ايقاف التحميل سيجعل {{title}} في حالة غير مستقرة.</t>
+          <t>في المرة القادمة عند محاولة استخدام {{title}} سنقوم باستعادتها لآخر اصدار.</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.message</t>
+          <t>.prompt.dangerous_discard_download.detail</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr"/>
       <c r="B435" t="inlineStr">
         <is>
-          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
+          <t>version {{version}}</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>في المرة القادمة عند محاولة استخدام {{title}} سنقوم باستعادتها لآخر اصدار.</t>
+          <t>النسخة {{version}}</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.detail</t>
+          <t>.prompt.revert.version</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr"/>
       <c r="B436" t="inlineStr">
         <is>
-          <t>version {{version}}</t>
-[...6 lines deleted...]
-      </c>
+          <t>{{title}} needs to finish updating before it can be opened</t>
+        </is>
+      </c>
+      <c r="C436" t="inlineStr"/>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>.prompt.revert.version</t>
-[...20 lines deleted...]
-        <is>
           <t>.status.repairing_game</t>
         </is>
       </c>
-      <c r="G437" t="inlineStr">
+      <c r="G436" t="inlineStr">
         <is>
           <t>Suggested in Weblate: {{title}} يحتاج الى انهاء التحديث قبل ان تتمكن من فتحه
 Suggested in Weblate: تحتاج {{title}} إلى التحديث قبل أن يمكن فتحها
 Suggested in Weblate: يجب انهاء التحديث قبل فتح {{العنوان}} 
 Suggested in Weblate: على {{title}} إكمال عملية التحديث قبل ان يتم فتحه
 Suggested in Weblate: {{title}} يحتاج إلى تحديث حتى تتمكن من فتحه
 Suggested in Weblate:  يجب انهاء التحديث قبل فتح {{title}}</t>
         </is>
       </c>
+      <c r="H436" t="inlineStr"/>
+    </row>
+    <row r="437">
+      <c r="A437" t="inlineStr"/>
+      <c r="B437" t="inlineStr">
+        <is>
+          <t>Things you install or download will show up here</t>
+        </is>
+      </c>
+      <c r="C437" t="inlineStr"/>
+      <c r="D437" t="inlineStr"/>
+      <c r="E437" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F437" t="inlineStr">
+        <is>
+          <t>.status.downloads.no_active_downloads_subtext</t>
+        </is>
+      </c>
+      <c r="G437" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: الأشياء التي تثبتها أو تحملها سوف تظهر هنا
+Suggested in Weblate: كل ما تنزله او تثبته سيظهر هنا
+Suggested in Weblate: الأشياء التي تم تثبتها او تنزيلها ستظهر هنا</t>
+        </is>
+      </c>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr"/>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Things you install or download will show up here</t>
+          <t>Download some stuff!</t>
         </is>
       </c>
       <c r="C438" t="inlineStr"/>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads_subtext</t>
+          <t>.status.downloads.find_games_button</t>
         </is>
       </c>
       <c r="G438" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: الأشياء التي تثبتها أو تحملها سوف تظهر هنا
-[...1 lines deleted...]
-Suggested in Weblate: الأشياء التي تم تثبتها او تنزيلها ستظهر هنا</t>
+          <t>Suggested in Weblate: حمّل بعض الأشياء!
+Suggested in Weblate: حمل بعض الاشياء!
+Suggested in Weblate: نزل بعض الأشياء!</t>
         </is>
       </c>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr"/>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Download some stuff!</t>
-[...2 lines deleted...]
-      <c r="C439" t="inlineStr"/>
+          <t>Everything's filtered away...</t>
+        </is>
+      </c>
+      <c r="C439" t="inlineStr">
+        <is>
+          <t>تمت تصفية كل شيء...</t>
+        </is>
+      </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>.status.downloads.find_games_button</t>
-[...8 lines deleted...]
-      </c>
+          <t>.grid.empty_state.leader</t>
+        </is>
+      </c>
+      <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr"/>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Everything's filtered away...</t>
+          <t>Your filters are hiding everything here</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>تمت تصفية كل شيء...</t>
+          <t>مرشحاتك تخفي كل شيء هنا</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>.grid.empty_state.leader</t>
+          <t>.grid.empty_state.explanation</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr"/>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Your filters are hiding everything here</t>
+          <t>Manage</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>مرشحاتك تخفي كل شيء هنا</t>
+          <t>إدارة</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>.grid.empty_state.explanation</t>
+          <t>.grid.item.manage</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr"/>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Manage</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>إدارة</t>
+          <t>تشغيل {{title}}</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>.grid.item.manage</t>
+          <t>.prompt.launch.title</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr"/>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Which do you want to open?</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>تشغيل {{title}}</t>
+          <t xml:space="preserve">ايهم تريد ان تقوم بفتحه ؟ </t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>.prompt.launch.title</t>
+          <t>.prompt.launch.message</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr"/>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Which do you want to open?</t>
+          <t>Manage {{title}}</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t xml:space="preserve">ايهم تريد ان تقوم بفتحه ؟ </t>
+          <t>ادارة {{title}}</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>.prompt.launch.message</t>
+          <t>.prompt.manage_game.title</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr"/>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Manage {{title}}</t>
+          <t>The following items are installed:</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>ادارة {{title}}</t>
+          <t>العناصر التالية مثبته :</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.title</t>
+          <t>.prompt.manage_game.installed_uploads</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr"/>
       <c r="B446" t="inlineStr">
         <is>
-          <t>The following items are installed:</t>
+          <t>These items are also available:</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>العناصر التالية مثبته :</t>
+          <t>هذه العناصر ايضا متوفرة:</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.installed_uploads</t>
+          <t>.prompt.manage_game.available_uploads</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr"/>
       <c r="B447" t="inlineStr">
         <is>
-          <t>These items are also available:</t>
+          <t>No other items are currently available.</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>هذه العناصر ايضا متوفرة:</t>
+          <t>لا يوجد عناصر اخرى متوفرة حاليا.</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.available_uploads</t>
-[...2 lines deleted...]
-      <c r="G447" t="inlineStr"/>
+          <t>.prompt.manage_game.no_other_uploads</t>
+        </is>
+      </c>
+      <c r="G447" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: لا يوجد عناصر اخرى متاحه حاليا.</t>
+        </is>
+      </c>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr"/>
       <c r="B448" t="inlineStr">
         <is>
-          <t>No other items are currently available.</t>
+          <t>Prefer optimized patches</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>لا يوجد عناصر اخرى متوفرة حاليا.</t>
+          <t>تفضيل الباتشات المحسنة</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.no_other_uploads</t>
+          <t>.preferences.advanced.prefer_optimized_patches</t>
         </is>
       </c>
       <c r="G448" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: لا يوجد عناصر اخرى متاحه حاليا.</t>
+          <t>Suggested in Weblate: يفضل التحصيحات المحسنة</t>
         </is>
       </c>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr"/>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Prefer optimized patches</t>
+          <t>{{x}} seconds</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>تفضيل الباتشات المحسنة</t>
+          <t>{{x}} ثانية</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>.preferences.advanced.prefer_optimized_patches</t>
+          <t>.duration.seconds</t>
         </is>
       </c>
       <c r="G449" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: يفضل التحصيحات المحسنة</t>
+          <t>Suggested in Weblate: {{x}} ثواني
+Suggested in Weblate: {{x}} ثوان</t>
         </is>
       </c>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr"/>
       <c r="B450" t="inlineStr">
         <is>
-          <t>{{x}} seconds</t>
+          <t>Application log</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>{{x}} ثانية</t>
+          <t>سجل التطبيق</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>.duration.seconds</t>
-[...7 lines deleted...]
-      </c>
+          <t>.sidebar.applog</t>
+        </is>
+      </c>
+      <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr"/>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Application log</t>
+          <t>{{count}} items</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>سجل التطبيق</t>
+          <t>{{count}}أدوات</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>.sidebar.applog</t>
+          <t>.grid.item_count</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr"/>
       <c r="B452" t="inlineStr">
         <is>
-          <t>{{count}} items</t>
+          <t>The itch web browser is disabled</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>{{count}}أدوات</t>
+          <t>متصفح itch معطل</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>.grid.item_count</t>
+          <t>.browser.disabled</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr"/>
       <c r="B453" t="inlineStr">
         <is>
-          <t>The itch web browser is disabled</t>
+          <t>Re-enable</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>متصفح itch معطل</t>
+          <t>إعادة التفعيل</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>.browser.disabled</t>
+          <t>.browser.reenable</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr"/>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Re-enable</t>
+          <t>Disable web browser</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>إعادة التفعيل</t>
+          <t>تعطيل متصفح الإنترنت</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>.browser.reenable</t>
+          <t>.preferences.advanced.disable_browser</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr"/>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Disable web browser</t>
+          <t>You currently have no collections</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>تعطيل متصفح الإنترنت</t>
+          <t>ليس لديك حالياً أية مجموعات</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_browser</t>
-[...2 lines deleted...]
-      <c r="G455" t="inlineStr"/>
+          <t>.collections.empty</t>
+        </is>
+      </c>
+      <c r="G455" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ليس لديك اي مجموعات حالياً
+Suggested in Weblate: حالياً ليس لديك أية مجموعات</t>
+        </is>
+      </c>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr"/>
       <c r="B456" t="inlineStr">
         <is>
-          <t>You currently have no collections</t>
+          <t>Browse for some games and add them to a new collection!</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>ليس لديك حالياً أية مجموعات</t>
+          <t>تصفح بعض الألعاب وأضفها إلى مجموعة جديدة!</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>.collections.empty</t>
-[...7 lines deleted...]
-      </c>
+          <t>.collections.empty_sub</t>
+        </is>
+      </c>
+      <c r="G456" t="inlineStr"/>
       <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr"/>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Browse for some games and add them to a new collection!</t>
+          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>تصفح بعض الألعاب وأضفها إلى مجموعة جديدة!</t>
+          <t>تعطيل التسريع بواسطة العتاد (يحل بعض المشاكل علي لينكس)</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>.collections.empty_sub</t>
+          <t>.preferences.advanced.disable_hardware_acceleration</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr"/>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>تعطيل التسريع بواسطة العتاد (يحل بعض المشاكل علي لينكس)</t>
+          <t>جارٍ التحضير…</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_hardware_acceleration</t>
+          <t>.prereq.status.pending</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr"/>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Preparing…</t>
-[...6 lines deleted...]
-      </c>
+          <t>Updates available</t>
+        </is>
+      </c>
+      <c r="C459" t="inlineStr"/>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>.prereq.status.pending</t>
-[...20 lines deleted...]
-        <is>
           <t>.status.downloads.updates_available</t>
         </is>
       </c>
-      <c r="G460" t="inlineStr">
+      <c r="G459" t="inlineStr">
         <is>
           <t>Suggested in Weblate: تحديثات منتوفرة
 Suggested in Weblate: التحديثات المتاحة
 Suggested in Weblate: تحديثات متوفرة
 Suggested in Weblate: يتوفر تحديث
 Suggested in Weblate: التحديثات المتوفرة</t>
         </is>
       </c>
+      <c r="H459" t="inlineStr"/>
+    </row>
+    <row r="460">
+      <c r="A460" t="inlineStr"/>
+      <c r="B460" t="inlineStr">
+        <is>
+          <t>Update all</t>
+        </is>
+      </c>
+      <c r="C460" t="inlineStr">
+        <is>
+          <t>تحديث الكل</t>
+        </is>
+      </c>
+      <c r="D460" t="inlineStr"/>
+      <c r="E460" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F460" t="inlineStr">
+        <is>
+          <t>.status.downloads.update_all</t>
+        </is>
+      </c>
+      <c r="G460" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: تحديث الكل
+</t>
+        </is>
+      </c>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr"/>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Update all</t>
+          <t>There's nothing here...</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>تحديث الكل</t>
+          <t>لايوجد شيء هنا...</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>.status.downloads.update_all</t>
-[...7 lines deleted...]
-      </c>
+          <t>.grid.really_empty_state.leader</t>
+        </is>
+      </c>
+      <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr"/>
       <c r="B462" t="inlineStr">
         <is>
-          <t>There's nothing here...</t>
+          <t>...yet!</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>لايوجد شيء هنا...</t>
+          <t>...بعد!</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.leader</t>
+          <t>.grid.really_empty_state.explanation</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr"/>
       <c r="B463" t="inlineStr">
         <is>
-          <t>...yet!</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>...بعد!</t>
+          <t>جار التجهيز...</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.explanation</t>
+          <t>.grid.item.running.prepare</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr"/>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Cleaning up…</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>جار التجهيز...</t>
+          <t>جار التنظيف…</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>.grid.item.running.prepare</t>
+          <t>.grid.item.running.clean</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr"/>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Cleaning up…</t>
+          <t>Disk usage</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>جار التنظيف…</t>
+          <t>إستخدام القرص</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>.grid.item.running.clean</t>
+          <t>.preferences.install_location.disk_usage</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr"/>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Disk usage</t>
+          <t>Finalizing installation…</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>إستخدام القرص</t>
+          <t>ينهي التثبيت…</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>.preferences.install_location.disk_usage</t>
+          <t>.login.status.finalizing_installation</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr"/>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Finalizing installation…</t>
+          <t>Antivirus software may interfere with itch.</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>ينهي التثبيت…</t>
+          <t>ربما يتداخل برنامج الحماية مع itch.</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>.login.status.finalizing_installation</t>
+          <t>.login.status.antivirus_warning</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr"/>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Antivirus software may interfere with itch.</t>
-[...6 lines deleted...]
-      </c>
+          <t>The install folder disappeared</t>
+        </is>
+      </c>
+      <c r="C468" t="inlineStr"/>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>.login.status.antivirus_warning</t>
-[...2 lines deleted...]
-      <c r="G468" t="inlineStr"/>
+          <t>.butlerd.codes.404</t>
+        </is>
+      </c>
+      <c r="G468" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: اختفى مجلد التثبيت</t>
+        </is>
+      </c>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr"/>
       <c r="B469" t="inlineStr">
         <is>
-          <t>The install folder disappeared</t>
+          <t>No compatible uploads were found for this title</t>
         </is>
       </c>
       <c r="C469" t="inlineStr"/>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>.butlerd.codes.404</t>
+          <t>.butlerd.codes.2001</t>
         </is>
       </c>
       <c r="G469" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: اختفى مجلد التثبيت</t>
+          <t>Suggested in Weblate: لم يتم العثور على تحميلات متوافقة لهذا العنوان</t>
         </is>
       </c>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr"/>
       <c r="B470" t="inlineStr">
         <is>
-          <t>No compatible uploads were found for this title</t>
-[...2 lines deleted...]
-      <c r="C470" t="inlineStr"/>
+          <t>How can I help?</t>
+        </is>
+      </c>
+      <c r="C470" t="inlineStr">
+        <is>
+          <t>كيف يمكنني مساعدتك؟</t>
+        </is>
+      </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>.butlerd.codes.2001</t>
+          <t>.docs.how_to_help</t>
         </is>
       </c>
       <c r="G470" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: لم يتم العثور على تحميلات متوافقة لهذا العنوان</t>
+          <t>This is the latter, "How can I/the user help out/contribute?"
+This needs context because source sentence could be a customer service thing "How can I/itch help you?" or a "How can I/the user help out/contribute?"
+Suggested in Weblate: كيف بإمكاني المساعدة؟</t>
         </is>
       </c>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr"/>
       <c r="B471" t="inlineStr">
         <is>
-          <t>How can I help?</t>
+          <t>Queuing…</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>كيف يمكنني مساعدتك؟</t>
+          <t>في قائمة الإنتظار…</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>.docs.how_to_help</t>
-[...8 lines deleted...]
-      </c>
+          <t>.grid.item.queueing</t>
+        </is>
+      </c>
+      <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr"/>
       <c r="B472" t="inlineStr">
         <is>
-          <t>Queuing…</t>
+          <t>Details for nerds</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>في قائمة الإنتظار…</t>
+          <t>التفاصيل للمهوسين</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>.grid.item.queueing</t>
-[...2 lines deleted...]
-      <c r="G472" t="inlineStr"/>
+          <t>.prompt.show_error.details_for_nerds</t>
+        </is>
+      </c>
+      <c r="G472" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: تفاصيل للمهوسين</t>
+        </is>
+      </c>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr"/>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Details for nerds</t>
+          <t>Event log</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>التفاصيل للمهوسين</t>
+          <t>سجل الأحداث</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.show_error.details_for_nerds.event_log</t>
+        </is>
+      </c>
+      <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr"/>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Event log</t>
+          <t>Stack trace</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>سجل الأحداث</t>
+          <t>تخطي التتبع</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.event_log</t>
-[...2 lines deleted...]
-      <c r="G474" t="inlineStr"/>
+          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
+        </is>
+      </c>
+      <c r="G474" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: اثار التكديس.
+Suggested in Weblate: نقاط توقف الكود</t>
+        </is>
+      </c>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr"/>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Stack trace</t>
+          <t>Send a report to help resolve this issue</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>تخطي التتبع</t>
+          <t>إرسال تقرير للمساعدة في حل هذه المشكلة</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
+          <t>.prompt.show_error.send_report</t>
         </is>
       </c>
       <c r="G475" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: اثار التكديس.
-Suggested in Weblate: نقاط توقف الكود</t>
+          <t>Suggested in Weblate: قم بإرسال تقرير للمساعدة في حل هذه المشكلة
+Suggested in Weblate: قم بإرسال تقرير للمساعدة في حل هذه المشكلة.إرسال تقرير للمساعدة في حل هذه المشكلة</t>
         </is>
       </c>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr"/>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Send a report to help resolve this issue</t>
-[...6 lines deleted...]
-      </c>
+          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
+        </is>
+      </c>
+      <c r="C476" t="inlineStr"/>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>.prompt.show_error.send_report</t>
+          <t>.butlerd.codes.3000</t>
         </is>
       </c>
       <c r="G476" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: قم بإرسال تقرير للمساعدة في حل هذه المشكلة
-Suggested in Weblate: قم بإرسال تقرير للمساعدة في حل هذه المشكلة.إرسال تقرير للمساعدة في حل هذه المشكلة</t>
+          <t>Suggested in Weblate: تمت تعبئة هذا العنوان بطريقة غير متوافقة مع تطبيق itch.io .</t>
         </is>
       </c>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr"/>
       <c r="B477" t="inlineStr">
         <is>
-          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
+          <t>Nothing that can be launched was found.</t>
         </is>
       </c>
       <c r="C477" t="inlineStr"/>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>.butlerd.codes.3000</t>
+          <t>.butlerd.codes.5000</t>
         </is>
       </c>
       <c r="G477" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: تمت تعبئة هذا العنوان بطريقة غير متوافقة مع تطبيق itch.io .</t>
+          <t>Suggested in Weblate: لم يتم العثور على أي شيء يمكن تشغيله.</t>
         </is>
       </c>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr"/>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Nothing that can be launched was found.</t>
+          <t>There is no Internet connection.</t>
         </is>
       </c>
       <c r="C478" t="inlineStr"/>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>.butlerd.codes.5000</t>
+          <t>.butlerd.codes.9000</t>
         </is>
       </c>
       <c r="G478" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: لم يتم العثور على أي شيء يمكن تشغيله.</t>
+          <t>Suggested in Weblate: لا يوجد اتصال بالإنترنت.</t>
         </is>
       </c>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr"/>
       <c r="B479" t="inlineStr">
         <is>
-          <t>There is no Internet connection.</t>
-[...2 lines deleted...]
-      <c r="C479" t="inlineStr"/>
+          <t>{{installedSize}} used by games</t>
+        </is>
+      </c>
+      <c r="C479" t="inlineStr">
+        <is>
+          <t>{{installedSize}} مستخدمة من ألعاب</t>
+        </is>
+      </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>.butlerd.codes.9000</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.install_location.size_used_by_games</t>
+        </is>
+      </c>
+      <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr"/>
       <c r="B480" t="inlineStr">
         <is>
-          <t>{{installedSize}} used by games</t>
+          <t>{{freeSize}} free of {{totalSize}}</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>{{installedSize}} مستخدمة من ألعاب</t>
+          <t>{{freeSize}} فارغة من {{totalSize}}</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>.preferences.install_location.size_used_by_games</t>
+          <t>.preferences.install_location.free_of_total</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr"/>
       <c r="B481" t="inlineStr">
         <is>
-          <t>{{freeSize}} free of {{totalSize}}</t>
+          <t>Scan install locations for games</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>{{freeSize}} فارغة من {{totalSize}}</t>
+          <t>فحص مواقع التثبيت بحثًا عن ألعاب</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_of_total</t>
+          <t>.preferences.scan_install_locations</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr"/>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Scan install locations for games</t>
+          <t>Confirm import</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>فحص مواقع التثبيت بحثًا عن ألعاب</t>
+          <t>تأكيد الإستيراد</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations</t>
+          <t>.preferences.scan_install_locations.confirm_import</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr"/>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Confirm import</t>
+          <t>Import {{numItems}} items</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>تأكيد الإستيراد</t>
+          <t>إستيراد {{numItems}} عنصر</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.confirm_import</t>
+          <t>.preferences.scan_install_locations.import_items</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr"/>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Import {{numItems}} items</t>
+          <t>{{numImportedItems}} items were successfully imported</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>إستيراد {{numItems}} عنصر</t>
+          <t>تم إستيراد {{numImportedItems}} عنصر بنجاح</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.import_items</t>
+          <t>.preferences.scan_install_locations.items_imported</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr"/>
       <c r="B485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} items were successfully imported</t>
+          <t>Looking for games...</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>تم إستيراد {{numImportedItems}} عنصر بنجاح</t>
+          <t>يبحث عن ألعاب...</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.items_imported</t>
+          <t>.preferences.scan_install_locations.looking_for_games</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr"/>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Looking for games...</t>
+          <t>The following items can be imported:</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>يبحث عن ألعاب...</t>
+          <t>يمكن استيراد العناصر التالية:</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.looking_for_games</t>
+          <t>.preferences.scan_install_locations.message</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr"/>
       <c r="B487" t="inlineStr">
         <is>
-          <t>The following items can be imported:</t>
+          <t>No additional items found in install locations</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>يمكن استيراد العناصر التالية:</t>
+          <t>لم يتم إيجاد عناصر إضافية في موقع التثبيت</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.message</t>
+          <t>.preferences.scan_install_locations.no_items_found</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr"/>
       <c r="B488" t="inlineStr">
         <is>
-          <t>No additional items found in install locations</t>
+          <t>Scanning...</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>لم يتم إيجاد عناصر إضافية في موقع التثبيت</t>
+          <t>جار الفحص....</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.no_items_found</t>
+          <t>.preferences.scan_install_locations.title</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr"/>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Scanning...</t>
+          <t>Check for game updates</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>جار الفحص....</t>
+          <t>البحث عن تحديثات للألعاب</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.title</t>
+          <t>.preferences.advanced.check_game_updates</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr"/>
       <c r="B490" t="inlineStr">
         <is>
-          <t>Check for game updates</t>
+          <t>Resume downloads</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>البحث عن تحديثات للألعاب</t>
+          <t>استئناف التنزيلات</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>.preferences.advanced.check_game_updates</t>
-[...2 lines deleted...]
-      <c r="G490" t="inlineStr"/>
+          <t>.status.downloads.resume_downloads</t>
+        </is>
+      </c>
+      <c r="G490" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: استئناف التننزيل
+Suggested in Weblate: استكمال التنزيلات
+Suggested in Weblate: تابع التنزيلات</t>
+        </is>
+      </c>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr"/>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Resume downloads</t>
-[...6 lines deleted...]
-      </c>
+          <t>Pause downloads</t>
+        </is>
+      </c>
+      <c r="C491" t="inlineStr"/>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>.status.downloads.resume_downloads</t>
+          <t>.status.downloads.pause_downloads</t>
         </is>
       </c>
       <c r="G491" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: استئناف التننزيل
-[...1 lines deleted...]
-Suggested in Weblate: تابع التنزيلات</t>
+          <t>Suggested in Weblate: إيقاف التحميلات
+Suggested in Weblate: ايقاف التنزيلات
+Suggested in Weblate: اوقف التنزيلات مؤقتاً</t>
         </is>
       </c>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr"/>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Pause downloads</t>
-[...2 lines deleted...]
-      <c r="C492" t="inlineStr"/>
+          <t>Components</t>
+        </is>
+      </c>
+      <c r="C492" t="inlineStr">
+        <is>
+          <t>المكونات</t>
+        </is>
+      </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>.status.downloads.pause_downloads</t>
-[...8 lines deleted...]
-      </c>
+          <t>.preferences.advanced.components</t>
+        </is>
+      </c>
+      <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr"/>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Components</t>
+          <t>New version available</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>المكونات</t>
+          <t>تتوفر نسخة جديدة</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>.preferences.advanced.components</t>
+          <t>.prompt.self_update_ready.short</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr"/>
       <c r="B494" t="inlineStr">
         <is>
-          <t>New version available</t>
+          <t>No other version is available.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>تتوفر نسخة جديدة</t>
+          <t>لا يوجد اصدارات اخرى متوفرة.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.short</t>
-[...2 lines deleted...]
-      <c r="G494" t="inlineStr"/>
+          <t>.prompt.revert.no_other_version</t>
+        </is>
+      </c>
+      <c r="G494" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: لا يوجد اصدارات اخرى متاحة.</t>
+        </is>
+      </c>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr"/>
       <c r="B495" t="inlineStr">
         <is>
-          <t>No other version is available.</t>
+          <t>Skip update</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>لا يوجد اصدارات اخرى متوفرة.</t>
+          <t>تخطي التحديث</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>.prompt.revert.no_other_version</t>
-[...6 lines deleted...]
-      </c>
+          <t>.pick_update_upload.buttons.skip_update</t>
+        </is>
+      </c>
+      <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr"/>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Skip update</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>تخطي التحديث</t>
+          <t>تشغيل {{title}}</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.skip_update</t>
+          <t>.grid.item.launch_title</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr"/>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Open {{title}}</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
           <t>تشغيل {{title}}</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>.grid.item.launch_title</t>
+          <t>.grid.item.open_title</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr"/>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Open {{title}}</t>
+          <t>views</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>تشغيل {{title}}</t>
+          <t>المشاهدات</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>.grid.item.open_title</t>
-[...2 lines deleted...]
-      <c r="G498" t="inlineStr"/>
+          <t>.dashboard.game_stats.views</t>
+        </is>
+      </c>
+      <c r="G498" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: مشاهدات</t>
+        </is>
+      </c>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr"/>
       <c r="B499" t="inlineStr">
         <is>
-          <t>views</t>
+          <t>downloads</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>المشاهدات</t>
+          <t>التحميلات</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.views</t>
+          <t>.dashboard.game_stats.downloads</t>
         </is>
       </c>
       <c r="G499" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: مشاهدات</t>
+          <t>Suggested in Weblate: التنزيلات</t>
         </is>
       </c>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr"/>
       <c r="B500" t="inlineStr">
         <is>
-          <t>downloads</t>
+          <t>purchases</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>التحميلات</t>
+          <t>المقتنيات</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.downloads</t>
+          <t>.dashboard.game_stats.purchases</t>
         </is>
       </c>
       <c r="G500" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: التنزيلات</t>
+          <t>Suggested in Weblate: المشترايات</t>
         </is>
       </c>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr"/>
       <c r="B501" t="inlineStr">
         <is>
-          <t>purchases</t>
+          <t>Open page</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>المقتنيات</t>
+          <t>فتح الصفحة</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.purchases</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.open_page</t>
+        </is>
+      </c>
+      <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr"/>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Open page</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>فتح الصفحة</t>
+          <t>غير متوفر</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>.grid.item.open_page</t>
+          <t>.grid.item.not_available</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr"/>
       <c r="B503" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>View all...</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>غير متوفر</t>
+          <t>عرض الكل...</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>.grid.item.not_available</t>
+          <t>.game_stripe.view_all</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr"/>
       <c r="B504" t="inlineStr">
         <is>
-          <t>View all...</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>عرض الكل...</t>
+          <t>تم تثبيتها</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>.game_stripe.view_all</t>
+          <t>.table.column.installed</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr"/>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Powered by</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>تم تثبيتها</t>
+          <t>مدعومة ب</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>.table.column.installed</t>
+          <t>.table.column.powered_by</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr"/>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Powered by</t>
+          <t>Enable tabs</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>مدعومة ب</t>
+          <t>تفعيل النوافذ</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>.table.column.powered_by</t>
+          <t>.preferences.behavior.enable_tabs</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr"/>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Enable tabs</t>
-[...6 lines deleted...]
-      </c>
+          <t>Acquired recently</t>
+        </is>
+      </c>
+      <c r="C507" t="inlineStr"/>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>.preferences.behavior.enable_tabs</t>
-[...2 lines deleted...]
-      <c r="G507" t="inlineStr"/>
+          <t>.sort_by.games.acquired_at</t>
+        </is>
+      </c>
+      <c r="G507" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: تم شراؤها مؤخرًا</t>
+        </is>
+      </c>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr"/>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Acquired recently</t>
-[...2 lines deleted...]
-      <c r="C508" t="inlineStr"/>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="C508" t="inlineStr">
+        <is>
+          <t>العنوان</t>
+        </is>
+      </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>.sort_by.games.acquired_at</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sort_by.games.title</t>
+        </is>
+      </c>
+      <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr"/>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Views</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>العنوان</t>
+          <t>المشاهدات</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>.sort_by.games.title</t>
+          <t>.sort_by.games.views</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr"/>
       <c r="B510" t="inlineStr">
         <is>
-          <t>Views</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>المشاهدات</t>
+          <t>التحميلات</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>.sort_by.games.views</t>
+          <t>.sort_by.games.downloads</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr"/>
       <c r="B511" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Purchases</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>التحميلات</t>
+          <t>الشراء</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>.sort_by.games.downloads</t>
+          <t>.sort_by.games.purchases</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr"/>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Purchases</t>
+          <t>Play time</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>الشراء</t>
+          <t>وقت اللعب</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>.sort_by.games.purchases</t>
+          <t>.sort_by.games.play_time</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr"/>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Play time</t>
-[...6 lines deleted...]
-      </c>
+          <t>Last touched</t>
+        </is>
+      </c>
+      <c r="C513" t="inlineStr"/>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>.sort_by.games.play_time</t>
-[...2 lines deleted...]
-      <c r="G513" t="inlineStr"/>
+          <t>.sort_by.games.last_touched</t>
+        </is>
+      </c>
+      <c r="G513" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: اخر مرة تم لمسه</t>
+        </is>
+      </c>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr"/>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Last touched</t>
-[...2 lines deleted...]
-      <c r="C514" t="inlineStr"/>
+          <t>Size on disk</t>
+        </is>
+      </c>
+      <c r="C514" t="inlineStr">
+        <is>
+          <t>المساحة علي الهارد</t>
+        </is>
+      </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>.sort_by.games.last_touched</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sort_by.games.size_on_disk</t>
+        </is>
+      </c>
+      <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr"/>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Size on disk</t>
+          <t>Install date</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>المساحة علي الهارد</t>
+          <t>تاريخ التثبيت</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>.sort_by.games.size_on_disk</t>
+          <t>.sort_by.games.install_date</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr"/>
       <c r="B516" t="inlineStr">
         <is>
-          <t>Install date</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>تاريخ التثبيت</t>
+          <t>الألعاب</t>
         </is>
       </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>.sort_by.games.install_date</t>
+          <t>.filter_by.games.classification.games</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr"/>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Tools</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>الألعاب</t>
+          <t>الأدوات</t>
         </is>
       </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.games</t>
+          <t>.filter_by.games.classification.tools</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr"/>
       <c r="B518" t="inlineStr">
         <is>
-          <t>Tools</t>
+          <t>Game assets</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>الأدوات</t>
+          <t>موارد اﻷلعاب</t>
         </is>
       </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.tools</t>
+          <t>.filter_by.games.classification.assets</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr"/>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Game assets</t>
+          <t>Comics</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>موارد اﻷلعاب</t>
+          <t>القصص المصورة</t>
         </is>
       </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.assets</t>
+          <t>.filter_by.games.classification.comics</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr"/>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Comics</t>
+          <t>Books</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>القصص المصورة</t>
+          <t>الكتب</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.comics</t>
+          <t>.filter_by.games.classification.books</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr"/>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Books</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>الكتب</t>
+          <t>مثبت</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.books</t>
+          <t>.filter_by.games.status.installed</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr"/>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Free</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>مثبت</t>
+          <t>مجاني</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>.filter_by.games.status.installed</t>
+          <t>.filter_by.games.paid_status.free</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr"/>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Free</t>
+          <t>Paid</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>مجاني</t>
+          <t>مدفوع</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.free</t>
+          <t>.filter_by.games.paid_status.paid</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr"/>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Paid</t>
+          <t>Draft</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>مدفوع</t>
+          <t>مسودة</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.paid</t>
+          <t>.filter_by.games.visibility.draft</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr"/>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Draft</t>
+          <t>Published</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>مسودة</t>
+          <t>منشور</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.draft</t>
+          <t>.filter_by.games.visibility.published</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr"/>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Published</t>
+          <t>Level</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>منشور</t>
+          <t>المستوي</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.published</t>
+          <t>.log.level</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr"/>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Level</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>المستوي</t>
+          <t>التصحيح</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>.log.level</t>
+          <t>.log.level.debug</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr"/>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>التصحيح</t>
+          <t>معلومات</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>.log.level.debug</t>
+          <t>.log.level.info</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr"/>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Warning</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>معلومات</t>
+          <t>تحذير</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>.log.level.info</t>
+          <t>.log.level.warning</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr"/>
       <c r="B530" t="inlineStr">
         <is>
-          <t>Warning</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>تحذير</t>
+          <t>خطأ</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>.log.level.warning</t>
+          <t>.log.level.error</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr"/>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Error</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nothing to see here</t>
+        </is>
+      </c>
+      <c r="C531" t="inlineStr"/>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>.log.level.error</t>
-[...2 lines deleted...]
-      <c r="G531" t="inlineStr"/>
+          <t>.empty_state.nothing_to_see_here</t>
+        </is>
+      </c>
+      <c r="G531" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: لاشيء لرؤيته هنا
+Suggested in Weblate: لا شيء لتراه هنا</t>
+        </is>
+      </c>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr"/>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Nothing to see here</t>
-[...2 lines deleted...]
-      <c r="C532" t="inlineStr"/>
+          <t>{{itemCount}} items</t>
+        </is>
+      </c>
+      <c r="C532" t="inlineStr">
+        <is>
+          <t>{{itemCount}} عنصر</t>
+        </is>
+      </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>.empty_state.nothing_to_see_here</t>
+          <t>.collection.item_count</t>
         </is>
       </c>
       <c r="G532" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: لاشيء لرؤيته هنا
-Suggested in Weblate: لا شيء لتراه هنا</t>
+          <t>Suggested in Weblate: عناصر الـــ {{itemCount}}</t>
         </is>
       </c>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr"/>
       <c r="B533" t="inlineStr">
         <is>
-          <t>{{itemCount}} items</t>
+          <t>No description</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>{{itemCount}} عنصر</t>
+          <t>لا وصف</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>.collection.item_count</t>
-[...6 lines deleted...]
-      </c>
+          <t>.search.results.game.no_description</t>
+        </is>
+      </c>
+      <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr"/>
       <c r="B534" t="inlineStr">
         <is>
-          <t>No description</t>
+          <t>Explore</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>لا وصف</t>
+          <t>استكشف</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>.search.results.game.no_description</t>
-[...2 lines deleted...]
-      <c r="G534" t="inlineStr"/>
+          <t>.sidebar.explore</t>
+        </is>
+      </c>
+      <c r="G534" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: استكشاف</t>
+        </is>
+      </c>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr"/>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Explore</t>
+          <t>Library</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>استكشف</t>
+          <t>المكتبة</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>.sidebar.explore</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.library</t>
+        </is>
+      </c>
+      <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr"/>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Library</t>
-[...6 lines deleted...]
-      </c>
+          <t>Install for {{title}} cancelled!</t>
+        </is>
+      </c>
+      <c r="C536" t="inlineStr"/>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>.sidebar.library</t>
-[...20 lines deleted...]
-        <is>
           <t>.status.installing_game.cancelled</t>
         </is>
       </c>
-      <c r="G537" t="inlineStr">
+      <c r="G536" t="inlineStr">
         <is>
           <t>Suggested in Weblate: تحميل {{title}} تم الغاءه
 Suggested in Weblate: تم إلغاء عملية التثبيت لـ{{title}}!
 Suggested in Weblate: تم الغاء عملية تثبيت {{title}}!
 Suggested in Weblate: تم الغاء التثبيت لـ {{title}}!</t>
         </is>
       </c>
+      <c r="H536" t="inlineStr"/>
+    </row>
+    <row r="537">
+      <c r="A537" t="inlineStr"/>
+      <c r="B537" t="inlineStr">
+        <is>
+          <t>Manage install locations</t>
+        </is>
+      </c>
+      <c r="C537" t="inlineStr"/>
+      <c r="D537" t="inlineStr"/>
+      <c r="E537" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F537" t="inlineStr">
+        <is>
+          <t>.install_locations.manage</t>
+        </is>
+      </c>
+      <c r="G537" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ادارة اماكن التثبيت</t>
+        </is>
+      </c>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr"/>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Manage install locations</t>
-[...2 lines deleted...]
-      <c r="C538" t="inlineStr"/>
+          <t>Updated</t>
+        </is>
+      </c>
+      <c r="C538" t="inlineStr">
+        <is>
+          <t>محدث</t>
+        </is>
+      </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>.install_locations.manage</t>
-[...6 lines deleted...]
-      </c>
+          <t>.collection.info.updated</t>
+        </is>
+      </c>
+      <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr"/>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>محدث</t>
+          <t>ارسل أرائك</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>.collection.info.updated</t>
+          <t>.send_feedback.title</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr"/>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Send feedback</t>
-[...6 lines deleted...]
-      </c>
+          <t>Please describe what you were trying to do when the issue happened:</t>
+        </is>
+      </c>
+      <c r="C540" t="inlineStr"/>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>.send_feedback.title</t>
-[...2 lines deleted...]
-      <c r="G540" t="inlineStr"/>
+          <t>.send_feedback.describe_issue</t>
+        </is>
+      </c>
+      <c r="G540" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: الرجاء وصف ما كنت تحاول القيام به عند حدوث المشكلة:</t>
+        </is>
+      </c>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr"/>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Please describe what you were trying to do when the issue happened:</t>
+          <t>A few reminders:</t>
         </is>
       </c>
       <c r="C541" t="inlineStr"/>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>.send_feedback.describe_issue</t>
+          <t>.send_feedback.reminders.header</t>
         </is>
       </c>
       <c r="G541" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: الرجاء وصف ما كنت تحاول القيام به عند حدوث المشكلة:</t>
+          <t>Suggested in Weblate: بعض التذكيرات:</t>
         </is>
       </c>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr"/>
       <c r="B542" t="inlineStr">
         <is>
-          <t>A few reminders:</t>
+          <t>Whatever you write will be read by humans.</t>
         </is>
       </c>
       <c r="C542" t="inlineStr"/>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.header</t>
+          <t>.send_feedback.reminders.we_are_humans</t>
         </is>
       </c>
       <c r="G542" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: بعض التذكيرات:</t>
+          <t>Suggested in Weblate: كل ما تكتبه سيقرأه بشر.
+Suggested in Weblate: كل ما تكتبه سيقرأه بشرى.</t>
         </is>
       </c>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr"/>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Whatever you write will be read by humans.</t>
+          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
         </is>
       </c>
       <c r="C543" t="inlineStr"/>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.we_are_humans</t>
+          <t>.send_feedback.reminders.be_precise</t>
         </is>
       </c>
       <c r="G543" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: كل ما تكتبه سيقرأه بشر.
-Suggested in Weblate: كل ما تكتبه سيقرأه بشرى.</t>
+          <t>Suggested in Weblate: كن دقيقا بقدر ما تستطيع. نريد معالجة المشكلة بقدر ما تريد!</t>
         </is>
       </c>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr"/>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
+          <t>Include steps to reproduce the issue if you can.</t>
         </is>
       </c>
       <c r="C544" t="inlineStr"/>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.be_precise</t>
+          <t>.send_feedback.reminders.include_reproduce_steps</t>
         </is>
       </c>
       <c r="G544" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: كن دقيقا بقدر ما تستطيع. نريد معالجة المشكلة بقدر ما تريد!</t>
+          <t>Suggested in Weblate: قم باضافة خطوات لإعادة إظهار المشكلة إذا كان بإمكانك.</t>
         </is>
       </c>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr"/>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Include steps to reproduce the issue if you can.</t>
+          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
         </is>
       </c>
       <c r="C545" t="inlineStr"/>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.include_reproduce_steps</t>
+          <t>.send_feedback.reminders.mention_itchio_account</t>
         </is>
       </c>
       <c r="G545" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: قم باضافة خطوات لإعادة إظهار المشكلة إذا كان بإمكانك.</t>
+          <t>Suggested in Weblate: اذكر اسم حساب itch.io و / أو الصفحة التي كانت تسبب لك مشكلة ، إذا كانت ذات صلة.</t>
         </is>
       </c>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr"/>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
+          <t>Thanks for sending us feedback!</t>
         </is>
       </c>
       <c r="C546" t="inlineStr"/>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.mention_itchio_account</t>
+          <t>.send_feedback.reminders.thanks</t>
         </is>
       </c>
       <c r="G546" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: اذكر اسم حساب itch.io و / أو الصفحة التي كانت تسبب لك مشكلة ، إذا كانت ذات صلة.</t>
+          <t>Suggested in Weblate: شكرا لإرسال ارائك إلينا!</t>
         </is>
       </c>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr"/>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Thanks for sending us feedback!</t>
+          <t>Where does my report go?</t>
         </is>
       </c>
       <c r="C547" t="inlineStr"/>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.thanks</t>
+          <t>.send_feedback.questions.where_does_report_go</t>
         </is>
       </c>
       <c r="G547" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: شكرا لإرسال ارائك إلينا!</t>
+          <t>Suggested in Weblate: أين يذهب تقريري؟</t>
         </is>
       </c>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr"/>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Where does my report go?</t>
+          <t>Review the information below to make sure you're comfortable with it being sent:</t>
         </is>
       </c>
       <c r="C548" t="inlineStr"/>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>.send_feedback.questions.where_does_report_go</t>
+          <t>.send_feedback.consent.please_review</t>
         </is>
       </c>
       <c r="G548" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: أين يذهب تقريري؟</t>
+          <t>Suggested in Weblate: راجع المعلومات الواردة أدناه للتأكد من شعورك بالراحة تجاه إرسالها:</t>
         </is>
       </c>
       <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr"/>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Review the information below to make sure you're comfortable with it being sent:</t>
+          <t>redacted</t>
         </is>
       </c>
       <c r="C549" t="inlineStr"/>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.please_review</t>
+          <t>.send_feedback.consent.redacted</t>
         </is>
       </c>
       <c r="G549" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: راجع المعلومات الواردة أدناه للتأكد من شعورك بالراحة تجاه إرسالها:</t>
+          <t>Suggested in Weblate: منقح</t>
         </is>
       </c>
       <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr"/>
       <c r="B550" t="inlineStr">
         <is>
-          <t>redacted</t>
+          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
         </is>
       </c>
       <c r="C550" t="inlineStr"/>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.redacted</t>
+          <t>.send_feedback.consent.system_info_helps_us</t>
         </is>
       </c>
       <c r="G550" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: منقح</t>
+          <t>Suggested in Weblate: وجود فكرة تقريبية عن اعدادات جهازك غالبا ما يساعدنا على تحديد مصدر هذه المشكلة.</t>
         </is>
       </c>
       <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr"/>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
+          <t>Include this information in the report</t>
         </is>
       </c>
       <c r="C551" t="inlineStr"/>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.system_info_helps_us</t>
+          <t>.send_feedback.consent.include_in_report</t>
         </is>
       </c>
       <c r="G551" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: وجود فكرة تقريبية عن اعدادات جهازك غالبا ما يساعدنا على تحديد مصدر هذه المشكلة.</t>
+          <t>Suggested in Weblate: اضافة هذه المعلومات في التقرير</t>
         </is>
       </c>
       <c r="H551" t="inlineStr"/>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr"/>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Include this information in the report</t>
+          <t>A secret URL will be generated for your report.</t>
         </is>
       </c>
       <c r="C552" t="inlineStr"/>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.include_in_report</t>
+          <t>.send_feedback.send.secret_url</t>
         </is>
       </c>
       <c r="G552" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: اضافة هذه المعلومات في التقرير</t>
+          <t>Suggested in Weblate: سيتم إنشاء عنوان URL سري لتقريرك.</t>
         </is>
       </c>
       <c r="H552" t="inlineStr"/>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr"/>
       <c r="B553" t="inlineStr">
         <is>
-          <t>A secret URL will be generated for your report.</t>
+          <t>From that page, you will be able to:</t>
         </is>
       </c>
       <c r="C553" t="inlineStr"/>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url</t>
+          <t>.send_feedback.send.secret_url.feature_list</t>
         </is>
       </c>
       <c r="G553" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: سيتم إنشاء عنوان URL سري لتقريرك.</t>
+          <t>Suggested in Weblate: من تلك الصفحة ، ستتمكن من:</t>
         </is>
       </c>
       <c r="H553" t="inlineStr"/>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr"/>
       <c r="B554" t="inlineStr">
         <is>
-          <t>From that page, you will be able to:</t>
+          <t>See everything we see about the report</t>
         </is>
       </c>
       <c r="C554" t="inlineStr"/>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list</t>
+          <t>.send_feedback.send.secret_url.feature_list.view</t>
         </is>
       </c>
       <c r="G554" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: من تلك الصفحة ، ستتمكن من:</t>
+          <t>Suggested in Weblate: ترى كل شيء نراه حول التقرير</t>
         </is>
       </c>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr"/>
       <c r="B555" t="inlineStr">
         <is>
-          <t>See everything we see about the report</t>
+          <t>Delete it if you decide to.</t>
         </is>
       </c>
       <c r="C555" t="inlineStr"/>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.view</t>
+          <t>.send_feedback.send.secret_url.feature_list.delete</t>
         </is>
       </c>
       <c r="G555" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ترى كل شيء نراه حول التقرير</t>
+          <t>Suggested in Weblate: حذفه إذا قررت ان تحذفه.
+Suggested in Weblate: حذفه إذا قررت ان تحزفه.</t>
         </is>
       </c>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr"/>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Delete it if you decide to.</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C556" t="inlineStr"/>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.delete</t>
+          <t>.send_feedback.send.do_send</t>
         </is>
       </c>
       <c r="G556" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: حذفه إذا قررت ان تحذفه.
-Suggested in Weblate: حذفه إذا قررت ان تحزفه.</t>
+          <t>Suggested in Weblate: إرسال تقرير</t>
         </is>
       </c>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr"/>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Nevermind, take me out of here</t>
         </is>
       </c>
       <c r="C557" t="inlineStr"/>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>.send_feedback.send.do_send</t>
+          <t>.send_feedback.send.dont_send</t>
         </is>
       </c>
       <c r="G557" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: إرسال تقرير</t>
+          <t>Suggested in Weblate: لا تهتم ، أخرجني من هنا</t>
         </is>
       </c>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr"/>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Nevermind, take me out of here</t>
+          <t>Sending...</t>
         </is>
       </c>
       <c r="C558" t="inlineStr"/>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>.send_feedback.send.dont_send</t>
+          <t>.send_feedback.send.sending</t>
         </is>
       </c>
       <c r="G558" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: لا تهتم ، أخرجني من هنا</t>
+          <t>Suggested in Weblate: جاري الارسال ...</t>
         </is>
       </c>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr"/>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Sending...</t>
+          <t>Thank you for sending a report, it helps everyone!</t>
         </is>
       </c>
       <c r="C559" t="inlineStr"/>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>.send_feedback.send.sending</t>
+          <t>.send_feedback.final_thanks</t>
         </is>
       </c>
       <c r="G559" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: جاري الارسال ...</t>
+          <t>Suggested in Weblate: شكرا لك على إرسال تقرير، إنه يساعد الجميع!</t>
         </is>
       </c>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr"/>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Thank you for sending a report, it helps everyone!</t>
+          <t>Your report was sent successfully!</t>
         </is>
       </c>
       <c r="C560" t="inlineStr"/>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>.send_feedback.final_thanks</t>
+          <t>.send_feedback.success.intro</t>
         </is>
       </c>
       <c r="G560" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: شكرا لك على إرسال تقرير، إنه يساعد الجميع!</t>
+          <t>Suggested in Weblate: تم إرسال تقريرك بنجاح!</t>
         </is>
       </c>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr"/>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Your report was sent successfully!</t>
+          <t>View report</t>
         </is>
       </c>
       <c r="C561" t="inlineStr"/>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>.send_feedback.success.intro</t>
+          <t>.send_feedback.success.view_report</t>
         </is>
       </c>
       <c r="G561" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: تم إرسال تقريرك بنجاح!</t>
+          <t>Suggested in Weblate: عرض التقرير</t>
         </is>
       </c>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr"/>
       <c r="B562" t="inlineStr">
         <is>
-          <t>View report</t>
+          <t>(You can delete it from this page)</t>
         </is>
       </c>
       <c r="C562" t="inlineStr"/>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report</t>
+          <t>.send_feedback.success.view_report.delete</t>
         </is>
       </c>
       <c r="G562" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: عرض التقرير</t>
+          <t>Suggested in Weblate: (يمكنك حذفه من هذه الصفحة)</t>
         </is>
       </c>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr"/>
       <c r="B563" t="inlineStr">
         <is>
-          <t>(You can delete it from this page)</t>
+          <t>Thanks for your feedback</t>
         </is>
       </c>
       <c r="C563" t="inlineStr"/>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report.delete</t>
+          <t>.send_feedback.success.thanks</t>
         </is>
       </c>
       <c r="G563" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: (يمكنك حذفه من هذه الصفحة)</t>
+          <t>Suggested in Weblate: شكرا لملاحظاتك</t>
         </is>
       </c>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr"/>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Thanks for your feedback</t>
+          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
         </is>
       </c>
       <c r="C564" t="inlineStr"/>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>.send_feedback.success.thanks</t>
+          <t>.send_feedback.success.promise</t>
         </is>
       </c>
       <c r="G564" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: شكرا لملاحظاتك</t>
+          <t>Suggested in Weblate: ستتم مراجعتها في أقرب وقت ممكن ، وتحويلها إلى مشكلة قابلة للتنفيذ ، ونأمل أن يتم إصلاحها في إصدار مستقبلي.</t>
         </is>
       </c>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr"/>
       <c r="B565" t="inlineStr">
         <is>
-          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
+          <t>Sorry, we could not send your report.</t>
         </is>
       </c>
       <c r="C565" t="inlineStr"/>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>.send_feedback.success.promise</t>
+          <t>.send_feedback.error.intro</t>
         </is>
       </c>
       <c r="G565" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ستتم مراجعتها في أقرب وقت ممكن ، وتحويلها إلى مشكلة قابلة للتنفيذ ، ونأمل أن يتم إصلاحها في إصدار مستقبلي.</t>
+          <t>Suggested in Weblate: عذرا ، لم نتمكن من إرسال التقرير الخاص بك.</t>
         </is>
       </c>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr"/>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Sorry, we could not send your report.</t>
-[...2 lines deleted...]
-      <c r="C566" t="inlineStr"/>
+          <t>Previous</t>
+        </is>
+      </c>
+      <c r="C566" t="inlineStr">
+        <is>
+          <t>السابق</t>
+        </is>
+      </c>
       <c r="D566" t="inlineStr"/>
       <c r="E566" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F566" t="inlineStr">
         <is>
-          <t>.send_feedback.error.intro</t>
-[...6 lines deleted...]
-      </c>
+          <t>.send_feedback.nav.previous</t>
+        </is>
+      </c>
+      <c r="G566" t="inlineStr"/>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr"/>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Previous</t>
+          <t>Next</t>
         </is>
       </c>
       <c r="C567" t="inlineStr">
         <is>
-          <t>السابق</t>
+          <t>التالي</t>
         </is>
       </c>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.previous</t>
+          <t>.send_feedback.nav.next</t>
         </is>
       </c>
       <c r="G567" t="inlineStr"/>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr"/>
       <c r="B568" t="inlineStr">
         <is>
-          <t>Next</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C568" t="inlineStr">
         <is>
-          <t>التالي</t>
+          <t>أغلاق</t>
         </is>
       </c>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.next</t>
+          <t>.send_feedback.nav.close</t>
         </is>
       </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr"/>
       <c r="B569" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Your message</t>
+        </is>
+      </c>
+      <c r="C569" t="inlineStr"/>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.close</t>
-[...2 lines deleted...]
-      <c r="G569" t="inlineStr"/>
+          <t>.send_feedback.steps.your_message</t>
+        </is>
+      </c>
+      <c r="G569" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: رسالتك</t>
+        </is>
+      </c>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr"/>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Your message</t>
-[...2 lines deleted...]
-      <c r="C570" t="inlineStr"/>
+          <t>System information</t>
+        </is>
+      </c>
+      <c r="C570" t="inlineStr">
+        <is>
+          <t>معلومات النظام</t>
+        </is>
+      </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.your_message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.send_feedback.steps.system_info</t>
+        </is>
+      </c>
+      <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr"/>
       <c r="B571" t="inlineStr">
         <is>
-          <t>System information</t>
-[...6 lines deleted...]
-      </c>
+          <t>Send report</t>
+        </is>
+      </c>
+      <c r="C571" t="inlineStr"/>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.system_info</t>
-[...2 lines deleted...]
-      <c r="G571" t="inlineStr"/>
+          <t>.send_feedback.steps.send</t>
+        </is>
+      </c>
+      <c r="G571" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: إرسال تقرير</t>
+        </is>
+      </c>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr"/>
       <c r="B572" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Browse</t>
         </is>
       </c>
       <c r="C572" t="inlineStr"/>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.send</t>
+          <t>.setup.action.browse</t>
         </is>
       </c>
       <c r="G572" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: إرسال تقرير</t>
+          <t>Suggested in Weblate: تصفح</t>
         </is>
       </c>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr"/>
       <c r="B573" t="inlineStr">
         <is>
-          <t>Browse</t>
-[...2 lines deleted...]
-      <c r="C573" t="inlineStr"/>
+          <t>Install {{title}}</t>
+        </is>
+      </c>
+      <c r="C573" t="inlineStr">
+        <is>
+          <t>تثبيت {{title}}</t>
+        </is>
+      </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>.setup.action.browse</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.install_title</t>
+        </is>
+      </c>
+      <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr"/>
       <c r="B574" t="inlineStr">
         <is>
-          <t>Install {{title}}</t>
+          <t>Open developer tools</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>تثبيت {{title}}</t>
+          <t>أفتح أدوات المطور</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>.grid.item.install_title</t>
+          <t>.browser.open_devtools</t>
         </is>
       </c>
       <c r="G574" t="inlineStr"/>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr"/>
       <c r="B575" t="inlineStr">
         <is>
-          <t>Open developer tools</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>أفتح أدوات المطور</t>
+          <t>رجوع</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>.browser.open_devtools</t>
+          <t>.prompt.action.back</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr"/>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Reveal password</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>رجوع</t>
+          <t>اظهار كلمة المرور</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>.prompt.action.back</t>
+          <t>.login.action.reveal_password</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr"/>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Reveal password</t>
+          <t>Hide password</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>اظهار كلمة المرور</t>
+          <t>اخفاء كلمة المرور</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>.login.action.reveal_password</t>
+          <t>.login.action.hide_password</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr"/>
       <c r="B578" t="inlineStr">
         <is>
-          <t>Hide password</t>
-[...6 lines deleted...]
-      </c>
+          <t>Inspect</t>
+        </is>
+      </c>
+      <c r="C578" t="inlineStr"/>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>.login.action.hide_password</t>
-[...2 lines deleted...]
-      <c r="G578" t="inlineStr"/>
+          <t>.web.context_menu.inspect</t>
+        </is>
+      </c>
+      <c r="G578" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: فحص</t>
+        </is>
+      </c>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr"/>
       <c r="B579" t="inlineStr">
         <is>
-          <t>Inspect</t>
-[...2 lines deleted...]
-      <c r="C579" t="inlineStr"/>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="C579" t="inlineStr">
+        <is>
+          <t>العنوان</t>
+        </is>
+      </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>.web.context_menu.inspect</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sort_by.collections.title</t>
+        </is>
+      </c>
+      <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr"/>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Title</t>
-[...6 lines deleted...]
-      </c>
+          <t>Updated</t>
+        </is>
+      </c>
+      <c r="C580" t="inlineStr"/>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>.sort_by.collections.title</t>
-[...2 lines deleted...]
-      <c r="G580" t="inlineStr"/>
+          <t>.sort_by.collections.updated_at</t>
+        </is>
+      </c>
+      <c r="G580" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: تم تحديثه</t>
+        </is>
+      </c>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr"/>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Updated</t>
-[...2 lines deleted...]
-      <c r="C581" t="inlineStr"/>
+          <t>Are you sure you want to quit?</t>
+        </is>
+      </c>
+      <c r="C581" t="inlineStr">
+        <is>
+          <t>هل أنت متأكد أنك تريد الخروج؟</t>
+        </is>
+      </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>.sort_by.collections.updated_at</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.confirm_quit.title</t>
+        </is>
+      </c>
+      <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr"/>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Are you sure you want to quit?</t>
+          <t>All running games and applications will be closed.</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>هل أنت متأكد أنك تريد الخروج؟</t>
+          <t>كل الألعاب والتطبيقات العاملة ستُغلق.</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.title</t>
+          <t>.prompt.confirm_quit.message</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr"/>
       <c r="B583" t="inlineStr">
         <is>
-          <t>All running games and applications will be closed.</t>
+          <t>Quit and close all</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>كل الألعاب والتطبيقات العاملة ستُغلق.</t>
+          <t>خروج وإغلاق الكل</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.message</t>
+          <t>.prompt.action.quit_and_close_all</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr"/>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Quit and close all</t>
+          <t>Empty</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>خروج وإغلاق الكل</t>
+          <t>فارغ</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>.prompt.action.quit_and_close_all</t>
+          <t>.preferences.install_location.empty</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr"/>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Empty</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C585" t="inlineStr">
         <is>
-          <t>فارغ</t>
+          <t>حدث شئ خاطئ</t>
         </is>
       </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>.preferences.install_location.empty</t>
+          <t>.prompt.show_error.generic_message</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr"/>
       <c r="B586" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
-[...6 lines deleted...]
-      </c>
+          <t>Computing space requirements</t>
+        </is>
+      </c>
+      <c r="C586" t="inlineStr"/>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>.prompt.show_error.generic_message</t>
-[...2 lines deleted...]
-      <c r="G586" t="inlineStr"/>
+          <t>.plan_install.computing_space_requirements</t>
+        </is>
+      </c>
+      <c r="G586" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: حساب متطلبات المساحة</t>
+        </is>
+      </c>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr"/>
       <c r="B587" t="inlineStr">
         <is>
-          <t>Computing space requirements</t>
-[...2 lines deleted...]
-      <c r="C587" t="inlineStr"/>
+          <t>Install</t>
+        </is>
+      </c>
+      <c r="C587" t="inlineStr">
+        <is>
+          <t>تثبيت</t>
+        </is>
+      </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>.plan_install.computing_space_requirements</t>
-[...6 lines deleted...]
-      </c>
+          <t>.plan_install.select_upload</t>
+        </is>
+      </c>
+      <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr"/>
       <c r="B588" t="inlineStr">
         <is>
-          <t>Install</t>
-[...6 lines deleted...]
-      </c>
+          <t>To location</t>
+        </is>
+      </c>
+      <c r="C588" t="inlineStr"/>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>.plan_install.select_upload</t>
-[...2 lines deleted...]
-      <c r="G588" t="inlineStr"/>
+          <t>.plan_install.select_install_location</t>
+        </is>
+      </c>
+      <c r="G588" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: إلى مكان</t>
+        </is>
+      </c>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr"/>
       <c r="B589" t="inlineStr">
         <is>
-          <t>To location</t>
+          <t>Disk space required</t>
         </is>
       </c>
       <c r="C589" t="inlineStr"/>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>.plan_install.select_install_location</t>
+          <t>.plan_install.disk_space_required</t>
         </is>
       </c>
       <c r="G589" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: إلى مكان</t>
+          <t>Suggested in Weblate: مساحة القرص المطلوبة</t>
         </is>
       </c>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr"/>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Disk space required</t>
+          <t>Disk space available</t>
         </is>
       </c>
       <c r="C590" t="inlineStr"/>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_required</t>
+          <t>.plan_install.disk_space_available</t>
         </is>
       </c>
       <c r="G590" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: مساحة القرص المطلوبة</t>
+          <t>Suggested in Weblate: مساحة القرص المتاحة</t>
         </is>
       </c>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr"/>
       <c r="B591" t="inlineStr">
         <is>
-          <t>Disk space available</t>
-[...2 lines deleted...]
-      <c r="C591" t="inlineStr"/>
+          <t>Software License Agreement</t>
+        </is>
+      </c>
+      <c r="C591" t="inlineStr">
+        <is>
+          <t>اتفاقية ترخيص البرنامج</t>
+        </is>
+      </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_available</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.sla.title</t>
+        </is>
+      </c>
+      <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr"/>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Software License Agreement</t>
+          <t>To use this software, you need to accept the terms of this license agreement:</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>اتفاقية ترخيص البرنامج</t>
+          <t>لاستخدام هذا البرنامج يجب ان تقوم بالموافقة على شروط اتفاقية ترخيص البرنامج:</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>.prompt.sla.title</t>
-[...2 lines deleted...]
-      <c r="G592" t="inlineStr"/>
+          <t>.prompt.sla.message</t>
+        </is>
+      </c>
+      <c r="G592" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: لاستخدام هذا البرنامج  يجب ان تقوم بالموافقة على شروط اتفاقية ترخيص البرنامج:</t>
+        </is>
+      </c>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr"/>
       <c r="B593" t="inlineStr">
         <is>
-          <t>To use this software, you need to accept the terms of this license agreement:</t>
+          <t>Accept terms</t>
         </is>
       </c>
       <c r="C593" t="inlineStr">
         <is>
-          <t>لاستخدام هذا البرنامج يجب ان تقوم بالموافقة على شروط اتفاقية ترخيص البرنامج:</t>
+          <t>قبول الشروط</t>
         </is>
       </c>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>.prompt.sla.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.sla.accept</t>
+        </is>
+      </c>
+      <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr"/>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Accept terms</t>
-[...6 lines deleted...]
-      </c>
+          <t>Physical Games</t>
+        </is>
+      </c>
+      <c r="C594" t="inlineStr"/>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>.prompt.sla.accept</t>
-[...2 lines deleted...]
-      <c r="G594" t="inlineStr"/>
+          <t>.filter_by.games.classification.physical_game</t>
+        </is>
+      </c>
+      <c r="G594" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: الألعاب الملموسة</t>
+        </is>
+      </c>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr"/>
       <c r="B595" t="inlineStr">
         <is>
-          <t>Physical Games</t>
+          <t>1 hour 1 minute</t>
         </is>
       </c>
       <c r="C595" t="inlineStr"/>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.physical_game</t>
-[...6 lines deleted...]
-      </c>
+          <t>.duration.precise.hour_minute</t>
+        </is>
+      </c>
+      <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr"/>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr"/>
+      <c r="D596" t="inlineStr"/>
+      <c r="E596" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F596" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G596" t="inlineStr"/>
+      <c r="H596" t="inlineStr"/>
+    </row>
+    <row r="597">
+      <c r="A597" t="inlineStr"/>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C597" t="inlineStr"/>
+      <c r="D597" t="inlineStr"/>
+      <c r="E597" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F597" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G597" t="inlineStr"/>
+      <c r="H597" t="inlineStr"/>
+    </row>
+    <row r="598">
+      <c r="A598" t="inlineStr"/>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C598" t="inlineStr"/>
+      <c r="D598" t="inlineStr"/>
+      <c r="E598" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F598" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G598" t="inlineStr"/>
+      <c r="H598" t="inlineStr"/>
+    </row>
+    <row r="599">
+      <c r="A599" t="inlineStr"/>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C599" t="inlineStr"/>
+      <c r="D599" t="inlineStr"/>
+      <c r="E599" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F599" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G599" t="inlineStr"/>
+      <c r="H599" t="inlineStr"/>
+    </row>
+    <row r="600">
+      <c r="A600" t="inlineStr"/>
+      <c r="B600" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C600" t="inlineStr"/>
+      <c r="D600" t="inlineStr"/>
+      <c r="E600" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F600" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G600" t="inlineStr"/>
+      <c r="H600" t="inlineStr"/>
+    </row>
+    <row r="601">
+      <c r="A601" t="inlineStr"/>
+      <c r="B601" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C601" t="inlineStr"/>
+      <c r="D601" t="inlineStr"/>
+      <c r="E601" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F601" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G601" t="inlineStr"/>
+      <c r="H601" t="inlineStr"/>
+    </row>
+    <row r="602">
+      <c r="A602" t="inlineStr"/>
+      <c r="B602" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C602" t="inlineStr"/>
+      <c r="D602" t="inlineStr"/>
+      <c r="E602" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F602" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G602" t="inlineStr"/>
+      <c r="H602" t="inlineStr"/>
+    </row>
+    <row r="603">
+      <c r="A603" t="inlineStr"/>
+      <c r="B603" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C603" t="inlineStr"/>
+      <c r="D603" t="inlineStr"/>
+      <c r="E603" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F603" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G603" t="inlineStr"/>
+      <c r="H603" t="inlineStr"/>
+    </row>
+    <row r="604">
+      <c r="A604" t="inlineStr"/>
+      <c r="B604" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C604" t="inlineStr"/>
+      <c r="D604" t="inlineStr"/>
+      <c r="E604" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F604" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G604" t="inlineStr"/>
+      <c r="H604" t="inlineStr"/>
+    </row>
+    <row r="605">
+      <c r="A605" t="inlineStr"/>
+      <c r="B605" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C605" t="inlineStr"/>
+      <c r="D605" t="inlineStr"/>
+      <c r="E605" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F605" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G605" t="inlineStr"/>
+      <c r="H605" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>