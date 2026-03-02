--- v0 (2026-01-13)
+++ v1 (2026-03-02)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H108"/>
+  <dimension ref="A1:H119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -3277,45 +3277,287 @@
     <row r="108">
       <c r="A108" t="inlineStr"/>
       <c r="B108" t="inlineStr">
         <is>
           <t>Physical Games</t>
         </is>
       </c>
       <c r="C108" t="inlineStr"/>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>.filter_by.games.classification.physical_game</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
           <t>Suggested in Weblate: الألعاب الملموسة</t>
         </is>
       </c>
       <c r="H108" t="inlineStr"/>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr"/>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>1 hour 1 minute</t>
+        </is>
+      </c>
+      <c r="C109" t="inlineStr"/>
+      <c r="D109" t="inlineStr"/>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F109" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minute</t>
+        </is>
+      </c>
+      <c r="G109" t="inlineStr"/>
+      <c r="H109" t="inlineStr"/>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr"/>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C110" t="inlineStr"/>
+      <c r="D110" t="inlineStr"/>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F110" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G110" t="inlineStr"/>
+      <c r="H110" t="inlineStr"/>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr"/>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C111" t="inlineStr"/>
+      <c r="D111" t="inlineStr"/>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F111" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G111" t="inlineStr"/>
+      <c r="H111" t="inlineStr"/>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr"/>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C112" t="inlineStr"/>
+      <c r="D112" t="inlineStr"/>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F112" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G112" t="inlineStr"/>
+      <c r="H112" t="inlineStr"/>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr"/>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C113" t="inlineStr"/>
+      <c r="D113" t="inlineStr"/>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F113" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G113" t="inlineStr"/>
+      <c r="H113" t="inlineStr"/>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr"/>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C114" t="inlineStr"/>
+      <c r="D114" t="inlineStr"/>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F114" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G114" t="inlineStr"/>
+      <c r="H114" t="inlineStr"/>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr"/>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C115" t="inlineStr"/>
+      <c r="D115" t="inlineStr"/>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F115" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G115" t="inlineStr"/>
+      <c r="H115" t="inlineStr"/>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr"/>
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C116" t="inlineStr"/>
+      <c r="D116" t="inlineStr"/>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F116" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G116" t="inlineStr"/>
+      <c r="H116" t="inlineStr"/>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr"/>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C117" t="inlineStr"/>
+      <c r="D117" t="inlineStr"/>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F117" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G117" t="inlineStr"/>
+      <c r="H117" t="inlineStr"/>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr"/>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C118" t="inlineStr"/>
+      <c r="D118" t="inlineStr"/>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F118" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G118" t="inlineStr"/>
+      <c r="H118" t="inlineStr"/>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr"/>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr"/>
+      <c r="D119" t="inlineStr"/>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F119" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G119" t="inlineStr"/>
+      <c r="H119" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>