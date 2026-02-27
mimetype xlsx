--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H595"/>
+  <dimension ref="A1:H605"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -4152,11815 +4152,12031 @@
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>Nejprodávanější</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>.new_tab.top_sellers</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Popular on Twitter</t>
+          <t>itch is now running in the background. Use the menu to quit it completely.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>Populární na Twitteru</t>
+          <t>itch nyní běží na pozadí. Použijte menu pro kompletní ukončení.</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.new_tab.twitter</t>
+          <t>.notification.see_you_soon.message</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>itch is now running in the background. Use the menu to quit it completely.</t>
+          <t>See you soon!</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>itch nyní běží na pozadí. Použijte menu pro kompletní ukončení.</t>
+          <t>Brzy se uvidíme!</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.message</t>
+          <t>.notification.see_you_soon.title</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>See you soon!</t>
+          <t>You just purchased {{title}}!</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>Brzy se uvidíme!</t>
+          <t>Právě jste si zakoupili {{title}}!</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.title</t>
+          <t>.notification.purchase_complete.just_bought</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>You just purchased {{title}}!</t>
+          <t>You just donated to {{title}}!</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>Právě jste si zakoupili {{title}}!</t>
+          <t>Právě jste přispěli {{title}}!</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_bought</t>
+          <t>.notification.purchase_complete.just_donated</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>You just donated to {{title}}!</t>
+          <t>You can now install it anytime!</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>Právě jste přispěli {{title}}!</t>
+          <t>Položku teď můžete kdykoliv nainstalovat!</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_donated</t>
+          <t>.notification.purchase_complete.may_install_now</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t>You can now install it anytime!</t>
+          <t>Thanks for your support!</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>Položku teď můžete kdykoliv nainstalovat!</t>
+          <t>Děkujeme za vaši podporu!</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.may_install_now</t>
+          <t>.notification.purchase_complete.thanks_for_support</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Thanks for your support!</t>
+          <t>{{title}} was installed!</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>Děkujeme za vaši podporu!</t>
+          <t>{{title}} nainstalováno!</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.thanks_for_support</t>
+          <t>.notification.download_installed</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
-          <t>{{title}} was installed!</t>
+          <t>{{title}} was updated!</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>{{title}} nainstalováno!</t>
+          <t>{{title}} aktualizováno!</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>.notification.download_installed</t>
+          <t>.notification.download_updated</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>{{title}} was updated!</t>
+          <t>{{title}} was switched to {{version}}!</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>{{title}} aktualizováno!</t>
+          <t>{{title}} byl přepnut na verzi {{version}}!</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>.notification.download_updated</t>
+          <t>.notification.download_reverted</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
-          <t>{{title}} was switched to {{version}}!</t>
+          <t>{{title}} verified and repaired!</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>{{title}} byl přepnut na verzi {{version}}!</t>
+          <t>{{title}} ověřeno a opraveno!</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>.notification.download_reverted</t>
+          <t>.notification.download_healed</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
-          <t>{{title}} verified and repaired!</t>
+          <t>Keep in mind this is a pre-alpha</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>{{title}} ověřeno a opraveno!</t>
+          <t>Pamatujte, že toto je předprodukční verze</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>.notification.download_healed</t>
+          <t>.onboarding.caved.prealpha_reminder</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Keep in mind this is a pre-alpha</t>
+          <t>Take your pick</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>Pamatujte, že toto je předprodukční verze</t>
+          <t>Vyberte si</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>.onboarding.caved.prealpha_reminder</t>
+          <t>.onboarding.caved.title_pick</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Take your pick</t>
+          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>Vyberte si</t>
+          <t>Pokud se něco pokazí, nahlaste to kliknutím na {{report}}, a/nebo prozkoumejte kliknutím na {{probe}}.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>.onboarding.caved.title_pick</t>
+          <t>.onboarding.caved.troubleshoot_advice</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
+          <t>Watch games quietly download, install, and run.</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>Pokud se něco pokazí, nahlaste to kliknutím na {{report}}, a/nebo prozkoumejte kliknutím na {{probe}}.</t>
+          <t>Sledujte, jak se hry potichu stahují, instalují a spouští.</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>.onboarding.caved.troubleshoot_advice</t>
+          <t>.onboarding.caved.usage</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Watch games quietly download, install, and run.</t>
+          <t>Your games will be here when you come back.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>Sledujte, jak se hry potichu stahují, instalují a spouští.</t>
+          <t>Vaše hry tu budou, až se vrátíte.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>.onboarding.caved.usage</t>
+          <t>.onboarding.collections.auto_sync</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Your games will be here when you come back.</t>
+          <t>Let's browse</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>Vaše hry tu budou, až se vrátíte.</t>
+          <t>Pojďme prohlížet</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>.onboarding.collections.auto_sync</t>
+          <t>.onboarding.collections.lets_shop</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Let's browse</t>
+          <t>Mix &amp; match</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>Pojďme prohlížet</t>
+          <t>Netřepat, promíchat</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>.onboarding.collections.lets_shop</t>
+          <t>.onboarding.collections.title_mix</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Mix &amp; match</t>
+          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>Netřepat, promíchat</t>
+          <t>Projděte si stránky, následně začněte organizovat pomocí {{add_to_collection}}.</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>.onboarding.collections.title_mix</t>
+          <t>.onboarding.collections.usage</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>Projděte si stránky, následně začněte organizovat pomocí {{add_to_collection}}.</t>
+          <t>Další informace</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>.onboarding.collections.usage</t>
+          <t>.onboarding.dashboard.docs_link</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>We've tried to make it the comfiest.</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>Další informace</t>
+          <t>Snažili jsme se udělat to co nejpohodlnější.</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.docs_link</t>
+          <t>.onboarding.dashboard.mission_statement</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>We've tried to make it the comfiest.</t>
+          <t>Instant set-up, and as few barriers as we can manage.</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>Snažili jsme se udělat to co nejpohodlnější.</t>
+          <t>Okamžité nastavení a co nejméně překážek.</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.mission_statement</t>
+          <t>.onboarding.dashboard.selling_points</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Instant set-up, and as few barriers as we can manage.</t>
+          <t>Welcome home</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>Okamžité nastavení a co nejméně překážek.</t>
+          <t>Vítej doma</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.selling_points</t>
+          <t>.onboarding.dashboard.welcome_home</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Welcome home</t>
+          <t>We've put together a few collections so you can start playing right away.</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>Vítej doma</t>
+          <t>Sestavili jsme několik kolekcí, takže můžete rovnou začít hrát.</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.welcome_home</t>
+          <t>.onboarding.owned.batteries_included</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>We've put together a few collections so you can start playing right away.</t>
+          <t>Click the labels on your left to navigate around the app</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>Sestavili jsme několik kolekcí, takže můžete rovnou začít hrát.</t>
+          <t>Po aplikaci se pohybujte klikáním na popisky vlevo</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>.onboarding.owned.batteries_included</t>
+          <t>.onboarding.owned.navigation_hint</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Click the labels on your left to navigate around the app</t>
+          <t>Things are looking a bit empty right now, but no worries!</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>Po aplikaci se pohybujte klikáním na popisky vlevo</t>
+          <t>Zatím to tu vypadá prázdně, ale žádný strach!</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>.onboarding.owned.navigation_hint</t>
+          <t>.onboarding.owned.reassuring_comment</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Things are looking a bit empty right now, but no worries!</t>
+          <t>You made it!</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>Zatím to tu vypadá prázdně, ale žádný strach!</t>
+          <t>Dokázali jste to!</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>.onboarding.owned.reassuring_comment</t>
+          <t>.onboarding.owned.title_warm_welcome</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t>You made it!</t>
+          <t>Open dashboard</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>Dokázali jste to!</t>
+          <t>Otevřít dashboard</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>.onboarding.owned.title_warm_welcome</t>
+          <t>.outlinks.open_dashboard</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Open dashboard</t>
+          <t>Manage collections</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>Otevřít dashboard</t>
+          <t>Spravovat kolekce</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>.outlinks.open_dashboard</t>
+          <t>.outlinks.manage_collections</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Manage collections</t>
+          <t>itch.io sandbox setup</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>Spravovat kolekce</t>
+          <t>Jednorázové nastavení sandboxu</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>.outlinks.manage_collections</t>
+          <t>.sandbox.setup.title</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
-          <t>itch.io sandbox setup</t>
+          <t>Proceed</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>Jednorázové nastavení sandboxu</t>
+          <t>Pokračovat</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>.sandbox.setup.title</t>
+          <t>.sandbox.setup.proceed</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Proceed</t>
+          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>Pokračovat</t>
+          <t>Abyste mohli spouštět hry v itch.io sandboxu, budeme muset spustit jednorázové nastavení s administrátorskými právy.</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>.sandbox.setup.proceed</t>
+          <t>.sandbox.setup.windows.message</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
+          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>Abyste mohli spouštět hry v itch.io sandboxu, budeme muset spustit jednorázové nastavení s administrátorskými právy.</t>
+          <t>Po kliknutí na 'Pokračovat' se může zobrazit okno, které se vás zeptá o povolení. Tato akce přidá uživatelský účet `itch-player`, který bude chránit vaše hry od zbytku systému.</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.message</t>
+          <t>.sandbox.setup.windows.detail</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
+          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>Po kliknutí na 'Pokračovat' se může zobrazit okno, které se vás zeptá o povolení. Tato akce přidá uživatelský účet `itch-player`, který bude chránit vaše hry od zbytku systému.</t>
+          <t>Abyste mohli spouštět hry v itch.io sandboxu, musíme jednorázově spustit skript jako root.</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.detail</t>
+          <t>.sandbox.setup.linux.message</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
+          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>Abyste mohli spouštět hry v itch.io sandboxu, musíme jednorázově spustit skript jako root.</t>
+          <t>Po kliknutí na 'Pokračovat' se zobrazí okno, které se vás zeptá na vaše heslo. To je potřeba pouze pro první spuštění sandboxu, itch vaše heslo nikdy nevidí a nikam nezapisuje.</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.message</t>
+          <t>.sandbox.setup.linux.detail</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
+          <t>Security &amp; privacy</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>Po kliknutí na 'Pokračovat' se zobrazí okno, které se vás zeptá na vaše heslo. To je potřeba pouze pro první spuštění sandboxu, itch vaše heslo nikdy nevidí a nikam nezapisuje.</t>
+          <t>Bezpečnost &amp; soukromí</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.detail</t>
+          <t>.preferences.security</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Security &amp; privacy</t>
+          <t>Enable itch.io sandbox</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>Bezpečnost &amp; soukromí</t>
+          <t>Povolit itch.io sandbox</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>.preferences.security</t>
+          <t>.preferences.security.sandbox.title</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Enable itch.io sandbox</t>
+          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>Povolit itch.io sandbox</t>
+          <t>itch.io sandbox zkusí zabránit hrám, které stahujete, aby dělaly škodlivé věci nebo kradly citlivá data. Sice to není úplná záruka bezpečnosti pro váš počítač, ale spouštění her přes itch.io sandbox je mnohem bezpečnější.</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.title</t>
+          <t>.preferences.security.sandbox.description</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
+          <t>Add location</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>itch.io sandbox zkusí zabránit hrám, které stahujete, aby dělaly škodlivé věci nebo kradly citlivá data. Sice to není úplná záruka bezpečnosti pro váš počítač, ale spouštění her přes itch.io sandbox je mnohem bezpečnější.</t>
+          <t>Přidat umístění</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.description</t>
+          <t>.preferences.install_location.add</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Add location</t>
+          <t>Remove this install location</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>Přidat umístění</t>
+          <t>Odebrat tuto instalační složku</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>.preferences.install_location.add</t>
+          <t>.preferences.install_location.delete</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Remove this install location</t>
+          <t>Free space</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>Odebrat tuto instalační složku</t>
+          <t>Volné místo</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>.preferences.install_location.delete</t>
+          <t>.preferences.install_location.free_space</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Free space</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>Volné místo</t>
+          <t>Výchozí</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_space</t>
+          <t>.preferences.install_location.is_default_short</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Make default</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>Výchozí</t>
+          <t>Nastavit výchozí</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default_short</t>
+          <t>.preferences.install_location.make_default_short</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Make default</t>
+          <t>New items will install to this location by default.</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>Nastavit výchozí</t>
+          <t>Toto umístění bude výchozí pro instalaci nových položek.</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default_short</t>
+          <t>.preferences.install_location.is_default</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t>New items will install to this location by default.</t>
+          <t># of items</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>Toto umístění bude výchozí pro instalaci nových položek.</t>
+          <t># položek</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default</t>
+          <t>.preferences.install_location.item_count</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t># of items</t>
+          <t>Set this as the default install location</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t># položek</t>
+          <t>Nastavit toto jako výchozí instalační umístění</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>.preferences.install_location.item_count</t>
+          <t>.preferences.install_location.make_default</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Set this as the default install location</t>
+          <t>Location</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>Nastavit toto jako výchozí instalační umístění</t>
+          <t>Adresář</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default</t>
+          <t>.preferences.install_location.path</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Location</t>
+          <t>Used space</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>Adresář</t>
+          <t>Použitý prostor</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>.preferences.install_location.path</t>
+          <t>.preferences.install_location.used_space</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Used space</t>
+          <t>Install locations</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>Použitý prostor</t>
+          <t>Instalační adresáře</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>.preferences.install_location.used_space</t>
+          <t>.preferences.install_locations</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Install locations</t>
+          <t>Behavior</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>Instalační adresáře</t>
+          <t>Chování</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>.preferences.install_locations</t>
+          <t>.preferences.behavior</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Behavior</t>
+          <t>Keep app in tray when closing window</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>Chování</t>
+          <t>Při zavření okna nechat aplikaci v oznamovací oblasti</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>.preferences.behavior</t>
+          <t>.preferences.behavior.close_to_tray</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Keep app in tray when closing window</t>
+          <t>Run itch when my computer starts</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>Při zavření okna nechat aplikaci v oznamovací oblasti</t>
+          <t>Spustit itch při spuštění počítače</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>.preferences.behavior.close_to_tray</t>
+          <t>.preferences.behavior.open_at_login</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Run itch when my computer starts</t>
+          <t>Open itch as hidden on startup</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>Spustit itch při spuštění počítače</t>
+          <t>Spustit itch se skrytým oknem</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login</t>
+          <t>.preferences.behavior.open_as_hidden</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr"/>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Open itch as hidden on startup</t>
+          <t>Auto-start settings could not be applied: {{cause}}</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>Spustit itch se skrytým oknem</t>
+          <t>Předvolby automatického spuštění nemohly být uloženy: {{cause}}</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_as_hidden</t>
+          <t>.preferences.behavior.open_at_login.error</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr"/>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Auto-start settings could not be applied: {{cause}}</t>
+          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>Předvolby automatického spuštění nemohly být uloženy: {{cause}}</t>
+          <t>Soubor .desktop nebyl nalezen. To je v pořádku, pokud jste nenainstalovali itch ze systémového balíčku. Podívejte se na {{linux_install_page}} pro více informací.</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.error</t>
+          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr"/>
       <c r="B200" t="inlineStr">
         <is>
-          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
+          <t>Ask before updating anything</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>Soubor .desktop nebyl nalezen. To je v pořádku, pokud jste nenainstalovali itch ze systémového balíčku. Podívejte se na {{linux_install_page}} pro více informací.</t>
+          <t>Ptát se před aktualizací čehokoliv</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
+          <t>.preferences.behavior.manual_game_updates</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr"/>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Ask before updating anything</t>
+          <t>Prevent display sleep while playing</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>Ptát se před aktualizací čehokoliv</t>
+          <t>Neuspávat obrazovku při hraní</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>.preferences.behavior.manual_game_updates</t>
-[...2 lines deleted...]
-      <c r="G201" t="inlineStr"/>
+          <t>.preferences.behavior.prevent_display_sleep</t>
+        </is>
+      </c>
+      <c r="G201" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Zabránit spánku obrazovky během hraní</t>
+        </is>
+      </c>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr"/>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Prevent display sleep while playing</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>Neuspávat obrazovku při hraní</t>
+          <t>Oznámení</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>.preferences.behavior.prevent_display_sleep</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.notifications</t>
+        </is>
+      </c>
+      <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr"/>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Notify me when a download has been installed or updated</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>Oznámení</t>
+          <t>Upozornit mě o instalaci a aktualizaci položek</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>.preferences.notifications</t>
+          <t>.preferences.notifications.ready_notification</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr"/>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Notify me when a download has been installed or updated</t>
+          <t>Language</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>Upozornit mě o instalaci a aktualizaci položek</t>
+          <t>Jazyk</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>.preferences.notifications.ready_notification</t>
+          <t>.preferences.language</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr"/>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Language</t>
+          <t>System language ({{language}})</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>Jazyk</t>
+          <t>Jazyk systému ({{language}})</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>.preferences.language</t>
+          <t>.preferences.language.auto</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr"/>
       <c r="B206" t="inlineStr">
         <is>
-          <t>System language ({{language}})</t>
+          <t>Help translate {{name}} in your language!</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>Jazyk systému ({{language}})</t>
+          <t>Pomozte přeložit {{name}} do svého jazyka!</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>.preferences.language.auto</t>
+          <t>.preferences.language.get_involved</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr"/>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Help translate {{name}} in your language!</t>
+          <t>Advanced</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>Pomozte přeložit {{name}} do svého jazyka!</t>
+          <t>Pokročilé</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>.preferences.language.get_involved</t>
+          <t>.preferences.advanced</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr"/>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Advanced</t>
+          <t>Open app log</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>Pokročilé</t>
+          <t>Otevřít záznamy aplikace</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>.preferences.advanced</t>
+          <t>.preferences.advanced.open_app_log</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr"/>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Open app log</t>
+          <t>Clear browsing data</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>Otevřít záznamy aplikace</t>
+          <t>Vyčistit data prohlížení</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>.preferences.advanced.open_app_log</t>
+          <t>.preferences.advanced.clear_browsing_data</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr"/>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Clear browsing data</t>
+          <t>HTTPS Proxy</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>Vyčistit data prohlížení</t>
+          <t>HTTPS proxy</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>.preferences.advanced.clear_browsing_data</t>
+          <t>.preferences.proxy_server_address</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr"/>
       <c r="B211" t="inlineStr">
         <is>
-          <t>HTTPS Proxy</t>
+          <t>Direct (no proxy)</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>HTTPS proxy</t>
+          <t>Přímá (žádná proxy)</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_address</t>
+          <t>.preferences.proxy_server_source.direct</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr"/>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Direct (no proxy)</t>
+          <t>Multiple downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>Přímá (žádná proxy)</t>
+          <t>Ke stažení je dostupných více souborů pro {{title}}</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_source.direct</t>
+          <t>.pick_install_upload.title</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr"/>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Multiple downloads are available for {{title}}</t>
+          <t>Which file do you want to download for {{title}}?</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>Ke stažení je dostupných více souborů pro {{title}}</t>
+          <t>Který soubor chcete stáhnout pro {{title}}?</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>.pick_install_upload.title</t>
+          <t>.pick_install_upload.message</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr"/>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Which file do you want to download for {{title}}?</t>
+          <t>We'll ask you again when new downloads are available.</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>Který soubor chcete stáhnout pro {{title}}?</t>
+          <t>Zeptáme se vás znovu, když budou dostupné nové soubory ke stažení.</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>.pick_install_upload.message</t>
+          <t>.pick_install_upload.detail</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr"/>
       <c r="B215" t="inlineStr">
         <is>
-          <t>We'll ask you again when new downloads are available.</t>
+          <t>New downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>Zeptáme se vás znovu, když budou dostupné nové soubory ke stažení.</t>
+          <t>Jsou dostupné nové soubory ke stažení pro {{title}}</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>.pick_install_upload.detail</t>
+          <t>.pick_update_upload.title</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr"/>
       <c r="B216" t="inlineStr">
         <is>
-          <t>New downloads are available for {{title}}</t>
+          <t>Which file do you want to update to for {{title}}?</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>Jsou dostupné nové soubory ke stažení pro {{title}}</t>
+          <t>Který soubor chcete aktualizovat pro {{title}}?</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>.pick_update_upload.title</t>
+          <t>.pick_update_upload.message</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr"/>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Which file do you want to update to for {{title}}?</t>
+          <t>We only ask because you hand-picked a file at install time.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>Který soubor chcete aktualizovat pro {{title}}?</t>
+          <t>Ptáme se pouze proto, že jste si ručně vybrali soubor při instalaci.</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>.pick_update_upload.message</t>
+          <t>.pick_update_upload.detail</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr"/>
       <c r="B218" t="inlineStr">
         <is>
-          <t>We only ask because you hand-picked a file at install time.</t>
+          <t>A new version of {{title}} is available</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>Ptáme se pouze proto, že jste si ručně vybrali soubor při instalaci.</t>
+          <t>Je dostupná nová verze {{title}}</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>.pick_update_upload.detail</t>
+          <t>.pick_update_upload.single.title</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr"/>
       <c r="B219" t="inlineStr">
         <is>
-          <t>A new version of {{title}} is available</t>
+          <t>You can choose to update now or later.</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>Je dostupná nová verze {{title}}</t>
+          <t>Můžete aktualizovat teď nebo později.</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.title</t>
+          <t>.pick_update_upload.single.message</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr"/>
       <c r="B220" t="inlineStr">
         <is>
-          <t>You can choose to update now or later.</t>
+          <t>Note: you can enable automatic updates in the Preferences tab</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>Můžete aktualizovat teď nebo později.</t>
+          <t>Poznámka: můžete povolit automatické aktualizace v předvolbách</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.message</t>
+          <t>.pick_update_upload.single.detail</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr"/>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Note: you can enable automatic updates in the Preferences tab</t>
+          <t>Update now</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>Poznámka: můžete povolit automatické aktualizace v předvolbách</t>
+          <t>Aktualizovat teď</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.detail</t>
+          <t>.pick_update_upload.buttons.update</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr"/>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Update now</t>
+          <t>Just launch</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>Aktualizovat teď</t>
+          <t>Pouze spustit</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.update</t>
+          <t>.pick_update_upload.buttons.just_launch</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr"/>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Just launch</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>Pouze spustit</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.just_launch</t>
+          <t>.pick_update_upload.tags.demo</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr"/>
       <c r="B224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Zrušit</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>.pick_update_upload.tags.demo</t>
+          <t>.prompt.action.cancel</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr"/>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>Zrušit</t>
+          <t>Zavřít</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>.prompt.action.cancel</t>
+          <t>.prompt.action.close</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr"/>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Proceed with removal</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>Zavřít</t>
+          <t>Pokračovat v odebírání</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>.prompt.action.close</t>
+          <t>.prompt.action.confirm_removal</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr"/>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Proceed with removal</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>Pokračovat v odebírání</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>.prompt.action.confirm_removal</t>
-[...2 lines deleted...]
-      <c r="G227" t="inlineStr"/>
+          <t>.prompt.action.install</t>
+        </is>
+      </c>
+      <c r="G227" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Instalovat</t>
+        </is>
+      </c>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr"/>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>Ok</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>Ok</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>.prompt.action.install</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.action.ok</t>
+        </is>
+      </c>
+      <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr"/>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Ok</t>
+          <t>Force close</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>Ok</t>
+          <t>Vynutit ukončení</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>.prompt.action.ok</t>
+          <t>.prompt.action.force_close</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr"/>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Force close</t>
+          <t>...but you could still buy a copy for a friend!
+Do you want to make another purchase?</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>Vynutit ukončení</t>
+          <t>...ale můžete koupit kopii i pro kamaráda!
+Chcete provést další nákup?</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>.prompt.action.force_close</t>
+          <t>.prompt.additional_purchase.detail</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr"/>
       <c r="B231" t="inlineStr">
         <is>
-          <t>...but you could still buy a copy for a friend!
-Do you want to make another purchase?</t>
+          <t>You already own a copy of {{title}}.</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>...ale můžete koupit kopii i pro kamaráda!
-Chcete provést další nákup?</t>
+          <t>Už vlastníte kopii {{title}}.</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.detail</t>
+          <t>.prompt.additional_purchase.message</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr"/>
       <c r="B232" t="inlineStr">
         <is>
-          <t>You already own a copy of {{title}}.</t>
+          <t>Purchase again</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>Už vlastníte kopii {{title}}.</t>
+          <t>Koupit znovu</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.message</t>
+          <t>.prompt.additional_purchase.purchase_again</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr"/>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Purchase again</t>
+          <t>You already own this!</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>Koupit znovu</t>
+          <t>Tento titul už vlastníte!</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.purchase_again</t>
+          <t>.prompt.additional_purchase.title</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr"/>
       <c r="B234" t="inlineStr">
         <is>
-          <t>You already own this!</t>
+          <t>Clear data</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>Tento titul už vlastníte!</t>
+          <t>Vymazat data</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.title</t>
+          <t>.prompt.clear_browsing_data.clear</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr"/>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Clear data</t>
+          <t>Cached images and files</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>Vymazat data</t>
+          <t>Obrázky a soubory v mezipaměti</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.clear</t>
+          <t>.prompt.clear_browsing_data.category.cache</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr"/>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Cached images and files</t>
+          <t>Retrieving cache size...</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>Obrázky a soubory v mezipaměti</t>
+          <t>Zjišťuji velikost mezipaměti...</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cache</t>
+          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr"/>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Retrieving cache size...</t>
+          <t>Cache is currently using {{size}} on disk</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>Zjišťuji velikost mezipaměti...</t>
+          <t>Mezipaměť aktuálně na disku zabírá {{size}}</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
+          <t>.prompt.clear_browsing_data.cache_size_used</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr"/>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Cache is currently using {{size}} on disk</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>Mezipaměť aktuálně na disku zabírá {{size}}</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cache_size_used</t>
+          <t>.prompt.clear_browsing_data.category.cookies</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr"/>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>This will log you out from all websites you've logged into from the itch app.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>Budete odhlášení ze všech webových stránek, do kterých jste se přihlásili v aplikaci itch.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cookies</t>
+          <t>.prompt.clear_browsing_data.cookies_info</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr"/>
       <c r="B240" t="inlineStr">
         <is>
-          <t>This will log you out from all websites you've logged into from the itch app.</t>
+          <t>Browsing data cleared!</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>Budete odhlášení ze všech webových stránek, do kterých jste se přihlásili v aplikaci itch.</t>
+          <t>Data prohlížeče byla odstraněna!</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cookies_info</t>
+          <t>.prompt.clear_browsing_data.notification</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr"/>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Browsing data cleared!</t>
+          <t>A crash log has been written to {{location}}.</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>Data prohlížeče byla odstraněna!</t>
+          <t>Záznam událostí při pádu byl zapsán do {{location}}.</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.notification</t>
+          <t>.prompt.crash_reporter.detail</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr"/>
       <c r="B242" t="inlineStr">
         <is>
-          <t>A crash log has been written to {{location}}.</t>
+          <t>The application has crashed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>Záznam událostí při pádu byl zapsán do {{location}}.</t>
+          <t>Aplikace zhavarovala</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.detail</t>
+          <t>.prompt.crash_reporter.message</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr"/>
       <c r="B243" t="inlineStr">
         <is>
-          <t>The application has crashed</t>
+          <t>Open crash log</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>Aplikace zhavarovala</t>
+          <t>Otevřít záznam událostí pádu</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.message</t>
+          <t>.prompt.crash_reporter.open_crash_log</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr"/>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Open crash log</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>Otevřít záznam událostí pádu</t>
+          <t>Zaslat zpětnou vazbu</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.open_crash_log</t>
+          <t>.prompt.crash_reporter.report_issue</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr"/>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>Zaslat zpětnou vazbu</t>
+          <t>itch může nainstalovat pouze přenosné verze linuxových aplikací.</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.report_issue</t>
+          <t>.prompt.deb_policy.detail</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr"/>
       <c r="B246" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>itch může nainstalovat pouze přenosné verze linuxových aplikací.</t>
+          <t>{{title}} používá formát balíčku .deb a nemůže být nainstalovaný aplikací itch, dokud nebude přebalen.</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.detail</t>
+          <t>.prompt.deb_policy.message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr"/>
       <c r="B247" t="inlineStr">
         <is>
-          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>APT packages are not supported</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>{{title}} používá formát balíčku .deb a nemůže být nainstalovaný aplikací itch, dokud nebude přebalen.</t>
+          <t>APT balíčky nejsou podporovány</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.message</t>
+          <t>.prompt.deb_policy.title</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr"/>
       <c r="B248" t="inlineStr">
         <is>
-          <t>APT packages are not supported</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>APT balíčky nejsou podporovány</t>
+          <t>Zapomenout přihlášení</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.title</t>
+          <t>.prompt.forget_session.action</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr"/>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>You can always add it back later.</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>Zapomenout přihlášení</t>
+          <t>Kdykoliv můžete účet znovu přidat.</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.action</t>
+          <t>.prompt.forget_session.detail</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr"/>
       <c r="B250" t="inlineStr">
         <is>
-          <t>You can always add it back later.</t>
+          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>Kdykoliv můžete účet znovu přidat.</t>
+          <t>Opravdu chcete odebrat '{{username}}' z vašich uložených přihlášení?</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.detail</t>
+          <t>.prompt.forget_session.message</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr"/>
       <c r="B251" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>Opravdu chcete odebrat '{{username}}' z vašich uložených přihlášení?</t>
+          <t>Zapomenout přihlášení</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.message</t>
+          <t>.prompt.forget_session.title</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr"/>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>Pick a new install location</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>Zapomenout přihlášení</t>
+          <t>Zvolte nové instalační umístění</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.title</t>
+          <t>.prompt.install_location_add.title</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr"/>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Pick a new install location</t>
+          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>Zvolte nové instalační umístění</t>
+          <t>Všechny položky, nainstalované v {{location}} už nebudou spravovány touto aplikací.</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>.prompt.install_location_add.title</t>
+          <t>.prompt.install_location_remove.detail</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr"/>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
+          <t>Are you sure you want to remove this location?</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>Všechny položky, nainstalované v {{location}} už nebudou spravovány touto aplikací.</t>
+          <t>Opravdu chcete odstranit tuto lokaci?</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.detail</t>
+          <t>.prompt.install_location_remove.message</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr"/>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove this location?</t>
+          <t>Removing an install location</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>Opravdu chcete odstranit tuto lokaci?</t>
+          <t>Odebírání instalační složky</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.message</t>
+          <t>.prompt.install_location_remove.title</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr"/>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Removing an install location</t>
+          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>Odebírání instalační složky</t>
+          <t>Toto je poslední instalační složka a proto ji není možné odstranit, dokud nebude nejprve přidána jiná.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.title</t>
+          <t>.prompt.last_remaining_install_location.content</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr"/>
       <c r="B257" t="inlineStr">
         <is>
-          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
+          <t>Cannot remove install location</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>Toto je poslední instalační složka a proto ji není možné odstranit, dokud nebude nejprve přidána jiná.</t>
+          <t>Instalační složku se nedaří odebrat</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.content</t>
+          <t>.prompt.last_remaining_install_location.title</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr"/>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Cannot remove install location</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>Instalační složku se nedaří odebrat</t>
+          <t>Odhlásit se</t>
         </is>
       </c>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.title</t>
+          <t>.prompt.logout_action</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr"/>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Odhlásit se</t>
+          <t>Opravdu se chcete odhlásit?</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>.prompt.logout_action</t>
+          <t>.prompt.logout_confirm</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr"/>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>In-progress downloads will be paused until you log in again.</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Opravdu se chcete odhlásit?</t>
+          <t>Probíhající stahování budou pozastaveny, dokud se znovu nepřihlásíte.</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>.prompt.logout_confirm</t>
+          <t>.prompt.logout_detail</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr"/>
       <c r="B261" t="inlineStr">
         <is>
-          <t>In-progress downloads will be paused until you log in again.</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Probíhající stahování budou pozastaveny, dokud se znovu nepřihlásíte.</t>
+          <t>Odhlášení</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>.prompt.logout_detail</t>
+          <t>.prompt.logout_title</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr"/>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>Odhlášení</t>
+          <t>Nejspíš toto {{classification}} s tím ještě není slučitelné?</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>.prompt.logout_title</t>
+          <t>.prompt.no_compatible_version.detail</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr"/>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
+          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>Nejspíš toto {{classification}} s tím ještě není slučitelné?</t>
+          <t>Není k dispozici varianta {{title}} pro {{platform}}.</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.detail</t>
+          <t>.prompt.no_compatible_version.message</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr"/>
       <c r="B264" t="inlineStr">
         <is>
-          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
+          <t>{{title}} on {{platform}}</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Není k dispozici varianta {{title}} pro {{platform}}.</t>
+          <t>{{title}} on {{platform}}</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.message</t>
+          <t>.prompt.no_compatible_version.title</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr"/>
       <c r="B265" t="inlineStr">
         <is>
-          <t>{{title}} on {{platform}}</t>
+          <t>An error occurred during installation</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>{{title}} on {{platform}}</t>
+          <t>Nastala chyba při instalaci</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.title</t>
+          <t>.prompt.install_error.title</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr"/>
       <c r="B266" t="inlineStr">
         <is>
-          <t>An error occurred during installation</t>
+          <t>While searching for a download: {{message}}</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Nastala chyba při instalaci</t>
+          <t>Při hledání souboru ke stažení: {{message}}</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>.prompt.install_error.title</t>
+          <t>.prompt.install_error.find_upload</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr"/>
       <c r="B267" t="inlineStr">
         <is>
-          <t>While searching for a download: {{message}}</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Při hledání souboru ke stažení: {{message}}</t>
+          <t>Zjistit více</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>.prompt.install_error.find_upload</t>
+          <t>.prompt.packaging_policy.learn_more</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr"/>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>Open web page for {{title}}</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Zjistit více</t>
+          <t>Otevřít webovou stránku pro {{title}}</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.learn_more</t>
+          <t>.prompt.packaging_policy.open_web_page</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr"/>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Open web page for {{title}}</t>
+          <t>Maybe you can find another way to support them?</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Otevřít webovou stránku pro {{title}}</t>
+          <t>Možná naleznete jiný způsob jak podpořit?</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.open_web_page</t>
+          <t>.prompt.payments_disabled.detail</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr"/>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Maybe you can find another way to support them?</t>
+          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Možná naleznete jiný způsob jak podpořit?</t>
+          <t>Bohužel, vývojáři {{title}} nepřijímají platby.</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.detail</t>
+          <t>.prompt.payments_disabled.message</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr"/>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
+          <t>Open web page</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Bohužel, vývojáři {{title}} nepřijímají platby.</t>
+          <t>Otevřít webovou stránku</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.message</t>
+          <t>.prompt.payments_disabled.open_web_page</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr"/>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Open web page</t>
+          <t>Payments disabled</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Otevřít webovou stránku</t>
+          <t>Autor nepřijímá platby</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.open_web_page</t>
+          <t>.prompt.payments_disabled.title</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr"/>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Payments disabled</t>
+          <t>Switch {{title}} to another version</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Autor nepřijímá platby</t>
+          <t>Přepnout {{title}} na jinou verzi</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.title</t>
+          <t>.prompt.revert.title</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr"/>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Switch {{title}} to another version</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Přepnout {{title}} na jinou verzi</t>
+          <t>itch může nainstalovat pouze přenosné verze linuxových aplikací.</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>.prompt.revert.title</t>
+          <t>.prompt.rpm_policy.detail</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr"/>
       <c r="B275" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>itch může nainstalovat pouze přenosné verze linuxových aplikací.</t>
+          <t>{{title}} používá formát balíčku .rpm a nemůže být nainstalovaný aplikací itch, dokud nebude přebalen.</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.detail</t>
+          <t>.prompt.rpm_policy.message</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr"/>
       <c r="B276" t="inlineStr">
         <is>
-          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>YUM packages are not supported</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>{{title}} používá formát balíčku .rpm a nemůže být nainstalovaný aplikací itch, dokud nebude přebalen.</t>
+          <t>YUM balíčky nejsou podporovány</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.message</t>
+          <t>.prompt.rpm_policy.title</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr"/>
       <c r="B277" t="inlineStr">
         <is>
-          <t>YUM packages are not supported</t>
+          <t>Dismiss</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>YUM balíčky nejsou podporovány</t>
+          <t>Skrýt</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.title</t>
+          <t>.prompt.self_update.action.dismiss</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr"/>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Dismiss</t>
+          <t>Download now</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Skrýt</t>
+          <t>Stáhnout teď</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.dismiss</t>
+          <t>.prompt.self_update.action.download</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr"/>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Download now</t>
+          <t>Open in browser</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Stáhnout teď</t>
+          <t>Otevřít v prohlížeči</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.download</t>
+          <t>.prompt.self_update.action.view</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr"/>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Open in browser</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Otevřít v prohlížeči</t>
+          <t>{{notes}}
+:date: Publikováno {{pubDate}}.</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.view</t>
+          <t>.prompt.self_update.detail</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr"/>
       <c r="B281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Publikováno {{pubDate}}.</t>
+          <t>Aktualizaci můžete stáhnout buď manuálně, nebo můžete použít správce balíčků ve vašem systému: přejděte na stránky pro více informací.</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>.prompt.self_update.detail</t>
+          <t>.prompt.self_update.message.linux</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr"/>
       <c r="B282" t="inlineStr">
         <is>
-          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
+          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Aktualizaci můžete stáhnout buď manuálně, nebo můžete použít správce balíčků ve vašem systému: přejděte na stránky pro více informací.</t>
+          <t>Vyberte 'Stáhnout teď' pro automatickou instalaci nebo běžte na webové stránky pro více informací.</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.linux</t>
+          <t>.prompt.self_update.message.osx</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr"/>
       <c r="B283" t="inlineStr">
         <is>
           <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
           <t>Vyberte 'Stáhnout teď' pro automatickou instalaci nebo běžte na webové stránky pro více informací.</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.osx</t>
+          <t>.prompt.self_update.message.windows</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr"/>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
+          <t>itch v{{version}} is available for download</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Vyberte 'Stáhnout teď' pro automatickou instalaci nebo běžte na webové stránky pro více informací.</t>
+          <t>itch v{{version}} je dostupný pro stáhnutí</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.windows</t>
+          <t>.prompt.self_update.title</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr"/>
       <c r="B285" t="inlineStr">
         <is>
-          <t>itch v{{version}} is available for download</t>
+          <t>Restart now</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>itch v{{version}} je dostupný pro stáhnutí</t>
+          <t>Restartovat</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>.prompt.self_update.title</t>
+          <t>.prompt.self_update_ready.action.restart</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr"/>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Restart now</t>
+          <t>Snooze</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Restartovat</t>
+          <t>Připomenout později</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.restart</t>
+          <t>.prompt.self_update_ready.action.snooze</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr"/>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Snooze</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Připomenout později</t>
+          <t>{{notes}}
+:date: Publikováno {{pubDate}}.</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.snooze</t>
+          <t>.prompt.self_update_ready.detail</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr"/>
       <c r="B288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>Choose '{{restart}}' to apply the update immediately.
+If you don't, the update will be active the next time the app is restarted.</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Publikováno {{pubDate}}.</t>
+          <t>Vyberte '{{restart}}' pro okamžité aplikování aktualizace.
+Pokud to neuděláte, aktualizace se aplikuje při dalším restartu aplikace.</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.detail</t>
+          <t>.prompt.self_update_ready.message</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr"/>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Choose '{{restart}}' to apply the update immediately.
-If you don't, the update will be active the next time the app is restarted.</t>
+          <t>An update has been downloaded and installed</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Vyberte '{{restart}}' pro okamžité aplikování aktualizace.
-Pokud to neuděláte, aktualizace se aplikuje při dalším restartu aplikace.</t>
+          <t>Aktualizace byla stažena a nainstalována</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.message</t>
+          <t>.prompt.self_update_ready.title</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr"/>
       <c r="B290" t="inlineStr">
         <is>
-          <t>An update has been downloaded and installed</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>Aktualizace byla stažena a nainstalována</t>
+          <t>Zrušit</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.title</t>
+          <t>.prompt.uninstall.cancel</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr"/>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Are you sure you want to uninstall {{title}}?</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Zrušit</t>
+          <t>Opravdu chcete odinstalovat {{title}}?</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.cancel</t>
+          <t>.prompt.uninstall.message</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Are you sure you want to uninstall {{title}}?</t>
+          <t>Re-install</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Opravdu chcete odinstalovat {{title}}?</t>
+          <t>Přeinstalovat</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.message</t>
+          <t>.prompt.uninstall.reinstall</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Re-install</t>
+          <t>Uninstall now</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Přeinstalovat</t>
+          <t>Odinstalovat</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.reinstall</t>
+          <t>.prompt.uninstall.uninstall</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr"/>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Uninstall now</t>
+          <t>A {{classification}} by {{username}}</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Odinstalovat</t>
+          <t>{{classification}} od {{username}}</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.uninstall</t>
+          <t>.prompt.url_install.credit</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr"/>
       <c r="B295" t="inlineStr">
         <is>
-          <t>A {{classification}} by {{username}}</t>
+          <t>Do you want to install {{title}}?</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>{{classification}} od {{username}}</t>
+          <t>Chcete nainstalovat {{title}}?</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>.prompt.url_install.credit</t>
+          <t>.prompt.url_install.message</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr"/>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Do you want to install {{title}}?</t>
+          <t>Install request</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>Chcete nainstalovat {{title}}?</t>
+          <t>Instalovat</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>.prompt.url_install.message</t>
+          <t>.prompt.url_install.title</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr"/>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Install request</t>
+          <t>Search results for '{{query}}'</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Instalovat</t>
+          <t>Výsledky hledání pro '{{query}}'</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>.prompt.url_install.title</t>
+          <t>.search.results.title</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr"/>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search results for '{{query}}'</t>
+          <t>Local</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Výsledky hledání pro '{{query}}'</t>
+          <t>Lokální</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>.search.results.title</t>
+          <t>.search.results.local</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr"/>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Local</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>Lokální</t>
+          <t>Hry</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>.search.results.local</t>
+          <t>.search.results.games</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr"/>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Creators</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>Hry</t>
+          <t>Tvůrci</t>
         </is>
       </c>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>.search.results.games</t>
+          <t>.search.results.creators</t>
         </is>
       </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr"/>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Creators</t>
+          <t>No results found</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Tvůrci</t>
+          <t>Žádné výsledky nenalezeny</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>.search.results.creators</t>
+          <t>.search.empty.no_results</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr"/>
       <c r="B302" t="inlineStr">
         <is>
-          <t>No results found</t>
+          <t>Need inspiration? Try searching for '{{example}}'</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Žádné výsledky nenalezeny</t>
+          <t>Potřebujete inspiraci? Zkuste vyhledat '{{example}}'</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>.search.empty.no_results</t>
+          <t>.search.empty.tagline</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr"/>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Need inspiration? Try searching for '{{example}}'</t>
+          <t>Open as tab</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Potřebujete inspiraci? Zkuste vyhledat '{{example}}'</t>
+          <t>Otevřít jako kartu</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>.search.empty.tagline</t>
+          <t>.search.open_as_tab</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr"/>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Open as tab</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Otevřít jako kartu</t>
+          <t>Hledání</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>.search.open_as_tab</t>
+          <t>.search.placeholder</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr"/>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Aw, snap!</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Hledání</t>
+          <t>Ale ne!</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>.search.placeholder</t>
+          <t>.sidebar.aw_snap</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr"/>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Aw, snap!</t>
+          <t>Loading...</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Ale ne!</t>
+          <t>Načítání...</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>.sidebar.aw_snap</t>
+          <t>.sidebar.loading</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr"/>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Loading...</t>
+          <t>Out of order</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Načítání...</t>
+          <t>Rozbité</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>.sidebar.loading</t>
+          <t>.sidebar.broken</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr"/>
       <c r="B308" t="inlineStr">
         <is>
-          <t>Out of order</t>
+          <t>Close all tabs</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Rozbité</t>
+          <t>Zavřít všechny karty</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>.sidebar.broken</t>
+          <t>.sidebar.close_all_tabs</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr"/>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Close all tabs</t>
+          <t>Essentials</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Zavřít všechny karty</t>
+          <t>Základy</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>.sidebar.close_all_tabs</t>
+          <t>.sidebar.category.basics</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr"/>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Essentials</t>
+          <t>Tabs</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Základy</t>
+          <t>Karty</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>.sidebar.category.basics</t>
+          <t>.sidebar.category.tabs</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr"/>
       <c r="B311" t="inlineStr">
         <is>
-          <t>Tabs</t>
+          <t>Collections</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Karty</t>
+          <t>Kolekce</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>.sidebar.category.tabs</t>
+          <t>.sidebar.collection</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr"/>
       <c r="B312" t="inlineStr">
         <is>
           <t>Collections</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>Kolekce</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>.sidebar.collection</t>
+          <t>.sidebar.collections</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr"/>
       <c r="B313" t="inlineStr">
         <is>
-          <t>Collections</t>
+          <t>My creations</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Kolekce</t>
+          <t>Mé výtvory</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>.sidebar.collections</t>
+          <t>.sidebar.dashboard</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr"/>
       <c r="B314" t="inlineStr">
         <is>
-          <t>My creations</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Mé výtvory</t>
+          <t>Stahování</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>.sidebar.dashboard</t>
+          <t>.sidebar.downloads</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr"/>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Let's go!</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Stahování</t>
+          <t>Pojďme na to!</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>.sidebar.downloads</t>
+          <t>.sidebar.empty</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr"/>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Let's go!</t>
+          <t>Featured</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Pojďme na to!</t>
+          <t>Vybrané</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>.sidebar.empty</t>
+          <t>.sidebar.featured</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr"/>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Featured</t>
+          <t>Your portal to the indie game universe</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Vybrané</t>
+          <t>Váš portál do světa nezávislých her</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>.sidebar.featured</t>
+          <t>.sidebar.itchio</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr"/>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Your portal to the indie game universe</t>
+          <t>Getting started</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Váš portál do světa nezávislých her</t>
+          <t>Začínáme</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>.sidebar.itchio</t>
+          <t>.sidebar.getting_started</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr"/>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Getting started</t>
+          <t>Installed items</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Začínáme</t>
+          <t>Nainstalované položky</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>.sidebar.getting_started</t>
+          <t>.sidebar.installed</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr"/>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Installed items</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>Nainstalované položky</t>
+          <t>Odhlásit se</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>.sidebar.installed</t>
+          <t>.sidebar.log_out</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr"/>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>New tab</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Odhlásit se</t>
+          <t>Nová karta</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>.sidebar.log_out</t>
+          <t>.sidebar.new_tab</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr"/>
       <c r="B322" t="inlineStr">
         <is>
-          <t>New tab</t>
+          <t>Owned items</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Nová karta</t>
+          <t>Vlastněné položky</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>.sidebar.new_tab</t>
+          <t>.sidebar.owned</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr"/>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Owned items</t>
+          <t>Things you have bought or installed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Vlastněné položky</t>
+          <t>Položky, které jste koupili nebo nainstalovali</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>.sidebar.owned</t>
+          <t>.sidebar.owned_subtitle</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr"/>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Things you have bought or installed</t>
+          <t>Preferences</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>Položky, které jste koupili nebo nainstalovali</t>
+          <t>Předvolby</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>.sidebar.owned_subtitle</t>
+          <t>.sidebar.preferences</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr"/>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Preferences</t>
+          <t>View community profile</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>Předvolby</t>
+          <t>Zobrazit komunitní profil</t>
         </is>
       </c>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>.sidebar.preferences</t>
+          <t>.sidebar.view_community_profile</t>
         </is>
       </c>
       <c r="G325" t="inlineStr"/>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr"/>
       <c r="B326" t="inlineStr">
         <is>
-          <t>View community profile</t>
+          <t>View creator profile</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>Zobrazit komunitní profil</t>
+          <t>Zobrazit profil tvůrce</t>
         </is>
       </c>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>.sidebar.view_community_profile</t>
+          <t>.sidebar.view_creator_profile</t>
         </is>
       </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr"/>
       <c r="B327" t="inlineStr">
         <is>
-          <t>View creator profile</t>
+          <t>A new version of itch is available!</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Zobrazit profil tvůrce</t>
+          <t>Je dostupná nová verze itch!</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>.sidebar.view_creator_profile</t>
+          <t>.status.available</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr"/>
       <c r="B328" t="inlineStr">
         <is>
-          <t>A new version of itch is available!</t>
+          <t>Looking for updates…</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Je dostupná nová verze itch!</t>
+          <t>Hledání aktualizací…</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>.status.available</t>
+          <t>.status.checking</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr"/>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Looking for updates…</t>
+          <t>Copied to clipboard!</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Hledání aktualizací…</t>
+          <t>Zkopírováno do schránky!</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>.status.checking</t>
+          <t>.status.copied_to_clipboard</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr"/>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Copied to clipboard!</t>
+          <t>Click to restart &amp; apply update!</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Zkopírováno do schránky!</t>
+          <t>Klikněte pro restartování aplikace a instalaci aktualizace!</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>.status.copied_to_clipboard</t>
+          <t>.status.downloaded</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Click to restart &amp; apply update!</t>
+          <t>Downloading update…</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Klikněte pro restartování aplikace a instalaci aktualizace!</t>
+          <t>Stahuji aktualizaci…</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>.status.downloaded</t>
+          <t>.status.downloading</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Downloading update…</t>
+          <t>Active download</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>Stahuji aktualizaci…</t>
+          <t>Aktivní stahování</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>.status.downloading</t>
+          <t>.status.downloads.category.active</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr"/>
       <c r="B333" t="inlineStr">
         <is>
-          <t>Active download</t>
+          <t>Finished downloads</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>Aktivní stahování</t>
+          <t>Dokončené stahování</t>
         </is>
       </c>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>.status.downloads.category.active</t>
+          <t>.status.downloads.category.finished</t>
         </is>
       </c>
       <c r="G333" t="inlineStr"/>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr"/>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Finished downloads</t>
+          <t>Queued downloads</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>Dokončené stahování</t>
+          <t>Stahování ve frontě</t>
         </is>
       </c>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>.status.downloads.category.finished</t>
+          <t>.status.downloads.category.queued</t>
         </is>
       </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr"/>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Queued downloads</t>
+          <t>Clear all</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Stahování ve frontě</t>
+          <t>Vyčistit dokončené</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>.status.downloads.category.queued</t>
+          <t>.status.downloads.clear_all_finished</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr"/>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Clear all</t>
+          <t>Clear</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Vyčistit dokončené</t>
+          <t>Vyčistit</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_all_finished</t>
+          <t>.status.downloads.clear_finished</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr"/>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Clear</t>
+          <t>Click to manage downloads</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Vyčistit</t>
+          <t>Klikněte pro správu stahování</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_finished</t>
+          <t>.status.downloads.click_to_manage</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr"/>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Click to manage downloads</t>
+          <t>Download error</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Klikněte pro správu stahování</t>
+          <t>Chyba stahování</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>.status.downloads.click_to_manage</t>
+          <t>.status.downloads.download_error</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr"/>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Download error</t>
+          <t>No active downloads</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Chyba stahování</t>
+          <t>Žádné aktivní stahování</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>.status.downloads.download_error</t>
+          <t>.status.downloads.no_active_downloads</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr"/>
       <c r="B340" t="inlineStr">
         <is>
-          <t>No active downloads</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Žádné aktivní stahování</t>
+          <t>Neznámá</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads</t>
+          <t>.status.downloads.unknown_size</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr"/>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Could not check for updates: {{err}}</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Neznámá</t>
+          <t>Nemohli jsme zkontrolovat aktualizace: {{err}}</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>.status.downloads.unknown_size</t>
+          <t>.status.game_update.check_failed</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr"/>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Could not check for updates: {{err}}</t>
+          <t>Found new version of {{title}}!</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Nemohli jsme zkontrolovat aktualizace: {{err}}</t>
+          <t>Našli jsme novou verzi {{title}}!</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>.status.game_update.check_failed</t>
+          <t>.status.game_update.found</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr"/>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Found new version of {{title}}!</t>
+          <t>{{title}} is up-to-date.</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Našli jsme novou verzi {{title}}!</t>
+          <t>{{title}} už je v nejnovější verzi.</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>.status.game_update.found</t>
+          <t>.status.game_update.not_found</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr"/>
       <c r="B344" t="inlineStr">
         <is>
-          <t>{{title}} is up-to-date.</t>
+          <t>{{title}} can't be updated because it's running.</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>{{title}} už je v nejnovější verzi.</t>
+          <t>{{title}} nemůže být aktualizován protože je spuštěn.</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>.status.game_update.not_found</t>
+          <t>.status.game_update.busy</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr"/>
       <c r="B345" t="inlineStr">
         <is>
-          <t>{{title}} can't be updated because it's running.</t>
+          <t>{{title}} can't be uninstalled because it's running.</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>{{title}} nemůže být aktualizován protože je spuštěn.</t>
+          <t>{{title}} nemůže být odinstalován protože je spuštěn.</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>.status.game_update.busy</t>
+          <t>.status.uninstall.busy</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr"/>
       <c r="B346" t="inlineStr">
         <is>
-          <t>{{title}} can't be uninstalled because it's running.</t>
+          <t>{{title}} can't be reinstalled because it's running.</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>{{title}} nemůže být odinstalován protože je spuštěn.</t>
+          <t>{{title}} nemůže být přeinstalován protože je spuštěn.</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>.status.uninstall.busy</t>
+          <t>.status.reinstall.busy</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr"/>
       <c r="B347" t="inlineStr">
         <is>
-          <t>{{title}} can't be reinstalled because it's running.</t>
+          <t>Offline mode enabled</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>{{title}} nemůže být přeinstalován protože je spuštěn.</t>
+          <t>Offline mód je povolený</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>.status.reinstall.busy</t>
+          <t>.status.offline_mode.active</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr"/>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Offline mode enabled</t>
+          <t>Click to enable offline mode</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Offline mód je povolený</t>
+          <t>Klikněte pro povolení offline módu</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>.status.offline_mode.active</t>
+          <t>.status.offline_mode.inactive</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr"/>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Click to enable offline mode</t>
+          <t>Your itch is up-to-date!</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Klikněte pro povolení offline módu</t>
+          <t>Váš itch je aktuální!</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>.status.offline_mode.inactive</t>
+          <t>.status.uptodate</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr"/>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Your itch is up-to-date!</t>
+          <t>A collection of assets</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Váš itch je aktuální!</t>
+          <t>Kolekce assetů</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>.status.uptodate</t>
+          <t>.usage_stats.description.assets</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr"/>
       <c r="B351" t="inlineStr">
         <is>
-          <t>A collection of assets</t>
+          <t>A book</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Kolekce assetů</t>
+          <t>Kniha</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>.usage_stats.description.assets</t>
+          <t>.usage_stats.description.book</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr"/>
       <c r="B352" t="inlineStr">
         <is>
-          <t>A book</t>
+          <t>Acquired {{time_ago}}</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Kniha</t>
+          <t>Získáno {{time_ago}}</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>.usage_stats.description.book</t>
+          <t>.usage_stats.description.bought_time_ago</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr"/>
       <c r="B353" t="inlineStr">
         <is>
-          <t>Acquired {{time_ago}}</t>
+          <t>A comic</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Získáno {{time_ago}}</t>
+          <t>Komiks</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>.usage_stats.description.bought_time_ago</t>
+          <t>.usage_stats.description.comic</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr"/>
       <c r="B354" t="inlineStr">
         <is>
-          <t>A comic</t>
+          <t>Free download</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Komiks</t>
+          <t>Zdarma</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>.usage_stats.description.comic</t>
+          <t>.usage_stats.description.free_download</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr"/>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Free download</t>
+          <t>A game</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Zdarma</t>
+          <t>Hra</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>.usage_stats.description.free_download</t>
+          <t>.usage_stats.description.game</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr"/>
       <c r="B356" t="inlineStr">
         <is>
-          <t>A game</t>
+          <t>A game mod</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Hra</t>
+          <t>Mód pro hru</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game</t>
+          <t>.usage_stats.description.game_mod</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr"/>
       <c r="B357" t="inlineStr">
         <is>
-          <t>A game mod</t>
+          <t>A thing</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Mód pro hru</t>
+          <t>Věc</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game_mod</t>
+          <t>.usage_stats.description.other</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr"/>
       <c r="B358" t="inlineStr">
         <is>
-          <t>A thing</t>
+          <t>A physical game</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Věc</t>
+          <t>Fyzická hra</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>.usage_stats.description.other</t>
+          <t>.usage_stats.description.physical_game</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr"/>
       <c r="B359" t="inlineStr">
         <is>
-          <t>A physical game</t>
+          <t>for {{platforms}}</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Fyzická hra</t>
+          <t>pro {{platforms}}</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>.usage_stats.description.physical_game</t>
+          <t>.usage_stats.description.platforms</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr"/>
       <c r="B360" t="inlineStr">
         <is>
-          <t>for {{platforms}}</t>
+          <t>Available for {{price}} or more</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>pro {{platforms}}</t>
+          <t>Dostupné za {{price}} nebo více</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>.usage_stats.description.platforms</t>
+          <t>.usage_stats.description.price</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr"/>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Available for {{price}} or more</t>
+          <t>A soundtrack</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Dostupné za {{price}} nebo více</t>
+          <t>Soundtrack</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>.usage_stats.description.price</t>
+          <t>.usage_stats.description.soundtrack</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr"/>
       <c r="B362" t="inlineStr">
         <is>
-          <t>A soundtrack</t>
+          <t>A tool</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Soundtrack</t>
+          <t>Nástroj</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>.usage_stats.description.soundtrack</t>
+          <t>.usage_stats.description.tool</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr"/>
       <c r="B363" t="inlineStr">
         <is>
-          <t>A tool</t>
+          <t>Played</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Nástroj</t>
+          <t>Hráno</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>.usage_stats.description.tool</t>
+          <t>.usage_stats.has_played_for_duration</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr"/>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Played</t>
+          <t>Used</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>Hráno</t>
+          <t>Používané</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>.usage_stats.has_played_for_duration</t>
+          <t>.usage_stats.has_used_for_duration</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr"/>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Used</t>
+          <t>Last opened {{time_ago}}</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>Používané</t>
+          <t>Naposledy otevřeno {{time_ago}}</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>.usage_stats.has_used_for_duration</t>
+          <t>.usage_stats.last_opened_time_ago</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr"/>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Last opened {{time_ago}}</t>
+          <t>Last played {{time_ago}}</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Naposledy otevřeno {{time_ago}}</t>
+          <t>Naposledy hráno {{time_ago}}</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>.usage_stats.last_opened_time_ago</t>
+          <t>.usage_stats.last_played_time_ago</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr"/>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Last played {{time_ago}}</t>
+          <t>Last used {{time_ago}}</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>Naposledy hráno {{time_ago}}</t>
+          <t>Naposledy použito {{time_ago}}</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>.usage_stats.last_played_time_ago</t>
+          <t>.usage_stats.last_used_time_ago</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr"/>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Last used {{time_ago}}</t>
+          <t>Never opened</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>Naposledy použito {{time_ago}}</t>
+          <t>Nikdy neotevřeno</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>.usage_stats.last_used_time_ago</t>
+          <t>.usage_stats.never_opened</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr"/>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Never opened</t>
+          <t>Never played</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>Nikdy neotevřeno</t>
+          <t>Nikdy nehráno</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>.usage_stats.never_opened</t>
+          <t>.usage_stats.never_played</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr"/>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Never played</t>
+          <t>Never used</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>Nikdy nehráno</t>
+          <t>Nikdy nepoužito</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>.usage_stats.never_played</t>
+          <t>.usage_stats.never_used</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr"/>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Never used</t>
+          <t>{{app_name}} Setup</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Nikdy nepoužito</t>
+          <t>Instalační průvodce {{app_name}}</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>.usage_stats.never_used</t>
-[...2 lines deleted...]
-      <c r="G371" t="inlineStr"/>
+          <t>.setup.window.title</t>
+        </is>
+      </c>
+      <c r="G371" t="inlineStr">
+        <is>
+          <t>Is this string working with windows tray icon's tooltip? Or is there one completely different?</t>
+        </is>
+      </c>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr"/>
       <c r="B372" t="inlineStr">
         <is>
-          <t>{{app_name}} Setup</t>
+          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Instalační průvodce {{app_name}}</t>
+          <t>Vítejte u instalace {{app_name}}! Dejte si něco k pití, vyberte umístění instalace a pokračujte.</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>.setup.window.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.setup.window.welcome</t>
+        </is>
+      </c>
+      <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr"/>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
+          <t>Click to change the install location</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Vítejte u instalace {{app_name}}! Dejte si něco k pití, vyberte umístění instalace a pokračujte.</t>
+          <t>Klikněte pro změnu umístění instalace</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>.setup.window.welcome</t>
+          <t>.setup.tooltip.location</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr"/>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Click to change the install location</t>
+          <t>Choose where the app should be installed</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Klikněte pro změnu umístění instalace</t>
+          <t>Vyberte, kam by měla být aplikace nainstalována</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>.setup.tooltip.location</t>
+          <t>.setup.location.message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr"/>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Choose where the app should be installed</t>
+          <t>Install now</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Vyberte, kam by měla být aplikace nainstalována</t>
+          <t>Instalovat nyní</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>.setup.location.message</t>
+          <t>.setup.action.install</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr"/>
       <c r="B376" t="inlineStr">
         <is>
-          <t>Install now</t>
+          <t>Warming up...</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>Instalovat nyní</t>
+          <t>Zahřívání...</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>.setup.action.install</t>
+          <t>.setup.status.preparing</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr"/>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Warming up...</t>
+          <t>{{percent}} done</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Zahřívání...</t>
+          <t>{{percent}} hotovo</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>.setup.status.preparing</t>
+          <t>.setup.status.progress</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr"/>
       <c r="B378" t="inlineStr">
         <is>
-          <t>{{percent}} done</t>
+          <t>Downloading and installing @ {{speed}}</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>{{percent}} hotovo</t>
+          <t>Stahování a instalace @ {{speed}}</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>.setup.status.progress</t>
+          <t>.setup.status.installing</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr"/>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Downloading and installing @ {{speed}}</t>
+          <t>All done!</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Stahování a instalace @ {{speed}}</t>
+          <t>Vše hotovo!</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>.setup.status.installing</t>
+          <t>.setup.status.done</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr"/>
       <c r="B380" t="inlineStr">
         <is>
-          <t>All done!</t>
+          <t>The installation went well, {{app_name}} is now starting up!</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Vše hotovo!</t>
+          <t>Instalace proběhla dobře, {{app_name}} se nyní spouští!</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>.setup.status.done</t>
+          <t>.setup.status.notification</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr"/>
       <c r="B381" t="inlineStr">
         <is>
-          <t>The installation went well, {{app_name}} is now starting up!</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Instalace proběhla dobře, {{app_name}} se nyní spouští!</t>
+          <t>Něco se pokazilo</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>.setup.status.notification</t>
+          <t>.setup.error_dialog.title</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr"/>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Cut</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Něco se pokazilo</t>
+          <t>Vyjmout</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>.setup.error_dialog.title</t>
+          <t>.web.context_menu.cut</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr"/>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Cut</t>
+          <t>Copy</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Vyjmout</t>
+          <t>Kopírovat</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>.web.context_menu.cut</t>
+          <t>.web.context_menu.copy</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr"/>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Copy</t>
+          <t>Paste</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>Kopírovat</t>
+          <t>Vložit</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy</t>
+          <t>.web.context_menu.paste</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr"/>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Paste</t>
+          <t>Open in new tab</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>Vložit</t>
+          <t>Otevřít v nové kartě</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>.web.context_menu.paste</t>
+          <t>.web.context_menu.open_in_new_tab</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr"/>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Open in new tab</t>
+          <t>Copy link</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Otevřít v nové kartě</t>
+          <t>Kopírovat odkaz</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>.web.context_menu.open_in_new_tab</t>
+          <t>.web.context_menu.copy_link</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr"/>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Copy link</t>
+          <t>Retry setup</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Kopírovat odkaz</t>
+          <t>Pokusit se znovu o instalaci</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy_link</t>
+          <t>.login.action.retry_setup</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr"/>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Retry setup</t>
+          <t>Developer logs</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Pokusit se znovu o instalaci</t>
+          <t>Vývojářské protokoly</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>.login.action.retry_setup</t>
-[...2 lines deleted...]
-      <c r="G388" t="inlineStr"/>
+          <t>.new_tab.devlogs</t>
+        </is>
+      </c>
+      <c r="G388" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Vývojářské záznamy</t>
+        </is>
+      </c>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr"/>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Developer logs</t>
+          <t>Uninstall error</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Vývojářské protokoly</t>
+          <t>Chyba odinstalace</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>.new_tab.devlogs</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.uninstall_error.title</t>
+        </is>
+      </c>
+      <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr"/>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Uninstall error</t>
+          <t>The uninstall failed. Remove the entry anyway?</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Chyba odinstalace</t>
+          <t>Odinstalace se nezdařila. Chcete přesto položku odstranit?</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.title</t>
+          <t>.prompt.uninstall_error.message</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr"/>
       <c r="B391" t="inlineStr">
         <is>
-          <t>The uninstall failed. Remove the entry anyway?</t>
+          <t>Continue</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>Odinstalace se nezdařila. Chcete přesto položku odstranit?</t>
+          <t>Pokračovat</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message</t>
+          <t>.prompt.action.continue</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr"/>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Continue</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>Pokračovat</t>
+          <t>Nainstalováno</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>.prompt.action.continue</t>
+          <t>.grid.item.status.installed</t>
         </is>
       </c>
       <c r="G392" t="inlineStr"/>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr"/>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>A collection of {{itemCount}} items</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>Nainstalováno</t>
+          <t>Sbírka {{itemCount}} položek</t>
         </is>
       </c>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>.grid.item.status.installed</t>
+          <t>.collection.summary</t>
         </is>
       </c>
       <c r="G393" t="inlineStr"/>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr"/>
       <c r="B394" t="inlineStr">
         <is>
-          <t>A collection of {{itemCount}} items</t>
+          <t>Not available on this platform</t>
         </is>
       </c>
       <c r="C394" t="inlineStr">
         <is>
-          <t>Sbírka {{itemCount}} položek</t>
+          <t>Nedostupné na této platformě</t>
         </is>
       </c>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>.collection.summary</t>
+          <t>.grid.item.not_compatible</t>
         </is>
       </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr"/>
       <c r="B395" t="inlineStr">
         <is>
-          <t>Not available on this platform</t>
+          <t>Administrator privileges are required for managing {{title}}</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>Nedostupné na této platformě</t>
+          <t>Správa {{title}} vyžaduje oprávnění správce</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>.grid.item.not_compatible</t>
+          <t>.prompt.blessing.message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr"/>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Administrator privileges are required for managing {{title}}</t>
+          <t>Proceed only if you trust the author.</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>Správa {{title}} vyžaduje oprávnění správce</t>
+          <t>Pokračujte pouze pokud důvěřujete autorovi.</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>.prompt.blessing.message</t>
+          <t>.prompt.blessing.detail</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr"/>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Proceed only if you trust the author.</t>
+          <t>The operation has been cancelled.</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Pokračujte pouze pokud důvěřujete autorovi.</t>
+          <t>Operace byla zrušena.</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>.prompt.blessing.detail</t>
+          <t>.status.cancelled.message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr"/>
       <c r="B398" t="inlineStr">
         <is>
-          <t>The operation has been cancelled.</t>
+          <t>The installation failed.</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Operace byla zrušena.</t>
+          <t>Instalace se nezdařila.</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>.status.cancelled.message</t>
+          <t>.prompt.install_error.message</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr"/>
       <c r="B399" t="inlineStr">
         <is>
-          <t>The installation failed.</t>
+          <t>to install</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Instalace se nezdařila.</t>
+          <t>nainstalovat</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>.prompt.install_error.message</t>
-[...2 lines deleted...]
-      <c r="G399" t="inlineStr"/>
+          <t>.download.reason.install</t>
+        </is>
+      </c>
+      <c r="G399" t="inlineStr">
+        <is>
+          <t>shouldn't this be 'installing' ?</t>
+        </is>
+      </c>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr"/>
       <c r="B400" t="inlineStr">
         <is>
-          <t>to install</t>
+          <t>installed</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>nainstalovat</t>
+          <t>nainstalováno</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>.download.reason.install</t>
-[...6 lines deleted...]
-      </c>
+          <t>.download.outcome.installed</t>
+        </is>
+      </c>
+      <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr"/>
       <c r="B401" t="inlineStr">
         <is>
-          <t>installed</t>
+          <t>updated to the latest version</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>nainstalováno</t>
+          <t>aktualizován na nejnovější verzi</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>.download.outcome.installed</t>
+          <t>.download.outcome.updated</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr"/>
       <c r="B402" t="inlineStr">
         <is>
-          <t>updated to the latest version</t>
+          <t>re-installed</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>aktualizován na nejnovější verzi</t>
+          <t>přeinstalovat</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>.download.outcome.updated</t>
+          <t>.download.outcome.reinstalled</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr"/>
       <c r="B403" t="inlineStr">
         <is>
-          <t>re-installed</t>
+          <t>switched to another version</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t>přeinstalovat</t>
+          <t>přepnuto na jinou verzi</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>.download.outcome.reinstalled</t>
+          <t>.download.outcome.reverted</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr"/>
       <c r="B404" t="inlineStr">
         <is>
-          <t>switched to another version</t>
+          <t>verified and repaired</t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>přepnuto na jinou verzi</t>
+          <t>ověřeno a opraveno</t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>.download.outcome.reverted</t>
+          <t>.download.outcome.healed</t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr"/>
       <c r="B405" t="inlineStr">
         <is>
-          <t>verified and repaired</t>
+          <t>Recent activity</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>ověřeno a opraveno</t>
+          <t>Nedávná aktivita</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>.download.outcome.healed</t>
+          <t>.status.downloads.category.recent_activity</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr"/>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Recent activity</t>
+          <t>The message we got was: {{errorMessage}}</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Nedávná aktivita</t>
+          <t>Zpráva, kterou jsme dostali, byla: {{errorMessage}}</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>.status.downloads.category.recent_activity</t>
+          <t>.game.install.could_not_launch.message</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr"/>
       <c r="B407" t="inlineStr">
         <is>
-          <t>The message we got was: {{errorMessage}}</t>
+          <t>Sending us a report is the best way to make sure this gets fixed!</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Zpráva, kterou jsme dostali, byla: {{errorMessage}}</t>
+          <t>Odeslání zprávy je nejlepší způsob, jak se ujistit, že to bude opraveno!</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.message</t>
+          <t>.game.install.could_not_launch.detail</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr"/>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Sending us a report is the best way to make sure this gets fixed!</t>
+          <t>Close other tabs</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Odeslání zprávy je nejlepší způsob, jak se ujistit, že to bude opraveno!</t>
+          <t>Zavřít ostatní karty</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.detail</t>
-[...2 lines deleted...]
-      <c r="G408" t="inlineStr"/>
+          <t>.menu.file.close_other_tabs</t>
+        </is>
+      </c>
+      <c r="G408" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Zavřít ostatní záložky</t>
+        </is>
+      </c>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr"/>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Close other tabs</t>
+          <t>Close tabs below</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Zavřít ostatní karty</t>
+          <t>Zavřít karty níže</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>.menu.file.close_other_tabs</t>
+          <t>.menu.file.close_tabs_below</t>
         </is>
       </c>
       <c r="G409" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Zavřít ostatní záložky</t>
+          <t>Suggested in Weblate: Zavřít záložky níže</t>
         </is>
       </c>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr"/>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Close tabs below</t>
+          <t>Open folder in explorer</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>Zavřít karty níže</t>
+          <t>Otevřít složku v průzkumníku souborů</t>
         </is>
       </c>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>.menu.file.close_tabs_below</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.open_file_location.windows</t>
+        </is>
+      </c>
+      <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr"/>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Open folder in explorer</t>
+          <t>Show in file manager</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Otevřít složku v průzkumníku souborů</t>
+          <t>Zobrazit ve správci souborů</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.windows</t>
+          <t>.grid.item.open_file_location.linux</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr"/>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Show in file manager</t>
+          <t>Show in Finder</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Zobrazit ve správci souborů</t>
+          <t>Ukázat ve složce</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.linux</t>
+          <t>.grid.item.open_file_location.osx</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr"/>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Show in Finder</t>
+          <t>Size</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Ukázat ve složce</t>
+          <t>Velikost</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.osx</t>
+          <t>.table.column.installed_size</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr"/>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Size</t>
+          <t>View the contents of this location</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Velikost</t>
+          <t>Zobrazit obsah tohoto umístění</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>.table.column.installed_size</t>
-[...2 lines deleted...]
-      <c r="G414" t="inlineStr"/>
+          <t>.preferences.install_location.navigate</t>
+        </is>
+      </c>
+      <c r="G414" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: Zobrazit obsah této lokace
+</t>
+        </is>
+      </c>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr"/>
       <c r="B415" t="inlineStr">
         <is>
-          <t>View the contents of this location</t>
+          <t>{{size}} on disk</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Zobrazit obsah tohoto umístění</t>
+          <t>{{size}} na disku</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>.preferences.install_location.navigate</t>
-[...7 lines deleted...]
-      </c>
+          <t>.install_location.property.size_on_disk</t>
+        </is>
+      </c>
+      <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr"/>
       <c r="B416" t="inlineStr">
         <is>
-          <t>{{size}} on disk</t>
+          <t>Uninstall or re-install…</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>{{size}} na disku</t>
+          <t>Odinstalovat nebo reinstalovat…</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>.install_location.property.size_on_disk</t>
+          <t>.grid.item.uninstall_request</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr"/>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Uninstall or re-install…</t>
+          <t xml:space="preserve">Filter by: </t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Odinstalovat nebo reinstalovat…</t>
+          <t xml:space="preserve">Filtrovat podle: </t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>.grid.item.uninstall_request</t>
+          <t>.grid.criterion.filter_by</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr"/>
       <c r="B418" t="inlineStr">
         <is>
-          <t xml:space="preserve">Filter by: </t>
+          <t>Discard download</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t xml:space="preserve">Filtrovat podle: </t>
+          <t>Zrušit stahování</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>.grid.criterion.filter_by</t>
+          <t>.grid.item.discard_download</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr"/>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Discard download</t>
+          <t>Nevermind</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Zrušit stahování</t>
+          <t>Zrušit</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>.grid.item.discard_download</t>
+          <t>.prompt.action.nevermind</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr"/>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Nevermind</t>
+          <t>Force program closure?</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Zrušit</t>
+          <t>Vynutit ukončení programu?</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>.prompt.action.nevermind</t>
+          <t>.prompt.force_close_game.title</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr"/>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Force program closure?</t>
+          <t>Do you want to force {{title}} to close?</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Vynutit ukončení programu?</t>
+          <t>Chcete vynutit ukončení {{title}}?</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.title</t>
+          <t>.prompt.force_close_game.message</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr"/>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Do you want to force {{title}} to close?</t>
+          <t>Are you sure you want to stop downloading {{title}}?</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Chcete vynutit ukončení {{title}}?</t>
+          <t>Opravdu chcete zastavit stahování {{title}}?</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.message</t>
-[...2 lines deleted...]
-      <c r="G422" t="inlineStr"/>
+          <t>.prompt.discard_download.message</t>
+        </is>
+      </c>
+      <c r="G422" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Jste si jistý, že chcete zastavit stahování {{title}}?</t>
+        </is>
+      </c>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr"/>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Are you sure you want to stop downloading {{title}}?</t>
+          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Opravdu chcete zastavit stahování {{title}}?</t>
+          <t>Položku {{title}} budete moci znovu kdykoliv nainstalovat, ale stahování se spustí od počátku.</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.discard_download.detail</t>
+        </is>
+      </c>
+      <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr"/>
       <c r="B424" t="inlineStr">
         <is>
-          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
+          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Položku {{title}} budete moci znovu kdykoliv nainstalovat, ale stahování se spustí od počátku.</t>
+          <t>Některé soubory hry {{title}} nebylo možné odstranit. Opakovat jako správce?</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.detail</t>
+          <t>.prompt.uninstall_error.message_permissions</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr"/>
       <c r="B425" t="inlineStr">
         <is>
-          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
+          <t>Remove as administrator</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Některé soubory hry {{title}} nebylo možné odstranit. Opakovat jako správce?</t>
+          <t>Odstranit jako správce</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message_permissions</t>
+          <t>.prompt.uninstall_error.action_permissions</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr"/>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Remove as administrator</t>
+          <t>Installing {{title}}…</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Odstranit jako správce</t>
+          <t>Instaluje se {{title}}…</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.action_permissions</t>
+          <t>.download.ongoing.install</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr"/>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Installing {{title}}…</t>
+          <t>Updating {{title}}…</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Instaluje se {{title}}…</t>
+          <t>Aktualizuje se {{title}}…</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>.download.ongoing.install</t>
+          <t>.download.ongoing.update</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr"/>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Updating {{title}}…</t>
+          <t>Re-installing {{title}}…</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Aktualizuje se {{title}}…</t>
+          <t>Re-instaluje se {{title}}…</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>.download.ongoing.update</t>
+          <t>.download.ongoing.reinstall</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr"/>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Re-installing {{title}}…</t>
+          <t>Switching {{title}} to another version…</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Re-instaluje se {{title}}…</t>
+          <t>Přepínání {{title}} na jinou verzi…</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>.download.ongoing.reinstall</t>
+          <t>.download.ongoing.revert</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr"/>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Switching {{title}} to another version…</t>
+          <t>Repairing {{title}}…</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Přepínání {{title}} na jinou verzi…</t>
+          <t>Oprava {{title}}…</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>.download.ongoing.revert</t>
-[...2 lines deleted...]
-      <c r="G430" t="inlineStr"/>
+          <t>.download.ongoing.heal</t>
+        </is>
+      </c>
+      <c r="G430" t="inlineStr">
+        <is>
+          <t>```{{title}``` has a bad format, should be ``` {{title}}```
+Suggested in Weblate: Probíhá oprava {{title}}…</t>
+        </is>
+      </c>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr"/>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Repairing {{title}}…</t>
+          <t>Stop download</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>Oprava {{title}}…</t>
+          <t>Zastavit stahování</t>
         </is>
       </c>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>.download.ongoing.heal</t>
-[...7 lines deleted...]
-      </c>
+          <t>.prompt.discard_download.action.stop_download</t>
+        </is>
+      </c>
+      <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr"/>
       <c r="B432" t="inlineStr">
         <is>
-          <t>Stop download</t>
+          <t>Continue download</t>
         </is>
       </c>
       <c r="C432" t="inlineStr">
         <is>
-          <t>Zastavit stahování</t>
+          <t>Pokračovat ve stahování</t>
         </is>
       </c>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.stop_download</t>
+          <t>.prompt.discard_download.action.continue_download</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr"/>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Continue download</t>
+          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Pokračovat ve stahování</t>
+          <t>Zastavením stahování zůstane položka {{title}} v nedokončeném stavu.</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.continue_download</t>
+          <t>.prompt.dangerous_discard_download.message</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr"/>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
+          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Zastavením stahování zůstane položka {{title}} v nedokončeném stavu.</t>
+          <t>Obnovíme {{title}} na poslední verzi kdykoliv se ji pokusíte použít.</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.message</t>
+          <t>.prompt.dangerous_discard_download.detail</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr"/>
       <c r="B435" t="inlineStr">
         <is>
-          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
+          <t>version {{version}}</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Obnovíme {{title}} na poslední verzi kdykoliv se ji pokusíte použít.</t>
+          <t>verze {{version}}</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.detail</t>
+          <t>.prompt.revert.version</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr"/>
       <c r="B436" t="inlineStr">
         <is>
-          <t>version {{version}}</t>
+          <t>{{title}} needs to finish updating before it can be opened</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>verze {{version}}</t>
+          <t>Před spuštěním musí {{title}} dokončit aktualizaci</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>.prompt.revert.version</t>
+          <t>.status.repairing_game</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr"/>
       <c r="B437" t="inlineStr">
         <is>
-          <t>{{title}} needs to finish updating before it can be opened</t>
+          <t>Things you install or download will show up here</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>Před spuštěním musí {{title}} dokončit aktualizaci</t>
+          <t>Zde se zobrazují nainstalované a stažené věci</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>.status.repairing_game</t>
+          <t>.status.downloads.no_active_downloads_subtext</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr"/>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Things you install or download will show up here</t>
+          <t>Download some stuff!</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Zde se zobrazují nainstalované a stažené věci</t>
+          <t>Stáhnout něco!</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads_subtext</t>
+          <t>.status.downloads.find_games_button</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr"/>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Download some stuff!</t>
+          <t>Everything's filtered away...</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Stáhnout něco!</t>
+          <t>Výsledkům filtrů nic neodpovídá...</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>.status.downloads.find_games_button</t>
+          <t>.grid.empty_state.leader</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr"/>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Everything's filtered away...</t>
+          <t>Your filters are hiding everything here</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Výsledkům filtrů nic neodpovídá...</t>
+          <t>Tvým flitrům nic neodpovídá</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>.grid.empty_state.leader</t>
+          <t>.grid.empty_state.explanation</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr"/>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Your filters are hiding everything here</t>
+          <t>Manage</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Tvým flitrům nic neodpovídá</t>
+          <t>Spravovat</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>.grid.empty_state.explanation</t>
+          <t>.grid.item.manage</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr"/>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Manage</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Spravovat</t>
+          <t>Spustit {{title}}</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>.grid.item.manage</t>
+          <t>.prompt.launch.title</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr"/>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Which do you want to open?</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Spustit {{title}}</t>
+          <t>Kterou verzi chce spustit?</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>.prompt.launch.title</t>
+          <t>.prompt.launch.message</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr"/>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Which do you want to open?</t>
+          <t>Manage {{title}}</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Kterou verzi chce spustit?</t>
+          <t>Spravovat {{title}}</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>.prompt.launch.message</t>
+          <t>.prompt.manage_game.title</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr"/>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Manage {{title}}</t>
+          <t>The following items are installed:</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Spravovat {{title}}</t>
+          <t>Následující položky jsou nainstalovány:</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.title</t>
+          <t>.prompt.manage_game.installed_uploads</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr"/>
       <c r="B446" t="inlineStr">
         <is>
-          <t>The following items are installed:</t>
+          <t>These items are also available:</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Následující položky jsou nainstalovány:</t>
+          <t>K dispozici jsou také tyto položky:</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.installed_uploads</t>
+          <t>.prompt.manage_game.available_uploads</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr"/>
       <c r="B447" t="inlineStr">
         <is>
-          <t>These items are also available:</t>
+          <t>No other items are currently available.</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>K dispozici jsou také tyto položky:</t>
+          <t>V tuto chvíli nejsou k dispozici žádné další položky.</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.available_uploads</t>
+          <t>.prompt.manage_game.no_other_uploads</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr"/>
       <c r="B448" t="inlineStr">
         <is>
-          <t>No other items are currently available.</t>
+          <t>Prefer optimized patches</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>V tuto chvíli nejsou k dispozici žádné další položky.</t>
+          <t>Preferovat optimalizované patche</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.no_other_uploads</t>
+          <t>.preferences.advanced.prefer_optimized_patches</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr"/>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Prefer optimized patches</t>
+          <t>{{x}} seconds</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Preferovat optimalizované patche</t>
+          <t>{{x}} sekund</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>.preferences.advanced.prefer_optimized_patches</t>
+          <t>.duration.seconds</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr"/>
       <c r="B450" t="inlineStr">
         <is>
-          <t>{{x}} seconds</t>
+          <t>Application log</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>{{x}} sekund</t>
+          <t>Protokol aplikace</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>.duration.seconds</t>
+          <t>.sidebar.applog</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr"/>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Application log</t>
+          <t>{{count}} items</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Protokol aplikace</t>
+          <t>{{count}} položek</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>.sidebar.applog</t>
+          <t>.grid.item_count</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr"/>
       <c r="B452" t="inlineStr">
         <is>
-          <t>{{count}} items</t>
+          <t>The itch web browser is disabled</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>{{count}} položek</t>
+          <t>Internetový prohlížeč Itch je deaktivován</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>.grid.item_count</t>
+          <t>.browser.disabled</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr"/>
       <c r="B453" t="inlineStr">
         <is>
-          <t>The itch web browser is disabled</t>
+          <t>Re-enable</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Internetový prohlížeč Itch je deaktivován</t>
+          <t>Znovu aktivovat</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>.browser.disabled</t>
+          <t>.browser.reenable</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr"/>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Re-enable</t>
+          <t>Disable web browser</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Znovu aktivovat</t>
+          <t>Zakázat webový prohlížeč</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>.browser.reenable</t>
+          <t>.preferences.advanced.disable_browser</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr"/>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Disable web browser</t>
+          <t>You currently have no collections</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Zakázat webový prohlížeč</t>
+          <t>V současné době nemáte žádné sbírky</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_browser</t>
+          <t>.collections.empty</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr"/>
       <c r="B456" t="inlineStr">
         <is>
-          <t>You currently have no collections</t>
+          <t>Browse for some games and add them to a new collection!</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>V současné době nemáte žádné sbírky</t>
+          <t>Poohlédni se po dalších hrách a přidej je do své nové kolekce!</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>.collections.empty</t>
-[...2 lines deleted...]
-      <c r="G456" t="inlineStr"/>
+          <t>.collections.empty_sub</t>
+        </is>
+      </c>
+      <c r="G456" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Prohlédněte si nějaké hry a přidejte je do nové kolekce!</t>
+        </is>
+      </c>
       <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr"/>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Browse for some games and add them to a new collection!</t>
+          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Poohlédni se po dalších hrách a přidej je do své nové kolekce!</t>
+          <t>Zakázat hardwarovou akceleraci (řeší některé potíže na Linuxu)</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>.collections.empty_sub</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.advanced.disable_hardware_acceleration</t>
+        </is>
+      </c>
+      <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr"/>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Zakázat hardwarovou akceleraci (řeší některé potíže na Linuxu)</t>
+          <t>Připravuji…</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_hardware_acceleration</t>
+          <t>.prereq.status.pending</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr"/>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Updates available</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Připravuji…</t>
+          <t>Jsou dostupné aktualizace</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>.prereq.status.pending</t>
+          <t>.status.downloads.updates_available</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
       <c r="H459" t="inlineStr"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr"/>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Updates available</t>
+          <t>Update all</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Jsou dostupné aktualizace</t>
+          <t>Aktualizovat vše</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>.status.downloads.updates_available</t>
+          <t>.status.downloads.update_all</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr"/>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Update all</t>
+          <t>There's nothing here...</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Aktualizovat vše</t>
+          <t>Nic zde není...</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>.status.downloads.update_all</t>
+          <t>.grid.really_empty_state.leader</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr"/>
       <c r="B462" t="inlineStr">
         <is>
-          <t>There's nothing here...</t>
+          <t>...yet!</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Nic zde není...</t>
+          <t>...zatím!</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.leader</t>
+          <t>.grid.really_empty_state.explanation</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr"/>
       <c r="B463" t="inlineStr">
         <is>
-          <t>...yet!</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>...zatím!</t>
+          <t>Probíhá příprava…</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.explanation</t>
+          <t>.grid.item.running.prepare</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr"/>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Cleaning up…</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Probíhá příprava…</t>
+          <t>Čištění…</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>.grid.item.running.prepare</t>
+          <t>.grid.item.running.clean</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr"/>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Cleaning up…</t>
+          <t>Disk usage</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Čištění…</t>
+          <t>Využití disku</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>.grid.item.running.clean</t>
+          <t>.preferences.install_location.disk_usage</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr"/>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Disk usage</t>
+          <t>Finalizing installation…</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Využití disku</t>
+          <t>Dokončování instalace…</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>.preferences.install_location.disk_usage</t>
+          <t>.login.status.finalizing_installation</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr"/>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Finalizing installation…</t>
+          <t>Antivirus software may interfere with itch.</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Dokončování instalace…</t>
+          <t>Antivirus může negativně ovlivnit itch.</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>.login.status.finalizing_installation</t>
+          <t>.login.status.antivirus_warning</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr"/>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Antivirus software may interfere with itch.</t>
+          <t>The install folder disappeared</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Antivirus může negativně ovlivnit itch.</t>
+          <t>Složka s instalací zmizela</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>.login.status.antivirus_warning</t>
+          <t>.butlerd.codes.404</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr"/>
       <c r="B469" t="inlineStr">
         <is>
-          <t>The install folder disappeared</t>
+          <t>No compatible uploads were found for this title</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Složka s instalací zmizela</t>
+          <t>Nebyly nalezeny žádné kompatibilní verze tohoto titulu</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>.butlerd.codes.404</t>
+          <t>.butlerd.codes.2001</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr"/>
       <c r="B470" t="inlineStr">
         <is>
-          <t>No compatible uploads were found for this title</t>
+          <t>How can I help?</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Nebyly nalezeny žádné kompatibilní verze tohoto titulu</t>
+          <t>Jak mohu pomoci?</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>.butlerd.codes.2001</t>
-[...2 lines deleted...]
-      <c r="G470" t="inlineStr"/>
+          <t>.docs.how_to_help</t>
+        </is>
+      </c>
+      <c r="G470" t="inlineStr">
+        <is>
+          <t>This is the latter, "How can I/the user help out/contribute?"
+This needs context because source sentence could be a customer service thing "How can I/itch help you?" or a "How can I/the user help out/contribute?"</t>
+        </is>
+      </c>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr"/>
       <c r="B471" t="inlineStr">
         <is>
-          <t>How can I help?</t>
+          <t>Queuing…</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>Jak mohu pomoci?</t>
+          <t>Přidávám do fronty…</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>.docs.how_to_help</t>
+          <t>.grid.item.queueing</t>
         </is>
       </c>
       <c r="G471" t="inlineStr">
         <is>
-          <t>This is the latter, "How can I/the user help out/contribute?"
-This needs context because source sentence could be a customer service thing "How can I/itch help you?" or a "How can I/the user help out/contribute?"</t>
+          <t>Suggested in Weblate: Zařazování do fronty…</t>
         </is>
       </c>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr"/>
       <c r="B472" t="inlineStr">
         <is>
-          <t>Queuing…</t>
+          <t>Details for nerds</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>Přidávám do fronty…</t>
+          <t>Detaily pro šprty</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>.grid.item.queueing</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.show_error.details_for_nerds</t>
+        </is>
+      </c>
+      <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr"/>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Details for nerds</t>
+          <t>Event log</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Detaily pro šprty</t>
+          <t>Protokol událostí</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds</t>
+          <t>.prompt.show_error.details_for_nerds.event_log</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr"/>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Event log</t>
+          <t>Stack trace</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Protokol událostí</t>
+          <t>Trasování zásobníku</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.event_log</t>
+          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr"/>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Stack trace</t>
+          <t>Send a report to help resolve this issue</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>Trasování zásobníku</t>
+          <t>Pošlete hlášení, aby jste pomohli vyřešit tento problém</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
+          <t>.prompt.show_error.send_report</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr"/>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Send a report to help resolve this issue</t>
+          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Pošlete hlášení, aby jste pomohli vyřešit tento problém</t>
+          <t>Tento titul je zabalen způsobem, který není kompatibilní s aplikací itch.io.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>.prompt.show_error.send_report</t>
+          <t>.butlerd.codes.3000</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr"/>
       <c r="B477" t="inlineStr">
         <is>
-          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
+          <t>Nothing that can be launched was found.</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>Tento titul je zabalen způsobem, který není kompatibilní s aplikací itch.io.</t>
+          <t>Nebylo nalezeno nic, co by bylo možné spustit.</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>.butlerd.codes.3000</t>
+          <t>.butlerd.codes.5000</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr"/>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Nothing that can be launched was found.</t>
+          <t>There is no Internet connection.</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Nebylo nalezeno nic, co by bylo možné spustit.</t>
+          <t>Není k dispozici připojení k Internetu.</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>.butlerd.codes.5000</t>
+          <t>.butlerd.codes.9000</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr"/>
       <c r="B479" t="inlineStr">
         <is>
-          <t>There is no Internet connection.</t>
+          <t>{{installedSize}} used by games</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Není k dispozici připojení k Internetu.</t>
+          <t>{{installedSize}} je využito hrami</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>.butlerd.codes.9000</t>
+          <t>.preferences.install_location.size_used_by_games</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr"/>
       <c r="B480" t="inlineStr">
         <is>
-          <t>{{installedSize}} used by games</t>
+          <t>{{freeSize}} free of {{totalSize}}</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>{{installedSize}} je využito hrami</t>
+          <t>Je volno {{freeSize}} z {{totalSize}}</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>.preferences.install_location.size_used_by_games</t>
+          <t>.preferences.install_location.free_of_total</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr"/>
       <c r="B481" t="inlineStr">
         <is>
-          <t>{{freeSize}} free of {{totalSize}}</t>
+          <t>Scan install locations for games</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>Je volno {{freeSize}} z {{totalSize}}</t>
+          <t>Hledat nainstalované hry</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_of_total</t>
+          <t>.preferences.scan_install_locations</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr"/>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Scan install locations for games</t>
+          <t>Confirm import</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Hledat nainstalované hry</t>
+          <t>Potvrdit import</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations</t>
+          <t>.preferences.scan_install_locations.confirm_import</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr"/>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Confirm import</t>
+          <t>Import {{numItems}} items</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Potvrdit import</t>
+          <t>Importovat {{numItems}} položek</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.confirm_import</t>
-[...2 lines deleted...]
-      <c r="G483" t="inlineStr"/>
+          <t>.preferences.scan_install_locations.import_items</t>
+        </is>
+      </c>
+      <c r="G483" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Importovat {{numItems}} položky</t>
+        </is>
+      </c>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr"/>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Import {{numItems}} items</t>
+          <t>{{numImportedItems}} items were successfully imported</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Importovat {{numItems}} položek</t>
+          <t>{{numImportedItems}} položek bylo úspěšně importováno</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.import_items</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.scan_install_locations.items_imported</t>
+        </is>
+      </c>
+      <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr"/>
       <c r="B485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} items were successfully imported</t>
+          <t>Looking for games...</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} položek bylo úspěšně importováno</t>
+          <t>Pátrám po hrách...</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.items_imported</t>
+          <t>.preferences.scan_install_locations.looking_for_games</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr"/>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Looking for games...</t>
+          <t>The following items can be imported:</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Pátrám po hrách...</t>
+          <t>Následující položky mohou být importovány:</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.looking_for_games</t>
+          <t>.preferences.scan_install_locations.message</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr"/>
       <c r="B487" t="inlineStr">
         <is>
-          <t>The following items can be imported:</t>
+          <t>No additional items found in install locations</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Následující položky mohou být importovány:</t>
+          <t>V místech instalace nebyly nalezeny žádné další položky</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.message</t>
+          <t>.preferences.scan_install_locations.no_items_found</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr"/>
       <c r="B488" t="inlineStr">
         <is>
-          <t>No additional items found in install locations</t>
+          <t>Scanning...</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>V místech instalace nebyly nalezeny žádné další položky</t>
+          <t>Skenuji...</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.no_items_found</t>
+          <t>.preferences.scan_install_locations.title</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr"/>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Scanning...</t>
+          <t>Check for game updates</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Skenuji...</t>
+          <t>Zkontrolovat aktualizace her</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.title</t>
+          <t>.preferences.advanced.check_game_updates</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr"/>
       <c r="B490" t="inlineStr">
         <is>
-          <t>Check for game updates</t>
+          <t>Resume downloads</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Zkontrolovat aktualizace her</t>
+          <t>Pokračovat ve stahování</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>.preferences.advanced.check_game_updates</t>
+          <t>.status.downloads.resume_downloads</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr"/>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Resume downloads</t>
+          <t>Pause downloads</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Pokračovat ve stahování</t>
+          <t>Pozastavit stahování</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>.status.downloads.resume_downloads</t>
+          <t>.status.downloads.pause_downloads</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr"/>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Pause downloads</t>
+          <t>Components</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Pozastavit stahování</t>
+          <t>Komponenty</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>.status.downloads.pause_downloads</t>
+          <t>.preferences.advanced.components</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr"/>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Components</t>
+          <t>New version available</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>Komponenty</t>
+          <t>Je dostupná nová verze</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>.preferences.advanced.components</t>
+          <t>.prompt.self_update_ready.short</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr"/>
       <c r="B494" t="inlineStr">
         <is>
-          <t>New version available</t>
+          <t>No other version is available.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Je dostupná nová verze</t>
+          <t>Žádná jiná verze není k dispozici.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.short</t>
+          <t>.prompt.revert.no_other_version</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr"/>
       <c r="B495" t="inlineStr">
         <is>
-          <t>No other version is available.</t>
+          <t>Skip update</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>Žádná jiná verze není k dispozici.</t>
+          <t>Přeskočit aktualizaci</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>.prompt.revert.no_other_version</t>
+          <t>.pick_update_upload.buttons.skip_update</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr"/>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Skip update</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>Přeskočit aktualizaci</t>
+          <t>Spustit {{title}}</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.skip_update</t>
+          <t>.grid.item.launch_title</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr"/>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Open {{title}}</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>Spustit {{title}}</t>
+          <t>Otevřít {{title}}</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>.grid.item.launch_title</t>
+          <t>.grid.item.open_title</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr"/>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Open {{title}}</t>
+          <t>views</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Otevřít {{title}}</t>
+          <t>zobrazení</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>.grid.item.open_title</t>
+          <t>.dashboard.game_stats.views</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr"/>
       <c r="B499" t="inlineStr">
         <is>
-          <t>views</t>
+          <t>downloads</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>zobrazení</t>
+          <t>stahování</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.views</t>
+          <t>.dashboard.game_stats.downloads</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr"/>
       <c r="B500" t="inlineStr">
         <is>
-          <t>downloads</t>
+          <t>purchases</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>stahování</t>
+          <t>nákupy</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.downloads</t>
+          <t>.dashboard.game_stats.purchases</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr"/>
       <c r="B501" t="inlineStr">
         <is>
-          <t>purchases</t>
+          <t>Open page</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>nákupy</t>
+          <t>Otevřít stránku</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.purchases</t>
+          <t>.grid.item.open_page</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr"/>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Open page</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Otevřít stránku</t>
+          <t>Nedostupné</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>.grid.item.open_page</t>
+          <t>.grid.item.not_available</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr"/>
       <c r="B503" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>View all...</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>Nedostupné</t>
+          <t>Zobrazit vše…</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>.grid.item.not_available</t>
+          <t>.game_stripe.view_all</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr"/>
       <c r="B504" t="inlineStr">
         <is>
-          <t>View all...</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Zobrazit vše…</t>
+          <t>Nainstalováno</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>.game_stripe.view_all</t>
+          <t>.table.column.installed</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr"/>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Powered by</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Nainstalováno</t>
+          <t>Vytvořeno s</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>.table.column.installed</t>
+          <t>.table.column.powered_by</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr"/>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Powered by</t>
+          <t>Enable tabs</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Vytvořeno s</t>
+          <t>Povolit karty</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>.table.column.powered_by</t>
+          <t>.preferences.behavior.enable_tabs</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr"/>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Enable tabs</t>
+          <t>Acquired recently</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Povolit karty</t>
+          <t>Nedávno zakoupené</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>.preferences.behavior.enable_tabs</t>
+          <t>.sort_by.games.acquired_at</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr"/>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Acquired recently</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Nedávno zakoupené</t>
+          <t>Název</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>.sort_by.games.acquired_at</t>
+          <t>.sort_by.games.title</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr"/>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Views</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Název</t>
+          <t>Zhlédnutí</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>.sort_by.games.title</t>
+          <t>.sort_by.games.views</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr"/>
       <c r="B510" t="inlineStr">
         <is>
-          <t>Views</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Zhlédnutí</t>
+          <t>Stažení</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>.sort_by.games.views</t>
+          <t>.sort_by.games.downloads</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr"/>
       <c r="B511" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Purchases</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>Stažení</t>
+          <t>Zakoupeno</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>.sort_by.games.downloads</t>
+          <t>.sort_by.games.purchases</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr"/>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Purchases</t>
+          <t>Play time</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Zakoupeno</t>
+          <t>Doba hraní</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>.sort_by.games.purchases</t>
+          <t>.sort_by.games.play_time</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr"/>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Play time</t>
+          <t>Last touched</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Doba hraní</t>
+          <t>Naposledy spuštěno</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>.sort_by.games.play_time</t>
+          <t>.sort_by.games.last_touched</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr"/>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Last touched</t>
+          <t>Size on disk</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Naposledy spuštěno</t>
+          <t>Velikost na disku</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>.sort_by.games.last_touched</t>
+          <t>.sort_by.games.size_on_disk</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr"/>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Size on disk</t>
+          <t>Install date</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Velikost na disku</t>
+          <t>Datum instalace</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>.sort_by.games.size_on_disk</t>
+          <t>.sort_by.games.install_date</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr"/>
       <c r="B516" t="inlineStr">
         <is>
-          <t>Install date</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>Datum instalace</t>
+          <t>Hry</t>
         </is>
       </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>.sort_by.games.install_date</t>
+          <t>.filter_by.games.classification.games</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr"/>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Tools</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Hry</t>
+          <t>Nástroje</t>
         </is>
       </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.games</t>
+          <t>.filter_by.games.classification.tools</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr"/>
       <c r="B518" t="inlineStr">
         <is>
-          <t>Tools</t>
+          <t>Game assets</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>Nástroje</t>
+          <t>Soubory her</t>
         </is>
       </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.tools</t>
+          <t>.filter_by.games.classification.assets</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr"/>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Game assets</t>
+          <t>Comics</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Soubory her</t>
+          <t>Komiksy</t>
         </is>
       </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.assets</t>
+          <t>.filter_by.games.classification.comics</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr"/>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Comics</t>
+          <t>Books</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Komiksy</t>
+          <t>Knihy</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.comics</t>
+          <t>.filter_by.games.classification.books</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr"/>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Books</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Knihy</t>
+          <t>Nainstalováno</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.books</t>
+          <t>.filter_by.games.status.installed</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr"/>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Free</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Nainstalováno</t>
+          <t>Zdarma</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>.filter_by.games.status.installed</t>
+          <t>.filter_by.games.paid_status.free</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr"/>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Free</t>
+          <t>Paid</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Zdarma</t>
+          <t>Placené</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.free</t>
+          <t>.filter_by.games.paid_status.paid</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr"/>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Paid</t>
+          <t>Draft</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Placené</t>
+          <t>Návrh</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.paid</t>
+          <t>.filter_by.games.visibility.draft</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr"/>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Draft</t>
+          <t>Published</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Návrh</t>
+          <t>Publikováno</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.draft</t>
+          <t>.filter_by.games.visibility.published</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr"/>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Published</t>
+          <t>Level</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Publikováno</t>
+          <t>Úroveň</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.published</t>
+          <t>.log.level</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr"/>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Level</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Úroveň</t>
+          <t>Ladění</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>.log.level</t>
+          <t>.log.level.debug</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr"/>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Ladění</t>
+          <t>Informace</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>.log.level.debug</t>
+          <t>.log.level.info</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr"/>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Warning</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Informace</t>
+          <t>Upozornění</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>.log.level.info</t>
+          <t>.log.level.warning</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr"/>
       <c r="B530" t="inlineStr">
         <is>
-          <t>Warning</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>Upozornění</t>
+          <t>Chyba</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>.log.level.warning</t>
+          <t>.log.level.error</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr"/>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Error</t>
+          <t>Nothing to see here</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Chyba</t>
+          <t>Nic k vidění</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>.log.level.error</t>
+          <t>.empty_state.nothing_to_see_here</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr"/>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Nothing to see here</t>
+          <t>{{itemCount}} items</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Nic k vidění</t>
+          <t>{{itemCount}} položek</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>.empty_state.nothing_to_see_here</t>
-[...2 lines deleted...]
-      <c r="G532" t="inlineStr"/>
+          <t>.collection.item_count</t>
+        </is>
+      </c>
+      <c r="G532" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{itemCount}} položky</t>
+        </is>
+      </c>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr"/>
       <c r="B533" t="inlineStr">
         <is>
-          <t>{{itemCount}} items</t>
+          <t>No description</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>{{itemCount}} položek</t>
+          <t>Bez popisu</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>.collection.item_count</t>
-[...6 lines deleted...]
-      </c>
+          <t>.search.results.game.no_description</t>
+        </is>
+      </c>
+      <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr"/>
       <c r="B534" t="inlineStr">
         <is>
-          <t>No description</t>
+          <t>Explore</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Bez popisu</t>
+          <t>Prozkoumat</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>.search.results.game.no_description</t>
+          <t>.sidebar.explore</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr"/>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Explore</t>
+          <t>Library</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Prozkoumat</t>
+          <t>Knihovna</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>.sidebar.explore</t>
+          <t>.sidebar.library</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr"/>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Library</t>
+          <t>Install for {{title}} cancelled!</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Knihovna</t>
+          <t>Instalace {{title}} byla zrušena!</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>.sidebar.library</t>
+          <t>.status.installing_game.cancelled</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr"/>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Install for {{title}} cancelled!</t>
+          <t>Manage install locations</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Instalace {{title}} byla zrušena!</t>
+          <t>Spravovat umístění instalací</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>.status.installing_game.cancelled</t>
+          <t>.install_locations.manage</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr"/>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Manage install locations</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Spravovat umístění instalací</t>
+          <t>Aktualizované</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>.install_locations.manage</t>
+          <t>.collection.info.updated</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr"/>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Aktualizované</t>
+          <t>Poslat zpětnou vazbu</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>.collection.info.updated</t>
+          <t>.send_feedback.title</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr"/>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>Please describe what you were trying to do when the issue happened:</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Poslat zpětnou vazbu</t>
+          <t>Popište prosím, co jste se snažili udělat, když došlo k problému:</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>.send_feedback.title</t>
+          <t>.send_feedback.describe_issue</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr"/>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Please describe what you were trying to do when the issue happened:</t>
+          <t>A few reminders:</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Popište prosím, co jste se snažili udělat, když došlo k problému:</t>
+          <t>Několik poznámek:</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>.send_feedback.describe_issue</t>
+          <t>.send_feedback.reminders.header</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr"/>
       <c r="B542" t="inlineStr">
         <is>
-          <t>A few reminders:</t>
+          <t>Whatever you write will be read by humans.</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Několik poznámek:</t>
+          <t>Odeslaný popis čtou lidi.</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.header</t>
+          <t>.send_feedback.reminders.we_are_humans</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr"/>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Whatever you write will be read by humans.</t>
+          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Odeslaný popis čtou lidi.</t>
+          <t>Snažte se být co nejpřesnější. Na vyřešení problému nám záleží stejně jako vám!</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.we_are_humans</t>
+          <t>.send_feedback.reminders.be_precise</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr"/>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
+          <t>Include steps to reproduce the issue if you can.</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Snažte se být co nejpřesnější. Na vyřešení problému nám záleží stejně jako vám!</t>
+          <t>Pokud možno uveďte, jak problém reprodukovat.</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.be_precise</t>
+          <t>.send_feedback.reminders.include_reproduce_steps</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr"/>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Include steps to reproduce the issue if you can.</t>
+          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>Pokud možno uveďte, jak problém reprodukovat.</t>
+          <t>Uveďte své uživatelské jméno itch.io nebo stránku, se kterou jste měli problém.</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.include_reproduce_steps</t>
+          <t>.send_feedback.reminders.mention_itchio_account</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr"/>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
+          <t>Thanks for sending us feedback!</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>Uveďte své uživatelské jméno itch.io nebo stránku, se kterou jste měli problém.</t>
+          <t>Děkujeme Vám za zaslání zpětné vazby!</t>
         </is>
       </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.mention_itchio_account</t>
+          <t>.send_feedback.reminders.thanks</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr"/>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Thanks for sending us feedback!</t>
+          <t>Where does my report go?</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Děkujeme Vám za zaslání zpětné vazby!</t>
+          <t>Kam zpětnou vazbu posílám?</t>
         </is>
       </c>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.thanks</t>
+          <t>.send_feedback.questions.where_does_report_go</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr"/>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Where does my report go?</t>
+          <t>Review the information below to make sure you're comfortable with it being sent:</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>Kam zpětnou vazbu posílám?</t>
+          <t>Zkontrolujte níže uvedené informace a ujistěte se, že je opravdu chcete odeslat:</t>
         </is>
       </c>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>.send_feedback.questions.where_does_report_go</t>
+          <t>.send_feedback.consent.please_review</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
       <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr"/>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Review the information below to make sure you're comfortable with it being sent:</t>
+          <t>redacted</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Zkontrolujte níže uvedené informace a ujistěte se, že je opravdu chcete odeslat:</t>
+          <t>vyňato ze záznamu</t>
         </is>
       </c>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.please_review</t>
+          <t>.send_feedback.consent.redacted</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
       <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr"/>
       <c r="B550" t="inlineStr">
         <is>
-          <t>redacted</t>
+          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>vyňato ze záznamu</t>
+          <t>Informace o konfiguraci počítače nám často mohou pomoci identifikovat původ problému.</t>
         </is>
       </c>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.redacted</t>
+          <t>.send_feedback.consent.system_info_helps_us</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
       <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr"/>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
+          <t>Include this information in the report</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Informace o konfiguraci počítače nám často mohou pomoci identifikovat původ problému.</t>
+          <t>Odeslat tyto informace spolu se zpětnou vazbou</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.system_info_helps_us</t>
+          <t>.send_feedback.consent.include_in_report</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
       <c r="H551" t="inlineStr"/>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr"/>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Include this information in the report</t>
+          <t>A secret URL will be generated for your report.</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Odeslat tyto informace spolu se zpětnou vazbou</t>
+          <t>Vašemu hlášení bude přiřazena tajná URL adresa.</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.include_in_report</t>
+          <t>.send_feedback.send.secret_url</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
       <c r="H552" t="inlineStr"/>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr"/>
       <c r="B553" t="inlineStr">
         <is>
-          <t>A secret URL will be generated for your report.</t>
+          <t>From that page, you will be able to:</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Vašemu hlášení bude přiřazena tajná URL adresa.</t>
+          <t>Na dané URL adrese budete moci:</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url</t>
+          <t>.send_feedback.send.secret_url.feature_list</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
       <c r="H553" t="inlineStr"/>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr"/>
       <c r="B554" t="inlineStr">
         <is>
-          <t>From that page, you will be able to:</t>
+          <t>See everything we see about the report</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>Na dané URL adrese budete moci:</t>
+          <t>Zobrazit vše o svém hlášení</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list</t>
+          <t>.send_feedback.send.secret_url.feature_list.view</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr"/>
       <c r="B555" t="inlineStr">
         <is>
-          <t>See everything we see about the report</t>
+          <t>Delete it if you decide to.</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Zobrazit vše o svém hlášení</t>
+          <t>Hlášení smazat, pokud budete chtít.</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.view</t>
+          <t>.send_feedback.send.secret_url.feature_list.delete</t>
         </is>
       </c>
       <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr"/>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Delete it if you decide to.</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Hlášení smazat, pokud budete chtít.</t>
+          <t>Odeslat hlášení</t>
         </is>
       </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.delete</t>
+          <t>.send_feedback.send.do_send</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr"/>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Nevermind, take me out of here</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Odeslat hlášení</t>
+          <t>Zrušit odeslání a vrátit se zpět.</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>.send_feedback.send.do_send</t>
+          <t>.send_feedback.send.dont_send</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr"/>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Nevermind, take me out of here</t>
+          <t>Sending...</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Zrušit odeslání a vrátit se zpět.</t>
+          <t>Odesílání…</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>.send_feedback.send.dont_send</t>
+          <t>.send_feedback.send.sending</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr"/>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Sending...</t>
+          <t>Thank you for sending a report, it helps everyone!</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Odesílání…</t>
+          <t>Děkujeme za odeslání hlášení. Pomáháte tak i ostatním!</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>.send_feedback.send.sending</t>
+          <t>.send_feedback.final_thanks</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr"/>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Thank you for sending a report, it helps everyone!</t>
+          <t>Your report was sent successfully!</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Děkujeme za odeslání hlášení. Pomáháte tak i ostatním!</t>
+          <t>Hlášení bylo úspěšně odesláno!</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>.send_feedback.final_thanks</t>
+          <t>.send_feedback.success.intro</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr"/>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Your report was sent successfully!</t>
+          <t>View report</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Hlášení bylo úspěšně odesláno!</t>
+          <t>Zobrazit hlášení</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>.send_feedback.success.intro</t>
+          <t>.send_feedback.success.view_report</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr"/>
       <c r="B562" t="inlineStr">
         <is>
-          <t>View report</t>
+          <t>(You can delete it from this page)</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Zobrazit hlášení</t>
+          <t>(Z této stránky můžete hlášení odstranit)</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report</t>
+          <t>.send_feedback.success.view_report.delete</t>
         </is>
       </c>
       <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr"/>
       <c r="B563" t="inlineStr">
         <is>
-          <t>(You can delete it from this page)</t>
+          <t>Thanks for your feedback</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>(Z této stránky můžete hlášení odstranit)</t>
+          <t>Děkujeme za Vaši zpětnou vazbu</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report.delete</t>
+          <t>.send_feedback.success.thanks</t>
         </is>
       </c>
       <c r="G563" t="inlineStr"/>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr"/>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Thanks for your feedback</t>
+          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Děkujeme za Vaši zpětnou vazbu</t>
+          <t>Co nejdříve se na hlášení podíváme a odvodíme z něj konkrétní problém, který snad v brzké budoucnosti opravíme.</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>.send_feedback.success.thanks</t>
+          <t>.send_feedback.success.promise</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr"/>
       <c r="B565" t="inlineStr">
         <is>
-          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
+          <t>Sorry, we could not send your report.</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>Co nejdříve se na hlášení podíváme a odvodíme z něj konkrétní problém, který snad v brzké budoucnosti opravíme.</t>
+          <t>Omlouváme se, ale odeslání hlášení se nezdařilo.</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>.send_feedback.success.promise</t>
+          <t>.send_feedback.error.intro</t>
         </is>
       </c>
       <c r="G565" t="inlineStr"/>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr"/>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Sorry, we could not send your report.</t>
+          <t>Previous</t>
         </is>
       </c>
       <c r="C566" t="inlineStr">
         <is>
-          <t>Omlouváme se, ale odeslání hlášení se nezdařilo.</t>
+          <t>Předchozí</t>
         </is>
       </c>
       <c r="D566" t="inlineStr"/>
       <c r="E566" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F566" t="inlineStr">
         <is>
-          <t>.send_feedback.error.intro</t>
+          <t>.send_feedback.nav.previous</t>
         </is>
       </c>
       <c r="G566" t="inlineStr"/>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr"/>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Previous</t>
+          <t>Next</t>
         </is>
       </c>
       <c r="C567" t="inlineStr">
         <is>
-          <t>Předchozí</t>
+          <t>Další</t>
         </is>
       </c>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.previous</t>
+          <t>.send_feedback.nav.next</t>
         </is>
       </c>
       <c r="G567" t="inlineStr"/>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr"/>
       <c r="B568" t="inlineStr">
         <is>
-          <t>Next</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C568" t="inlineStr">
         <is>
-          <t>Další</t>
+          <t>Zavřít</t>
         </is>
       </c>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.next</t>
+          <t>.send_feedback.nav.close</t>
         </is>
       </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr"/>
       <c r="B569" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Your message</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>Zavřít</t>
+          <t>Vaše zpráva</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.close</t>
+          <t>.send_feedback.steps.your_message</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr"/>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Your message</t>
+          <t>System information</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Vaše zpráva</t>
+          <t>Informace o systému</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.your_message</t>
+          <t>.send_feedback.steps.system_info</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr"/>
       <c r="B571" t="inlineStr">
         <is>
-          <t>System information</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Informace o systému</t>
+          <t>Odeslat hlášení</t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.system_info</t>
+          <t>.send_feedback.steps.send</t>
         </is>
       </c>
       <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr"/>
       <c r="B572" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Browse</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Odeslat hlášení</t>
+          <t>Procházet</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.send</t>
+          <t>.setup.action.browse</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr"/>
       <c r="B573" t="inlineStr">
         <is>
-          <t>Browse</t>
+          <t>Install {{title}}</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Procházet</t>
+          <t>Nainstalovat {{title}}</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>.setup.action.browse</t>
+          <t>.grid.item.install_title</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr"/>
       <c r="B574" t="inlineStr">
         <is>
-          <t>Install {{title}}</t>
+          <t>Open developer tools</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>Nainstalovat {{title}}</t>
+          <t>Otevřít vývojářské nástroje</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>.grid.item.install_title</t>
+          <t>.browser.open_devtools</t>
         </is>
       </c>
       <c r="G574" t="inlineStr"/>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr"/>
       <c r="B575" t="inlineStr">
         <is>
-          <t>Open developer tools</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Otevřít vývojářské nástroje</t>
+          <t>Zpět</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>.browser.open_devtools</t>
+          <t>.prompt.action.back</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr"/>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Reveal password</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Zpět</t>
+          <t>Ukázat heslo</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>.prompt.action.back</t>
+          <t>.login.action.reveal_password</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr"/>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Reveal password</t>
+          <t>Hide password</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Ukázat heslo</t>
+          <t>Skrýt heslo</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>.login.action.reveal_password</t>
+          <t>.login.action.hide_password</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr"/>
       <c r="B578" t="inlineStr">
         <is>
-          <t>Hide password</t>
+          <t>Inspect</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Skrýt heslo</t>
+          <t>Prohlídnout</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>.login.action.hide_password</t>
+          <t>.web.context_menu.inspect</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr"/>
       <c r="B579" t="inlineStr">
         <is>
-          <t>Inspect</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Prohlídnout</t>
+          <t>Název</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>.web.context_menu.inspect</t>
+          <t>.sort_by.collections.title</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr"/>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Název</t>
+          <t>Aktualizováno</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>.sort_by.collections.title</t>
+          <t>.sort_by.collections.updated_at</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr"/>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Are you sure you want to quit?</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Aktualizováno</t>
+          <t>Opravdu chcete ukončit aplikaci?</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>.sort_by.collections.updated_at</t>
+          <t>.prompt.confirm_quit.title</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr"/>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Are you sure you want to quit?</t>
+          <t>All running games and applications will be closed.</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Opravdu chcete ukončit aplikaci?</t>
+          <t>Všechny spuštěné hry a aplikace budou uzavřeny.</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.title</t>
-[...2 lines deleted...]
-      <c r="G582" t="inlineStr"/>
+          <t>.prompt.confirm_quit.message</t>
+        </is>
+      </c>
+      <c r="G582" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Všechny spuštěné hry a aplikace budou ukončeny.</t>
+        </is>
+      </c>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr"/>
       <c r="B583" t="inlineStr">
         <is>
-          <t>All running games and applications will be closed.</t>
+          <t>Quit and close all</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Všechny spuštěné hry a aplikace budou uzavřeny.</t>
+          <t>Ukončit a zavřít vše</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.action.quit_and_close_all</t>
+        </is>
+      </c>
+      <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr"/>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Quit and close all</t>
+          <t>Empty</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Ukončit a zavřít vše</t>
+          <t>Prázdné</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>.prompt.action.quit_and_close_all</t>
+          <t>.preferences.install_location.empty</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr"/>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Empty</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C585" t="inlineStr">
         <is>
-          <t>Prázdné</t>
+          <t>Něco se pokazilo</t>
         </is>
       </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>.preferences.install_location.empty</t>
+          <t>.prompt.show_error.generic_message</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr"/>
       <c r="B586" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Computing space requirements</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>Něco se pokazilo</t>
+          <t>Zjišťování požadovaného místa na disku</t>
         </is>
       </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>.prompt.show_error.generic_message</t>
+          <t>.plan_install.computing_space_requirements</t>
         </is>
       </c>
       <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr"/>
       <c r="B587" t="inlineStr">
         <is>
-          <t>Computing space requirements</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Zjišťování požadovaného místa na disku</t>
+          <t>Instalovat</t>
         </is>
       </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>.plan_install.computing_space_requirements</t>
+          <t>.plan_install.select_upload</t>
         </is>
       </c>
       <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr"/>
       <c r="B588" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>To location</t>
         </is>
       </c>
       <c r="C588" t="inlineStr">
         <is>
-          <t>Instalovat</t>
+          <t>Umístění</t>
         </is>
       </c>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>.plan_install.select_upload</t>
+          <t>.plan_install.select_install_location</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr"/>
       <c r="B589" t="inlineStr">
         <is>
-          <t>To location</t>
+          <t>Disk space required</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Umístění</t>
+          <t>Požadované místo na disku</t>
         </is>
       </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>.plan_install.select_install_location</t>
+          <t>.plan_install.disk_space_required</t>
         </is>
       </c>
       <c r="G589" t="inlineStr"/>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr"/>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Disk space required</t>
+          <t>Disk space available</t>
         </is>
       </c>
       <c r="C590" t="inlineStr">
         <is>
-          <t>Požadované místo na disku</t>
+          <t>Dostupné místo na disku</t>
         </is>
       </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_required</t>
+          <t>.plan_install.disk_space_available</t>
         </is>
       </c>
       <c r="G590" t="inlineStr"/>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr"/>
       <c r="B591" t="inlineStr">
         <is>
-          <t>Disk space available</t>
+          <t>Software License Agreement</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>Dostupné místo na disku</t>
+          <t>Licenční ujednání</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_available</t>
+          <t>.prompt.sla.title</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr"/>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Software License Agreement</t>
+          <t>To use this software, you need to accept the terms of this license agreement:</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Licenční ujednání</t>
+          <t>Chcete-li tento software používat, musíte souhlasit s následujícím licenčním ujednáním:</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>.prompt.sla.title</t>
+          <t>.prompt.sla.message</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr"/>
       <c r="B593" t="inlineStr">
         <is>
-          <t>To use this software, you need to accept the terms of this license agreement:</t>
+          <t>Accept terms</t>
         </is>
       </c>
       <c r="C593" t="inlineStr">
         <is>
-          <t>Chcete-li tento software používat, musíte souhlasit s následujícím licenčním ujednáním:</t>
+          <t>Souhlasím</t>
         </is>
       </c>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>.prompt.sla.message</t>
+          <t>.prompt.sla.accept</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr"/>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Accept terms</t>
+          <t>Physical Games</t>
         </is>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>Souhlasím</t>
+          <t>Fyzikální hry</t>
         </is>
       </c>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>.prompt.sla.accept</t>
+          <t>.filter_by.games.classification.physical_game</t>
         </is>
       </c>
       <c r="G594" t="inlineStr"/>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr"/>
       <c r="B595" t="inlineStr">
         <is>
-          <t>Physical Games</t>
-[...6 lines deleted...]
-      </c>
+          <t>1 hour 1 minute</t>
+        </is>
+      </c>
+      <c r="C595" t="inlineStr"/>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.physical_game</t>
+          <t>.duration.precise.hour_minute</t>
         </is>
       </c>
       <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr"/>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr"/>
+      <c r="D596" t="inlineStr"/>
+      <c r="E596" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F596" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G596" t="inlineStr"/>
+      <c r="H596" t="inlineStr"/>
+    </row>
+    <row r="597">
+      <c r="A597" t="inlineStr"/>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C597" t="inlineStr"/>
+      <c r="D597" t="inlineStr"/>
+      <c r="E597" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F597" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G597" t="inlineStr"/>
+      <c r="H597" t="inlineStr"/>
+    </row>
+    <row r="598">
+      <c r="A598" t="inlineStr"/>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C598" t="inlineStr"/>
+      <c r="D598" t="inlineStr"/>
+      <c r="E598" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F598" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G598" t="inlineStr"/>
+      <c r="H598" t="inlineStr"/>
+    </row>
+    <row r="599">
+      <c r="A599" t="inlineStr"/>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C599" t="inlineStr"/>
+      <c r="D599" t="inlineStr"/>
+      <c r="E599" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F599" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G599" t="inlineStr"/>
+      <c r="H599" t="inlineStr"/>
+    </row>
+    <row r="600">
+      <c r="A600" t="inlineStr"/>
+      <c r="B600" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C600" t="inlineStr"/>
+      <c r="D600" t="inlineStr"/>
+      <c r="E600" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F600" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G600" t="inlineStr"/>
+      <c r="H600" t="inlineStr"/>
+    </row>
+    <row r="601">
+      <c r="A601" t="inlineStr"/>
+      <c r="B601" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C601" t="inlineStr"/>
+      <c r="D601" t="inlineStr"/>
+      <c r="E601" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F601" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G601" t="inlineStr"/>
+      <c r="H601" t="inlineStr"/>
+    </row>
+    <row r="602">
+      <c r="A602" t="inlineStr"/>
+      <c r="B602" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C602" t="inlineStr"/>
+      <c r="D602" t="inlineStr"/>
+      <c r="E602" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F602" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G602" t="inlineStr"/>
+      <c r="H602" t="inlineStr"/>
+    </row>
+    <row r="603">
+      <c r="A603" t="inlineStr"/>
+      <c r="B603" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C603" t="inlineStr"/>
+      <c r="D603" t="inlineStr"/>
+      <c r="E603" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F603" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G603" t="inlineStr"/>
+      <c r="H603" t="inlineStr"/>
+    </row>
+    <row r="604">
+      <c r="A604" t="inlineStr"/>
+      <c r="B604" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C604" t="inlineStr"/>
+      <c r="D604" t="inlineStr"/>
+      <c r="E604" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F604" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G604" t="inlineStr"/>
+      <c r="H604" t="inlineStr"/>
+    </row>
+    <row r="605">
+      <c r="A605" t="inlineStr"/>
+      <c r="B605" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C605" t="inlineStr"/>
+      <c r="D605" t="inlineStr"/>
+      <c r="E605" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F605" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G605" t="inlineStr"/>
+      <c r="H605" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>