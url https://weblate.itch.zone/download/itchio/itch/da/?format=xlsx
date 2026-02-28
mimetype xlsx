--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H595"/>
+  <dimension ref="A1:H605"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -4367,12045 +4367,12261 @@
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>Top-sælgere</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>.new_tab.top_sellers</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Popular on Twitter</t>
+          <t>itch is now running in the background. Use the menu to quit it completely.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>Populært på Twitter</t>
+          <t>itch kører nu i baggrunden. Brug menuen hvis du vil afslutte helt.</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.new_tab.twitter</t>
+          <t>.notification.see_you_soon.message</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>itch is now running in the background. Use the menu to quit it completely.</t>
+          <t>See you soon!</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>itch kører nu i baggrunden. Brug menuen hvis du vil afslutte helt.</t>
+          <t>Vi ses snart!</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.message</t>
+          <t>.notification.see_you_soon.title</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>See you soon!</t>
+          <t>You just purchased {{title}}!</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>Vi ses snart!</t>
+          <t>Du har lige købt {{title}}!</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.title</t>
+          <t>.notification.purchase_complete.just_bought</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>You just purchased {{title}}!</t>
+          <t>You just donated to {{title}}!</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>Du har lige købt {{title}}!</t>
+          <t>Du har lige doneret til {{title}}!</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_bought</t>
-[...2 lines deleted...]
-      <c r="G149" t="inlineStr"/>
+          <t>.notification.purchase_complete.just_donated</t>
+        </is>
+      </c>
+      <c r="G149" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Du har doneret til {{title}}!</t>
+        </is>
+      </c>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>You just donated to {{title}}!</t>
+          <t>You can now install it anytime!</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>Du har lige doneret til {{title}}!</t>
+          <t>Du kan nu installere det når som helst!</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_donated</t>
+          <t>.notification.purchase_complete.may_install_now</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Du har doneret til {{title}}!</t>
+          <t>Suggested in Weblate: Du kan nu installere det når som helst</t>
         </is>
       </c>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t>You can now install it anytime!</t>
+          <t>Thanks for your support!</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>Du kan nu installere det når som helst!</t>
+          <t>Tak for din støtte!</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.may_install_now</t>
+          <t>.notification.purchase_complete.thanks_for_support</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Du kan nu installere det når som helst</t>
+          <t>Suggested in Weblate: Tak for din support!</t>
         </is>
       </c>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Thanks for your support!</t>
+          <t>{{title}} was installed!</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>Tak for din støtte!</t>
+          <t>{{title}} blev installeret!</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.thanks_for_support</t>
+          <t>.notification.download_installed</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tak for din support!</t>
+          <t>Suggested in Weblate: {{title}} er blevet installeret!</t>
         </is>
       </c>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
-          <t>{{title}} was installed!</t>
+          <t>{{title}} was updated!</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>{{title}} blev installeret!</t>
+          <t>{{title}} blev opdateret!</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>.notification.download_installed</t>
+          <t>.notification.download_updated</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} er blevet installeret!</t>
+          <t>Suggested in Weblate: {{title}} er blevet opdateret!</t>
         </is>
       </c>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>{{title}} was updated!</t>
+          <t>{{title}} was switched to {{version}}!</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>{{title}} blev opdateret!</t>
+          <t>{{title}} blev ændret til {{version}}!</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>.notification.download_updated</t>
-[...6 lines deleted...]
-      </c>
+          <t>.notification.download_reverted</t>
+        </is>
+      </c>
+      <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
-          <t>{{title}} was switched to {{version}}!</t>
+          <t>{{title}} verified and repaired!</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>{{title}} blev ændret til {{version}}!</t>
+          <t>{{title}} bekræftet og repareret!</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>.notification.download_reverted</t>
-[...2 lines deleted...]
-      <c r="G155" t="inlineStr"/>
+          <t>.notification.download_healed</t>
+        </is>
+      </c>
+      <c r="G155" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{title}} verificeret og repareret!</t>
+        </is>
+      </c>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
-          <t>{{title}} verified and repaired!</t>
+          <t>Keep in mind this is a pre-alpha</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>{{title}} bekræftet og repareret!</t>
+          <t>Husk at dette er en pre-alpha-udgave</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>.notification.download_healed</t>
-[...6 lines deleted...]
-      </c>
+          <t>.onboarding.caved.prealpha_reminder</t>
+        </is>
+      </c>
+      <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Keep in mind this is a pre-alpha</t>
+          <t>Take your pick</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>Husk at dette er en pre-alpha-udgave</t>
+          <t>Vælg frit</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>.onboarding.caved.prealpha_reminder</t>
+          <t>.onboarding.caved.title_pick</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Take your pick</t>
+          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>Vælg frit</t>
+          <t>Hvis noget går i stykker, så klik {{report}} for at rapportere det, eller {{probe}} for at undersøge.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>.onboarding.caved.title_pick</t>
+          <t>.onboarding.caved.troubleshoot_advice</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
+          <t>Watch games quietly download, install, and run.</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>Hvis noget går i stykker, så klik {{report}} for at rapportere det, eller {{probe}} for at undersøge.</t>
+          <t>Se spil blive stille hentet, installeret og kørt.</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>.onboarding.caved.troubleshoot_advice</t>
+          <t>.onboarding.caved.usage</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Watch games quietly download, install, and run.</t>
+          <t>Your games will be here when you come back.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>Se spil blive stille hentet, installeret og kørt.</t>
+          <t>Dine spil vil være her når du kommer tilbage.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>.onboarding.caved.usage</t>
+          <t>.onboarding.collections.auto_sync</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Your games will be here when you come back.</t>
+          <t>Let's browse</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>Dine spil vil være her når du kommer tilbage.</t>
+          <t>Lad os se hvad der er i butikken</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>.onboarding.collections.auto_sync</t>
+          <t>.onboarding.collections.lets_shop</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Let's browse</t>
+          <t>Mix &amp; match</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>Lad os se hvad der er i butikken</t>
+          <t>Bland-selv</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>.onboarding.collections.lets_shop</t>
+          <t>.onboarding.collections.title_mix</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Mix &amp; match</t>
+          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>Bland-selv</t>
+          <t>Kig lidt rundt på siden og brug derefter {{add_to_collection}} til at organisere.</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>.onboarding.collections.title_mix</t>
+          <t>.onboarding.collections.usage</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>Kig lidt rundt på siden og brug derefter {{add_to_collection}} til at organisere.</t>
+          <t>Lær mere</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>.onboarding.collections.usage</t>
+          <t>.onboarding.dashboard.docs_link</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>We've tried to make it the comfiest.</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>Lær mere</t>
+          <t>Vi har prøvet på at gøre den til den mest behagelige.</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.docs_link</t>
+          <t>.onboarding.dashboard.mission_statement</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>We've tried to make it the comfiest.</t>
+          <t>Instant set-up, and as few barriers as we can manage.</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>Vi har prøvet på at gøre den til den mest behagelige.</t>
+          <t>Øjeblikkelig opsætning og så få barrierer som muligt.</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.mission_statement</t>
+          <t>.onboarding.dashboard.selling_points</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Instant set-up, and as few barriers as we can manage.</t>
+          <t>Welcome home</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>Øjeblikkelig opsætning og så få barrierer som muligt.</t>
+          <t>Velkommen hjem</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.selling_points</t>
+          <t>.onboarding.dashboard.welcome_home</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Welcome home</t>
+          <t>We've put together a few collections so you can start playing right away.</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>Velkommen hjem</t>
+          <t>Vi har sammensat et par samlinger så du kan begynde at spille med det samme.</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.welcome_home</t>
+          <t>.onboarding.owned.batteries_included</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>We've put together a few collections so you can start playing right away.</t>
+          <t>Click the labels on your left to navigate around the app</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>Vi har sammensat et par samlinger så du kan begynde at spille med det samme.</t>
+          <t>Klik på mærkaterne til venstre for at navigere i programmet</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>.onboarding.owned.batteries_included</t>
+          <t>.onboarding.owned.navigation_hint</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Click the labels on your left to navigate around the app</t>
+          <t>Things are looking a bit empty right now, but no worries!</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>Klik på mærkaterne til venstre for at navigere i programmet</t>
+          <t>Der ser lidt tomt ud lige nu, men frygt ikke!</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>.onboarding.owned.navigation_hint</t>
+          <t>.onboarding.owned.reassuring_comment</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Things are looking a bit empty right now, but no worries!</t>
+          <t>You made it!</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>Der ser lidt tomt ud lige nu, men frygt ikke!</t>
+          <t>Du klarede det!</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>.onboarding.owned.reassuring_comment</t>
+          <t>.onboarding.owned.title_warm_welcome</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t>You made it!</t>
+          <t>Open dashboard</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>Du klarede det!</t>
+          <t>Åben dashboard</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>.onboarding.owned.title_warm_welcome</t>
+          <t>.outlinks.open_dashboard</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Open dashboard</t>
+          <t>Manage collections</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>Åben dashboard</t>
+          <t>Administrer samlinger</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>.outlinks.open_dashboard</t>
-[...2 lines deleted...]
-      <c r="G173" t="inlineStr"/>
+          <t>.outlinks.manage_collections</t>
+        </is>
+      </c>
+      <c r="G173" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Administrer kollektioner
+Suggested in Weblate: Administrere samlinger</t>
+        </is>
+      </c>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Manage collections</t>
+          <t>itch.io sandbox setup</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>Administrer samlinger</t>
+          <t>itch.io-sandkasseopsætning</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>.outlinks.manage_collections</t>
+          <t>.sandbox.setup.title</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Administrer kollektioner
-Suggested in Weblate: Administrere samlinger</t>
+          <t>Suggested in Weblate: itch.io sandbox opsætning</t>
         </is>
       </c>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
-          <t>itch.io sandbox setup</t>
+          <t>Proceed</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>itch.io-sandkasseopsætning</t>
+          <t>Fortsæt</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>.sandbox.setup.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sandbox.setup.proceed</t>
+        </is>
+      </c>
+      <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Proceed</t>
+          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>Fortsæt</t>
+          <t>For at køre spil i itch.io-sandkassen skal en engangsopsætningsprocedure køres som Administrator.</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>.sandbox.setup.proceed</t>
+          <t>.sandbox.setup.windows.message</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
+          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>For at køre spil i itch.io-sandkassen skal en engangsopsætningsprocedure køres som Administrator.</t>
+          <t>Efter at du har trykket 'Fortsæt', vil en prompt om tilladelse poppe op. Den vil tilføje en `itch-player`-konto for at adskille dine spil fra resten af dit system.</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.message</t>
+          <t>.sandbox.setup.windows.detail</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
+          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>Efter at du har trykket 'Fortsæt', vil en prompt om tilladelse poppe op. Den vil tilføje en `itch-player`-konto for at adskille dine spil fra resten af dit system.</t>
+          <t>For at køre spil i itch.io-sandkassen, skal et opsætningsscript køres som root.</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.detail</t>
+          <t>.sandbox.setup.linux.message</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
+          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>For at køre spil i itch.io-sandkassen, skal et opsætningsscript køres som root.</t>
+          <t>Efter at du har trykket 'Fortsæt', vil en prompt poppe op og bede om dit kodeord. Det er kun nødvendigt når sandkassen bliver brugt første gang, eller når den er opdateret. Dit kodeord bliver aldrig gemt.</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.message</t>
+          <t>.sandbox.setup.linux.detail</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
+          <t>Security &amp; privacy</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>Efter at du har trykket 'Fortsæt', vil en prompt poppe op og bede om dit kodeord. Det er kun nødvendigt når sandkassen bliver brugt første gang, eller når den er opdateret. Dit kodeord bliver aldrig gemt.</t>
+          <t>Sikkerhed og privatliv</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.detail</t>
+          <t>.preferences.security</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Security &amp; privacy</t>
+          <t>Enable itch.io sandbox</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>Sikkerhed og privatliv</t>
+          <t>Aktivér itch.io-sandkassen</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>.preferences.security</t>
+          <t>.preferences.security.sandbox.title</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Enable itch.io sandbox</t>
+          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>Aktivér itch.io-sandkassen</t>
+          <t>itch.io-sandkassen vil prøve at forhindre de spil du henter, i at gøre skadelige ting eller stjæle følsom data. Selvom det ikke er en garanti for sikkerhed, er det langt mere sikkert at køre spil i itch.io-sandkassen.</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.title</t>
+          <t>.preferences.security.sandbox.description</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
+          <t>Add location</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>itch.io-sandkassen vil prøve at forhindre de spil du henter, i at gøre skadelige ting eller stjæle følsom data. Selvom det ikke er en garanti for sikkerhed, er det langt mere sikkert at køre spil i itch.io-sandkassen.</t>
+          <t>Tilføj sted</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.description</t>
+          <t>.preferences.install_location.add</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Add location</t>
+          <t>Remove this install location</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>Tilføj sted</t>
+          <t>Fjern dette installationssted</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>.preferences.install_location.add</t>
+          <t>.preferences.install_location.delete</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Remove this install location</t>
+          <t>Free space</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>Fjern dette installationssted</t>
+          <t>Fri plads</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>.preferences.install_location.delete</t>
+          <t>.preferences.install_location.free_space</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Free space</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>Fri plads</t>
+          <t>Standard</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_space</t>
+          <t>.preferences.install_location.is_default_short</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Make default</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>Standard</t>
+          <t>Gør standard</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default_short</t>
+          <t>.preferences.install_location.make_default_short</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Make default</t>
+          <t>New items will install to this location by default.</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>Gør standard</t>
+          <t>Nye enheder vil som standard blive installeret her.</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default_short</t>
+          <t>.preferences.install_location.is_default</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t>New items will install to this location by default.</t>
+          <t># of items</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>Nye enheder vil som standard blive installeret her.</t>
+          <t>Antal enheder</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default</t>
+          <t>.preferences.install_location.item_count</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t># of items</t>
+          <t>Set this as the default install location</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>Antal enheder</t>
+          <t>Sæt dette som standard-installationsstedet</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>.preferences.install_location.item_count</t>
+          <t>.preferences.install_location.make_default</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Set this as the default install location</t>
+          <t>Location</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>Sæt dette som standard-installationsstedet</t>
+          <t>Sted</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default</t>
+          <t>.preferences.install_location.path</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Location</t>
+          <t>Used space</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>Sted</t>
+          <t>Brugt plads</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>.preferences.install_location.path</t>
+          <t>.preferences.install_location.used_space</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Used space</t>
+          <t>Install locations</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>Brugt plads</t>
+          <t>Installationssteder</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>.preferences.install_location.used_space</t>
+          <t>.preferences.install_locations</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Install locations</t>
+          <t>Behavior</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>Installationssteder</t>
+          <t>Opførsel</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>.preferences.install_locations</t>
+          <t>.preferences.behavior</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Behavior</t>
+          <t>Keep app in tray when closing window</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>Opførsel</t>
+          <t>Behold appen i proceslinjen når vinduet lukkes</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>.preferences.behavior</t>
+          <t>.preferences.behavior.close_to_tray</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Keep app in tray when closing window</t>
+          <t>Run itch when my computer starts</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>Behold appen i proceslinjen når vinduet lukkes</t>
+          <t>Start itch når min computer tænder</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>.preferences.behavior.close_to_tray</t>
+          <t>.preferences.behavior.open_at_login</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Run itch when my computer starts</t>
+          <t>Open itch as hidden on startup</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>Start itch når min computer tænder</t>
+          <t>Åbn itch skjult ved opstart</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login</t>
+          <t>.preferences.behavior.open_as_hidden</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr"/>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Open itch as hidden on startup</t>
+          <t>Auto-start settings could not be applied: {{cause}}</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>Åbn itch skjult ved opstart</t>
+          <t>Autostart-indstillinger kunne ikke anvendes: {{cause}}</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_as_hidden</t>
+          <t>.preferences.behavior.open_at_login.error</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr"/>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Auto-start settings could not be applied: {{cause}}</t>
+          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>Autostart-indstillinger kunne ikke anvendes: {{cause}}</t>
+          <t>Ingen .desktop-fil fundet. Dette er normalt hvis du ikke har installeret fra en systempakke. Se {{linux_install_page}} for mere information.</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.error</t>
+          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr"/>
       <c r="B200" t="inlineStr">
         <is>
-          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
+          <t>Ask before updating anything</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>Ingen .desktop-fil fundet. Dette er normalt hvis du ikke har installeret fra en systempakke. Se {{linux_install_page}} for mere information.</t>
+          <t>Spørg før opdatering</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
+          <t>.preferences.behavior.manual_game_updates</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr"/>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Ask before updating anything</t>
+          <t>Prevent display sleep while playing</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>Spørg før opdatering</t>
+          <t>Forhindre at skærmen sover under spil</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>.preferences.behavior.manual_game_updates</t>
+          <t>.preferences.behavior.prevent_display_sleep</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr"/>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Prevent display sleep while playing</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>Forhindre at skærmen sover under spil</t>
+          <t>Notifikationer</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>.preferences.behavior.prevent_display_sleep</t>
+          <t>.preferences.notifications</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr"/>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Notify me when a download has been installed or updated</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>Notifikationer</t>
+          <t>Giv mig besked når noget er blevet installeret eller opdateret</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>.preferences.notifications</t>
+          <t>.preferences.notifications.ready_notification</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr"/>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Notify me when a download has been installed or updated</t>
+          <t>Language</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>Giv mig besked når noget er blevet installeret eller opdateret</t>
+          <t>Sprog</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>.preferences.notifications.ready_notification</t>
+          <t>.preferences.language</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr"/>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Language</t>
+          <t>System language ({{language}})</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>Sprog</t>
+          <t>Systemsprog ({{language}})</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>.preferences.language</t>
+          <t>.preferences.language.auto</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr"/>
       <c r="B206" t="inlineStr">
         <is>
-          <t>System language ({{language}})</t>
+          <t>Help translate {{name}} in your language!</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>Systemsprog ({{language}})</t>
+          <t>Hjælp med at oversætte {{name}} til dit sprog!</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>.preferences.language.auto</t>
+          <t>.preferences.language.get_involved</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr"/>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Help translate {{name}} in your language!</t>
+          <t>Advanced</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>Hjælp med at oversætte {{name}} til dit sprog!</t>
+          <t>Avanceret</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>.preferences.language.get_involved</t>
+          <t>.preferences.advanced</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr"/>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Advanced</t>
+          <t>Open app log</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>Avanceret</t>
+          <t>Åbn app-log</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>.preferences.advanced</t>
+          <t>.preferences.advanced.open_app_log</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr"/>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Open app log</t>
+          <t>Clear browsing data</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>Åbn app-log</t>
+          <t>Ryd browserdata</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>.preferences.advanced.open_app_log</t>
+          <t>.preferences.advanced.clear_browsing_data</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr"/>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Clear browsing data</t>
+          <t>HTTPS Proxy</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>Ryd browserdata</t>
+          <t>HTTPS-proxy</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>.preferences.advanced.clear_browsing_data</t>
+          <t>.preferences.proxy_server_address</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr"/>
       <c r="B211" t="inlineStr">
         <is>
-          <t>HTTPS Proxy</t>
+          <t>Direct (no proxy)</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>HTTPS-proxy</t>
+          <t>Direkte (ingen proxy)</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_address</t>
+          <t>.preferences.proxy_server_source.direct</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr"/>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Direct (no proxy)</t>
+          <t>Multiple downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>Direkte (ingen proxy)</t>
+          <t>Flere downloads er tilgængelige for {{title}}</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_source.direct</t>
+          <t>.pick_install_upload.title</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr"/>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Multiple downloads are available for {{title}}</t>
+          <t>Which file do you want to download for {{title}}?</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>Flere downloads er tilgængelige for {{title}}</t>
+          <t>Hvilken fil vil du hente for {{title}}?</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>.pick_install_upload.title</t>
+          <t>.pick_install_upload.message</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr"/>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Which file do you want to download for {{title}}?</t>
+          <t>We'll ask you again when new downloads are available.</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>Hvilken fil vil du hente for {{title}}?</t>
+          <t>Vi spørger dig igen når nye downloads er tilgængelige.</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>.pick_install_upload.message</t>
+          <t>.pick_install_upload.detail</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr"/>
       <c r="B215" t="inlineStr">
         <is>
-          <t>We'll ask you again when new downloads are available.</t>
+          <t>New downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>Vi spørger dig igen når nye downloads er tilgængelige.</t>
+          <t>Nye downloads er tilgængelige for {{title}}</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>.pick_install_upload.detail</t>
+          <t>.pick_update_upload.title</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr"/>
       <c r="B216" t="inlineStr">
         <is>
-          <t>New downloads are available for {{title}}</t>
+          <t>Which file do you want to update to for {{title}}?</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>Nye downloads er tilgængelige for {{title}}</t>
+          <t>Hvilken fil vil du opdatere til for {{title}}?</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>.pick_update_upload.title</t>
+          <t>.pick_update_upload.message</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr"/>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Which file do you want to update to for {{title}}?</t>
+          <t>We only ask because you hand-picked a file at install time.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>Hvilken fil vil du opdatere til for {{title}}?</t>
+          <t>Vi spørger kun fordi du selv valgte en fil under installation.</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>.pick_update_upload.message</t>
+          <t>.pick_update_upload.detail</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr"/>
       <c r="B218" t="inlineStr">
         <is>
-          <t>We only ask because you hand-picked a file at install time.</t>
+          <t>A new version of {{title}} is available</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>Vi spørger kun fordi du selv valgte en fil under installation.</t>
+          <t>En ny version af {{title}} er tilgængelig</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>.pick_update_upload.detail</t>
+          <t>.pick_update_upload.single.title</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr"/>
       <c r="B219" t="inlineStr">
         <is>
-          <t>A new version of {{title}} is available</t>
+          <t>You can choose to update now or later.</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>En ny version af {{title}} er tilgængelig</t>
+          <t>Du kan opdatere nu eller senere.</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.title</t>
+          <t>.pick_update_upload.single.message</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr"/>
       <c r="B220" t="inlineStr">
         <is>
-          <t>You can choose to update now or later.</t>
+          <t>Note: you can enable automatic updates in the Preferences tab</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>Du kan opdatere nu eller senere.</t>
+          <t>NB: du kan tænde for automatiske opdateringer under Indstillinger-fanen</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.message</t>
+          <t>.pick_update_upload.single.detail</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr"/>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Note: you can enable automatic updates in the Preferences tab</t>
+          <t>Update now</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>NB: du kan tænde for automatiske opdateringer under Indstillinger-fanen</t>
+          <t>Opdater nu</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.detail</t>
+          <t>.pick_update_upload.buttons.update</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr"/>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Update now</t>
+          <t>Just launch</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>Opdater nu</t>
+          <t>Bare åbn</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.update</t>
+          <t>.pick_update_upload.buttons.just_launch</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr"/>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Just launch</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>Bare åbn</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.just_launch</t>
+          <t>.pick_update_upload.tags.demo</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr"/>
       <c r="B224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Annullér</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>.pick_update_upload.tags.demo</t>
+          <t>.prompt.action.cancel</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr"/>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>Annullér</t>
+          <t>Luk</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>.prompt.action.cancel</t>
+          <t>.prompt.action.close</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr"/>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Proceed with removal</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>Luk</t>
+          <t>Fortsæt med fjernelse</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>.prompt.action.close</t>
+          <t>.prompt.action.confirm_removal</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr"/>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Proceed with removal</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>Fortsæt med fjernelse</t>
+          <t>Installér</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>.prompt.action.confirm_removal</t>
+          <t>.prompt.action.install</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr"/>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>Ok</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>Installér</t>
+          <t>O.k.</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>.prompt.action.install</t>
+          <t>.prompt.action.ok</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr"/>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Ok</t>
+          <t>Force close</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>O.k.</t>
+          <t>Tving lukning</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>.prompt.action.ok</t>
+          <t>.prompt.action.force_close</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr"/>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Force close</t>
+          <t>...but you could still buy a copy for a friend!
+Do you want to make another purchase?</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>Tving lukning</t>
+          <t>...men du kan købe en kopi til en ven!
+Vil du foretage endnu et køb?</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>.prompt.action.force_close</t>
+          <t>.prompt.additional_purchase.detail</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr"/>
       <c r="B231" t="inlineStr">
         <is>
-          <t>...but you could still buy a copy for a friend!
-Do you want to make another purchase?</t>
+          <t>You already own a copy of {{title}}.</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>...men du kan købe en kopi til en ven!
-Vil du foretage endnu et køb?</t>
+          <t>Du ejer allerede en kopi af {{title}}.</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.detail</t>
+          <t>.prompt.additional_purchase.message</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr"/>
       <c r="B232" t="inlineStr">
         <is>
-          <t>You already own a copy of {{title}}.</t>
+          <t>Purchase again</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>Du ejer allerede en kopi af {{title}}.</t>
+          <t>Køb igen</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.message</t>
+          <t>.prompt.additional_purchase.purchase_again</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr"/>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Purchase again</t>
+          <t>You already own this!</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>Køb igen</t>
+          <t>Du ejer allerede dette!</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.purchase_again</t>
+          <t>.prompt.additional_purchase.title</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr"/>
       <c r="B234" t="inlineStr">
         <is>
-          <t>You already own this!</t>
+          <t>Clear data</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>Du ejer allerede dette!</t>
+          <t>Ryd data</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.title</t>
+          <t>.prompt.clear_browsing_data.clear</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr"/>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Clear data</t>
+          <t>Cached images and files</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>Ryd data</t>
+          <t>Cachede billeder eller filer</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.clear</t>
+          <t>.prompt.clear_browsing_data.category.cache</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr"/>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Cached images and files</t>
+          <t>Retrieving cache size...</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>Cachede billeder eller filer</t>
+          <t>Henter cachestørrelse...</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cache</t>
+          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr"/>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Retrieving cache size...</t>
+          <t>Cache is currently using {{size}} on disk</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>Henter cachestørrelse...</t>
+          <t>Cache bruger lige nu {{size}} på disken</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
+          <t>.prompt.clear_browsing_data.cache_size_used</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr"/>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Cache is currently using {{size}} on disk</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>Cache bruger lige nu {{size}} på disken</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cache_size_used</t>
+          <t>.prompt.clear_browsing_data.category.cookies</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr"/>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>This will log you out from all websites you've logged into from the itch app.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>Dette vil logge dig ud fra alle sider du har logget ind på gennem itch-appen.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cookies</t>
+          <t>.prompt.clear_browsing_data.cookies_info</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr"/>
       <c r="B240" t="inlineStr">
         <is>
-          <t>This will log you out from all websites you've logged into from the itch app.</t>
+          <t>Browsing data cleared!</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>Dette vil logge dig ud fra alle sider du har logget ind på gennem itch-appen.</t>
+          <t>Browserdata ryddet!</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cookies_info</t>
+          <t>.prompt.clear_browsing_data.notification</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr"/>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Browsing data cleared!</t>
+          <t>A crash log has been written to {{location}}.</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>Browserdata ryddet!</t>
+          <t>En nedbruds-log er blevet gemt i {{location}}.</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.notification</t>
+          <t>.prompt.crash_reporter.detail</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr"/>
       <c r="B242" t="inlineStr">
         <is>
-          <t>A crash log has been written to {{location}}.</t>
+          <t>The application has crashed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>En nedbruds-log er blevet gemt i {{location}}.</t>
+          <t>Programmet er brudt ned</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.detail</t>
+          <t>.prompt.crash_reporter.message</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr"/>
       <c r="B243" t="inlineStr">
         <is>
-          <t>The application has crashed</t>
+          <t>Open crash log</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>Programmet er brudt ned</t>
+          <t>Åbn nedbrudslog</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.message</t>
+          <t>.prompt.crash_reporter.open_crash_log</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr"/>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Open crash log</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>Åbn nedbrudslog</t>
+          <t>Rapportér problem</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.open_crash_log</t>
+          <t>.prompt.crash_reporter.report_issue</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr"/>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>Rapportér problem</t>
+          <t>itch kan kun installere portable versioner af Linux-programmer.</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.report_issue</t>
+          <t>.prompt.deb_policy.detail</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr"/>
       <c r="B246" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>itch kan kun installere portable versioner af Linux-programmer.</t>
+          <t>{{title}} bruger pakkeformattet .deb og kan derfor ikke installéres af itch før det bliver ompakket.</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.detail</t>
+          <t>.prompt.deb_policy.message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr"/>
       <c r="B247" t="inlineStr">
         <is>
-          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>APT packages are not supported</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>{{title}} bruger pakkeformattet .deb og kan derfor ikke installéres af itch før det bliver ompakket.</t>
+          <t>APT-pakker er ikke understøttede</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.message</t>
+          <t>.prompt.deb_policy.title</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr"/>
       <c r="B248" t="inlineStr">
         <is>
-          <t>APT packages are not supported</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>APT-pakker er ikke understøttede</t>
+          <t>Glem session</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.title</t>
+          <t>.prompt.forget_session.action</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr"/>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>You can always add it back later.</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>Glem session</t>
+          <t>Du kan altid tilføje den igen senere.</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.action</t>
+          <t>.prompt.forget_session.detail</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr"/>
       <c r="B250" t="inlineStr">
         <is>
-          <t>You can always add it back later.</t>
+          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>Du kan altid tilføje den igen senere.</t>
+          <t>Er du sikker på at du vil fjerne "{{username}}" fra dine gemte sessioner?</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.detail</t>
+          <t>.prompt.forget_session.message</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr"/>
       <c r="B251" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>Er du sikker på at du vil fjerne "{{username}}" fra dine gemte sessioner?</t>
+          <t>Glem session</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.message</t>
+          <t>.prompt.forget_session.title</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr"/>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>Pick a new install location</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>Glem session</t>
+          <t>Vælg et ny installationssted</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.title</t>
+          <t>.prompt.install_location_add.title</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr"/>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Pick a new install location</t>
+          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>Vælg et ny installationssted</t>
+          <t>Alle enheder i {{location}} vil ikke længere være administreret af denne app.</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>.prompt.install_location_add.title</t>
+          <t>.prompt.install_location_remove.detail</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr"/>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
+          <t>Are you sure you want to remove this location?</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>Alle enheder i {{location}} vil ikke længere være administreret af denne app.</t>
+          <t>Er du sikker på at du vil fjerne dette sted?</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.detail</t>
+          <t>.prompt.install_location_remove.message</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr"/>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove this location?</t>
+          <t>Removing an install location</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>Er du sikker på at du vil fjerne dette sted?</t>
+          <t>Fjerner et installationssted</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.message</t>
+          <t>.prompt.install_location_remove.title</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr"/>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Removing an install location</t>
+          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>Fjerner et installationssted</t>
+          <t>Dette er det sidste installeringssted der er til rådighed, og det kan ikke fjernes før et andet er tilføjet.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.title</t>
+          <t>.prompt.last_remaining_install_location.content</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr"/>
       <c r="B257" t="inlineStr">
         <is>
-          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
+          <t>Cannot remove install location</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>Dette er det sidste installeringssted der er til rådighed, og det kan ikke fjernes før et andet er tilføjet.</t>
+          <t>Kan ikke fjerne installeringsstedet</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.content</t>
+          <t>.prompt.last_remaining_install_location.title</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr"/>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Cannot remove install location</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>Kan ikke fjerne installeringsstedet</t>
+          <t>Log af</t>
         </is>
       </c>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.title</t>
+          <t>.prompt.logout_action</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr"/>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Log af</t>
+          <t>Er du sikker på at du vil logge af?</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>.prompt.logout_action</t>
+          <t>.prompt.logout_confirm</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr"/>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>In-progress downloads will be paused until you log in again.</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Er du sikker på at du vil logge af?</t>
+          <t>Igangværende hentninger vil blive sat på pause indtil du logger på igen.</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>.prompt.logout_confirm</t>
+          <t>.prompt.logout_detail</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr"/>
       <c r="B261" t="inlineStr">
         <is>
-          <t>In-progress downloads will be paused until you log in again.</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Igangværende hentninger vil blive sat på pause indtil du logger på igen.</t>
+          <t>Log af</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>.prompt.logout_detail</t>
+          <t>.prompt.logout_title</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr"/>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>Log af</t>
+          <t>Måske er {{classification}} ikke kompatibel med den endnu?</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>.prompt.logout_title</t>
+          <t>.prompt.no_compatible_version.detail</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr"/>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
+          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>Måske er {{classification}} ikke kompatibel med den endnu?</t>
+          <t>Vi kunne ikke finde en udgave af {{title}} til {{platform}}.</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.detail</t>
+          <t>.prompt.no_compatible_version.message</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr"/>
       <c r="B264" t="inlineStr">
         <is>
-          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
+          <t>{{title}} on {{platform}}</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Vi kunne ikke finde en udgave af {{title}} til {{platform}}.</t>
+          <t>{{title}} på {{platform}}</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.message</t>
+          <t>.prompt.no_compatible_version.title</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr"/>
       <c r="B265" t="inlineStr">
         <is>
-          <t>{{title}} on {{platform}}</t>
+          <t>An error occurred during installation</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>{{title}} på {{platform}}</t>
+          <t>Der skete en fejl under installationen</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.title</t>
+          <t>.prompt.install_error.title</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr"/>
       <c r="B266" t="inlineStr">
         <is>
-          <t>An error occurred during installation</t>
+          <t>While searching for a download: {{message}}</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Der skete en fejl under installationen</t>
+          <t>Under søgning efter download:{{message}}</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>.prompt.install_error.title</t>
+          <t>.prompt.install_error.find_upload</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr"/>
       <c r="B267" t="inlineStr">
         <is>
-          <t>While searching for a download: {{message}}</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Under søgning efter download:{{message}}</t>
+          <t>Lær mere</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>.prompt.install_error.find_upload</t>
+          <t>.prompt.packaging_policy.learn_more</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr"/>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>Open web page for {{title}}</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Lær mere</t>
+          <t>Åbn netstedet for {{title}}</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.learn_more</t>
+          <t>.prompt.packaging_policy.open_web_page</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr"/>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Open web page for {{title}}</t>
+          <t>Maybe you can find another way to support them?</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Åbn netstedet for {{title}}</t>
+          <t>Måske kan du finde en anden måde at hjælpe dem på?</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.open_web_page</t>
+          <t>.prompt.payments_disabled.detail</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr"/>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Maybe you can find another way to support them?</t>
+          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Måske kan du finde en anden måde at hjælpe dem på?</t>
+          <t>Udvikleren af {{title}}, accepterer desværre ikke betaling for denne titel.</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.detail</t>
+          <t>.prompt.payments_disabled.message</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr"/>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
+          <t>Open web page</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Udvikleren af {{title}}, accepterer desværre ikke betaling for denne titel.</t>
+          <t>Åbn netsted</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.message</t>
+          <t>.prompt.payments_disabled.open_web_page</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr"/>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Open web page</t>
+          <t>Payments disabled</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Åbn netsted</t>
+          <t>Betaling er slået fra</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.open_web_page</t>
+          <t>.prompt.payments_disabled.title</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr"/>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Payments disabled</t>
+          <t>Switch {{title}} to another version</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Betaling er slået fra</t>
+          <t>Skift {{title}} til en anden version</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.title</t>
+          <t>.prompt.revert.title</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr"/>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Switch {{title}} to another version</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Skift {{title}} til en anden version</t>
+          <t>itch kan kun installére portable udgaver af Linux-programmer.</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>.prompt.revert.title</t>
+          <t>.prompt.rpm_policy.detail</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr"/>
       <c r="B275" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>itch kan kun installére portable udgaver af Linux-programmer.</t>
+          <t>{{title}} bruger pakkeformatet .rpm og kan derfor ikke installeres gennem itch, før det bliver pakket på ny.</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.detail</t>
+          <t>.prompt.rpm_policy.message</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr"/>
       <c r="B276" t="inlineStr">
         <is>
-          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>YUM packages are not supported</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>{{title}} bruger pakkeformatet .rpm og kan derfor ikke installeres gennem itch, før det bliver pakket på ny.</t>
+          <t>YUM-pakker er ikke understøttede</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.message</t>
+          <t>.prompt.rpm_policy.title</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr"/>
       <c r="B277" t="inlineStr">
         <is>
-          <t>YUM packages are not supported</t>
+          <t>Dismiss</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>YUM-pakker er ikke understøttede</t>
+          <t>Afvis</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.title</t>
+          <t>.prompt.self_update.action.dismiss</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr"/>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Dismiss</t>
+          <t>Download now</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Afvis</t>
+          <t>Hent nu</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.dismiss</t>
+          <t>.prompt.self_update.action.download</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr"/>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Download now</t>
+          <t>Open in browser</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Hent nu</t>
+          <t>Åbn i browser</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.download</t>
+          <t>.prompt.self_update.action.view</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr"/>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Open in browser</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Åbn i browser</t>
+          <t>{{notes}}
+:date: Udgivet {{pubDate}}.</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.view</t>
+          <t>.prompt.self_update.detail</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr"/>
       <c r="B281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Udgivet {{pubDate}}.</t>
+          <t>Du kan enten hente den manuelt eller bruge din distributions pakkehåndteringsværktøj til at opgradere. Besøg hjemmesiden for flere instruktioner.</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>.prompt.self_update.detail</t>
+          <t>.prompt.self_update.message.linux</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr"/>
       <c r="B282" t="inlineStr">
         <is>
-          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
+          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Du kan enten hente den manuelt eller bruge din distributions pakkehåndteringsværktøj til at opgradere. Besøg hjemmesiden for flere instruktioner.</t>
+          <t>Vælg "Hent nu" for at installere den automatisk eller besøg hjemmesiden for flere instruktioner.</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.linux</t>
+          <t>.prompt.self_update.message.osx</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr"/>
       <c r="B283" t="inlineStr">
         <is>
           <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
           <t>Vælg "Hent nu" for at installere den automatisk eller besøg hjemmesiden for flere instruktioner.</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.osx</t>
+          <t>.prompt.self_update.message.windows</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr"/>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
+          <t>itch v{{version}} is available for download</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Vælg "Hent nu" for at installere den automatisk eller besøg hjemmesiden for flere instruktioner.</t>
+          <t>itch v{{version}} kan hentes</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.windows</t>
+          <t>.prompt.self_update.title</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr"/>
       <c r="B285" t="inlineStr">
         <is>
-          <t>itch v{{version}} is available for download</t>
+          <t>Restart now</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>itch v{{version}} kan hentes</t>
+          <t>Genstart nu</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>.prompt.self_update.title</t>
+          <t>.prompt.self_update_ready.action.restart</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr"/>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Restart now</t>
+          <t>Snooze</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Genstart nu</t>
+          <t>Udsæt</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.restart</t>
+          <t>.prompt.self_update_ready.action.snooze</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr"/>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Snooze</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Udsæt</t>
+          <t>{{notes}}
+:date: Udgivet {{pubDate}}.</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.snooze</t>
-[...2 lines deleted...]
-      <c r="G287" t="inlineStr"/>
+          <t>.prompt.self_update_ready.detail</t>
+        </is>
+      </c>
+      <c r="G287" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{notes}}
+:date: Udgivet den {{pubDate}}.</t>
+        </is>
+      </c>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr"/>
       <c r="B288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>Choose '{{restart}}' to apply the update immediately.
+If you don't, the update will be active the next time the app is restarted.</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Udgivet {{pubDate}}.</t>
+          <t>Vælg "Genstart nu" for at få opdateringen med det samme.
+Hvis du ikke gør det, vil opdateringen være klar og aktiv næste gang du genstarter programmet</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.detail</t>
+          <t>.prompt.self_update_ready.message</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
-        <is>
-[...31 lines deleted...]
-      <c r="G289" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Vælg "{{restart}}" for at anvende opdateringen med det samme.
 Hvis du ikke gør det, vil opdateringen være klar næste gang du starter programmet.
 Suggested in Weblate: Vælg {{restart}} for at akitiver den nye version nu.
 Ellers bliver den nye version aktiv efter programmet er genstartet.
 Suggested in Weblate: Vælg {{restart}} for at færdiggøre opdateringen nu.
 Ellers vil opdateringen være aktiv næste gang programmet genstartes.</t>
         </is>
       </c>
+      <c r="H288" t="inlineStr"/>
+    </row>
+    <row r="289">
+      <c r="A289" t="inlineStr"/>
+      <c r="B289" t="inlineStr">
+        <is>
+          <t>An update has been downloaded and installed</t>
+        </is>
+      </c>
+      <c r="C289" t="inlineStr">
+        <is>
+          <t>En opdatering er hentet og installéret</t>
+        </is>
+      </c>
+      <c r="D289" t="inlineStr"/>
+      <c r="E289" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F289" t="inlineStr">
+        <is>
+          <t>.prompt.self_update_ready.title</t>
+        </is>
+      </c>
+      <c r="G289" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: En opdatering er hentet og installeret</t>
+        </is>
+      </c>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr"/>
       <c r="B290" t="inlineStr">
         <is>
-          <t>An update has been downloaded and installed</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>En opdatering er hentet og installéret</t>
+          <t>Annullér</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.title</t>
+          <t>.prompt.uninstall.cancel</t>
         </is>
       </c>
       <c r="G290" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: En opdatering er hentet og installeret</t>
+          <t>Suggested in Weblate: Annuller</t>
         </is>
       </c>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr"/>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Are you sure you want to uninstall {{title}}?</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Annullér</t>
+          <t>Er du sikker på at du vil afinstallére {{title}}?</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.cancel</t>
+          <t>.prompt.uninstall.message</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Annuller</t>
+          <t>Suggested in Weblate: Er du sikker på at du vil afinstallere {{title}}?</t>
         </is>
       </c>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Are you sure you want to uninstall {{title}}?</t>
+          <t>Re-install</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Er du sikker på at du vil afinstallére {{title}}?</t>
+          <t>Gen-installér</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.message</t>
+          <t>.prompt.uninstall.reinstall</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Er du sikker på at du vil afinstallere {{title}}?</t>
+          <t>Suggested in Weblate: Geninstaller</t>
         </is>
       </c>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Re-install</t>
+          <t>Uninstall now</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Gen-installér</t>
+          <t>Afinstallér nu</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.reinstall</t>
+          <t>.prompt.uninstall.uninstall</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Geninstaller</t>
+          <t>Suggested in Weblate: Afinstaller nu</t>
         </is>
       </c>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr"/>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Uninstall now</t>
+          <t>A {{classification}} by {{username}}</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Afinstallér nu</t>
+          <t>En {{classification}} af {{username}}</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.uninstall</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.url_install.credit</t>
+        </is>
+      </c>
+      <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr"/>
       <c r="B295" t="inlineStr">
         <is>
-          <t>A {{classification}} by {{username}}</t>
+          <t>Do you want to install {{title}}?</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>En {{classification}} af {{username}}</t>
+          <t>Vil du installere {{title}}?</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>.prompt.url_install.credit</t>
+          <t>.prompt.url_install.message</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr"/>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Do you want to install {{title}}?</t>
+          <t>Install request</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>Vil du installere {{title}}?</t>
+          <t>Installeringsanmodning</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>.prompt.url_install.message</t>
+          <t>.prompt.url_install.title</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr"/>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Install request</t>
+          <t>Search results for '{{query}}'</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Installeringsanmodning</t>
+          <t>Søgeresultater for "{{query}}"</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>.prompt.url_install.title</t>
+          <t>.search.results.title</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr"/>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search results for '{{query}}'</t>
+          <t>Local</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Søgeresultater for "{{query}}"</t>
+          <t>Lokale</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>.search.results.title</t>
-[...2 lines deleted...]
-      <c r="G298" t="inlineStr"/>
+          <t>.search.results.local</t>
+        </is>
+      </c>
+      <c r="G298" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Lokal</t>
+        </is>
+      </c>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr"/>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Local</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>Lokale</t>
+          <t>Spil</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>.search.results.local</t>
-[...6 lines deleted...]
-      </c>
+          <t>.search.results.games</t>
+        </is>
+      </c>
+      <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr"/>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Creators</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>Spil</t>
+          <t>Skabere</t>
         </is>
       </c>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>.search.results.games</t>
-[...2 lines deleted...]
-      <c r="G300" t="inlineStr"/>
+          <t>.search.results.creators</t>
+        </is>
+      </c>
+      <c r="G300" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Udvikler</t>
+        </is>
+      </c>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr"/>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Creators</t>
+          <t>No results found</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Skabere</t>
+          <t>Der blev ikke fundet nogen resultater</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>.search.results.creators</t>
+          <t>.search.empty.no_results</t>
         </is>
       </c>
       <c r="G301" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Udvikler</t>
+          <t>Suggested in Weblate: Ingen resultater fundet</t>
         </is>
       </c>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr"/>
       <c r="B302" t="inlineStr">
         <is>
-          <t>No results found</t>
+          <t>Need inspiration? Try searching for '{{example}}'</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Der blev ikke fundet nogen resultater</t>
+          <t>Brug for inspiration? Prøv at søge efter "{{example}}"</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>.search.empty.no_results</t>
-[...6 lines deleted...]
-      </c>
+          <t>.search.empty.tagline</t>
+        </is>
+      </c>
+      <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr"/>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Need inspiration? Try searching for '{{example}}'</t>
+          <t>Open as tab</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Brug for inspiration? Prøv at søge efter "{{example}}"</t>
+          <t>Åbn som faneblad</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>.search.empty.tagline</t>
+          <t>.search.open_as_tab</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr"/>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Open as tab</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Åbn som faneblad</t>
+          <t>Søg</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>.search.open_as_tab</t>
+          <t>.search.placeholder</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr"/>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Aw, snap!</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Søg</t>
+          <t>Det var li' godt grow!</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>.search.placeholder</t>
+          <t>.sidebar.aw_snap</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr"/>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Aw, snap!</t>
+          <t>Loading...</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Det var li' godt grow!</t>
+          <t>Indlæser...</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>.sidebar.aw_snap</t>
-[...2 lines deleted...]
-      <c r="G306" t="inlineStr"/>
+          <t>.sidebar.loading</t>
+        </is>
+      </c>
+      <c r="G306" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Indlæser</t>
+        </is>
+      </c>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr"/>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Loading...</t>
+          <t>Out of order</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Indlæser...</t>
+          <t>Virker ikke</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>.sidebar.loading</t>
+          <t>.sidebar.broken</t>
         </is>
       </c>
       <c r="G307" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Indlæser</t>
+          <t>Suggested in Weblate: Ude af drift</t>
         </is>
       </c>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr"/>
       <c r="B308" t="inlineStr">
         <is>
-          <t>Out of order</t>
+          <t>Close all tabs</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Virker ikke</t>
+          <t>Luk alle faneblade</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>.sidebar.broken</t>
+          <t>.sidebar.close_all_tabs</t>
         </is>
       </c>
       <c r="G308" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ude af drift</t>
+          <t>Suggested in Weblate: Luk alle faner</t>
         </is>
       </c>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr"/>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Close all tabs</t>
+          <t>Essentials</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Luk alle faneblade</t>
+          <t>Essentielt</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>.sidebar.close_all_tabs</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.category.basics</t>
+        </is>
+      </c>
+      <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr"/>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Essentials</t>
+          <t>Tabs</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Essentielt</t>
+          <t>Faneblade</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>.sidebar.category.basics</t>
-[...2 lines deleted...]
-      <c r="G310" t="inlineStr"/>
+          <t>.sidebar.category.tabs</t>
+        </is>
+      </c>
+      <c r="G310" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Faner</t>
+        </is>
+      </c>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr"/>
       <c r="B311" t="inlineStr">
         <is>
-          <t>Tabs</t>
+          <t>Collections</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Faneblade</t>
+          <t>Samlinger</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>.sidebar.category.tabs</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.collection</t>
+        </is>
+      </c>
+      <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr"/>
       <c r="B312" t="inlineStr">
         <is>
           <t>Collections</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>Samlinger</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>.sidebar.collection</t>
+          <t>.sidebar.collections</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr"/>
       <c r="B313" t="inlineStr">
         <is>
-          <t>Collections</t>
+          <t>My creations</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Samlinger</t>
+          <t>Mine værk</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>.sidebar.collections</t>
-[...2 lines deleted...]
-      <c r="G313" t="inlineStr"/>
+          <t>.sidebar.dashboard</t>
+        </is>
+      </c>
+      <c r="G313" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Se hvad jeg har lavet, Mor!
+Suggested in Weblate: Det jeg har lavet
+Suggested in Weblate: Mine værker</t>
+        </is>
+      </c>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr"/>
       <c r="B314" t="inlineStr">
         <is>
-          <t>My creations</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Mine værk</t>
+          <t>Overførelser</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>.sidebar.dashboard</t>
+          <t>.sidebar.downloads</t>
         </is>
       </c>
       <c r="G314" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Se hvad jeg har lavet, Mor!
-[...1 lines deleted...]
-Suggested in Weblate: Mine værker</t>
+          <t>Suggested in Weblate: Hentede filer</t>
         </is>
       </c>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr"/>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Let's go!</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Overførelser</t>
+          <t>Lad os komme igang!</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>.sidebar.downloads</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.empty</t>
+        </is>
+      </c>
+      <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr"/>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Let's go!</t>
+          <t>Featured</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Lad os komme igang!</t>
+          <t>Fremviste</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>.sidebar.empty</t>
+          <t>.sidebar.featured</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr"/>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Featured</t>
+          <t>Your portal to the indie game universe</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Fremviste</t>
+          <t>Din portal til indiespiluniverset</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>.sidebar.featured</t>
+          <t>.sidebar.itchio</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr"/>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Your portal to the indie game universe</t>
+          <t>Getting started</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Din portal til indiespiluniverset</t>
+          <t>Kom godt igang</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>.sidebar.itchio</t>
+          <t>.sidebar.getting_started</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr"/>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Getting started</t>
+          <t>Installed items</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Kom godt igang</t>
+          <t>Installerede genstande</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>.sidebar.getting_started</t>
+          <t>.sidebar.installed</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr"/>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Installed items</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>Installerede genstande</t>
+          <t>Log af</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>.sidebar.installed</t>
+          <t>.sidebar.log_out</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr"/>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>New tab</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Log af</t>
+          <t>Nyt faneblad</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>.sidebar.log_out</t>
+          <t>.sidebar.new_tab</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr"/>
       <c r="B322" t="inlineStr">
         <is>
-          <t>New tab</t>
+          <t>Owned items</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Nyt faneblad</t>
+          <t>Bibliotek</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>.sidebar.new_tab</t>
+          <t>.sidebar.owned</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr"/>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Owned items</t>
+          <t>Things you have bought or installed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Bibliotek</t>
+          <t>Ting du har købt eller installéret</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>.sidebar.owned</t>
+          <t>.sidebar.owned_subtitle</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr"/>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Things you have bought or installed</t>
+          <t>Preferences</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>Ting du har købt eller installéret</t>
+          <t>Indstillinger</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>.sidebar.owned_subtitle</t>
+          <t>.sidebar.preferences</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr"/>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Preferences</t>
+          <t>View community profile</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>Indstillinger</t>
+          <t>Vis fællesskabsprofil</t>
         </is>
       </c>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>.sidebar.preferences</t>
+          <t>.sidebar.view_community_profile</t>
         </is>
       </c>
       <c r="G325" t="inlineStr"/>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr"/>
       <c r="B326" t="inlineStr">
         <is>
-          <t>View community profile</t>
+          <t>View creator profile</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>Vis fællesskabsprofil</t>
+          <t>Vis skaberprofil</t>
         </is>
       </c>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>.sidebar.view_community_profile</t>
+          <t>.sidebar.view_creator_profile</t>
         </is>
       </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr"/>
       <c r="B327" t="inlineStr">
         <is>
-          <t>View creator profile</t>
+          <t>A new version of itch is available!</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Vis skaberprofil</t>
+          <t>En ny udgave af itch er tilgængelig!</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>.sidebar.view_creator_profile</t>
+          <t>.status.available</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr"/>
       <c r="B328" t="inlineStr">
         <is>
-          <t>A new version of itch is available!</t>
+          <t>Looking for updates…</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>En ny udgave af itch er tilgængelig!</t>
+          <t>Kigger efter opdateringer …</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>.status.available</t>
+          <t>.status.checking</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr"/>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Looking for updates…</t>
+          <t>Copied to clipboard!</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Kigger efter opdateringer …</t>
+          <t>Kopiéret til udklipsholder!</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>.status.checking</t>
+          <t>.status.copied_to_clipboard</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr"/>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Copied to clipboard!</t>
+          <t>Click to restart &amp; apply update!</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Kopiéret til udklipsholder!</t>
+          <t>Klik for at genstarte og færdiggøre opdateringen!</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>.status.copied_to_clipboard</t>
+          <t>.status.downloaded</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Click to restart &amp; apply update!</t>
+          <t>Downloading update…</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Klik for at genstarte og færdiggøre opdateringen!</t>
+          <t>Henter opdatering …</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>.status.downloaded</t>
+          <t>.status.downloading</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Downloading update…</t>
+          <t>Active download</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>Henter opdatering …</t>
+          <t>Aktiv download</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>.status.downloading</t>
+          <t>.status.downloads.category.active</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr"/>
       <c r="B333" t="inlineStr">
         <is>
-          <t>Active download</t>
+          <t>Finished downloads</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>Aktiv download</t>
+          <t>Fuldførte overførelser</t>
         </is>
       </c>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>.status.downloads.category.active</t>
+          <t>.status.downloads.category.finished</t>
         </is>
       </c>
       <c r="G333" t="inlineStr"/>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr"/>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Finished downloads</t>
+          <t>Queued downloads</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>Fuldførte overførelser</t>
+          <t>Downloads i kø</t>
         </is>
       </c>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>.status.downloads.category.finished</t>
+          <t>.status.downloads.category.queued</t>
         </is>
       </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr"/>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Queued downloads</t>
+          <t>Clear all</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Downloads i kø</t>
+          <t>Ryd alle</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>.status.downloads.category.queued</t>
+          <t>.status.downloads.clear_all_finished</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr"/>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Clear all</t>
+          <t>Clear</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Ryd alle</t>
+          <t>Ryd</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_all_finished</t>
+          <t>.status.downloads.clear_finished</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr"/>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Clear</t>
+          <t>Click to manage downloads</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Ryd</t>
+          <t>Klik for at håndtere overførelser</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_finished</t>
+          <t>.status.downloads.click_to_manage</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr"/>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Click to manage downloads</t>
+          <t>Download error</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Klik for at håndtere overførelser</t>
+          <t>Overførselsfejl</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>.status.downloads.click_to_manage</t>
+          <t>.status.downloads.download_error</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr"/>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Download error</t>
+          <t>No active downloads</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Overførselsfejl</t>
+          <t>Ingen aktive overførelser</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>.status.downloads.download_error</t>
+          <t>.status.downloads.no_active_downloads</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr"/>
       <c r="B340" t="inlineStr">
         <is>
-          <t>No active downloads</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Ingen aktive overførelser</t>
+          <t>Ukendt</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads</t>
+          <t>.status.downloads.unknown_size</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr"/>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Could not check for updates: {{err}}</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Ukendt</t>
+          <t>Kunne ikke kigge efter opdateringer: {{err}}</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>.status.downloads.unknown_size</t>
+          <t>.status.game_update.check_failed</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr"/>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Could not check for updates: {{err}}</t>
+          <t>Found new version of {{title}}!</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Kunne ikke kigge efter opdateringer: {{err}}</t>
+          <t>Fandt ny udgave af {{title}}!</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>.status.game_update.check_failed</t>
+          <t>.status.game_update.found</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr"/>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Found new version of {{title}}!</t>
+          <t>{{title}} is up-to-date.</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Fandt ny udgave af {{title}}!</t>
+          <t>{{title}} er nyeste udgave.</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>.status.game_update.found</t>
+          <t>.status.game_update.not_found</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr"/>
       <c r="B344" t="inlineStr">
         <is>
-          <t>{{title}} is up-to-date.</t>
+          <t>{{title}} can't be updated because it's running.</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>{{title}} er nyeste udgave.</t>
+          <t>{{title}} kan ikke opdateres, fordi den kører.</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>.status.game_update.not_found</t>
+          <t>.status.game_update.busy</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr"/>
       <c r="B345" t="inlineStr">
         <is>
-          <t>{{title}} can't be updated because it's running.</t>
+          <t>{{title}} can't be uninstalled because it's running.</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>{{title}} kan ikke opdateres, fordi den kører.</t>
+          <t>{{title}} kan ikke afinstalleres, fordi den kører.</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>.status.game_update.busy</t>
+          <t>.status.uninstall.busy</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr"/>
       <c r="B346" t="inlineStr">
         <is>
-          <t>{{title}} can't be uninstalled because it's running.</t>
+          <t>{{title}} can't be reinstalled because it's running.</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>{{title}} kan ikke afinstalleres, fordi den kører.</t>
+          <t>{{title}} kan ikke geninstalleres, fordi den kører.</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>.status.uninstall.busy</t>
+          <t>.status.reinstall.busy</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr"/>
       <c r="B347" t="inlineStr">
         <is>
-          <t>{{title}} can't be reinstalled because it's running.</t>
+          <t>Offline mode enabled</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>{{title}} kan ikke geninstalleres, fordi den kører.</t>
+          <t>Offline-tilstand slået til</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>.status.reinstall.busy</t>
+          <t>.status.offline_mode.active</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr"/>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Offline mode enabled</t>
+          <t>Click to enable offline mode</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Offline-tilstand slået til</t>
+          <t>Klik for at slå offline-tilstand til</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>.status.offline_mode.active</t>
+          <t>.status.offline_mode.inactive</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr"/>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Click to enable offline mode</t>
+          <t>Your itch is up-to-date!</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Klik for at slå offline-tilstand til</t>
+          <t>Din itch er ajour!</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>.status.offline_mode.inactive</t>
+          <t>.status.uptodate</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr"/>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Your itch is up-to-date!</t>
+          <t>A collection of assets</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Din itch er ajour!</t>
+          <t>En samling af materiel</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>.status.uptodate</t>
+          <t>.usage_stats.description.assets</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr"/>
       <c r="B351" t="inlineStr">
         <is>
-          <t>A collection of assets</t>
+          <t>A book</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>En samling af materiel</t>
+          <t>En bog</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>.usage_stats.description.assets</t>
+          <t>.usage_stats.description.book</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr"/>
       <c r="B352" t="inlineStr">
         <is>
-          <t>A book</t>
+          <t>Acquired {{time_ago}}</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>En bog</t>
+          <t>Anskaffet {{time_ago}}</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>.usage_stats.description.book</t>
+          <t>.usage_stats.description.bought_time_ago</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr"/>
       <c r="B353" t="inlineStr">
         <is>
-          <t>Acquired {{time_ago}}</t>
+          <t>A comic</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Anskaffet {{time_ago}}</t>
+          <t>En tegneserie</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>.usage_stats.description.bought_time_ago</t>
+          <t>.usage_stats.description.comic</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr"/>
       <c r="B354" t="inlineStr">
         <is>
-          <t>A comic</t>
+          <t>Free download</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>En tegneserie</t>
+          <t>Gratis at hente</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>.usage_stats.description.comic</t>
+          <t>.usage_stats.description.free_download</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr"/>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Free download</t>
+          <t>A game</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Gratis at hente</t>
+          <t>Et spil</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>.usage_stats.description.free_download</t>
+          <t>.usage_stats.description.game</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr"/>
       <c r="B356" t="inlineStr">
         <is>
-          <t>A game</t>
+          <t>A game mod</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Et spil</t>
+          <t>En spil-modificering</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game</t>
+          <t>.usage_stats.description.game_mod</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr"/>
       <c r="B357" t="inlineStr">
         <is>
-          <t>A game mod</t>
+          <t>A thing</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>En spil-modificering</t>
+          <t>Et styks ubeskrivelig</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game_mod</t>
+          <t>.usage_stats.description.other</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr"/>
       <c r="B358" t="inlineStr">
         <is>
-          <t>A thing</t>
+          <t>A physical game</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Et styks ubeskrivelig</t>
+          <t>Et fysiskt spil</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>.usage_stats.description.other</t>
+          <t>.usage_stats.description.physical_game</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr"/>
       <c r="B359" t="inlineStr">
         <is>
-          <t>A physical game</t>
+          <t>for {{platforms}}</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Et fysiskt spil</t>
+          <t>til {{platforms}}</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>.usage_stats.description.physical_game</t>
+          <t>.usage_stats.description.platforms</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr"/>
       <c r="B360" t="inlineStr">
         <is>
-          <t>for {{platforms}}</t>
+          <t>Available for {{price}} or more</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>til {{platforms}}</t>
+          <t>Tilgængelig for {{price}} eller mere</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>.usage_stats.description.platforms</t>
+          <t>.usage_stats.description.price</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr"/>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Available for {{price}} or more</t>
+          <t>A soundtrack</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Tilgængelig for {{price}} eller mere</t>
+          <t>Et lydspor</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>.usage_stats.description.price</t>
+          <t>.usage_stats.description.soundtrack</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr"/>
       <c r="B362" t="inlineStr">
         <is>
-          <t>A soundtrack</t>
+          <t>A tool</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Et lydspor</t>
+          <t>Et værktøj</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>.usage_stats.description.soundtrack</t>
+          <t>.usage_stats.description.tool</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr"/>
       <c r="B363" t="inlineStr">
         <is>
-          <t>A tool</t>
+          <t>Played</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Et værktøj</t>
+          <t>Spillet</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>.usage_stats.description.tool</t>
+          <t>.usage_stats.has_played_for_duration</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr"/>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Played</t>
+          <t>Used</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>Spillet</t>
+          <t>Brugt</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>.usage_stats.has_played_for_duration</t>
+          <t>.usage_stats.has_used_for_duration</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr"/>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Used</t>
+          <t>Last opened {{time_ago}}</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>Brugt</t>
+          <t>Sidst åbnet {{time_ago}}</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>.usage_stats.has_used_for_duration</t>
+          <t>.usage_stats.last_opened_time_ago</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr"/>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Last opened {{time_ago}}</t>
+          <t>Last played {{time_ago}}</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Sidst åbnet {{time_ago}}</t>
+          <t>Sidst spillet {{time_ago}}</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>.usage_stats.last_opened_time_ago</t>
+          <t>.usage_stats.last_played_time_ago</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr"/>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Last played {{time_ago}}</t>
+          <t>Last used {{time_ago}}</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>Sidst spillet {{time_ago}}</t>
+          <t>Sidst brugt {{time_ago}}</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>.usage_stats.last_played_time_ago</t>
+          <t>.usage_stats.last_used_time_ago</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr"/>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Last used {{time_ago}}</t>
+          <t>Never opened</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>Sidst brugt {{time_ago}}</t>
+          <t>Aldrig åbnet</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>.usage_stats.last_used_time_ago</t>
+          <t>.usage_stats.never_opened</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr"/>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Never opened</t>
+          <t>Never played</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>Aldrig åbnet</t>
+          <t>Aldrig spillet</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>.usage_stats.never_opened</t>
+          <t>.usage_stats.never_played</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr"/>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Never played</t>
+          <t>Never used</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>Aldrig spillet</t>
+          <t>Aldrig brugt</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>.usage_stats.never_played</t>
+          <t>.usage_stats.never_used</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr"/>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Never used</t>
+          <t>{{app_name}} Setup</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Aldrig brugt</t>
+          <t>{{app_name}} Setup</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>.usage_stats.never_used</t>
-[...2 lines deleted...]
-      <c r="G371" t="inlineStr"/>
+          <t>.setup.window.title</t>
+        </is>
+      </c>
+      <c r="G371" t="inlineStr">
+        <is>
+          <t>Is this string working with windows tray icon's tooltip? Or is there one completely different?
+Suggested in Weblate: {{app_name}} Opsætning</t>
+        </is>
+      </c>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr"/>
       <c r="B372" t="inlineStr">
         <is>
-          <t>{{app_name}} Setup</t>
+          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>{{app_name}} Setup</t>
+          <t>Velkommen til {{app_name}}-installationen. Snup en bajer, vælg en installationslokation, og fortsæt.</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>.setup.window.title</t>
-[...7 lines deleted...]
-      </c>
+          <t>.setup.window.welcome</t>
+        </is>
+      </c>
+      <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr"/>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
+          <t>Click to change the install location</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Velkommen til {{app_name}}-installationen. Snup en bajer, vælg en installationslokation, og fortsæt.</t>
+          <t>Klik for at ændre installationslokationen</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>.setup.window.welcome</t>
+          <t>.setup.tooltip.location</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr"/>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Click to change the install location</t>
+          <t>Choose where the app should be installed</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Klik for at ændre installationslokationen</t>
+          <t>Vælg hvor programmet skal installeres</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>.setup.tooltip.location</t>
+          <t>.setup.location.message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr"/>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Choose where the app should be installed</t>
+          <t>Install now</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Vælg hvor programmet skal installeres</t>
+          <t>Installer nu</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>.setup.location.message</t>
+          <t>.setup.action.install</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr"/>
       <c r="B376" t="inlineStr">
         <is>
-          <t>Install now</t>
+          <t>Warming up...</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>Installer nu</t>
+          <t>Varmer op…</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>.setup.action.install</t>
+          <t>.setup.status.preparing</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr"/>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Warming up...</t>
+          <t>{{percent}} done</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Varmer op…</t>
+          <t>{{percent}} færdig</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>.setup.status.preparing</t>
+          <t>.setup.status.progress</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr"/>
       <c r="B378" t="inlineStr">
         <is>
-          <t>{{percent}} done</t>
+          <t>Downloading and installing @ {{speed}}</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>{{percent}} færdig</t>
+          <t>Henter og installerer med {{speed}}</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>.setup.status.progress</t>
-[...2 lines deleted...]
-      <c r="G378" t="inlineStr"/>
+          <t>.setup.status.installing</t>
+        </is>
+      </c>
+      <c r="G378" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Henter og installere med {{speed}}</t>
+        </is>
+      </c>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr"/>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Downloading and installing @ {{speed}}</t>
+          <t>All done!</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Henter og installerer med {{speed}}</t>
+          <t>Færdig!</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>.setup.status.installing</t>
-[...6 lines deleted...]
-      </c>
+          <t>.setup.status.done</t>
+        </is>
+      </c>
+      <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr"/>
       <c r="B380" t="inlineStr">
         <is>
-          <t>All done!</t>
+          <t>The installation went well, {{app_name}} is now starting up!</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Færdig!</t>
+          <t>Installationen gik godt, {{app_name}} starter nu!</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>.setup.status.done</t>
+          <t>.setup.status.notification</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr"/>
       <c r="B381" t="inlineStr">
         <is>
-          <t>The installation went well, {{app_name}} is now starting up!</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Installationen gik godt, {{app_name}} starter nu!</t>
+          <t>Noget gik galt</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>.setup.status.notification</t>
-[...2 lines deleted...]
-      <c r="G381" t="inlineStr"/>
+          <t>.setup.error_dialog.title</t>
+        </is>
+      </c>
+      <c r="G381" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Der kig noget galt</t>
+        </is>
+      </c>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr"/>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Cut</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Noget gik galt</t>
+          <t>Klip</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>.setup.error_dialog.title</t>
+          <t>.web.context_menu.cut</t>
         </is>
       </c>
       <c r="G382" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Der kig noget galt</t>
+          <t>Suggested in Weblate: klip</t>
         </is>
       </c>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr"/>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Cut</t>
+          <t>Copy</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Klip</t>
+          <t>Kopiér</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>.web.context_menu.cut</t>
+          <t>.web.context_menu.copy</t>
         </is>
       </c>
       <c r="G383" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: klip</t>
+          <t>Suggested in Weblate: Kopier
+Suggested in Weblate: kopi</t>
         </is>
       </c>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr"/>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Copy</t>
+          <t>Paste</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>Kopiér</t>
+          <t>Indsæt</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy</t>
+          <t>.web.context_menu.paste</t>
         </is>
       </c>
       <c r="G384" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kopier
-Suggested in Weblate: kopi</t>
+          <t>Suggested in Weblate: Sæt ind
+Suggested in Weblate: sæt ind</t>
         </is>
       </c>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr"/>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Paste</t>
+          <t>Open in new tab</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>Indsæt</t>
+          <t>Åbn i nyt faneblad</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>.web.context_menu.paste</t>
+          <t>.web.context_menu.open_in_new_tab</t>
         </is>
       </c>
       <c r="G385" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sæt ind
-Suggested in Weblate: sæt ind</t>
+          <t>Suggested in Weblate: Åben i ny fane
+Suggested in Weblate: Åben i en ny tab
+Suggested in Weblate: åben på en ny fane</t>
         </is>
       </c>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr"/>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Open in new tab</t>
+          <t>Copy link</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Åbn i nyt faneblad</t>
+          <t>Kopiér link</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>.web.context_menu.open_in_new_tab</t>
+          <t>.web.context_menu.copy_link</t>
         </is>
       </c>
       <c r="G386" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Åben i ny fane
-[...1 lines deleted...]
-Suggested in Weblate: åben på en ny fane</t>
+          <t>Suggested in Weblate: Kopier link
+Suggested in Weblate: kopi link</t>
         </is>
       </c>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr"/>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Copy link</t>
+          <t>Retry setup</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Kopiér link</t>
+          <t>Prøv opsætning igen</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy_link</t>
+          <t>.login.action.retry_setup</t>
         </is>
       </c>
       <c r="G387" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kopier link
-Suggested in Weblate: kopi link</t>
+          <t>Suggested in Weblate: Prøv setup igen</t>
         </is>
       </c>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr"/>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Retry setup</t>
+          <t>Developer logs</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Prøv opsætning igen</t>
+          <t>Udviklerlogs</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>.login.action.retry_setup</t>
+          <t>.new_tab.devlogs</t>
         </is>
       </c>
       <c r="G388" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Prøv setup igen</t>
+          <t>Suggested in Weblate: Udvikler blog</t>
         </is>
       </c>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr"/>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Developer logs</t>
+          <t>Uninstall error</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Udviklerlogs</t>
+          <t>Afinstallationsfejl</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>.new_tab.devlogs</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.uninstall_error.title</t>
+        </is>
+      </c>
+      <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr"/>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Uninstall error</t>
+          <t>The uninstall failed. Remove the entry anyway?</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Afinstallationsfejl</t>
+          <t>Afinstallationen gik galt. Fjern genstanden alligevel?</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.title</t>
+          <t>.prompt.uninstall_error.message</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr"/>
       <c r="B391" t="inlineStr">
         <is>
-          <t>The uninstall failed. Remove the entry anyway?</t>
+          <t>Continue</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>Afinstallationen gik galt. Fjern genstanden alligevel?</t>
+          <t>Fortsæt</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message</t>
+          <t>.prompt.action.continue</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr"/>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Continue</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>Fortsæt</t>
+          <t>Installeret</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>.prompt.action.continue</t>
-[...2 lines deleted...]
-      <c r="G392" t="inlineStr"/>
+          <t>.grid.item.status.installed</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Installerede</t>
+        </is>
+      </c>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr"/>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>A collection of {{itemCount}} items</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>Installeret</t>
+          <t>En samling med {{itemCount}} genstande</t>
         </is>
       </c>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>.grid.item.status.installed</t>
+          <t>.collection.summary</t>
         </is>
       </c>
       <c r="G393" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G394" t="inlineStr">
         <is>
           <t>Suggested in Weblate: En samling med {{itemCount}} emner
 Suggested in Weblate: En samling af {{itemCount}} varer
 Suggested in Weblate: Samling af {{itemCount}} genstande
 Suggested in Weblate: en kollektion a {{itemCount}} genstande
 Suggested in Weblate: En samling af {{itemCount}} ting</t>
         </is>
       </c>
+      <c r="H393" t="inlineStr"/>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr"/>
+      <c r="B394" t="inlineStr">
+        <is>
+          <t>Not available on this platform</t>
+        </is>
+      </c>
+      <c r="C394" t="inlineStr">
+        <is>
+          <t>Ikke tilgængelig på denne platform</t>
+        </is>
+      </c>
+      <c r="D394" t="inlineStr"/>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
+        <is>
+          <t>.grid.item.not_compatible</t>
+        </is>
+      </c>
+      <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr"/>
       <c r="B395" t="inlineStr">
         <is>
-          <t>Not available on this platform</t>
+          <t>Administrator privileges are required for managing {{title}}</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>Ikke tilgængelig på denne platform</t>
+          <t>Administratorprivileger er nødvendige for at administrere {{title}}</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>.grid.item.not_compatible</t>
+          <t>.prompt.blessing.message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr"/>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Administrator privileges are required for managing {{title}}</t>
+          <t>Proceed only if you trust the author.</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>Administratorprivileger er nødvendige for at administrere {{title}}</t>
+          <t>Fortsæt kun hvis du stoler på forfatteren.</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>.prompt.blessing.message</t>
+          <t>.prompt.blessing.detail</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr"/>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Proceed only if you trust the author.</t>
+          <t>The operation has been cancelled.</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Fortsæt kun hvis du stoler på forfatteren.</t>
+          <t>Handlingen er blevet afbrudt.</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>.prompt.blessing.detail</t>
+          <t>.status.cancelled.message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr"/>
       <c r="B398" t="inlineStr">
         <is>
-          <t>The operation has been cancelled.</t>
+          <t>The installation failed.</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Handlingen er blevet afbrudt.</t>
+          <t>Installationen gik galt.</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>.status.cancelled.message</t>
+          <t>.prompt.install_error.message</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr"/>
       <c r="B399" t="inlineStr">
         <is>
-          <t>The installation failed.</t>
+          <t>to install</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Installationen gik galt.</t>
+          <t>til installation</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>.prompt.install_error.message</t>
-[...24 lines deleted...]
-        <is>
           <t>.download.reason.install</t>
         </is>
       </c>
-      <c r="G400" t="inlineStr">
+      <c r="G399" t="inlineStr">
         <is>
           <t>shouldn't this be 'installing' ?
 Suggested in Weblate: at installere
 Suggested in Weblate: At installere
 Suggested in Weblate: for at installere</t>
         </is>
       </c>
+      <c r="H399" t="inlineStr"/>
+    </row>
+    <row r="400">
+      <c r="A400" t="inlineStr"/>
+      <c r="B400" t="inlineStr">
+        <is>
+          <t>installed</t>
+        </is>
+      </c>
+      <c r="C400" t="inlineStr">
+        <is>
+          <t>installeret</t>
+        </is>
+      </c>
+      <c r="D400" t="inlineStr"/>
+      <c r="E400" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F400" t="inlineStr">
+        <is>
+          <t>.download.outcome.installed</t>
+        </is>
+      </c>
+      <c r="G400" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Installeret</t>
+        </is>
+      </c>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr"/>
       <c r="B401" t="inlineStr">
         <is>
-          <t>installed</t>
+          <t>updated to the latest version</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>installeret</t>
+          <t>opdateret til den nyeste version</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>.download.outcome.installed</t>
+          <t>.download.outcome.updated</t>
         </is>
       </c>
       <c r="G401" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G402" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Opdateret til den nyeste version
 Suggested in Weblate: Opdateret til den seneste version
 Suggested in Weblate: opdateret til den seneste version
 Suggested in Weblate: Opdateret til seneste version</t>
         </is>
       </c>
+      <c r="H401" t="inlineStr"/>
+    </row>
+    <row r="402">
+      <c r="A402" t="inlineStr"/>
+      <c r="B402" t="inlineStr">
+        <is>
+          <t>re-installed</t>
+        </is>
+      </c>
+      <c r="C402" t="inlineStr">
+        <is>
+          <t>geninstalleret</t>
+        </is>
+      </c>
+      <c r="D402" t="inlineStr"/>
+      <c r="E402" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F402" t="inlineStr">
+        <is>
+          <t>.download.outcome.reinstalled</t>
+        </is>
+      </c>
+      <c r="G402" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Geninstalleret</t>
+        </is>
+      </c>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr"/>
       <c r="B403" t="inlineStr">
         <is>
-          <t>re-installed</t>
+          <t>switched to another version</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t>geninstalleret</t>
+          <t>skiftet til en anden version</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>.download.outcome.reinstalled</t>
+          <t>.download.outcome.reverted</t>
         </is>
       </c>
       <c r="G403" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Geninstalleret</t>
+          <t>Suggested in Weblate: Skiftet til en anden version
+Suggested in Weblate: Skiftet til anden version</t>
         </is>
       </c>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr"/>
       <c r="B404" t="inlineStr">
         <is>
-          <t>switched to another version</t>
+          <t>verified and repaired</t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>skiftet til en anden version</t>
+          <t>verificeret og repareret</t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>.download.outcome.reverted</t>
+          <t>.download.outcome.healed</t>
         </is>
       </c>
       <c r="G404" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Skiftet til en anden version
-Suggested in Weblate: Skiftet til anden version</t>
+          <t xml:space="preserve">Suggested in Weblate: Verificeret og repareret </t>
         </is>
       </c>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr"/>
       <c r="B405" t="inlineStr">
         <is>
-          <t>verified and repaired</t>
+          <t>Recent activity</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>verificeret og repareret</t>
+          <t>Aktivitet for nyligt</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>.download.outcome.healed</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.downloads.category.recent_activity</t>
+        </is>
+      </c>
+      <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr"/>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Recent activity</t>
+          <t>The message we got was: {{errorMessage}}</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Aktivitet for nyligt</t>
+          <t>Beskeden vi fik var: {{errorMessage}}</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>.status.downloads.category.recent_activity</t>
-[...2 lines deleted...]
-      <c r="G406" t="inlineStr"/>
+          <t>.game.install.could_not_launch.message</t>
+        </is>
+      </c>
+      <c r="G406" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Beskeden, som vi fik, var: {{errorMessage}}</t>
+        </is>
+      </c>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr"/>
       <c r="B407" t="inlineStr">
         <is>
-          <t>The message we got was: {{errorMessage}}</t>
+          <t>Sending us a report is the best way to make sure this gets fixed!</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Beskeden vi fik var: {{errorMessage}}</t>
+          <t>Den bedste måde at få denne fejl rettet er ved at sende os en fejlrapport!</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.message</t>
+          <t>.game.install.could_not_launch.detail</t>
         </is>
       </c>
       <c r="G407" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Beskeden, som vi fik, var: {{errorMessage}}</t>
+          <t>Suggested in Weblate: At sende os en rapport er den bedste måde at sikre at det her bliver fixet.</t>
         </is>
       </c>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr"/>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Sending us a report is the best way to make sure this gets fixed!</t>
+          <t>Close other tabs</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Den bedste måde at få denne fejl rettet er ved at sende os en fejlrapport!</t>
+          <t>Luk andre faneblade</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.menu.file.close_other_tabs</t>
+        </is>
+      </c>
+      <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr"/>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Close other tabs</t>
+          <t>Close tabs below</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Luk andre faneblade</t>
+          <t>Luk nedenstående faneblade</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>.menu.file.close_other_tabs</t>
+          <t>.menu.file.close_tabs_below</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr"/>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Close tabs below</t>
+          <t>Open folder in explorer</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>Luk nedenstående faneblade</t>
+          <t>Åbn fil i Stifinder</t>
         </is>
       </c>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>.menu.file.close_tabs_below</t>
-[...2 lines deleted...]
-      <c r="G410" t="inlineStr"/>
+          <t>.grid.item.open_file_location.windows</t>
+        </is>
+      </c>
+      <c r="G410" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Åben fil i Explorer</t>
+        </is>
+      </c>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr"/>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Open folder in explorer</t>
+          <t>Show in file manager</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Åbn fil i Stifinder</t>
+          <t>Vis i filmanager</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.windows</t>
+          <t>.grid.item.open_file_location.linux</t>
         </is>
       </c>
       <c r="G411" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Åben fil i Explorer</t>
+          <t>Suggested in Weblate: Hvis i Fil manager</t>
         </is>
       </c>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr"/>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Show in file manager</t>
+          <t>Show in Finder</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Vis i filmanager</t>
+          <t>Vis i Finder</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.linux</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.open_file_location.osx</t>
+        </is>
+      </c>
+      <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr"/>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Show in Finder</t>
+          <t>Size</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Vis i Finder</t>
+          <t>Størrelse</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.osx</t>
+          <t>.table.column.installed_size</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr"/>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Size</t>
+          <t>View the contents of this location</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Størrelse</t>
+          <t>Se indholdet af denne lokation</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>.table.column.installed_size</t>
+          <t>.preferences.install_location.navigate</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr"/>
       <c r="B415" t="inlineStr">
         <is>
-          <t>View the contents of this location</t>
+          <t>{{size}} on disk</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Se indholdet af denne lokation</t>
+          <t>{{size}} på disk</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>.preferences.install_location.navigate</t>
+          <t>.install_location.property.size_on_disk</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr"/>
       <c r="B416" t="inlineStr">
         <is>
-          <t>{{size}} on disk</t>
+          <t>Uninstall or re-install…</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>{{size}} på disk</t>
+          <t>Afinstaller eller geninstaller…</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>.install_location.property.size_on_disk</t>
-[...2 lines deleted...]
-      <c r="G416" t="inlineStr"/>
+          <t>.grid.item.uninstall_request</t>
+        </is>
+      </c>
+      <c r="G416" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Afinstallere eller geninstallere</t>
+        </is>
+      </c>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr"/>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Uninstall or re-install…</t>
+          <t xml:space="preserve">Filter by: </t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Afinstaller eller geninstaller…</t>
+          <t xml:space="preserve">Filtrer efter: </t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>.grid.item.uninstall_request</t>
+          <t>.grid.criterion.filter_by</t>
         </is>
       </c>
       <c r="G417" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Afinstallere eller geninstallere</t>
+          <t>Suggested in Weblate: Sorter efter:</t>
         </is>
       </c>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr"/>
       <c r="B418" t="inlineStr">
         <is>
-          <t xml:space="preserve">Filter by: </t>
+          <t>Discard download</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t xml:space="preserve">Filtrer efter: </t>
+          <t>Fjern overførsel</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>.grid.criterion.filter_by</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.discard_download</t>
+        </is>
+      </c>
+      <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr"/>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Discard download</t>
+          <t>Nevermind</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Fjern overførsel</t>
+          <t>Det er ligemeget</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>.grid.item.discard_download</t>
+          <t>.prompt.action.nevermind</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr"/>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Nevermind</t>
+          <t>Force program closure?</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Det er ligemeget</t>
+          <t>Tving programlukning?</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>.prompt.action.nevermind</t>
+          <t>.prompt.force_close_game.title</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr"/>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Force program closure?</t>
+          <t>Do you want to force {{title}} to close?</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Tving programlukning?</t>
+          <t>Vil du tvinge {{title}} til at lukke?</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.title</t>
+          <t>.prompt.force_close_game.message</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr"/>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Do you want to force {{title}} to close?</t>
+          <t>Are you sure you want to stop downloading {{title}}?</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Vil du tvinge {{title}} til at lukke?</t>
+          <t>Er du sikker på du vil stoppe med at downloade {{title}}?</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.message</t>
+          <t>.prompt.discard_download.message</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr"/>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Are you sure you want to stop downloading {{title}}?</t>
+          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Er du sikker på du vil stoppe med at downloade {{title}}?</t>
+          <t>Du kan installere {{title}} på et andet tidspunkt, men den vil starte forfra.</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.message</t>
+          <t>.prompt.discard_download.detail</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr"/>
       <c r="B424" t="inlineStr">
         <is>
-          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
+          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Du kan installere {{title}} på et andet tidspunkt, men den vil starte forfra.</t>
+          <t>Nogle filer kunne ikke slettes for {{title}}. Prøv igen som administrator?</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.detail</t>
+          <t>.prompt.uninstall_error.message_permissions</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr"/>
       <c r="B425" t="inlineStr">
         <is>
-          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
+          <t>Remove as administrator</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Nogle filer kunne ikke slettes for {{title}}. Prøv igen som administrator?</t>
+          <t>Fjern som administrator</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message_permissions</t>
+          <t>.prompt.uninstall_error.action_permissions</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr"/>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Remove as administrator</t>
+          <t>Installing {{title}}…</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Fjern som administrator</t>
+          <t>Installerer {{title}}…</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.action_permissions</t>
-[...2 lines deleted...]
-      <c r="G426" t="inlineStr"/>
+          <t>.download.ongoing.install</t>
+        </is>
+      </c>
+      <c r="G426" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: installere {{title}}…
+Suggested in Weblate: Installerer {{title}}...
+Suggested in Weblate: Installere {{title}}...</t>
+        </is>
+      </c>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr"/>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Installing {{title}}…</t>
+          <t>Updating {{title}}…</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Installerer {{title}}…</t>
+          <t>Opdaterer {{title}}…</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>.download.ongoing.install</t>
+          <t>.download.ongoing.update</t>
         </is>
       </c>
       <c r="G427" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: installere {{title}}…
-[...1 lines deleted...]
-Suggested in Weblate: Installere {{title}}...</t>
+          <t>Suggested in Weblate: Opdatere {{title}}…
+Suggested in Weblate: Opdaterer {{title}}...
+Suggested in Weblate: Opdatere {{title}}...</t>
         </is>
       </c>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr"/>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Updating {{title}}…</t>
+          <t>Re-installing {{title}}…</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Opdaterer {{title}}…</t>
+          <t>Geninstallerer {{title}}…</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>.download.ongoing.update</t>
+          <t>.download.ongoing.reinstall</t>
         </is>
       </c>
       <c r="G428" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Opdatere {{title}}…
-[...1 lines deleted...]
-Suggested in Weblate: Opdatere {{title}}...</t>
+          <t>Suggested in Weblate: Geninstallere {{title}}…
+Suggested in Weblate: Geninstallerer {{title}}...
+Suggested in Weblate: Geninstallere {{title}}...</t>
         </is>
       </c>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr"/>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Re-installing {{title}}…</t>
+          <t>Switching {{title}} to another version…</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Geninstallerer {{title}}…</t>
+          <t>Ændrer {{title}} til en anden version…</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>.download.ongoing.reinstall</t>
+          <t>.download.ongoing.revert</t>
         </is>
       </c>
       <c r="G429" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Geninstallere {{title}}…
-[...1 lines deleted...]
-Suggested in Weblate: Geninstallere {{title}}...</t>
+          <t>Suggested in Weblate: Skifter {{title}} til en anden version…
+Suggested in Weblate: Skifter {{title}} til en anden version...
+Suggested in Weblate: Ændre {{title}} til en anden version</t>
         </is>
       </c>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr"/>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Switching {{title}} to another version…</t>
+          <t>Repairing {{title}}…</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Ændrer {{title}} til en anden version…</t>
+          <t>Reparerer {{title}}…</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>.download.ongoing.revert</t>
+          <t>.download.ongoing.heal</t>
         </is>
       </c>
       <c r="G430" t="inlineStr">
-        <is>
-[...30 lines deleted...]
-      <c r="G431" t="inlineStr">
         <is>
           <t>```{{title}``` has a bad format, should be ``` {{title}}```
 Suggested in Weblate: Reparerer {{title}} …
 Suggested in Weblate: Reparerer {{title}}
 Suggested in Weblate: Reparerer {{title}…
 Suggested in Weblate: Reparere {{title}…
 Suggested in Weblate: Reparerer {{title}}...
 Suggested in Weblate: Reparerer {{title}...</t>
         </is>
       </c>
+      <c r="H430" t="inlineStr"/>
+    </row>
+    <row r="431">
+      <c r="A431" t="inlineStr"/>
+      <c r="B431" t="inlineStr">
+        <is>
+          <t>Stop download</t>
+        </is>
+      </c>
+      <c r="C431" t="inlineStr">
+        <is>
+          <t>Stop download</t>
+        </is>
+      </c>
+      <c r="D431" t="inlineStr"/>
+      <c r="E431" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F431" t="inlineStr">
+        <is>
+          <t>.prompt.discard_download.action.stop_download</t>
+        </is>
+      </c>
+      <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr"/>
       <c r="B432" t="inlineStr">
         <is>
-          <t>Stop download</t>
+          <t>Continue download</t>
         </is>
       </c>
       <c r="C432" t="inlineStr">
         <is>
-          <t>Stop download</t>
+          <t>Fortsæt download</t>
         </is>
       </c>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.stop_download</t>
+          <t>.prompt.discard_download.action.continue_download</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr"/>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Continue download</t>
+          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Fortsæt download</t>
+          <t>Hvis du stopper denne download, vil {{title}} være i en inkonsekvent tilstand.</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.continue_download</t>
+          <t>.prompt.dangerous_discard_download.message</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr"/>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
+          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Hvis du stopper denne download, vil {{title}} være i en inkonsekvent tilstand.</t>
+          <t>Vi genstander {{title}} til den nyeste version næste gang du vil bruge den.</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.message</t>
+          <t>.prompt.dangerous_discard_download.detail</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr"/>
       <c r="B435" t="inlineStr">
         <is>
-          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
+          <t>version {{version}}</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Vi genstander {{title}} til den nyeste version næste gang du vil bruge den.</t>
+          <t>version {{version}}</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.detail</t>
+          <t>.prompt.revert.version</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr"/>
       <c r="B436" t="inlineStr">
         <is>
-          <t>version {{version}}</t>
+          <t>{{title}} needs to finish updating before it can be opened</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>version {{version}}</t>
+          <t>{{title}} skal færdiggøre opdateringen, før den kan åbnes</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>.prompt.revert.version</t>
+          <t>.status.repairing_game</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr"/>
       <c r="B437" t="inlineStr">
         <is>
-          <t>{{title}} needs to finish updating before it can be opened</t>
+          <t>Things you install or download will show up here</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>{{title}} skal færdiggøre opdateringen, før den kan åbnes</t>
+          <t>Ting du installerer eller downloader vises her</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>.status.repairing_game</t>
+          <t>.status.downloads.no_active_downloads_subtext</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr"/>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Things you install or download will show up here</t>
+          <t>Download some stuff!</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Ting du installerer eller downloader vises her</t>
+          <t>Download nogle ting!</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads_subtext</t>
+          <t>.status.downloads.find_games_button</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr"/>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Download some stuff!</t>
+          <t>Everything's filtered away...</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Download nogle ting!</t>
+          <t>Alt er filtreret væk...</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>.status.downloads.find_games_button</t>
-[...2 lines deleted...]
-      <c r="G439" t="inlineStr"/>
+          <t>.grid.empty_state.leader</t>
+        </is>
+      </c>
+      <c r="G439" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Alt er sorteret væk</t>
+        </is>
+      </c>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr"/>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Everything's filtered away...</t>
+          <t>Your filters are hiding everything here</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Alt er filtreret væk...</t>
+          <t>Dine filtre skjuler alt her</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>.grid.empty_state.leader</t>
+          <t>.grid.empty_state.explanation</t>
         </is>
       </c>
       <c r="G440" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alt er sorteret væk</t>
+          <t>Suggested in Weblate: Din filtering gemmer alt her</t>
         </is>
       </c>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr"/>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Your filters are hiding everything here</t>
+          <t>Manage</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Dine filtre skjuler alt her</t>
+          <t>Administrer</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>.grid.empty_state.explanation</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.manage</t>
+        </is>
+      </c>
+      <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr"/>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Manage</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Administrer</t>
+          <t>Start {{title}}</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>.grid.item.manage</t>
+          <t>.prompt.launch.title</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr"/>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Which do you want to open?</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Start {{title}}</t>
+          <t>Hvilken vil du åbne?</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>.prompt.launch.title</t>
+          <t>.prompt.launch.message</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr"/>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Which do you want to open?</t>
+          <t>Manage {{title}}</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Hvilken vil du åbne?</t>
+          <t>Administrer {{title}}</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>.prompt.launch.message</t>
+          <t>.prompt.manage_game.title</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr"/>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Manage {{title}}</t>
+          <t>The following items are installed:</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Administrer {{title}}</t>
+          <t>Følgende genstande er installeret:</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.title</t>
+          <t>.prompt.manage_game.installed_uploads</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr"/>
       <c r="B446" t="inlineStr">
         <is>
-          <t>The following items are installed:</t>
+          <t>These items are also available:</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Følgende genstande er installeret:</t>
+          <t>Disse genstande er også tilgængelige:</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.installed_uploads</t>
+          <t>.prompt.manage_game.available_uploads</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr"/>
       <c r="B447" t="inlineStr">
         <is>
-          <t>These items are also available:</t>
+          <t>No other items are currently available.</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Disse genstande er også tilgængelige:</t>
+          <t>Ingen andre genstande er tilgængelige på nuværende tidspunkt.</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.available_uploads</t>
+          <t>.prompt.manage_game.no_other_uploads</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr"/>
       <c r="B448" t="inlineStr">
         <is>
-          <t>No other items are currently available.</t>
+          <t>Prefer optimized patches</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Ingen andre genstande er tilgængelige på nuværende tidspunkt.</t>
+          <t>Foretræk optimiserede patches</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.no_other_uploads</t>
+          <t>.preferences.advanced.prefer_optimized_patches</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr"/>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Prefer optimized patches</t>
+          <t>{{x}} seconds</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Foretræk optimiserede patches</t>
+          <t>{{x}} sekunder</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>.preferences.advanced.prefer_optimized_patches</t>
+          <t>.duration.seconds</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr"/>
       <c r="B450" t="inlineStr">
         <is>
-          <t>{{x}} seconds</t>
+          <t>Application log</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>{{x}} sekunder</t>
+          <t>Applikationslog</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>.duration.seconds</t>
+          <t>.sidebar.applog</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr"/>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Application log</t>
+          <t>{{count}} items</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Applikationslog</t>
+          <t>{{count}} genstande</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>.sidebar.applog</t>
+          <t>.grid.item_count</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr"/>
       <c r="B452" t="inlineStr">
         <is>
-          <t>{{count}} items</t>
+          <t>The itch web browser is disabled</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>{{count}} genstande</t>
+          <t>Itch-webbrowseren er deaktiveret</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>.grid.item_count</t>
+          <t>.browser.disabled</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr"/>
       <c r="B453" t="inlineStr">
         <is>
-          <t>The itch web browser is disabled</t>
+          <t>Re-enable</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Itch-webbrowseren er deaktiveret</t>
+          <t>Aktiver</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>.browser.disabled</t>
+          <t>.browser.reenable</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr"/>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Re-enable</t>
+          <t>Disable web browser</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Aktiver</t>
+          <t>Deaktiver webbrowser</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>.browser.reenable</t>
+          <t>.preferences.advanced.disable_browser</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr"/>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Disable web browser</t>
+          <t>You currently have no collections</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Deaktiver webbrowser</t>
+          <t>Du har i øjeblikket ingen samlinger</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_browser</t>
-[...2 lines deleted...]
-      <c r="G455" t="inlineStr"/>
+          <t>.collections.empty</t>
+        </is>
+      </c>
+      <c r="G455" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Du har for øjeblikket ingen samling
+Suggested in Weblate: Du har i øjeblikket ingen kollektioner</t>
+        </is>
+      </c>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr"/>
       <c r="B456" t="inlineStr">
         <is>
-          <t>You currently have no collections</t>
+          <t>Browse for some games and add them to a new collection!</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Du har i øjeblikket ingen samlinger</t>
+          <t>Gennemse nogle spil og tilføj dem til en ny samling!</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>.collections.empty</t>
+          <t>.collections.empty_sub</t>
         </is>
       </c>
       <c r="G456" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Du har for øjeblikket ingen samling
-Suggested in Weblate: Du har i øjeblikket ingen kollektioner</t>
+          <t>Suggested in Weblate: søg efter nogle spil og tilføj dem til en ny samling!</t>
         </is>
       </c>
       <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr"/>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Browse for some games and add them to a new collection!</t>
+          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Gennemse nogle spil og tilføj dem til en ny samling!</t>
+          <t>Deaktiver hardwareacceleration (forhindrer nogle crashes på Linux)</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>.collections.empty_sub</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.advanced.disable_hardware_acceleration</t>
+        </is>
+      </c>
+      <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr"/>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Deaktiver hardwareacceleration (forhindrer nogle crashes på Linux)</t>
+          <t>Forbereder…</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_hardware_acceleration</t>
+          <t>.prereq.status.pending</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr"/>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Updates available</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Forbereder…</t>
+          <t>Opdateringer tilgængelige</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>.prereq.status.pending</t>
+          <t>.status.downloads.updates_available</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
       <c r="H459" t="inlineStr"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr"/>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Updates available</t>
+          <t>Update all</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Opdateringer tilgængelige</t>
+          <t>Opdater alle</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>.status.downloads.updates_available</t>
+          <t>.status.downloads.update_all</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr"/>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Update all</t>
+          <t>There's nothing here...</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Opdater alle</t>
+          <t>Der er ingenting her...</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>.status.downloads.update_all</t>
-[...2 lines deleted...]
-      <c r="G461" t="inlineStr"/>
+          <t>.grid.really_empty_state.leader</t>
+        </is>
+      </c>
+      <c r="G461" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Der er intet her...</t>
+        </is>
+      </c>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr"/>
       <c r="B462" t="inlineStr">
         <is>
-          <t>There's nothing here...</t>
+          <t>...yet!</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Der er ingenting her...</t>
+          <t>...endnu!</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.leader</t>
+          <t>.grid.really_empty_state.explanation</t>
         </is>
       </c>
       <c r="G462" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Der er intet her...</t>
+          <t>Suggested in Weblate: ... Endnu!</t>
         </is>
       </c>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr"/>
       <c r="B463" t="inlineStr">
         <is>
-          <t>...yet!</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>...endnu!</t>
+          <t>Forbereder…</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.explanation</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.running.prepare</t>
+        </is>
+      </c>
+      <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr"/>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Cleaning up…</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Forbereder…</t>
+          <t>Rydder op…</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>.grid.item.running.prepare</t>
+          <t>.grid.item.running.clean</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr"/>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Cleaning up…</t>
+          <t>Disk usage</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Rydder op…</t>
+          <t>Diskforbrug</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>.grid.item.running.clean</t>
+          <t>.preferences.install_location.disk_usage</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr"/>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Disk usage</t>
+          <t>Finalizing installation…</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Diskforbrug</t>
+          <t>Færdiggør installation…</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>.preferences.install_location.disk_usage</t>
+          <t>.login.status.finalizing_installation</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr"/>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Finalizing installation…</t>
+          <t>Antivirus software may interfere with itch.</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Færdiggør installation…</t>
+          <t>Antivirussoftware kan forstyrre itch.</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>.login.status.finalizing_installation</t>
+          <t>.login.status.antivirus_warning</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr"/>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Antivirus software may interfere with itch.</t>
+          <t>The install folder disappeared</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Antivirussoftware kan forstyrre itch.</t>
+          <t>Installationsmappen forsvandt</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>.login.status.antivirus_warning</t>
+          <t>.butlerd.codes.404</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr"/>
       <c r="B469" t="inlineStr">
         <is>
-          <t>The install folder disappeared</t>
+          <t>No compatible uploads were found for this title</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Installationsmappen forsvandt</t>
+          <t>Ingen kompatible uploads blev fundet for denne titel</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>.butlerd.codes.404</t>
+          <t>.butlerd.codes.2001</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr"/>
       <c r="B470" t="inlineStr">
         <is>
-          <t>No compatible uploads were found for this title</t>
+          <t>How can I help?</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Ingen kompatible uploads blev fundet for denne titel</t>
+          <t>Hvordan kan jeg hjælpe?</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>.butlerd.codes.2001</t>
-[...2 lines deleted...]
-      <c r="G470" t="inlineStr"/>
+          <t>.docs.how_to_help</t>
+        </is>
+      </c>
+      <c r="G470" t="inlineStr">
+        <is>
+          <t>This is the latter, "How can I/the user help out/contribute?"
+This needs context because source sentence could be a customer service thing "How can I/itch help you?" or a "How can I/the user help out/contribute?"</t>
+        </is>
+      </c>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr"/>
       <c r="B471" t="inlineStr">
         <is>
-          <t>How can I help?</t>
+          <t>Queuing…</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>Hvordan kan jeg hjælpe?</t>
+          <t>Sætter i kø…</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>.docs.how_to_help</t>
-[...7 lines deleted...]
-      </c>
+          <t>.grid.item.queueing</t>
+        </is>
+      </c>
+      <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr"/>
       <c r="B472" t="inlineStr">
         <is>
-          <t>Queuing…</t>
+          <t>Details for nerds</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>Sætter i kø…</t>
+          <t>Detaljer for nørder</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>.grid.item.queueing</t>
+          <t>.prompt.show_error.details_for_nerds</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr"/>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Details for nerds</t>
+          <t>Event log</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Detaljer for nørder</t>
+          <t>Hændelseslog</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds</t>
+          <t>.prompt.show_error.details_for_nerds.event_log</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr"/>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Event log</t>
+          <t>Stack trace</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Hændelseslog</t>
+          <t>Stack trace</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.event_log</t>
+          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr"/>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Stack trace</t>
+          <t>Send a report to help resolve this issue</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>Stack trace</t>
+          <t>Send en rapport for at hjælpe med at rette denne fejl</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
+          <t>.prompt.show_error.send_report</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr"/>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Send a report to help resolve this issue</t>
+          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Send en rapport for at hjælpe med at rette denne fejl</t>
+          <t>Denne titel er pakket i på en måde der ikke er kompatibel med itch.io-appen.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>.prompt.show_error.send_report</t>
+          <t>.butlerd.codes.3000</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr"/>
       <c r="B477" t="inlineStr">
         <is>
-          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
+          <t>Nothing that can be launched was found.</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>Denne titel er pakket i på en måde der ikke er kompatibel med itch.io-appen.</t>
+          <t>Der blev ikke fundet noget der kan startes.</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>.butlerd.codes.3000</t>
+          <t>.butlerd.codes.5000</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr"/>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Nothing that can be launched was found.</t>
+          <t>There is no Internet connection.</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Der blev ikke fundet noget der kan startes.</t>
+          <t>Der er ingen internetforbindelse.</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>.butlerd.codes.5000</t>
+          <t>.butlerd.codes.9000</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr"/>
       <c r="B479" t="inlineStr">
         <is>
-          <t>There is no Internet connection.</t>
+          <t>{{installedSize}} used by games</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Der er ingen internetforbindelse.</t>
+          <t>{{installedSize}} brugt af spil</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>.butlerd.codes.9000</t>
+          <t>.preferences.install_location.size_used_by_games</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr"/>
       <c r="B480" t="inlineStr">
         <is>
-          <t>{{installedSize}} used by games</t>
+          <t>{{freeSize}} free of {{totalSize}}</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>{{installedSize}} brugt af spil</t>
+          <t>{{freeSize}} fri, ud af {{totalSize}}</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>.preferences.install_location.size_used_by_games</t>
+          <t>.preferences.install_location.free_of_total</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr"/>
       <c r="B481" t="inlineStr">
         <is>
-          <t>{{freeSize}} free of {{totalSize}}</t>
+          <t>Scan install locations for games</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>{{freeSize}} fri, ud af {{totalSize}}</t>
+          <t>Scan installationslokationer for spil</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_of_total</t>
+          <t>.preferences.scan_install_locations</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr"/>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Scan install locations for games</t>
+          <t>Confirm import</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Scan installationslokationer for spil</t>
+          <t>Bekræft import</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations</t>
+          <t>.preferences.scan_install_locations.confirm_import</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr"/>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Confirm import</t>
+          <t>Import {{numItems}} items</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Bekræft import</t>
+          <t>Importer {{numItems}} genstande</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.confirm_import</t>
+          <t>.preferences.scan_install_locations.import_items</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr"/>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Import {{numItems}} items</t>
+          <t>{{numImportedItems}} items were successfully imported</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Importer {{numItems}} genstande</t>
+          <t>{{numImportedItems}} blev importeret</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.import_items</t>
+          <t>.preferences.scan_install_locations.items_imported</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr"/>
       <c r="B485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} items were successfully imported</t>
+          <t>Looking for games...</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} blev importeret</t>
+          <t>Leder efter spil...</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.items_imported</t>
+          <t>.preferences.scan_install_locations.looking_for_games</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr"/>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Looking for games...</t>
+          <t>The following items can be imported:</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Leder efter spil...</t>
+          <t>Følgende genstande kan importeres:</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.looking_for_games</t>
+          <t>.preferences.scan_install_locations.message</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr"/>
       <c r="B487" t="inlineStr">
         <is>
-          <t>The following items can be imported:</t>
+          <t>No additional items found in install locations</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Følgende genstande kan importeres:</t>
+          <t>Ingen yderligere genstande fundet i installationslokationer</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.message</t>
+          <t>.preferences.scan_install_locations.no_items_found</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr"/>
       <c r="B488" t="inlineStr">
         <is>
-          <t>No additional items found in install locations</t>
+          <t>Scanning...</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Ingen yderligere genstande fundet i installationslokationer</t>
+          <t>Scanner...</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.no_items_found</t>
+          <t>.preferences.scan_install_locations.title</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr"/>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Scanning...</t>
+          <t>Check for game updates</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Scanner...</t>
+          <t>Tjek efter spilopdateringer</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.title</t>
+          <t>.preferences.advanced.check_game_updates</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr"/>
       <c r="B490" t="inlineStr">
         <is>
-          <t>Check for game updates</t>
+          <t>Resume downloads</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Tjek efter spilopdateringer</t>
+          <t>Genoptag downloads</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>.preferences.advanced.check_game_updates</t>
+          <t>.status.downloads.resume_downloads</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr"/>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Resume downloads</t>
+          <t>Pause downloads</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Genoptag downloads</t>
+          <t>Paus downloads</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>.status.downloads.resume_downloads</t>
+          <t>.status.downloads.pause_downloads</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr"/>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Pause downloads</t>
+          <t>Components</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Paus downloads</t>
+          <t>Komponenter</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>.status.downloads.pause_downloads</t>
+          <t>.preferences.advanced.components</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr"/>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Components</t>
+          <t>New version available</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>Komponenter</t>
+          <t>Ny version tilgængelig</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>.preferences.advanced.components</t>
+          <t>.prompt.self_update_ready.short</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr"/>
       <c r="B494" t="inlineStr">
         <is>
-          <t>New version available</t>
+          <t>No other version is available.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Ny version tilgængelig</t>
+          <t>Ingen anden version er tilgængelig.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.short</t>
+          <t>.prompt.revert.no_other_version</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr"/>
       <c r="B495" t="inlineStr">
         <is>
-          <t>No other version is available.</t>
+          <t>Skip update</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>Ingen anden version er tilgængelig.</t>
+          <t>Spring over opdatering</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>.prompt.revert.no_other_version</t>
+          <t>.pick_update_upload.buttons.skip_update</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr"/>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Skip update</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>Spring over opdatering</t>
+          <t>Start {{title}}</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.skip_update</t>
+          <t>.grid.item.launch_title</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr"/>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Open {{title}}</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>Start {{title}}</t>
+          <t>Åbn {{title}}</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>.grid.item.launch_title</t>
+          <t>.grid.item.open_title</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr"/>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Open {{title}}</t>
+          <t>views</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Åbn {{title}}</t>
+          <t>visninger</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>.grid.item.open_title</t>
+          <t>.dashboard.game_stats.views</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr"/>
       <c r="B499" t="inlineStr">
         <is>
-          <t>views</t>
+          <t>downloads</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>visninger</t>
+          <t>hentninger</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.views</t>
+          <t>.dashboard.game_stats.downloads</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr"/>
       <c r="B500" t="inlineStr">
         <is>
-          <t>downloads</t>
+          <t>purchases</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>hentninger</t>
+          <t>køb</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.downloads</t>
+          <t>.dashboard.game_stats.purchases</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr"/>
       <c r="B501" t="inlineStr">
         <is>
-          <t>purchases</t>
+          <t>Open page</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>køb</t>
+          <t>Gå til side</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.purchases</t>
-[...2 lines deleted...]
-      <c r="G501" t="inlineStr"/>
+          <t>.grid.item.open_page</t>
+        </is>
+      </c>
+      <c r="G501" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Åben side</t>
+        </is>
+      </c>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr"/>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Open page</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Gå til side</t>
+          <t>Ikke tilgængelig</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>.grid.item.open_page</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.not_available</t>
+        </is>
+      </c>
+      <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr"/>
       <c r="B503" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>View all...</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>Ikke tilgængelig</t>
+          <t>Vis alle...</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>.grid.item.not_available</t>
+          <t>.game_stripe.view_all</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr"/>
       <c r="B504" t="inlineStr">
         <is>
-          <t>View all...</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Vis alle...</t>
+          <t>Installeret</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>.game_stripe.view_all</t>
+          <t>.table.column.installed</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr"/>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Powered by</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Installeret</t>
+          <t>Drevet af</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>.table.column.installed</t>
+          <t>.table.column.powered_by</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr"/>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Powered by</t>
+          <t>Enable tabs</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Drevet af</t>
+          <t>Aktiver faneblade</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>.table.column.powered_by</t>
+          <t>.preferences.behavior.enable_tabs</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr"/>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Enable tabs</t>
+          <t>Acquired recently</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Aktiver faneblade</t>
+          <t>Anskaffet for nyligt</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>.preferences.behavior.enable_tabs</t>
+          <t>.sort_by.games.acquired_at</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr"/>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Acquired recently</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Anskaffet for nyligt</t>
+          <t>Titel</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>.sort_by.games.acquired_at</t>
+          <t>.sort_by.games.title</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr"/>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Views</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Titel</t>
+          <t>Visninger</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>.sort_by.games.title</t>
+          <t>.sort_by.games.views</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr"/>
       <c r="B510" t="inlineStr">
         <is>
-          <t>Views</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Visninger</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>.sort_by.games.views</t>
+          <t>.sort_by.games.downloads</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr"/>
       <c r="B511" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Purchases</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Køb</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>.sort_by.games.downloads</t>
+          <t>.sort_by.games.purchases</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr"/>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Purchases</t>
+          <t>Play time</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Køb</t>
+          <t>Spilletid</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>.sort_by.games.purchases</t>
+          <t>.sort_by.games.play_time</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr"/>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Play time</t>
+          <t>Last touched</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Spilletid</t>
+          <t>Sidst berørt</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>.sort_by.games.play_time</t>
+          <t>.sort_by.games.last_touched</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr"/>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Last touched</t>
+          <t>Size on disk</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Sidst berørt</t>
+          <t>Størrelse på disk</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>.sort_by.games.last_touched</t>
+          <t>.sort_by.games.size_on_disk</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr"/>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Size on disk</t>
+          <t>Install date</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Størrelse på disk</t>
+          <t>Installationsdato</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>.sort_by.games.size_on_disk</t>
+          <t>.sort_by.games.install_date</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr"/>
       <c r="B516" t="inlineStr">
         <is>
-          <t>Install date</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>Installationsdato</t>
+          <t>Spil</t>
         </is>
       </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>.sort_by.games.install_date</t>
+          <t>.filter_by.games.classification.games</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr"/>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Tools</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Spil</t>
+          <t>Værktøjer</t>
         </is>
       </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.games</t>
+          <t>.filter_by.games.classification.tools</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr"/>
       <c r="B518" t="inlineStr">
         <is>
-          <t>Tools</t>
+          <t>Game assets</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>Værktøjer</t>
+          <t>Spilassets</t>
         </is>
       </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.tools</t>
+          <t>.filter_by.games.classification.assets</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr"/>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Game assets</t>
+          <t>Comics</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Spilassets</t>
+          <t>Tegneserier</t>
         </is>
       </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.assets</t>
+          <t>.filter_by.games.classification.comics</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr"/>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Comics</t>
+          <t>Books</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Tegneserier</t>
+          <t>Bøger</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.comics</t>
+          <t>.filter_by.games.classification.books</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr"/>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Books</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Bøger</t>
+          <t>Installeret</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.books</t>
+          <t>.filter_by.games.status.installed</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr"/>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Free</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Installeret</t>
+          <t>Gratis</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>.filter_by.games.status.installed</t>
+          <t>.filter_by.games.paid_status.free</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr"/>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Free</t>
+          <t>Paid</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Gratis</t>
+          <t>Betalt</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.free</t>
+          <t>.filter_by.games.paid_status.paid</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr"/>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Paid</t>
+          <t>Draft</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Betalt</t>
+          <t>Kladde</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.paid</t>
+          <t>.filter_by.games.visibility.draft</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr"/>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Draft</t>
+          <t>Published</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Kladde</t>
+          <t>Udgivet</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.draft</t>
+          <t>.filter_by.games.visibility.published</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr"/>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Published</t>
+          <t>Level</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Udgivet</t>
+          <t>Niveau</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.published</t>
+          <t>.log.level</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr"/>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Level</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Niveau</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>.log.level</t>
+          <t>.log.level.debug</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr"/>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>.log.level.debug</t>
+          <t>.log.level.info</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr"/>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Warning</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Advarsel</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>.log.level.info</t>
+          <t>.log.level.warning</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr"/>
       <c r="B530" t="inlineStr">
         <is>
-          <t>Warning</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>Advarsel</t>
+          <t>Fejl</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>.log.level.warning</t>
+          <t>.log.level.error</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr"/>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Error</t>
+          <t>Nothing to see here</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Fejl</t>
+          <t>Intet at se her</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>.log.level.error</t>
+          <t>.empty_state.nothing_to_see_here</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr"/>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Nothing to see here</t>
+          <t>{{itemCount}} items</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Intet at se her</t>
+          <t>{{itemCount}} genstande</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>.empty_state.nothing_to_see_here</t>
-[...2 lines deleted...]
-      <c r="G532" t="inlineStr"/>
+          <t>.collection.item_count</t>
+        </is>
+      </c>
+      <c r="G532" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{itemCount}} Genstande
+Suggested in Weblate: {{itemCount}} ting</t>
+        </is>
+      </c>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr"/>
       <c r="B533" t="inlineStr">
         <is>
-          <t>{{itemCount}} items</t>
+          <t>No description</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>{{itemCount}} genstande</t>
+          <t>Ingen beskrivelse</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>.collection.item_count</t>
-[...7 lines deleted...]
-      </c>
+          <t>.search.results.game.no_description</t>
+        </is>
+      </c>
+      <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr"/>
       <c r="B534" t="inlineStr">
         <is>
-          <t>No description</t>
+          <t>Explore</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Ingen beskrivelse</t>
+          <t>Udforsk</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>.search.results.game.no_description</t>
+          <t>.sidebar.explore</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr"/>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Explore</t>
+          <t>Library</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Udforsk</t>
+          <t>Bibliotek</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>.sidebar.explore</t>
+          <t>.sidebar.library</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr"/>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Library</t>
+          <t>Install for {{title}} cancelled!</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Bibliotek</t>
+          <t>Installation for {{title}} afbrudt!</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>.sidebar.library</t>
+          <t>.status.installing_game.cancelled</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr"/>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Install for {{title}} cancelled!</t>
+          <t>Manage install locations</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Installation for {{title}} afbrudt!</t>
+          <t>Administrér installationslokationer</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>.status.installing_game.cancelled</t>
+          <t>.install_locations.manage</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr"/>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Manage install locations</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Administrér installationslokationer</t>
+          <t>Opdateret</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>.install_locations.manage</t>
+          <t>.collection.info.updated</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr"/>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Opdateret</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>.collection.info.updated</t>
+          <t>.send_feedback.title</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr"/>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>Please describe what you were trying to do when the issue happened:</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>Beskriv hvad du prøvede på at gøre, da problemet fandt sted:</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>.send_feedback.title</t>
+          <t>.send_feedback.describe_issue</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr"/>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Please describe what you were trying to do when the issue happened:</t>
+          <t>A few reminders:</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Beskriv hvad du prøvede på at gøre, da problemet fandt sted:</t>
+          <t>Et par påmindelser:</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>.send_feedback.describe_issue</t>
+          <t>.send_feedback.reminders.header</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr"/>
       <c r="B542" t="inlineStr">
         <is>
-          <t>A few reminders:</t>
+          <t>Whatever you write will be read by humans.</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Et par påmindelser:</t>
+          <t>Hvad end du skriver bliver læst af mennesker.</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.header</t>
+          <t>.send_feedback.reminders.we_are_humans</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr"/>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Whatever you write will be read by humans.</t>
+          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Hvad end du skriver bliver læst af mennesker.</t>
+          <t>Vær så præcis som du kan. Vi vil have problemet løst lige så meget som du vil!</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.we_are_humans</t>
+          <t>.send_feedback.reminders.be_precise</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr"/>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
+          <t>Include steps to reproduce the issue if you can.</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Vær så præcis som du kan. Vi vil have problemet løst lige så meget som du vil!</t>
+          <t>Inkluder trin til at genskabe problemet hvis du kan.</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.be_precise</t>
+          <t>.send_feedback.reminders.include_reproduce_steps</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr"/>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Include steps to reproduce the issue if you can.</t>
+          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>Inkluder trin til at genskabe problemet hvis du kan.</t>
+          <t>Nævn dit itch.io-kontonavn og/eller siden der skabte problemer, hvis det er relevant.</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.include_reproduce_steps</t>
+          <t>.send_feedback.reminders.mention_itchio_account</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr"/>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
+          <t>Thanks for sending us feedback!</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>Nævn dit itch.io-kontonavn og/eller siden der skabte problemer, hvis det er relevant.</t>
+          <t>Tak fordi du sendte os feedback!</t>
         </is>
       </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.mention_itchio_account</t>
+          <t>.send_feedback.reminders.thanks</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr"/>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Thanks for sending us feedback!</t>
+          <t>Where does my report go?</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Tak fordi du sendte os feedback!</t>
+          <t>Hvor ender min rapport henne?</t>
         </is>
       </c>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.thanks</t>
+          <t>.send_feedback.questions.where_does_report_go</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr"/>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Where does my report go?</t>
+          <t>Review the information below to make sure you're comfortable with it being sent:</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>Hvor ender min rapport henne?</t>
+          <t>Gennemse informationen nedenfor for at være sikker på du er okay med det bliver sendt:</t>
         </is>
       </c>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>.send_feedback.questions.where_does_report_go</t>
+          <t>.send_feedback.consent.please_review</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
       <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr"/>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Review the information below to make sure you're comfortable with it being sent:</t>
+          <t>redacted</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Gennemse informationen nedenfor for at være sikker på du er okay med det bliver sendt:</t>
+          <t>censureret</t>
         </is>
       </c>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.please_review</t>
+          <t>.send_feedback.consent.redacted</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
       <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr"/>
       <c r="B550" t="inlineStr">
         <is>
-          <t>redacted</t>
+          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>censureret</t>
+          <t>Det hjælper os at have en idé om dit systemsetup.</t>
         </is>
       </c>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.redacted</t>
+          <t>.send_feedback.consent.system_info_helps_us</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
       <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr"/>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
+          <t>Include this information in the report</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Det hjælper os at have en idé om dit systemsetup.</t>
+          <t>Inkluder denne information i rapporten</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.system_info_helps_us</t>
+          <t>.send_feedback.consent.include_in_report</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
       <c r="H551" t="inlineStr"/>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr"/>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Include this information in the report</t>
+          <t>A secret URL will be generated for your report.</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Inkluder denne information i rapporten</t>
+          <t>En hemmelig URL bliver genereret for din rapport.</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.include_in_report</t>
+          <t>.send_feedback.send.secret_url</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
       <c r="H552" t="inlineStr"/>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr"/>
       <c r="B553" t="inlineStr">
         <is>
-          <t>A secret URL will be generated for your report.</t>
+          <t>From that page, you will be able to:</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>En hemmelig URL bliver genereret for din rapport.</t>
+          <t>Fra dén side, kan du:</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url</t>
+          <t>.send_feedback.send.secret_url.feature_list</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
       <c r="H553" t="inlineStr"/>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr"/>
       <c r="B554" t="inlineStr">
         <is>
-          <t>From that page, you will be able to:</t>
+          <t>See everything we see about the report</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>Fra dén side, kan du:</t>
+          <t>Se alt vi kan se om rapporten</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list</t>
+          <t>.send_feedback.send.secret_url.feature_list.view</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr"/>
       <c r="B555" t="inlineStr">
         <is>
-          <t>See everything we see about the report</t>
+          <t>Delete it if you decide to.</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Se alt vi kan se om rapporten</t>
+          <t>Slette den hvis du ønsker.</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.view</t>
+          <t>.send_feedback.send.secret_url.feature_list.delete</t>
         </is>
       </c>
       <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr"/>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Delete it if you decide to.</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Slette den hvis du ønsker.</t>
+          <t>Send rapport</t>
         </is>
       </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.delete</t>
+          <t>.send_feedback.send.do_send</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr"/>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Nevermind, take me out of here</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Send rapport</t>
+          <t>Det er ligemeget, få mig væk herfra</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>.send_feedback.send.do_send</t>
+          <t>.send_feedback.send.dont_send</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr"/>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Nevermind, take me out of here</t>
+          <t>Sending...</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Det er ligemeget, få mig væk herfra</t>
+          <t>Sender...</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>.send_feedback.send.dont_send</t>
+          <t>.send_feedback.send.sending</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr"/>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Sending...</t>
+          <t>Thank you for sending a report, it helps everyone!</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Sender...</t>
+          <t>Tak fordi du sendte en rapport. Det hjælper alle!</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>.send_feedback.send.sending</t>
+          <t>.send_feedback.final_thanks</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr"/>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Thank you for sending a report, it helps everyone!</t>
+          <t>Your report was sent successfully!</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Tak fordi du sendte en rapport. Det hjælper alle!</t>
+          <t>Din rapport er blevet sendt!</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>.send_feedback.final_thanks</t>
+          <t>.send_feedback.success.intro</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr"/>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Your report was sent successfully!</t>
+          <t>View report</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Din rapport er blevet sendt!</t>
+          <t>Se rapport</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>.send_feedback.success.intro</t>
+          <t>.send_feedback.success.view_report</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr"/>
       <c r="B562" t="inlineStr">
         <is>
-          <t>View report</t>
+          <t>(You can delete it from this page)</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Se rapport</t>
+          <t>(Du kan slette den fra denne side)</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report</t>
+          <t>.send_feedback.success.view_report.delete</t>
         </is>
       </c>
       <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr"/>
       <c r="B563" t="inlineStr">
         <is>
-          <t>(You can delete it from this page)</t>
+          <t>Thanks for your feedback</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>(Du kan slette den fra denne side)</t>
+          <t>Tak for din feedback</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report.delete</t>
+          <t>.send_feedback.success.thanks</t>
         </is>
       </c>
       <c r="G563" t="inlineStr"/>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr"/>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Thanks for your feedback</t>
+          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Tak for din feedback</t>
+          <t>Den bliver kigget på så hurtigt som vi kan, konverteret til en håndgribelig fejlbeskrivelse, og forhåbentligt rettet i en ny version.</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>.send_feedback.success.thanks</t>
+          <t>.send_feedback.success.promise</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr"/>
       <c r="B565" t="inlineStr">
         <is>
-          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
+          <t>Sorry, we could not send your report.</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>Den bliver kigget på så hurtigt som vi kan, konverteret til en håndgribelig fejlbeskrivelse, og forhåbentligt rettet i en ny version.</t>
+          <t>Desværre, vi kunne ikke sende din rapport.</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>.send_feedback.success.promise</t>
+          <t>.send_feedback.error.intro</t>
         </is>
       </c>
       <c r="G565" t="inlineStr"/>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr"/>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Sorry, we could not send your report.</t>
+          <t>Previous</t>
         </is>
       </c>
       <c r="C566" t="inlineStr">
         <is>
-          <t>Desværre, vi kunne ikke sende din rapport.</t>
+          <t>Forrige</t>
         </is>
       </c>
       <c r="D566" t="inlineStr"/>
       <c r="E566" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F566" t="inlineStr">
         <is>
-          <t>.send_feedback.error.intro</t>
+          <t>.send_feedback.nav.previous</t>
         </is>
       </c>
       <c r="G566" t="inlineStr"/>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr"/>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Previous</t>
+          <t>Next</t>
         </is>
       </c>
       <c r="C567" t="inlineStr">
         <is>
-          <t>Forrige</t>
+          <t>Næste</t>
         </is>
       </c>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.previous</t>
+          <t>.send_feedback.nav.next</t>
         </is>
       </c>
       <c r="G567" t="inlineStr"/>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr"/>
       <c r="B568" t="inlineStr">
         <is>
-          <t>Next</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C568" t="inlineStr">
         <is>
-          <t>Næste</t>
+          <t>Luk</t>
         </is>
       </c>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.next</t>
+          <t>.send_feedback.nav.close</t>
         </is>
       </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr"/>
       <c r="B569" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Your message</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>Luk</t>
+          <t>Din besked</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.close</t>
+          <t>.send_feedback.steps.your_message</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr"/>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Your message</t>
+          <t>System information</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Din besked</t>
+          <t>Systeminformation</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.your_message</t>
+          <t>.send_feedback.steps.system_info</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr"/>
       <c r="B571" t="inlineStr">
         <is>
-          <t>System information</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Systeminformation</t>
+          <t>Send rapport</t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.system_info</t>
+          <t>.send_feedback.steps.send</t>
         </is>
       </c>
       <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr"/>
       <c r="B572" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Browse</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Send rapport</t>
+          <t>Gennemse</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.send</t>
+          <t>.setup.action.browse</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr"/>
       <c r="B573" t="inlineStr">
         <is>
-          <t>Browse</t>
+          <t>Install {{title}}</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Gennemse</t>
+          <t>Installer {{title}}</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>.setup.action.browse</t>
+          <t>.grid.item.install_title</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr"/>
       <c r="B574" t="inlineStr">
         <is>
-          <t>Install {{title}}</t>
+          <t>Open developer tools</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>Installer {{title}}</t>
+          <t>Åbn udviklerværktøjer</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>.grid.item.install_title</t>
-[...2 lines deleted...]
-      <c r="G574" t="inlineStr"/>
+          <t>.browser.open_devtools</t>
+        </is>
+      </c>
+      <c r="G574" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Åben udvikler værktøjer</t>
+        </is>
+      </c>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr"/>
       <c r="B575" t="inlineStr">
         <is>
-          <t>Open developer tools</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Åbn udviklerværktøjer</t>
+          <t>Tilbage</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>.browser.open_devtools</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.action.back</t>
+        </is>
+      </c>
+      <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr"/>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Reveal password</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Tilbage</t>
+          <t>Vis kodeord</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>.prompt.action.back</t>
+          <t>.login.action.reveal_password</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr"/>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Reveal password</t>
+          <t>Hide password</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Vis kodeord</t>
+          <t>Skjul kodeord</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>.login.action.reveal_password</t>
+          <t>.login.action.hide_password</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr"/>
       <c r="B578" t="inlineStr">
         <is>
-          <t>Hide password</t>
+          <t>Inspect</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Skjul kodeord</t>
+          <t>Inspicér</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>.login.action.hide_password</t>
+          <t>.web.context_menu.inspect</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr"/>
       <c r="B579" t="inlineStr">
         <is>
-          <t>Inspect</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Inspicér</t>
+          <t>Titel</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>.web.context_menu.inspect</t>
+          <t>.sort_by.collections.title</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr"/>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Titel</t>
+          <t>Opdateret</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>.sort_by.collections.title</t>
+          <t>.sort_by.collections.updated_at</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr"/>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Are you sure you want to quit?</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Opdateret</t>
+          <t>Er du sikker på du vil lukke?</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>.sort_by.collections.updated_at</t>
+          <t>.prompt.confirm_quit.title</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr"/>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Are you sure you want to quit?</t>
+          <t>All running games and applications will be closed.</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Er du sikker på du vil lukke?</t>
+          <t>Alle åbne spil og applikationer vil lukkes.</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.title</t>
+          <t>.prompt.confirm_quit.message</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr"/>
       <c r="B583" t="inlineStr">
         <is>
-          <t>All running games and applications will be closed.</t>
+          <t>Quit and close all</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Alle åbne spil og applikationer vil lukkes.</t>
+          <t>Luk alt</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.message</t>
+          <t>.prompt.action.quit_and_close_all</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr"/>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Quit and close all</t>
+          <t>Empty</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Luk alt</t>
+          <t>Tom</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>.prompt.action.quit_and_close_all</t>
+          <t>.preferences.install_location.empty</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr"/>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Empty</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C585" t="inlineStr">
         <is>
-          <t>Tom</t>
+          <t>Noget gik galt</t>
         </is>
       </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>.preferences.install_location.empty</t>
+          <t>.prompt.show_error.generic_message</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr"/>
       <c r="B586" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Computing space requirements</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>Noget gik galt</t>
+          <t>Udregner nødvendig diskplads</t>
         </is>
       </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>.prompt.show_error.generic_message</t>
+          <t>.plan_install.computing_space_requirements</t>
         </is>
       </c>
       <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr"/>
       <c r="B587" t="inlineStr">
         <is>
-          <t>Computing space requirements</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Udregner nødvendig diskplads</t>
+          <t>Installer</t>
         </is>
       </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>.plan_install.computing_space_requirements</t>
+          <t>.plan_install.select_upload</t>
         </is>
       </c>
       <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr"/>
       <c r="B588" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>To location</t>
         </is>
       </c>
       <c r="C588" t="inlineStr">
         <is>
-          <t>Installer</t>
+          <t>Til lokation</t>
         </is>
       </c>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>.plan_install.select_upload</t>
+          <t>.plan_install.select_install_location</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr"/>
       <c r="B589" t="inlineStr">
         <is>
-          <t>To location</t>
+          <t>Disk space required</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Til lokation</t>
+          <t>Nødvendig diskplads</t>
         </is>
       </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>.plan_install.select_install_location</t>
+          <t>.plan_install.disk_space_required</t>
         </is>
       </c>
       <c r="G589" t="inlineStr"/>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr"/>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Disk space required</t>
+          <t>Disk space available</t>
         </is>
       </c>
       <c r="C590" t="inlineStr">
         <is>
-          <t>Nødvendig diskplads</t>
+          <t>Tilgængelig diskplads</t>
         </is>
       </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_required</t>
+          <t>.plan_install.disk_space_available</t>
         </is>
       </c>
       <c r="G590" t="inlineStr"/>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr"/>
       <c r="B591" t="inlineStr">
         <is>
-          <t>Disk space available</t>
+          <t>Software License Agreement</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>Tilgængelig diskplads</t>
+          <t>Softwarelicensaftale</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_available</t>
+          <t>.prompt.sla.title</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr"/>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Software License Agreement</t>
+          <t>To use this software, you need to accept the terms of this license agreement:</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Softwarelicensaftale</t>
+          <t>For at bruge denne software, skal du acceptere betingelserne i denne licensaftale:</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>.prompt.sla.title</t>
+          <t>.prompt.sla.message</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr"/>
       <c r="B593" t="inlineStr">
         <is>
-          <t>To use this software, you need to accept the terms of this license agreement:</t>
+          <t>Accept terms</t>
         </is>
       </c>
       <c r="C593" t="inlineStr">
         <is>
-          <t>For at bruge denne software, skal du acceptere betingelserne i denne licensaftale:</t>
+          <t>Accepter betingelser</t>
         </is>
       </c>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>.prompt.sla.message</t>
+          <t>.prompt.sla.accept</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr"/>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Accept terms</t>
-[...6 lines deleted...]
-      </c>
+          <t>Physical Games</t>
+        </is>
+      </c>
+      <c r="C594" t="inlineStr"/>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>.prompt.sla.accept</t>
-[...2 lines deleted...]
-      <c r="G594" t="inlineStr"/>
+          <t>.filter_by.games.classification.physical_game</t>
+        </is>
+      </c>
+      <c r="G594" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Fysiske spil
+Suggested in Weblate: Fysiske Spil
+Suggested in Weblate: Fysisk Spil</t>
+        </is>
+      </c>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr"/>
       <c r="B595" t="inlineStr">
         <is>
-          <t>Physical Games</t>
+          <t>1 hour 1 minute</t>
         </is>
       </c>
       <c r="C595" t="inlineStr"/>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.physical_game</t>
-[...8 lines deleted...]
-      </c>
+          <t>.duration.precise.hour_minute</t>
+        </is>
+      </c>
+      <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr"/>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr"/>
+      <c r="D596" t="inlineStr"/>
+      <c r="E596" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F596" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G596" t="inlineStr"/>
+      <c r="H596" t="inlineStr"/>
+    </row>
+    <row r="597">
+      <c r="A597" t="inlineStr"/>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C597" t="inlineStr"/>
+      <c r="D597" t="inlineStr"/>
+      <c r="E597" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F597" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G597" t="inlineStr"/>
+      <c r="H597" t="inlineStr"/>
+    </row>
+    <row r="598">
+      <c r="A598" t="inlineStr"/>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C598" t="inlineStr"/>
+      <c r="D598" t="inlineStr"/>
+      <c r="E598" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F598" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G598" t="inlineStr"/>
+      <c r="H598" t="inlineStr"/>
+    </row>
+    <row r="599">
+      <c r="A599" t="inlineStr"/>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C599" t="inlineStr"/>
+      <c r="D599" t="inlineStr"/>
+      <c r="E599" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F599" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G599" t="inlineStr"/>
+      <c r="H599" t="inlineStr"/>
+    </row>
+    <row r="600">
+      <c r="A600" t="inlineStr"/>
+      <c r="B600" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C600" t="inlineStr"/>
+      <c r="D600" t="inlineStr"/>
+      <c r="E600" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F600" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G600" t="inlineStr"/>
+      <c r="H600" t="inlineStr"/>
+    </row>
+    <row r="601">
+      <c r="A601" t="inlineStr"/>
+      <c r="B601" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C601" t="inlineStr"/>
+      <c r="D601" t="inlineStr"/>
+      <c r="E601" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F601" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G601" t="inlineStr"/>
+      <c r="H601" t="inlineStr"/>
+    </row>
+    <row r="602">
+      <c r="A602" t="inlineStr"/>
+      <c r="B602" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C602" t="inlineStr"/>
+      <c r="D602" t="inlineStr"/>
+      <c r="E602" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F602" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G602" t="inlineStr"/>
+      <c r="H602" t="inlineStr"/>
+    </row>
+    <row r="603">
+      <c r="A603" t="inlineStr"/>
+      <c r="B603" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C603" t="inlineStr"/>
+      <c r="D603" t="inlineStr"/>
+      <c r="E603" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F603" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G603" t="inlineStr"/>
+      <c r="H603" t="inlineStr"/>
+    </row>
+    <row r="604">
+      <c r="A604" t="inlineStr"/>
+      <c r="B604" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C604" t="inlineStr"/>
+      <c r="D604" t="inlineStr"/>
+      <c r="E604" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F604" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G604" t="inlineStr"/>
+      <c r="H604" t="inlineStr"/>
+    </row>
+    <row r="605">
+      <c r="A605" t="inlineStr"/>
+      <c r="B605" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C605" t="inlineStr"/>
+      <c r="D605" t="inlineStr"/>
+      <c r="E605" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F605" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G605" t="inlineStr"/>
+      <c r="H605" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>