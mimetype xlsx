--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H595"/>
+  <dimension ref="A1:H605"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -4209,12258 +4209,12478 @@
           <t>Top-Seller</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>.new_tab.top_sellers</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Top Verkäufer</t>
         </is>
       </c>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Popular on Twitter</t>
+          <t>itch is now running in the background. Use the menu to quit it completely.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>Beliebt auf Twitter</t>
+          <t>itch ist nun im Hintergrund aktiv. Benutze das Menü um es vollständig zu schließen.</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.new_tab.twitter</t>
+          <t>.notification.see_you_soon.message</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>itch is now running in the background. Use the menu to quit it completely.</t>
+          <t>See you soon!</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>itch ist nun im Hintergrund aktiv. Benutze das Menü um es vollständig zu schließen.</t>
+          <t>Bis zum nächsten Mal!</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.message</t>
+          <t>.notification.see_you_soon.title</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>See you soon!</t>
+          <t>You just purchased {{title}}!</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>Bis zum nächsten Mal!</t>
+          <t>Du hast soeben {{title}} gekauft!</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.title</t>
+          <t>.notification.purchase_complete.just_bought</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>You just purchased {{title}}!</t>
+          <t>You just donated to {{title}}!</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>Du hast soeben {{title}} gekauft!</t>
+          <t>Du hast soeben an {{title}} gespendet!</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_bought</t>
+          <t>.notification.purchase_complete.just_donated</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>You just donated to {{title}}!</t>
+          <t>You can now install it anytime!</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>Du hast soeben an {{title}} gespendet!</t>
+          <t>Du kannst es jetzt jederzeit installieren!</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_donated</t>
+          <t>.notification.purchase_complete.may_install_now</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t>You can now install it anytime!</t>
+          <t>Thanks for your support!</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>Du kannst es jetzt jederzeit installieren!</t>
+          <t>Danke für deine Unterstützung!</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.may_install_now</t>
+          <t>.notification.purchase_complete.thanks_for_support</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Thanks for your support!</t>
+          <t>{{title}} was installed!</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>Danke für deine Unterstützung!</t>
+          <t>{{title}} wurde installiert!</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.thanks_for_support</t>
+          <t>.notification.download_installed</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
-          <t>{{title}} was installed!</t>
+          <t>{{title}} was updated!</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>{{title}} wurde installiert!</t>
+          <t>{{title}} wurde aktualisiert!</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>.notification.download_installed</t>
+          <t>.notification.download_updated</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>{{title}} was updated!</t>
+          <t>{{title}} was switched to {{version}}!</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>{{title}} wurde aktualisiert!</t>
+          <t>{{title}} wurde zu {{version}} gewechselt!</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>.notification.download_updated</t>
-[...2 lines deleted...]
-      <c r="G154" t="inlineStr"/>
+          <t>.notification.download_reverted</t>
+        </is>
+      </c>
+      <c r="G154" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{title}} wurde auf {{version}} gewechselt!
+Suggested in Weblate: {{title}} wurde auf {{version}} geändert!
+Suggested in Weblate: {{title}} wurde auf {{version}} zurückgesetzt!</t>
+        </is>
+      </c>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
-          <t>{{title}} was switched to {{version}}!</t>
+          <t>{{title}} verified and repaired!</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>{{title}} wurde zu {{version}} gewechselt!</t>
+          <t>{{title}} verifiziert und repariert!</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>.notification.download_reverted</t>
-[...8 lines deleted...]
-      </c>
+          <t>.notification.download_healed</t>
+        </is>
+      </c>
+      <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
-          <t>{{title}} verified and repaired!</t>
+          <t>Keep in mind this is a pre-alpha</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>{{title}} verifiziert und repariert!</t>
+          <t>Beachte, dass dies eine Pre-Alpha-Version ist</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>.notification.download_healed</t>
-[...2 lines deleted...]
-      <c r="G156" t="inlineStr"/>
+          <t>.onboarding.caved.prealpha_reminder</t>
+        </is>
+      </c>
+      <c r="G156" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Bitte beachte, dass dies eine Pre-Alpha-Version ist</t>
+        </is>
+      </c>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Keep in mind this is a pre-alpha</t>
+          <t>Take your pick</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>Beachte, dass dies eine Pre-Alpha-Version ist</t>
+          <t>Such dir was aus</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>.onboarding.caved.prealpha_reminder</t>
-[...6 lines deleted...]
-      </c>
+          <t>.onboarding.caved.title_pick</t>
+        </is>
+      </c>
+      <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Take your pick</t>
+          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>Such dir was aus</t>
+          <t>Sollte etwas nicht funktionieren, klicke {{report}}, um den Fehler zu melden oder {{probe}}, um nachzuforschen.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>.onboarding.caved.title_pick</t>
+          <t>.onboarding.caved.troubleshoot_advice</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
+          <t>Watch games quietly download, install, and run.</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>Sollte etwas nicht funktionieren, klicke {{report}}, um den Fehler zu melden oder {{probe}}, um nachzuforschen.</t>
+          <t>Lade und installiere Spiele im Hintergrund.</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>.onboarding.caved.troubleshoot_advice</t>
+          <t>.onboarding.caved.usage</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Watch games quietly download, install, and run.</t>
+          <t>Your games will be here when you come back.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>Lade und installiere Spiele im Hintergrund.</t>
+          <t>Bei deinem nächsten Besuch findest du deine Spiele hier.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>.onboarding.caved.usage</t>
+          <t>.onboarding.collections.auto_sync</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Your games will be here when you come back.</t>
+          <t>Let's browse</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>Bei deinem nächsten Besuch findest du deine Spiele hier.</t>
+          <t>Schau dich um</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>.onboarding.collections.auto_sync</t>
+          <t>.onboarding.collections.lets_shop</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Let's browse</t>
+          <t>Mix &amp; match</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>Schau dich um</t>
+          <t>Bunte Auswahl</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>.onboarding.collections.lets_shop</t>
+          <t>.onboarding.collections.title_mix</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Mix &amp; match</t>
+          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>Bunte Auswahl</t>
+          <t>Schaue dich etwas auf der Seite um und benutze {{add_to_collection}}, um deine Kollektionen zusammenzustellen.</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>.onboarding.collections.title_mix</t>
+          <t>.onboarding.collections.usage</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>Schaue dich etwas auf der Seite um und benutze {{add_to_collection}}, um deine Kollektionen zusammenzustellen.</t>
+          <t>Erfahre mehr</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>.onboarding.collections.usage</t>
+          <t>.onboarding.dashboard.docs_link</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>We've tried to make it the comfiest.</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>Erfahre mehr</t>
+          <t>Wir haben versucht, es so angenehm wie möglich zu machen.</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.docs_link</t>
+          <t>.onboarding.dashboard.mission_statement</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>We've tried to make it the comfiest.</t>
+          <t>Instant set-up, and as few barriers as we can manage.</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>Wir haben versucht, es so angenehm wie möglich zu machen.</t>
+          <t>Sofort eingerichtet und mit so wenigen Barrieren wie möglich.</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.mission_statement</t>
+          <t>.onboarding.dashboard.selling_points</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Instant set-up, and as few barriers as we can manage.</t>
+          <t>Welcome home</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>Sofort eingerichtet und mit so wenigen Barrieren wie möglich.</t>
+          <t>Willkommen</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.selling_points</t>
+          <t>.onboarding.dashboard.welcome_home</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Welcome home</t>
+          <t>We've put together a few collections so you can start playing right away.</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>Willkommen</t>
+          <t>Wir haben dir ein paar Kollektionen zusammengestellt, damit du sofort loslegen kannst.</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.welcome_home</t>
+          <t>.onboarding.owned.batteries_included</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>We've put together a few collections so you can start playing right away.</t>
+          <t>Click the labels on your left to navigate around the app</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>Wir haben dir ein paar Kollektionen zusammengestellt, damit du sofort loslegen kannst.</t>
+          <t>Die Liste auf der linken Seite bringt dich zu verschiedenen Bereichen der App</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>.onboarding.owned.batteries_included</t>
+          <t>.onboarding.owned.navigation_hint</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Click the labels on your left to navigate around the app</t>
+          <t>Things are looking a bit empty right now, but no worries!</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>Die Liste auf der linken Seite bringt dich zu verschiedenen Bereichen der App</t>
+          <t>Hier sieht's noch etwas leer aus, aber keine Sorge!</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>.onboarding.owned.navigation_hint</t>
+          <t>.onboarding.owned.reassuring_comment</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Things are looking a bit empty right now, but no worries!</t>
+          <t>You made it!</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>Hier sieht's noch etwas leer aus, aber keine Sorge!</t>
+          <t>Geschafft!</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>.onboarding.owned.reassuring_comment</t>
+          <t>.onboarding.owned.title_warm_welcome</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t>You made it!</t>
+          <t>Open dashboard</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>Geschafft!</t>
+          <t>Übersicht öffnen</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>.onboarding.owned.title_warm_welcome</t>
+          <t>.outlinks.open_dashboard</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Open dashboard</t>
+          <t>Manage collections</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>Übersicht öffnen</t>
+          <t>Sammlungen verwalten</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>.outlinks.open_dashboard</t>
-[...2 lines deleted...]
-      <c r="G173" t="inlineStr"/>
+          <t>.outlinks.manage_collections</t>
+        </is>
+      </c>
+      <c r="G173" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kollektionen verwalten</t>
+        </is>
+      </c>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Manage collections</t>
+          <t>itch.io sandbox setup</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>Sammlungen verwalten</t>
+          <t>Einrichten der itch.io-Sandbox</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>.outlinks.manage_collections</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sandbox.setup.title</t>
+        </is>
+      </c>
+      <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
-          <t>itch.io sandbox setup</t>
+          <t>Proceed</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>Einrichten der itch.io-Sandbox</t>
+          <t>Fortfahren</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>.sandbox.setup.title</t>
+          <t>.sandbox.setup.proceed</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Proceed</t>
+          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>Fortfahren</t>
+          <t>Um Spiele in der itch.io Sandbox zu starten, ist eine einmalige Einrichtung mit Administratorrechten erforderlich.</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>.sandbox.setup.proceed</t>
+          <t>.sandbox.setup.windows.message</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
+          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>Um Spiele in der itch.io Sandbox zu starten, ist eine einmalige Einrichtung mit Administratorrechten erforderlich.</t>
+          <t>Beim Klicken auf "Fortfahren" wird ein Bestätigungsfenster erscheinen, welches deine Zustimmung benötigt. Dieses wird ein "Itch-Player"-Benutzerkonto hinzufügen, um deine Spiele vor dem Rest deines Systems zu schützen.</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.message</t>
+          <t>.sandbox.setup.windows.detail</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
+          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>Beim Klicken auf "Fortfahren" wird ein Bestätigungsfenster erscheinen, welches deine Zustimmung benötigt. Dieses wird ein "Itch-Player"-Benutzerkonto hinzufügen, um deine Spiele vor dem Rest deines Systems zu schützen.</t>
+          <t>Um Spiele in der itch.io Sandbox zu öffnen muss ein einmaliges Setup-Script als root ausgeführt werden.</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.detail</t>
+          <t>.sandbox.setup.linux.message</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
+          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>Um Spiele in der itch.io Sandbox zu öffnen muss ein einmaliges Setup-Script als root ausgeführt werden.</t>
+          <t>Beim Klicken auf 'Fortfahren' wird ein Bestätigungsfenster erscheinen, welches dein Passwort erfordert. Dieses wird ausschließlich für den ersten Sandbox-Start benutzt und dein Passwort wird niemals von itch gesehen oder aufgezeichnet.</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.message</t>
+          <t>.sandbox.setup.linux.detail</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
+          <t>Security &amp; privacy</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>Beim Klicken auf 'Fortfahren' wird ein Bestätigungsfenster erscheinen, welches dein Passwort erfordert. Dieses wird ausschließlich für den ersten Sandbox-Start benutzt und dein Passwort wird niemals von itch gesehen oder aufgezeichnet.</t>
+          <t>Sicherheit &amp; Datenschutz</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.detail</t>
+          <t>.preferences.security</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Security &amp; privacy</t>
+          <t>Enable itch.io sandbox</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>Sicherheit &amp; Datenschutz</t>
+          <t>itch.io Sandbox aktivieren</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>.preferences.security</t>
+          <t>.preferences.security.sandbox.title</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Enable itch.io sandbox</t>
+          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>itch.io Sandbox aktivieren</t>
+          <t>Die itch.io Sandbox wird versuchen, Spiele, die Du heruntergeladen hast, davon abzuhalten, schädliche Dinge zu tun oder vertrauliche Daten zu stehlen. Obwohl es keine vollkommene Sicherheitsgarantie ist, ist es doch wesentlich sicherer, Spiele in der itch.io Sandbox zu starten.</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.title</t>
+          <t>.preferences.security.sandbox.description</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
+          <t>Add location</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>Die itch.io Sandbox wird versuchen, Spiele, die Du heruntergeladen hast, davon abzuhalten, schädliche Dinge zu tun oder vertrauliche Daten zu stehlen. Obwohl es keine vollkommene Sicherheitsgarantie ist, ist es doch wesentlich sicherer, Spiele in der itch.io Sandbox zu starten.</t>
+          <t>Pfad hinzufügen</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.description</t>
+          <t>.preferences.install_location.add</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Add location</t>
+          <t>Remove this install location</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>Pfad hinzufügen</t>
+          <t>Entferne diesen Installationsort</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>.preferences.install_location.add</t>
-[...2 lines deleted...]
-      <c r="G184" t="inlineStr"/>
+          <t>.preferences.install_location.delete</t>
+        </is>
+      </c>
+      <c r="G184" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Entferne diesen Installationsort und deinstalliere den Inhalt</t>
+        </is>
+      </c>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Remove this install location</t>
+          <t>Free space</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>Entferne diesen Installationsort</t>
+          <t>Freier Speicherplatz</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>.preferences.install_location.delete</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.install_location.free_space</t>
+        </is>
+      </c>
+      <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Free space</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>Freier Speicherplatz</t>
+          <t>Standard</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_space</t>
+          <t>.preferences.install_location.is_default_short</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Make default</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>Standard</t>
+          <t>Als Standard einstellen</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default_short</t>
+          <t>.preferences.install_location.make_default_short</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Make default</t>
+          <t>New items will install to this location by default.</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>Als Standard einstellen</t>
+          <t>Neue Artikel werden standardmäßig in diesem Standort installiert.</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default_short</t>
+          <t>.preferences.install_location.is_default</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t>New items will install to this location by default.</t>
+          <t># of items</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>Neue Artikel werden standardmäßig in diesem Standort installiert.</t>
+          <t># Artikel</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default</t>
+          <t>.preferences.install_location.item_count</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t># of items</t>
+          <t>Set this as the default install location</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t># Artikel</t>
+          <t>Setze dies als den Standard-Installationsort</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>.preferences.install_location.item_count</t>
+          <t>.preferences.install_location.make_default</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Set this as the default install location</t>
+          <t>Location</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>Setze dies als den Standard-Installationsort</t>
+          <t>Ort</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default</t>
+          <t>.preferences.install_location.path</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Location</t>
+          <t>Used space</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>Ort</t>
+          <t>Belegter Speicherplatz</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>.preferences.install_location.path</t>
+          <t>.preferences.install_location.used_space</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Used space</t>
+          <t>Install locations</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>Belegter Speicherplatz</t>
+          <t>Installationsorte</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>.preferences.install_location.used_space</t>
-[...2 lines deleted...]
-      <c r="G193" t="inlineStr"/>
+          <t>.preferences.install_locations</t>
+        </is>
+      </c>
+      <c r="G193" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Installationsverzeichnis</t>
+        </is>
+      </c>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Install locations</t>
+          <t>Behavior</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>Installationsorte</t>
+          <t>Verhalten</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>.preferences.install_locations</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.behavior</t>
+        </is>
+      </c>
+      <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Behavior</t>
+          <t>Keep app in tray when closing window</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>Verhalten</t>
+          <t>Anwendung weiter im Infobereich anzeigen, wenn das Fenster geschlossen wird</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>.preferences.behavior</t>
+          <t>.preferences.behavior.close_to_tray</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Keep app in tray when closing window</t>
+          <t>Run itch when my computer starts</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>Anwendung weiter im Infobereich anzeigen, wenn das Fenster geschlossen wird</t>
+          <t>itch ausführen, wenn mein Computer startet</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>.preferences.behavior.close_to_tray</t>
+          <t>.preferences.behavior.open_at_login</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Run itch when my computer starts</t>
+          <t>Open itch as hidden on startup</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>itch ausführen, wenn mein Computer startet</t>
+          <t>itch beim Start im Hintergrund ausführen</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login</t>
+          <t>.preferences.behavior.open_as_hidden</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr"/>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Open itch as hidden on startup</t>
+          <t>Auto-start settings could not be applied: {{cause}}</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>itch beim Start im Hintergrund ausführen</t>
+          <t>Autostart-Einstellungen konnten nicht übernommen werden: {{cause}}</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_as_hidden</t>
+          <t>.preferences.behavior.open_at_login.error</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr"/>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Auto-start settings could not be applied: {{cause}}</t>
+          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>Autostart-Einstellungen konnten nicht übernommen werden: {{cause}}</t>
+          <t>Keine .desktop-Datei gefunden. Das ist normal, falls du nicht aus einem System Package installiert hast. Siehe {{linux_install_page}} für mehr Info.</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.error</t>
+          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr"/>
       <c r="B200" t="inlineStr">
         <is>
-          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
+          <t>Ask before updating anything</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>Keine .desktop-Datei gefunden. Das ist normal, falls du nicht aus einem System Package installiert hast. Siehe {{linux_install_page}} für mehr Info.</t>
+          <t>Fragen, bevor etwas aktualisiert wird</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
+          <t>.preferences.behavior.manual_game_updates</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr"/>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Ask before updating anything</t>
+          <t>Prevent display sleep while playing</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>Fragen, bevor etwas aktualisiert wird</t>
+          <t>Bildschirmabschaltung während des Spielens verhindern</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>.preferences.behavior.manual_game_updates</t>
-[...24 lines deleted...]
-        <is>
           <t>.preferences.behavior.prevent_display_sleep</t>
         </is>
       </c>
-      <c r="G202" t="inlineStr">
+      <c r="G201" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Display-Schlaf während des Spielens zu verhindern
 Suggested in Weblate: Deaktiviere Bildschirmschoner während des Spielens
 Suggested in Weblate: Bildschirmschoner während des Spielens deaktivieren
 Suggested in Weblate: Abschalten des Bildschirms während des Spielens verhindern
 Suggested in Weblate: Bildschirm Ruhemodus während dem Spielen verhindern
 Suggested in Weblate: Schlafmodus des Bildschirms während des Spielens verhindern
 Suggested in Weblate: Bildschirmschoner während dem Spielen deaktivieren
 Suggested in Weblate: Sleep-Modus während des spielens verhindern
 Suggested in Weblate: Problem bei der Videoausgabe 
 Suggested in Weblate: Abschaltung des Bildschirms während dem Spielen verhindern
 Suggested in Weblate: Verhindern, dass der Bildschirm im Leerlauf ist
 Suggested in Weblate: Bildschirmabschaltung während dem Spielen verhindern</t>
         </is>
       </c>
+      <c r="H201" t="inlineStr"/>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr"/>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>Notifications</t>
+        </is>
+      </c>
+      <c r="C202" t="inlineStr">
+        <is>
+          <t>Benachrichtigungen</t>
+        </is>
+      </c>
+      <c r="D202" t="inlineStr"/>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F202" t="inlineStr">
+        <is>
+          <t>.preferences.notifications</t>
+        </is>
+      </c>
+      <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr"/>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Notify me when a download has been installed or updated</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>Benachrichtigungen</t>
+          <t>Benachrichtige mich, wenn ein Download installiert oder aktualisiert wurde</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>.preferences.notifications</t>
+          <t>.preferences.notifications.ready_notification</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr"/>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Notify me when a download has been installed or updated</t>
+          <t>Language</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>Benachrichtige mich, wenn ein Download installiert oder aktualisiert wurde</t>
+          <t>Sprache</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>.preferences.notifications.ready_notification</t>
+          <t>.preferences.language</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr"/>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Language</t>
+          <t>System language ({{language}})</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>Sprache</t>
+          <t>Systemsprache ({{language}})</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>.preferences.language</t>
+          <t>.preferences.language.auto</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr"/>
       <c r="B206" t="inlineStr">
         <is>
-          <t>System language ({{language}})</t>
+          <t>Help translate {{name}} in your language!</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>Systemsprache ({{language}})</t>
+          <t>Hilf bei der Übersetzung von {{name}} in deine Sprache!</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>.preferences.language.auto</t>
+          <t>.preferences.language.get_involved</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr"/>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Help translate {{name}} in your language!</t>
+          <t>Advanced</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>Hilf bei der Übersetzung von {{name}} in deine Sprache!</t>
+          <t>Erweitert</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>.preferences.language.get_involved</t>
+          <t>.preferences.advanced</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr"/>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Advanced</t>
+          <t>Open app log</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>Erweitert</t>
+          <t>App-Log öffnen</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>.preferences.advanced</t>
+          <t>.preferences.advanced.open_app_log</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr"/>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Open app log</t>
+          <t>Clear browsing data</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>App-Log öffnen</t>
+          <t>Browser-Daten löschen</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>.preferences.advanced.open_app_log</t>
+          <t>.preferences.advanced.clear_browsing_data</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr"/>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Clear browsing data</t>
+          <t>HTTPS Proxy</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>Browser-Daten löschen</t>
+          <t>HTTPS Proxy</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>.preferences.advanced.clear_browsing_data</t>
+          <t>.preferences.proxy_server_address</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr"/>
       <c r="B211" t="inlineStr">
         <is>
-          <t>HTTPS Proxy</t>
+          <t>Direct (no proxy)</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>HTTPS Proxy</t>
+          <t>Direkt (ohne Proxy)</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_address</t>
+          <t>.preferences.proxy_server_source.direct</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr"/>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Direct (no proxy)</t>
+          <t>Multiple downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>Direkt (ohne Proxy)</t>
+          <t>Mehrere Downloads sind verfürbar für {{title}}</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_source.direct</t>
-[...2 lines deleted...]
-      <c r="G212" t="inlineStr"/>
+          <t>.pick_install_upload.title</t>
+        </is>
+      </c>
+      <c r="G212" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mehrere Downloads sind für {{title}} verfügbar</t>
+        </is>
+      </c>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr"/>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Multiple downloads are available for {{title}}</t>
+          <t>Which file do you want to download for {{title}}?</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>Mehrere Downloads sind verfürbar für {{title}}</t>
+          <t>Welche Datei möchtest du für {{title}} herunterladen?</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>.pick_install_upload.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.pick_install_upload.message</t>
+        </is>
+      </c>
+      <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr"/>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Which file do you want to download for {{title}}?</t>
+          <t>We'll ask you again when new downloads are available.</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>Welche Datei möchtest du für {{title}} herunterladen?</t>
+          <t>Wir fragen dich erneut sobald neue Downloads verfügbar sind.</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>.pick_install_upload.message</t>
+          <t>.pick_install_upload.detail</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr"/>
       <c r="B215" t="inlineStr">
         <is>
-          <t>We'll ask you again when new downloads are available.</t>
+          <t>New downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>Wir fragen dich erneut sobald neue Downloads verfügbar sind.</t>
+          <t>Neue Downloads für {{title}} verfügbar</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>.pick_install_upload.detail</t>
+          <t>.pick_update_upload.title</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr"/>
       <c r="B216" t="inlineStr">
         <is>
-          <t>New downloads are available for {{title}}</t>
+          <t>Which file do you want to update to for {{title}}?</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>Neue Downloads für {{title}} verfügbar</t>
+          <t>Welche Datei möchtest du für {{title}} aktualisieren?</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>.pick_update_upload.title</t>
+          <t>.pick_update_upload.message</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr"/>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Which file do you want to update to for {{title}}?</t>
+          <t>We only ask because you hand-picked a file at install time.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>Welche Datei möchtest du für {{title}} aktualisieren?</t>
+          <t>Wir fragen nur, weil du bei der Installation eine Datei manuell ausgewählt hast.</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>.pick_update_upload.message</t>
+          <t>.pick_update_upload.detail</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr"/>
       <c r="B218" t="inlineStr">
         <is>
-          <t>We only ask because you hand-picked a file at install time.</t>
+          <t>A new version of {{title}} is available</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>Wir fragen nur, weil du bei der Installation eine Datei manuell ausgewählt hast.</t>
+          <t>Eine neue Version von {{title}} ist verfügbar</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>.pick_update_upload.detail</t>
+          <t>.pick_update_upload.single.title</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr"/>
       <c r="B219" t="inlineStr">
         <is>
-          <t>A new version of {{title}} is available</t>
+          <t>You can choose to update now or later.</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>Eine neue Version von {{title}} ist verfügbar</t>
+          <t>Du kannst aussuchen, ob jetzt oder später aktualisiert wird.</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.title</t>
+          <t>.pick_update_upload.single.message</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr"/>
       <c r="B220" t="inlineStr">
         <is>
-          <t>You can choose to update now or later.</t>
+          <t>Note: you can enable automatic updates in the Preferences tab</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>Du kannst aussuchen, ob jetzt oder später aktualisiert wird.</t>
+          <t>Hinweis: du kannst automatische Updates im Einstellungs-Tab aktivieren</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.message</t>
+          <t>.pick_update_upload.single.detail</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr"/>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Note: you can enable automatic updates in the Preferences tab</t>
+          <t>Update now</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>Hinweis: du kannst automatische Updates im Einstellungs-Tab aktivieren</t>
+          <t>Jetzt aktualisieren</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.detail</t>
+          <t>.pick_update_upload.buttons.update</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr"/>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Update now</t>
+          <t>Just launch</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>Jetzt aktualisieren</t>
+          <t>Einfach starten</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.update</t>
+          <t>.pick_update_upload.buttons.just_launch</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr"/>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Just launch</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>Einfach starten</t>
+          <t>Demo</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.just_launch</t>
+          <t>.pick_update_upload.tags.demo</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr"/>
       <c r="B224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>Demo</t>
+          <t>Abbrechen</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>.pick_update_upload.tags.demo</t>
+          <t>.prompt.action.cancel</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr"/>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>Abbrechen</t>
+          <t>Schließen</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>.prompt.action.cancel</t>
+          <t>.prompt.action.close</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr"/>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Proceed with removal</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>Schließen</t>
+          <t>Mit der Entfernung fortfahren</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>.prompt.action.close</t>
-[...2 lines deleted...]
-      <c r="G226" t="inlineStr"/>
+          <t>.prompt.action.confirm_removal</t>
+        </is>
+      </c>
+      <c r="G226" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mit der Deinstallation fortfahren</t>
+        </is>
+      </c>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr"/>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Proceed with removal</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>Mit der Entfernung fortfahren</t>
+          <t>Installieren</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>.prompt.action.confirm_removal</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.action.install</t>
+        </is>
+      </c>
+      <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr"/>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>Ok</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>Installieren</t>
+          <t>Ok</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>.prompt.action.install</t>
+          <t>.prompt.action.ok</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr"/>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Ok</t>
+          <t>Force close</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>Ok</t>
+          <t>Schließen erzwingen</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>.prompt.action.ok</t>
+          <t>.prompt.action.force_close</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr"/>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Force close</t>
+          <t>...but you could still buy a copy for a friend!
+Do you want to make another purchase?</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>Schließen erzwingen</t>
+          <t>...aber du könntest einem Freund ein Exemplar kaufen!
+Möchtest du einen weiteren Kauf tätigen?</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>.prompt.action.force_close</t>
-[...2 lines deleted...]
-      <c r="G230" t="inlineStr"/>
+          <t>.prompt.additional_purchase.detail</t>
+        </is>
+      </c>
+      <c r="G230" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ...aber du könntest einem Freund ein Kopie schenken!
+Möchtest du einen weiteren Kauf tätigen?</t>
+        </is>
+      </c>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr"/>
       <c r="B231" t="inlineStr">
         <is>
-          <t>...but you could still buy a copy for a friend!
-Do you want to make another purchase?</t>
+          <t>You already own a copy of {{title}}.</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>...aber du könntest einem Freund ein Exemplar kaufen!
-Möchtest du einen weiteren Kauf tätigen?</t>
+          <t>Du besitzt bereits ein Exemplar von {{title}}.</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.detail</t>
+          <t>.prompt.additional_purchase.message</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ...aber du könntest einem Freund ein Kopie schenken!
-Möchtest du einen weiteren Kauf tätigen?</t>
+          <t>Suggested in Weblate: Du besitzt bereits eine Kopie von {{title}}.</t>
         </is>
       </c>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr"/>
       <c r="B232" t="inlineStr">
         <is>
-          <t>You already own a copy of {{title}}.</t>
+          <t>Purchase again</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>Du besitzt bereits ein Exemplar von {{title}}.</t>
+          <t>Erneut kaufen</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.additional_purchase.purchase_again</t>
+        </is>
+      </c>
+      <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr"/>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Purchase again</t>
+          <t>You already own this!</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>Erneut kaufen</t>
+          <t>Du besitzt das bereits!</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.purchase_again</t>
+          <t>.prompt.additional_purchase.title</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr"/>
       <c r="B234" t="inlineStr">
         <is>
-          <t>You already own this!</t>
+          <t>Clear data</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>Du besitzt das bereits!</t>
+          <t>Daten löschen</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.title</t>
+          <t>.prompt.clear_browsing_data.clear</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr"/>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Clear data</t>
+          <t>Cached images and files</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>Daten löschen</t>
+          <t>Zwischengespeicherte Bilder und Dateien</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.clear</t>
+          <t>.prompt.clear_browsing_data.category.cache</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr"/>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Cached images and files</t>
+          <t>Retrieving cache size...</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>Zwischengespeicherte Bilder und Dateien</t>
+          <t>Ermittelt Cache-Größe...</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cache</t>
+          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr"/>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Retrieving cache size...</t>
+          <t>Cache is currently using {{size}} on disk</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>Ermittelt Cache-Größe...</t>
+          <t>Cache nutzt zur Zeit {{size}} auf dem System</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
+          <t>.prompt.clear_browsing_data.cache_size_used</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr"/>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Cache is currently using {{size}} on disk</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>Cache nutzt zur Zeit {{size}} auf dem System</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cache_size_used</t>
-[...2 lines deleted...]
-      <c r="G238" t="inlineStr"/>
+          <t>.prompt.clear_browsing_data.category.cookies</t>
+        </is>
+      </c>
+      <c r="G238" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kekse
+Suggested in Weblate: Cache
+Suggested in Weblate: "Cookies"</t>
+        </is>
+      </c>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr"/>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>This will log you out from all websites you've logged into from the itch app.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>Dies wird dich aus allen Websites abmelden, auf denen du dich mit der itch-App angemeldet hast.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cookies</t>
-[...8 lines deleted...]
-      </c>
+          <t>.prompt.clear_browsing_data.cookies_info</t>
+        </is>
+      </c>
+      <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr"/>
       <c r="B240" t="inlineStr">
         <is>
-          <t>This will log you out from all websites you've logged into from the itch app.</t>
+          <t>Browsing data cleared!</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>Dies wird dich aus allen Websites abmelden, auf denen du dich mit der itch-App angemeldet hast.</t>
+          <t>Browser-Daten gelöscht!</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cookies_info</t>
+          <t>.prompt.clear_browsing_data.notification</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr"/>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Browsing data cleared!</t>
+          <t>A crash log has been written to {{location}}.</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>Browser-Daten gelöscht!</t>
+          <t>Ein Fehlerbericht wurde an {{location}} gesendet.</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.notification</t>
+          <t>.prompt.crash_reporter.detail</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr"/>
       <c r="B242" t="inlineStr">
         <is>
-          <t>A crash log has been written to {{location}}.</t>
+          <t>The application has crashed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>Ein Fehlerbericht wurde an {{location}} gesendet.</t>
+          <t>Die Anwendung ist abgestürzt</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.detail</t>
+          <t>.prompt.crash_reporter.message</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr"/>
       <c r="B243" t="inlineStr">
         <is>
-          <t>The application has crashed</t>
+          <t>Open crash log</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>Die Anwendung ist abgestürzt</t>
+          <t>Absturzprotokoll öffnen</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.message</t>
+          <t>.prompt.crash_reporter.open_crash_log</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr"/>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Open crash log</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>Absturzprotokoll öffnen</t>
+          <t>Feedback senden</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.open_crash_log</t>
+          <t>.prompt.crash_reporter.report_issue</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr"/>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>Feedback senden</t>
+          <t>Itch kann nur portable Linux-Anwendungen installieren.</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.report_issue</t>
+          <t>.prompt.deb_policy.detail</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr"/>
       <c r="B246" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>Itch kann nur portable Linux-Anwendungen installieren.</t>
+          <t>{{title}} verwendet das .deb-Paket Format und muss neu gepackt werden, bevor es von itch installiert werden kann.</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.detail</t>
+          <t>.prompt.deb_policy.message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr"/>
       <c r="B247" t="inlineStr">
         <is>
-          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>APT packages are not supported</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>{{title}} verwendet das .deb-Paket Format und muss neu gepackt werden, bevor es von itch installiert werden kann.</t>
+          <t>APT-Pakete werden nicht unterstützt</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.message</t>
+          <t>.prompt.deb_policy.title</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr"/>
       <c r="B248" t="inlineStr">
         <is>
-          <t>APT packages are not supported</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>APT-Pakete werden nicht unterstützt</t>
+          <t>Sitzung vergessen</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.title</t>
+          <t>.prompt.forget_session.action</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr"/>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>You can always add it back later.</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>Sitzung vergessen</t>
+          <t>Du kannst sie immer noch später wieder hinzufügen.</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.action</t>
+          <t>.prompt.forget_session.detail</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr"/>
       <c r="B250" t="inlineStr">
         <is>
-          <t>You can always add it back later.</t>
+          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>Du kannst sie immer noch später wieder hinzufügen.</t>
+          <t>Bist du dir sicher, dass du '{{username}}' aus deinen gespeicherten Sitzungen entfernen möchtest?</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.detail</t>
+          <t>.prompt.forget_session.message</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr"/>
       <c r="B251" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>Bist du dir sicher, dass du '{{username}}' aus deinen gespeicherten Sitzungen entfernen möchtest?</t>
+          <t>Sitzung vergessen</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.message</t>
+          <t>.prompt.forget_session.title</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr"/>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>Pick a new install location</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>Sitzung vergessen</t>
+          <t>Wähle einen neuen Platz für die Installation</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.title</t>
+          <t>.prompt.install_location_add.title</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr"/>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Pick a new install location</t>
+          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>Wähle einen neuen Platz für die Installation</t>
+          <t>Alle installierten Artikel in {{location}} werden nicht mehr von der App verwaltet.</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>.prompt.install_location_add.title</t>
+          <t>.prompt.install_location_remove.detail</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr"/>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
+          <t>Are you sure you want to remove this location?</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>Alle installierten Artikel in {{location}} werden nicht mehr von der App verwaltet.</t>
+          <t>Bist du dir sicher dass du diesen Standort entfernen möchtest?</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.detail</t>
-[...2 lines deleted...]
-      <c r="G254" t="inlineStr"/>
+          <t>.prompt.install_location_remove.message</t>
+        </is>
+      </c>
+      <c r="G254" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Dieses Verzeichnis wirklich entfernen ?</t>
+        </is>
+      </c>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr"/>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove this location?</t>
+          <t>Removing an install location</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>Bist du dir sicher dass du diesen Standort entfernen möchtest?</t>
+          <t>Einen Installationsort entfernen</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.message</t>
+          <t>.prompt.install_location_remove.title</t>
         </is>
       </c>
       <c r="G255" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Dieses Verzeichnis wirklich entfernen ?</t>
+          <t>Suggested in Weblate: Installationsort entfernen</t>
         </is>
       </c>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr"/>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Removing an install location</t>
+          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>Einen Installationsort entfernen</t>
+          <t>Dies ist der letzte Installationsort, er kann erst entfernt werden, wenn ein anderer hinzugefügt wurde.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.last_remaining_install_location.content</t>
+        </is>
+      </c>
+      <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr"/>
       <c r="B257" t="inlineStr">
         <is>
-          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
+          <t>Cannot remove install location</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>Dies ist der letzte Installationsort, er kann erst entfernt werden, wenn ein anderer hinzugefügt wurde.</t>
+          <t>Installationsverzeichnis kann nicht entfernt werden</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.content</t>
+          <t>.prompt.last_remaining_install_location.title</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr"/>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Cannot remove install location</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>Installationsverzeichnis kann nicht entfernt werden</t>
+          <t>Abmelden</t>
         </is>
       </c>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.title</t>
+          <t>.prompt.logout_action</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr"/>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Abmelden</t>
+          <t>Bist du sicher, dass du dich ausloggen möchtest?</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>.prompt.logout_action</t>
+          <t>.prompt.logout_confirm</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr"/>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>In-progress downloads will be paused until you log in again.</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Bist du sicher, dass du dich ausloggen möchtest?</t>
+          <t>Aktive Downloads werden pausiert bis du dich wieder anmeldest.</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>.prompt.logout_confirm</t>
+          <t>.prompt.logout_detail</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr"/>
       <c r="B261" t="inlineStr">
         <is>
-          <t>In-progress downloads will be paused until you log in again.</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Aktive Downloads werden pausiert bis du dich wieder anmeldest.</t>
+          <t>Abmelden</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>.prompt.logout_detail</t>
+          <t>.prompt.logout_title</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr"/>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>Abmelden</t>
+          <t>Vielleicht ist diese {{classification}} noch nicht kompatibel?</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>.prompt.logout_title</t>
+          <t>.prompt.no_compatible_version.detail</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr"/>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
+          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>Vielleicht ist diese {{classification}} noch nicht kompatibel?</t>
+          <t>Wir konnten {{title}} für {{platform}} nicht finden.</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.detail</t>
+          <t>.prompt.no_compatible_version.message</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr"/>
       <c r="B264" t="inlineStr">
         <is>
-          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
+          <t>{{title}} on {{platform}}</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Wir konnten {{title}} für {{platform}} nicht finden.</t>
+          <t>{{title}} auf {{platform}}</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.message</t>
+          <t>.prompt.no_compatible_version.title</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr"/>
       <c r="B265" t="inlineStr">
         <is>
-          <t>{{title}} on {{platform}}</t>
+          <t>An error occurred during installation</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>{{title}} auf {{platform}}</t>
+          <t>Während der Installation ist ein Fehler aufgetreten</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.title</t>
+          <t>.prompt.install_error.title</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr"/>
       <c r="B266" t="inlineStr">
         <is>
-          <t>An error occurred during installation</t>
+          <t>While searching for a download: {{message}}</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Während der Installation ist ein Fehler aufgetreten</t>
+          <t>Während der Suche nach einem Download: {{message}}</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>.prompt.install_error.title</t>
+          <t>.prompt.install_error.find_upload</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr"/>
       <c r="B267" t="inlineStr">
         <is>
-          <t>While searching for a download: {{message}}</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Während der Suche nach einem Download: {{message}}</t>
+          <t>Mehr erfahren</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>.prompt.install_error.find_upload</t>
+          <t>.prompt.packaging_policy.learn_more</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr"/>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>Open web page for {{title}}</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Mehr erfahren</t>
+          <t>Die Webseite von {{title}} öffnen</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.learn_more</t>
+          <t>.prompt.packaging_policy.open_web_page</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr"/>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Open web page for {{title}}</t>
+          <t>Maybe you can find another way to support them?</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Die Webseite von {{title}} öffnen</t>
+          <t>Vielleicht kannst du einen anderen Weg finden, um sie zu unterstützen?</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.open_web_page</t>
-[...24 lines deleted...]
-        <is>
           <t>.prompt.payments_disabled.detail</t>
         </is>
       </c>
-      <c r="G270" t="inlineStr">
+      <c r="G269" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Vielleicht findest du ja einen Weg den Entwickler anderweitig zu unterstützen?
 Suggested in Weblate: Vielleicht findest du einen anderen Weg, um sie zu unterstützen?
 Suggested in Weblate: Vielleicht findest du ja einen anderen Weg, sie zu unterstützen.
 Suggested in Weblate: Vielleicht findest du ja einen anderen Weg, den Entwickler unterstützen.
 Suggested in Weblate: Vielleicht findest du ja einen anderen Weg, den/die Entwickler zu unterstützen.
 Suggested in Weblate: Vielleicht findest du ja einen anderen Weg, den/die Entwickler anders zu unterstützen.
 Suggested in Weblate: Vielleicht findest du ja einen Weg, den Entwickler anders zu unterstützen.</t>
         </is>
       </c>
+      <c r="H269" t="inlineStr"/>
+    </row>
+    <row r="270">
+      <c r="A270" t="inlineStr"/>
+      <c r="B270" t="inlineStr">
+        <is>
+          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
+        </is>
+      </c>
+      <c r="C270" t="inlineStr">
+        <is>
+          <t>Leider akzeptiert der Entwickler von {{title}} keine Zahlungen für dieses Produkt.</t>
+        </is>
+      </c>
+      <c r="D270" t="inlineStr"/>
+      <c r="E270" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F270" t="inlineStr">
+        <is>
+          <t>.prompt.payments_disabled.message</t>
+        </is>
+      </c>
+      <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr"/>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
+          <t>Open web page</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Leider akzeptiert der Entwickler von {{title}} keine Zahlungen für dieses Produkt.</t>
+          <t>Webseite öffnen</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.message</t>
+          <t>.prompt.payments_disabled.open_web_page</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr"/>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Open web page</t>
+          <t>Payments disabled</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Webseite öffnen</t>
+          <t>Zahlungen deaktiviert</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.open_web_page</t>
+          <t>.prompt.payments_disabled.title</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr"/>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Payments disabled</t>
+          <t>Switch {{title}} to another version</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Zahlungen deaktiviert</t>
+          <t>Ändere {{title}} auf eine andere Version</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.title</t>
-[...24 lines deleted...]
-        <is>
           <t>.prompt.revert.title</t>
         </is>
       </c>
-      <c r="G274" t="inlineStr">
+      <c r="G273" t="inlineStr">
         <is>
           <t>Suggested in Weblate: {{title}} auf diese Version wechseln?
 Suggested in Weblate: Auf diese Version wechseln
 Suggested in Weblate: Auf diese Version zurücksetzen
 Suggested in Weblate: Wechsle {{title}} zu einer anderen Version</t>
         </is>
       </c>
+      <c r="H273" t="inlineStr"/>
+    </row>
+    <row r="274">
+      <c r="A274" t="inlineStr"/>
+      <c r="B274" t="inlineStr">
+        <is>
+          <t>itch can only install portable versions of Linux applications.</t>
+        </is>
+      </c>
+      <c r="C274" t="inlineStr">
+        <is>
+          <t>Itch kann nur portable Linux-Anwendungen installieren.</t>
+        </is>
+      </c>
+      <c r="D274" t="inlineStr"/>
+      <c r="E274" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F274" t="inlineStr">
+        <is>
+          <t>.prompt.rpm_policy.detail</t>
+        </is>
+      </c>
+      <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr"/>
       <c r="B275" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>Itch kann nur portable Linux-Anwendungen installieren.</t>
+          <t>{{title}} verwendet das .rpm-Paket Format und muss neu gepackt werden, bevor es von itch installiert werden kann.</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.detail</t>
+          <t>.prompt.rpm_policy.message</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr"/>
       <c r="B276" t="inlineStr">
         <is>
-          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>YUM packages are not supported</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>{{title}} verwendet das .rpm-Paket Format und muss neu gepackt werden, bevor es von itch installiert werden kann.</t>
+          <t>YUM-Pakete werden nicht unterstützt</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.message</t>
+          <t>.prompt.rpm_policy.title</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr"/>
       <c r="B277" t="inlineStr">
         <is>
-          <t>YUM packages are not supported</t>
+          <t>Dismiss</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>YUM-Pakete werden nicht unterstützt</t>
+          <t>Ignorieren</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.title</t>
+          <t>.prompt.self_update.action.dismiss</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr"/>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Dismiss</t>
+          <t>Download now</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Ignorieren</t>
+          <t>Jetzt herunterladen</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.dismiss</t>
+          <t>.prompt.self_update.action.download</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr"/>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Download now</t>
+          <t>Open in browser</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Jetzt herunterladen</t>
+          <t>Im Browser öffnen</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.download</t>
+          <t>.prompt.self_update.action.view</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr"/>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Open in browser</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Im Browser öffnen</t>
+          <t>{{notes}}
+:date: Veröffentlicht am {{pubDate}}.</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.view</t>
+          <t>.prompt.self_update.detail</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr"/>
       <c r="B281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Veröffentlicht am {{pubDate}}.</t>
+          <t>Du kannst es entweder manuell downloaden, oder den Paket-Manager deiner Distribution nutzen: Öffne die Website für mehr Informationen.</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>.prompt.self_update.detail</t>
+          <t>.prompt.self_update.message.linux</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr"/>
       <c r="B282" t="inlineStr">
         <is>
-          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
+          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Du kannst es entweder manuell downloaden, oder den Paket-Manager deiner Distribution nutzen: Öffne die Website für mehr Informationen.</t>
+          <t>Wähle "Jetzt herunterladen" um es automatisch zu installieren oder gehe auf die Webseite für weitere Anleitungen.</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.linux</t>
+          <t>.prompt.self_update.message.osx</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr"/>
       <c r="B283" t="inlineStr">
         <is>
           <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>Wähle "Jetzt herunterladen" um es automatisch zu installieren oder gehe auf die Webseite für weitere Anleitungen.</t>
+          <t>Wähle "Jetzt herunterladen", um es automatisch zu instalieren, oder besuche die Webseite für weitere Anweisungen.</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.osx</t>
+          <t>.prompt.self_update.message.windows</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr"/>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
+          <t>itch v{{version}} is available for download</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Wähle "Jetzt herunterladen", um es automatisch zu instalieren, oder besuche die Webseite für weitere Anweisungen.</t>
+          <t>itch v{{version}} ist zum Download verfügbar</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.windows</t>
+          <t>.prompt.self_update.title</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr"/>
       <c r="B285" t="inlineStr">
         <is>
-          <t>itch v{{version}} is available for download</t>
+          <t>Restart now</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>itch v{{version}} ist zum Download verfügbar</t>
+          <t>Jetzt neu starten</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>.prompt.self_update.title</t>
+          <t>.prompt.self_update_ready.action.restart</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr"/>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Restart now</t>
+          <t>Snooze</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Jetzt neu starten</t>
+          <t>Schlummern</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.restart</t>
+          <t>.prompt.self_update_ready.action.snooze</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr"/>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Snooze</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Schlummern</t>
+          <t>{{notes}}
+:date: Veröffentlicht am {{pubDate}}.</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.snooze</t>
+          <t>.prompt.self_update_ready.detail</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr"/>
       <c r="B288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>Choose '{{restart}}' to apply the update immediately.
+If you don't, the update will be active the next time the app is restarted.</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Veröffentlicht am {{pubDate}}.</t>
+          <t>Wähle {{restart}} um das Update sofort zu aktivieren.
+Ansonsten wird das Update beim nächsten Neustart der App aktiviert.</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.detail</t>
+          <t>.prompt.self_update_ready.message</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr"/>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Choose '{{restart}}' to apply the update immediately.
-If you don't, the update will be active the next time the app is restarted.</t>
+          <t>An update has been downloaded and installed</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Wähle {{restart}} um das Update sofort zu aktivieren.
-Ansonsten wird das Update beim nächsten Neustart der App aktiviert.</t>
+          <t>Eine Aktualisierung wurde heruntergeladen und installiert</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.message</t>
+          <t>.prompt.self_update_ready.title</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr"/>
       <c r="B290" t="inlineStr">
         <is>
-          <t>An update has been downloaded and installed</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>Eine Aktualisierung wurde heruntergeladen und installiert</t>
+          <t>Abbrechen</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.title</t>
-[...2 lines deleted...]
-      <c r="G290" t="inlineStr"/>
+          <t>.prompt.uninstall.cancel</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Abbruch</t>
+        </is>
+      </c>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr"/>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Are you sure you want to uninstall {{title}}?</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Abbrechen</t>
+          <t>Bist du sicher, dass du {{title}} deinstallieren möchtest?</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.uninstall.message</t>
+        </is>
+      </c>
+      <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Are you sure you want to uninstall {{title}}?</t>
+          <t>Re-install</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Bist du sicher, dass du {{title}} deinstallieren möchtest?</t>
+          <t>Erneut installieren</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.message</t>
+          <t>.prompt.uninstall.reinstall</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Re-install</t>
+          <t>Uninstall now</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Erneut installieren</t>
+          <t>Jetzt deinstallieren</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.reinstall</t>
+          <t>.prompt.uninstall.uninstall</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr"/>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Uninstall now</t>
+          <t>A {{classification}} by {{username}}</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Jetzt deinstallieren</t>
+          <t>Eine {{classification}} von {{username}}</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.uninstall</t>
-[...2 lines deleted...]
-      <c r="G294" t="inlineStr"/>
+          <t>.prompt.url_install.credit</t>
+        </is>
+      </c>
+      <c r="G294" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ein {{classification}} von {{DEMON}}</t>
+        </is>
+      </c>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr"/>
       <c r="B295" t="inlineStr">
         <is>
-          <t>A {{classification}} by {{username}}</t>
+          <t>Do you want to install {{title}}?</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>Eine {{classification}} von {{username}}</t>
+          <t>Willst du {{title}} installieren?</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>.prompt.url_install.credit</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.url_install.message</t>
+        </is>
+      </c>
+      <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr"/>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Do you want to install {{title}}?</t>
+          <t>Install request</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>Willst du {{title}} installieren?</t>
+          <t>Installationsanfrage</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>.prompt.url_install.message</t>
+          <t>.prompt.url_install.title</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr"/>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Install request</t>
+          <t>Search results for '{{query}}'</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Installationsanfrage</t>
+          <t>Suchergebnisse für '{{query}}'</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>.prompt.url_install.title</t>
+          <t>.search.results.title</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr"/>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search results for '{{query}}'</t>
+          <t>Local</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Suchergebnisse für '{{query}}'</t>
+          <t>Lokal</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>.search.results.title</t>
+          <t>.search.results.local</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr"/>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Local</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>Lokal</t>
+          <t>Spiele</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>.search.results.local</t>
+          <t>.search.results.games</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr"/>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Creators</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>Spiele</t>
+          <t>Entwickler</t>
         </is>
       </c>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>.search.results.games</t>
+          <t>.search.results.creators</t>
         </is>
       </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr"/>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Creators</t>
+          <t>No results found</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Entwickler</t>
+          <t>Keine Ergebnisse gefunden</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>.search.results.creators</t>
+          <t>.search.empty.no_results</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr"/>
       <c r="B302" t="inlineStr">
         <is>
-          <t>No results found</t>
+          <t>Need inspiration? Try searching for '{{example}}'</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Keine Ergebnisse gefunden</t>
+          <t>Du brauchst Inspiration? Versuch mal nach "{{example}}" zu suchen</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>.search.empty.no_results</t>
+          <t>.search.empty.tagline</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr"/>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Need inspiration? Try searching for '{{example}}'</t>
+          <t>Open as tab</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Du brauchst Inspiration? Versuch mal nach "{{example}}" zu suchen</t>
+          <t>In neuem Tab öffnen</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>.search.empty.tagline</t>
+          <t>.search.open_as_tab</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr"/>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Open as tab</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>In neuem Tab öffnen</t>
+          <t>Suche</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>.search.open_as_tab</t>
+          <t>.search.placeholder</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr"/>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Aw, snap!</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Suche</t>
+          <t>Ups!</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>.search.placeholder</t>
+          <t>.sidebar.aw_snap</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr"/>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Aw, snap!</t>
+          <t>Loading...</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Ups!</t>
+          <t>Lädt...</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>.sidebar.aw_snap</t>
+          <t>.sidebar.loading</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr"/>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Loading...</t>
+          <t>Out of order</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Lädt...</t>
+          <t>Außer Betrieb</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>.sidebar.loading</t>
+          <t>.sidebar.broken</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr"/>
       <c r="B308" t="inlineStr">
         <is>
-          <t>Out of order</t>
+          <t>Close all tabs</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Außer Betrieb</t>
+          <t>Alle Tabs schließen</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>.sidebar.broken</t>
+          <t>.sidebar.close_all_tabs</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr"/>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Close all tabs</t>
+          <t>Essentials</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Alle Tabs schließen</t>
+          <t>Wesentliches</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>.sidebar.close_all_tabs</t>
+          <t>.sidebar.category.basics</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr"/>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Essentials</t>
+          <t>Tabs</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Wesentliches</t>
+          <t>Tabs</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>.sidebar.category.basics</t>
+          <t>.sidebar.category.tabs</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr"/>
       <c r="B311" t="inlineStr">
         <is>
-          <t>Tabs</t>
+          <t>Collections</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Tabs</t>
+          <t>Sammlungen</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>.sidebar.category.tabs</t>
+          <t>.sidebar.collection</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr"/>
       <c r="B312" t="inlineStr">
         <is>
           <t>Collections</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>Sammlungen</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>.sidebar.collection</t>
+          <t>.sidebar.collections</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr"/>
       <c r="B313" t="inlineStr">
         <is>
-          <t>Collections</t>
+          <t>My creations</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Sammlungen</t>
+          <t>Eigene Werke</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>.sidebar.collections</t>
+          <t>.sidebar.dashboard</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr"/>
       <c r="B314" t="inlineStr">
         <is>
-          <t>My creations</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Eigene Werke</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>.sidebar.dashboard</t>
+          <t>.sidebar.downloads</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr"/>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Let's go!</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Auf gehts!</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>.sidebar.downloads</t>
+          <t>.sidebar.empty</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr"/>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Let's go!</t>
+          <t>Featured</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Auf gehts!</t>
+          <t>Sehenswert</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>.sidebar.empty</t>
+          <t>.sidebar.featured</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr"/>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Featured</t>
+          <t>Your portal to the indie game universe</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Sehenswert</t>
+          <t>Dein Zugang in die Welt der Indie-Spiele</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>.sidebar.featured</t>
+          <t>.sidebar.itchio</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr"/>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Your portal to the indie game universe</t>
+          <t>Getting started</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Dein Zugang in die Welt der Indie-Spiele</t>
+          <t>Erste Schritte</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>.sidebar.itchio</t>
+          <t>.sidebar.getting_started</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr"/>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Getting started</t>
+          <t>Installed items</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Erste Schritte</t>
+          <t>Installierte Elemente</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>.sidebar.getting_started</t>
-[...2 lines deleted...]
-      <c r="G319" t="inlineStr"/>
+          <t>.sidebar.installed</t>
+        </is>
+      </c>
+      <c r="G319" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Installierte Objekte</t>
+        </is>
+      </c>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr"/>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Installed items</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>Installierte Elemente</t>
+          <t>Abmelden</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>.sidebar.installed</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.log_out</t>
+        </is>
+      </c>
+      <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr"/>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>New tab</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Abmelden</t>
+          <t>Neuer Tab</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>.sidebar.log_out</t>
+          <t>.sidebar.new_tab</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr"/>
       <c r="B322" t="inlineStr">
         <is>
-          <t>New tab</t>
+          <t>Owned items</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Neuer Tab</t>
+          <t>In Besitz</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>.sidebar.new_tab</t>
-[...2 lines deleted...]
-      <c r="G322" t="inlineStr"/>
+          <t>.sidebar.owned</t>
+        </is>
+      </c>
+      <c r="G322" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Elemente im Besitz
+Suggested in Weblate: Diese Spiele gehören dir
+Suggested in Weblate: Elemente in Besitz</t>
+        </is>
+      </c>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr"/>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Owned items</t>
+          <t>Things you have bought or installed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>In Besitz</t>
+          <t>Dinge, die du gekauft oder installiert hast</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>.sidebar.owned</t>
-[...8 lines deleted...]
-      </c>
+          <t>.sidebar.owned_subtitle</t>
+        </is>
+      </c>
+      <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr"/>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Things you have bought or installed</t>
+          <t>Preferences</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>Dinge, die du gekauft oder installiert hast</t>
+          <t>Einstellungen</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>.sidebar.owned_subtitle</t>
+          <t>.sidebar.preferences</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr"/>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Preferences</t>
+          <t>View community profile</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>Einstellungen</t>
+          <t>Community Profil anzeigen</t>
         </is>
       </c>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>.sidebar.preferences</t>
+          <t>.sidebar.view_community_profile</t>
         </is>
       </c>
       <c r="G325" t="inlineStr"/>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr"/>
       <c r="B326" t="inlineStr">
         <is>
-          <t>View community profile</t>
+          <t>View creator profile</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>Community Profil anzeigen</t>
+          <t>Entwicklerprofil anzeigen</t>
         </is>
       </c>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>.sidebar.view_community_profile</t>
+          <t>.sidebar.view_creator_profile</t>
         </is>
       </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr"/>
       <c r="B327" t="inlineStr">
         <is>
-          <t>View creator profile</t>
+          <t>A new version of itch is available!</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Entwicklerprofil anzeigen</t>
+          <t>Eine neue Version von itch ist verfügbar!</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>.sidebar.view_creator_profile</t>
+          <t>.status.available</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr"/>
       <c r="B328" t="inlineStr">
         <is>
-          <t>A new version of itch is available!</t>
+          <t>Looking for updates…</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Eine neue Version von itch ist verfügbar!</t>
+          <t>Es wird nach Updates gesucht…</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>.status.available</t>
+          <t>.status.checking</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr"/>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Looking for updates…</t>
+          <t>Copied to clipboard!</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Es wird nach Updates gesucht…</t>
+          <t>In die Zwischenablage kopiert!</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>.status.checking</t>
+          <t>.status.copied_to_clipboard</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr"/>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Copied to clipboard!</t>
+          <t>Click to restart &amp; apply update!</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>In die Zwischenablage kopiert!</t>
+          <t>Neustarten und Update anwenden!</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>.status.copied_to_clipboard</t>
+          <t>.status.downloaded</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Click to restart &amp; apply update!</t>
+          <t>Downloading update…</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Neustarten und Update anwenden!</t>
+          <t>Update wird heruntergeladen…</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>.status.downloaded</t>
+          <t>.status.downloading</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Downloading update…</t>
+          <t>Active download</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>Update wird heruntergeladen…</t>
+          <t>Aktiver Download</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>.status.downloading</t>
+          <t>.status.downloads.category.active</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr"/>
       <c r="B333" t="inlineStr">
         <is>
-          <t>Active download</t>
+          <t>Finished downloads</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>Aktiver Download</t>
+          <t>Abgeschlossene Downloads</t>
         </is>
       </c>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>.status.downloads.category.active</t>
+          <t>.status.downloads.category.finished</t>
         </is>
       </c>
       <c r="G333" t="inlineStr"/>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr"/>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Finished downloads</t>
+          <t>Queued downloads</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>Abgeschlossene Downloads</t>
+          <t>Downloads in Warteschleife</t>
         </is>
       </c>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>.status.downloads.category.finished</t>
+          <t>.status.downloads.category.queued</t>
         </is>
       </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr"/>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Queued downloads</t>
+          <t>Clear all</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Downloads in Warteschleife</t>
+          <t>Verlauf leeren</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>.status.downloads.category.queued</t>
+          <t>.status.downloads.clear_all_finished</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr"/>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Clear all</t>
+          <t>Clear</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Verlauf leeren</t>
+          <t>Leeren</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_all_finished</t>
+          <t>.status.downloads.clear_finished</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr"/>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Clear</t>
+          <t>Click to manage downloads</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Leeren</t>
+          <t>Klicke um deine Downloads zu verwalten</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_finished</t>
+          <t>.status.downloads.click_to_manage</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr"/>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Click to manage downloads</t>
+          <t>Download error</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Klicke um deine Downloads zu verwalten</t>
+          <t>Fehler beim Herunterladen</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>.status.downloads.click_to_manage</t>
+          <t>.status.downloads.download_error</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr"/>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Download error</t>
+          <t>No active downloads</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Fehler beim Herunterladen</t>
+          <t>Keine aktiven Downloads</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>.status.downloads.download_error</t>
+          <t>.status.downloads.no_active_downloads</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr"/>
       <c r="B340" t="inlineStr">
         <is>
-          <t>No active downloads</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Keine aktiven Downloads</t>
+          <t>Unbekannt</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads</t>
+          <t>.status.downloads.unknown_size</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr"/>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Could not check for updates: {{err}}</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Unbekannt</t>
+          <t>Konnte nicht nach Updates suchen: {{err}}</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>.status.downloads.unknown_size</t>
+          <t>.status.game_update.check_failed</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr"/>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Could not check for updates: {{err}}</t>
+          <t>Found new version of {{title}}!</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Konnte nicht nach Updates suchen: {{err}}</t>
+          <t>Neue Version von {{title}} gefunden!</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>.status.game_update.check_failed</t>
+          <t>.status.game_update.found</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr"/>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Found new version of {{title}}!</t>
+          <t>{{title}} is up-to-date.</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Neue Version von {{title}} gefunden!</t>
+          <t>{{title}} ist auf dem neuesten Stand.</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>.status.game_update.found</t>
+          <t>.status.game_update.not_found</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr"/>
       <c r="B344" t="inlineStr">
         <is>
-          <t>{{title}} is up-to-date.</t>
+          <t>{{title}} can't be updated because it's running.</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>{{title}} ist auf dem neuesten Stand.</t>
+          <t>{{title}} kann nicht aktualisiert werden, da die Anwendung läuft.</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>.status.game_update.not_found</t>
+          <t>.status.game_update.busy</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr"/>
       <c r="B345" t="inlineStr">
         <is>
-          <t>{{title}} can't be updated because it's running.</t>
+          <t>{{title}} can't be uninstalled because it's running.</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>{{title}} kann nicht aktualisiert werden, da die Anwendung läuft.</t>
+          <t>{{title}} kann nicht deinstalliert werden, da die Anwendung läuft.</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>.status.game_update.busy</t>
+          <t>.status.uninstall.busy</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr"/>
       <c r="B346" t="inlineStr">
         <is>
-          <t>{{title}} can't be uninstalled because it's running.</t>
+          <t>{{title}} can't be reinstalled because it's running.</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>{{title}} kann nicht deinstalliert werden, da die Anwendung läuft.</t>
+          <t>{{title}} kann nicht neuinstalliert werden, da die Anwendung läuft.</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>.status.uninstall.busy</t>
+          <t>.status.reinstall.busy</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr"/>
       <c r="B347" t="inlineStr">
         <is>
-          <t>{{title}} can't be reinstalled because it's running.</t>
+          <t>Offline mode enabled</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>{{title}} kann nicht neuinstalliert werden, da die Anwendung läuft.</t>
+          <t>Offline-Modus aktiviert</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>.status.reinstall.busy</t>
+          <t>.status.offline_mode.active</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr"/>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Offline mode enabled</t>
+          <t>Click to enable offline mode</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Offline-Modus aktiviert</t>
+          <t>Klicke, um den Offline-Modus zu aktivieren</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>.status.offline_mode.active</t>
+          <t>.status.offline_mode.inactive</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr"/>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Click to enable offline mode</t>
+          <t>Your itch is up-to-date!</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Klicke, um den Offline-Modus zu aktivieren</t>
+          <t>Itch ist auf dem neuesten Stand!</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>.status.offline_mode.inactive</t>
+          <t>.status.uptodate</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr"/>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Your itch is up-to-date!</t>
+          <t>A collection of assets</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Itch ist auf dem neuesten Stand!</t>
+          <t>Eine Asset-Sammlung</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>.status.uptodate</t>
+          <t>.usage_stats.description.assets</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr"/>
       <c r="B351" t="inlineStr">
         <is>
-          <t>A collection of assets</t>
+          <t>A book</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Eine Asset-Sammlung</t>
+          <t>Ein Buch</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>.usage_stats.description.assets</t>
+          <t>.usage_stats.description.book</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr"/>
       <c r="B352" t="inlineStr">
         <is>
-          <t>A book</t>
+          <t>Acquired {{time_ago}}</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Ein Buch</t>
+          <t>Erhalten {{time_ago}}</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>.usage_stats.description.book</t>
-[...2 lines deleted...]
-      <c r="G352" t="inlineStr"/>
+          <t>.usage_stats.description.bought_time_ago</t>
+        </is>
+      </c>
+      <c r="G352" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: erworben {{time_ago}}</t>
+        </is>
+      </c>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr"/>
       <c r="B353" t="inlineStr">
         <is>
-          <t>Acquired {{time_ago}}</t>
+          <t>A comic</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Erhalten {{time_ago}}</t>
+          <t>Ein Comic</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>.usage_stats.description.bought_time_ago</t>
-[...6 lines deleted...]
-      </c>
+          <t>.usage_stats.description.comic</t>
+        </is>
+      </c>
+      <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr"/>
       <c r="B354" t="inlineStr">
         <is>
-          <t>A comic</t>
+          <t>Free download</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Ein Comic</t>
+          <t>Kostenlos erhältlich</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>.usage_stats.description.comic</t>
+          <t>.usage_stats.description.free_download</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr"/>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Free download</t>
+          <t>A game</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Kostenlos erhältlich</t>
+          <t>Ein Spiel</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>.usage_stats.description.free_download</t>
+          <t>.usage_stats.description.game</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr"/>
       <c r="B356" t="inlineStr">
         <is>
-          <t>A game</t>
+          <t>A game mod</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Ein Spiel</t>
+          <t>Eine Spiel-Mod</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game</t>
+          <t>.usage_stats.description.game_mod</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr"/>
       <c r="B357" t="inlineStr">
         <is>
-          <t>A game mod</t>
+          <t>A thing</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Eine Spiel-Mod</t>
+          <t>Eine Sache</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game_mod</t>
+          <t>.usage_stats.description.other</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr"/>
       <c r="B358" t="inlineStr">
         <is>
-          <t>A thing</t>
+          <t>A physical game</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Eine Sache</t>
+          <t>Ein physisches Spiel</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>.usage_stats.description.other</t>
+          <t>.usage_stats.description.physical_game</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr"/>
       <c r="B359" t="inlineStr">
         <is>
-          <t>A physical game</t>
+          <t>for {{platforms}}</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Ein physisches Spiel</t>
+          <t>für {{platforms}}</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>.usage_stats.description.physical_game</t>
+          <t>.usage_stats.description.platforms</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr"/>
       <c r="B360" t="inlineStr">
         <is>
-          <t>for {{platforms}}</t>
+          <t>Available for {{price}} or more</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>für {{platforms}}</t>
+          <t>Erhältlich für {{price}} oder mehr</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>.usage_stats.description.platforms</t>
+          <t>.usage_stats.description.price</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr"/>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Available for {{price}} or more</t>
+          <t>A soundtrack</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Erhältlich für {{price}} oder mehr</t>
+          <t>Ein Soundtrack</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>.usage_stats.description.price</t>
+          <t>.usage_stats.description.soundtrack</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr"/>
       <c r="B362" t="inlineStr">
         <is>
-          <t>A soundtrack</t>
+          <t>A tool</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Ein Soundtrack</t>
+          <t>Ein Tool</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>.usage_stats.description.soundtrack</t>
+          <t>.usage_stats.description.tool</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr"/>
       <c r="B363" t="inlineStr">
         <is>
-          <t>A tool</t>
+          <t>Played</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Ein Tool</t>
+          <t>Spielzeit</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>.usage_stats.description.tool</t>
+          <t>.usage_stats.has_played_for_duration</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr"/>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Played</t>
+          <t>Used</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>Spielzeit</t>
+          <t>Benutzt</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>.usage_stats.has_played_for_duration</t>
+          <t>.usage_stats.has_used_for_duration</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr"/>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Used</t>
+          <t>Last opened {{time_ago}}</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>Benutzt</t>
+          <t>Zuletzt geöffnet {{time_ago}}</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>.usage_stats.has_used_for_duration</t>
+          <t>.usage_stats.last_opened_time_ago</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr"/>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Last opened {{time_ago}}</t>
+          <t>Last played {{time_ago}}</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Zuletzt geöffnet {{time_ago}}</t>
+          <t>Zuletzt gespielt {{time_ago}}</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>.usage_stats.last_opened_time_ago</t>
+          <t>.usage_stats.last_played_time_ago</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr"/>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Last played {{time_ago}}</t>
+          <t>Last used {{time_ago}}</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>Zuletzt gespielt {{time_ago}}</t>
+          <t>Zuletzt benutzt {{time_ago}}</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>.usage_stats.last_played_time_ago</t>
+          <t>.usage_stats.last_used_time_ago</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr"/>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Last used {{time_ago}}</t>
+          <t>Never opened</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>Zuletzt benutzt {{time_ago}}</t>
+          <t>Nie geöffnet</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>.usage_stats.last_used_time_ago</t>
+          <t>.usage_stats.never_opened</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr"/>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Never opened</t>
+          <t>Never played</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>Nie geöffnet</t>
+          <t>Nie gespielt</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>.usage_stats.never_opened</t>
+          <t>.usage_stats.never_played</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr"/>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Never played</t>
+          <t>Never used</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>Nie gespielt</t>
+          <t>Nie benutzt</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>.usage_stats.never_played</t>
+          <t>.usage_stats.never_used</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr"/>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Never used</t>
+          <t>{{app_name}} Setup</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Nie benutzt</t>
+          <t>{{app_name}} Installation</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>.usage_stats.never_used</t>
-[...2 lines deleted...]
-      <c r="G371" t="inlineStr"/>
+          <t>.setup.window.title</t>
+        </is>
+      </c>
+      <c r="G371" t="inlineStr">
+        <is>
+          <t>Is this string working with windows tray icon's tooltip? Or is there one completely different?</t>
+        </is>
+      </c>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr"/>
       <c r="B372" t="inlineStr">
         <is>
-          <t>{{app_name}} Setup</t>
+          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>{{app_name}} Installation</t>
+          <t>Willkommen beim {{app_name}} Installer! Schnapp dir ein Getränk, wähle ein Installationsverzeichnis und fahre fort.</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>.setup.window.title</t>
+          <t>.setup.window.welcome</t>
         </is>
       </c>
       <c r="G372" t="inlineStr">
         <is>
-          <t>Is this string working with windows tray icon's tooltip? Or is there one completely different?</t>
+          <t>Suggested in Weblate: Willkommen beim {{app_name}} Installer! Schnapp dir was zu trinken, wähle ein Installationsverzeichnis und fahre fort.</t>
         </is>
       </c>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr"/>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
+          <t>Click to change the install location</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Willkommen beim {{app_name}} Installer! Schnapp dir ein Getränk, wähle ein Installationsverzeichnis und fahre fort.</t>
+          <t>Klicke zum Ändern des Installationsverzeichnisses</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>.setup.window.welcome</t>
-[...6 lines deleted...]
-      </c>
+          <t>.setup.tooltip.location</t>
+        </is>
+      </c>
+      <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr"/>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Click to change the install location</t>
+          <t>Choose where the app should be installed</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Klicke zum Ändern des Installationsverzeichnisses</t>
+          <t>Wähle, wohin die Anwendung installiert werden soll</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>.setup.tooltip.location</t>
+          <t>.setup.location.message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr"/>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Choose where the app should be installed</t>
+          <t>Install now</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Wähle, wohin die Anwendung installiert werden soll</t>
+          <t>Jetzt installieren</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>.setup.location.message</t>
+          <t>.setup.action.install</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr"/>
       <c r="B376" t="inlineStr">
         <is>
-          <t>Install now</t>
+          <t>Warming up...</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>Jetzt installieren</t>
+          <t>Wärmt sich auf...</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>.setup.action.install</t>
-[...2 lines deleted...]
-      <c r="G376" t="inlineStr"/>
+          <t>.setup.status.preparing</t>
+        </is>
+      </c>
+      <c r="G376" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Aufwärmen...</t>
+        </is>
+      </c>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr"/>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Warming up...</t>
+          <t>{{percent}} done</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Wärmt sich auf...</t>
+          <t>{{percent}} erledigt</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>.setup.status.preparing</t>
-[...6 lines deleted...]
-      </c>
+          <t>.setup.status.progress</t>
+        </is>
+      </c>
+      <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr"/>
       <c r="B378" t="inlineStr">
         <is>
-          <t>{{percent}} done</t>
+          <t>Downloading and installing @ {{speed}}</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>{{percent}} erledigt</t>
+          <t>Lädt und installiert @ {{speed}}</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>.setup.status.progress</t>
+          <t>.setup.status.installing</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr"/>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Downloading and installing @ {{speed}}</t>
+          <t>All done!</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Lädt und installiert @ {{speed}}</t>
+          <t>Alles erledigt!</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>.setup.status.installing</t>
+          <t>.setup.status.done</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr"/>
       <c r="B380" t="inlineStr">
         <is>
-          <t>All done!</t>
+          <t>The installation went well, {{app_name}} is now starting up!</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Alles erledigt!</t>
+          <t>Die Installation war erfolgreich, {{app_name}} wird nun gestartet!</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>.setup.status.done</t>
+          <t>.setup.status.notification</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr"/>
       <c r="B381" t="inlineStr">
         <is>
-          <t>The installation went well, {{app_name}} is now starting up!</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Die Installation war erfolgreich, {{app_name}} wird nun gestartet!</t>
+          <t>Etwas ist fehlgeschlagen</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>.setup.status.notification</t>
+          <t>.setup.error_dialog.title</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr"/>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Cut</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Etwas ist fehlgeschlagen</t>
+          <t>Ausschneiden</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>.setup.error_dialog.title</t>
+          <t>.web.context_menu.cut</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr"/>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Cut</t>
+          <t>Copy</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Ausschneiden</t>
+          <t>Kopieren</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>.web.context_menu.cut</t>
+          <t>.web.context_menu.copy</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr"/>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Copy</t>
+          <t>Paste</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>Kopieren</t>
+          <t>Einfügen</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy</t>
+          <t>.web.context_menu.paste</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr"/>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Paste</t>
+          <t>Open in new tab</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>Einfügen</t>
+          <t>In neuem Tab öffnen</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>.web.context_menu.paste</t>
+          <t>.web.context_menu.open_in_new_tab</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr"/>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Open in new tab</t>
+          <t>Copy link</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>In neuem Tab öffnen</t>
+          <t>Link kopieren</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>.web.context_menu.open_in_new_tab</t>
+          <t>.web.context_menu.copy_link</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr"/>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Copy link</t>
+          <t>Retry setup</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Link kopieren</t>
+          <t>Installation wiederholen</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy_link</t>
-[...2 lines deleted...]
-      <c r="G387" t="inlineStr"/>
+          <t>.login.action.retry_setup</t>
+        </is>
+      </c>
+      <c r="G387" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Führen Sie Setup erneut
+Suggested in Weblate: Setup erneut versuchen
+Suggested in Weblate: Wiederholen Sie das Setup</t>
+        </is>
+      </c>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr"/>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Retry setup</t>
+          <t>Developer logs</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Installation wiederholen</t>
+          <t>Entwicklerlogs</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>.login.action.retry_setup</t>
+          <t>.new_tab.devlogs</t>
         </is>
       </c>
       <c r="G388" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Führen Sie Setup erneut
-[...1 lines deleted...]
-Suggested in Weblate: Wiederholen Sie das Setup</t>
+          <t>Suggested in Weblate: Entwicklerprotokolle</t>
         </is>
       </c>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr"/>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Developer logs</t>
+          <t>Uninstall error</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Entwicklerlogs</t>
+          <t>Fehler bei der Deinstallation</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>.new_tab.devlogs</t>
+          <t>.prompt.uninstall_error.title</t>
         </is>
       </c>
       <c r="G389" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G390" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Fehler beim Deinstallieren
 Suggested in Weblate: Deinstallationsfehler
 Suggested in Weblate: Deinstallations-Fehler
 Suggested in Weblate: Fehler bei Deinstallation</t>
         </is>
       </c>
-      <c r="H390" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B391" t="inlineStr">
+      <c r="H389" t="inlineStr"/>
+    </row>
+    <row r="390">
+      <c r="A390" t="inlineStr"/>
+      <c r="B390" t="inlineStr">
         <is>
           <t>The uninstall failed. Remove the entry anyway?</t>
         </is>
       </c>
-      <c r="C391" t="inlineStr">
+      <c r="C390" t="inlineStr">
         <is>
           <t>Deinstallation fehlgeschlagen. Eintrag trotzdem entfernen?</t>
         </is>
       </c>
-      <c r="D391" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F391" t="inlineStr">
+      <c r="D390" t="inlineStr"/>
+      <c r="E390" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F390" t="inlineStr">
         <is>
           <t>.prompt.uninstall_error.message</t>
         </is>
       </c>
-      <c r="G391" t="inlineStr">
+      <c r="G390" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Deinstallation fehlgeschlagen. Eintrag trotzdem löschen?
 Suggested in Weblate: Das Deinstallieren ist fehlgeschlagen. Den Eintrag trotzdem entfernen?
 Suggested in Weblate: Die Deinstallation ist fehlgeschlagen. Trotzdem entfernen?
 Suggested in Weblate: Deinstallation fehlgeschlagen. Eintrag entfernen?
 Suggested in Weblate: Die Deinstallation ist fehlgeschlagen. Möchtest du den Eintrag trotzdem enfernen?</t>
         </is>
       </c>
+      <c r="H390" t="inlineStr"/>
+    </row>
+    <row r="391">
+      <c r="A391" t="inlineStr"/>
+      <c r="B391" t="inlineStr">
+        <is>
+          <t>Continue</t>
+        </is>
+      </c>
+      <c r="C391" t="inlineStr">
+        <is>
+          <t>Weiter</t>
+        </is>
+      </c>
+      <c r="D391" t="inlineStr"/>
+      <c r="E391" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F391" t="inlineStr">
+        <is>
+          <t>.prompt.action.continue</t>
+        </is>
+      </c>
+      <c r="G391" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Fortsetzen</t>
+        </is>
+      </c>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr"/>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Continue</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>Weiter</t>
+          <t>Installiert</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>.prompt.action.continue</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.status.installed</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr"/>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr"/>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>A collection of {{itemCount}} items</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>Installiert</t>
+          <t>Eine Sammlung mit {{itemCount}} Einträgen</t>
         </is>
       </c>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>.grid.item.status.installed</t>
+          <t>.collection.summary</t>
         </is>
       </c>
       <c r="G393" t="inlineStr"/>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr"/>
       <c r="B394" t="inlineStr">
         <is>
-          <t>A collection of {{itemCount}} items</t>
+          <t>Not available on this platform</t>
         </is>
       </c>
       <c r="C394" t="inlineStr">
         <is>
-          <t>Eine Sammlung mit {{itemCount}} Einträgen</t>
+          <t>Für diese Plattform nicht verfügbar</t>
         </is>
       </c>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>.collection.summary</t>
+          <t>.grid.item.not_compatible</t>
         </is>
       </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr"/>
       <c r="B395" t="inlineStr">
         <is>
-          <t>Not available on this platform</t>
+          <t>Administrator privileges are required for managing {{title}}</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>Für diese Plattform nicht verfügbar</t>
+          <t>Zum Verwalten von {{title}} werden Admin-Rechte benötigt</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>.grid.item.not_compatible</t>
+          <t>.prompt.blessing.message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr"/>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Administrator privileges are required for managing {{title}}</t>
+          <t>Proceed only if you trust the author.</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>Zum Verwalten von {{title}} werden Admin-Rechte benötigt</t>
+          <t>Fahre nur fort, wenn Du dem Autor vertraust.</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>.prompt.blessing.message</t>
-[...2 lines deleted...]
-      <c r="G396" t="inlineStr"/>
+          <t>.prompt.blessing.detail</t>
+        </is>
+      </c>
+      <c r="G396" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Fahre nur fort, wenn Du dem Urheber vertraust.</t>
+        </is>
+      </c>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr"/>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Proceed only if you trust the author.</t>
+          <t>The operation has been cancelled.</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Fahre nur fort, wenn Du dem Autor vertraust.</t>
+          <t>Der Vorgang wurde abgebrochen.</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>.prompt.blessing.detail</t>
+          <t>.status.cancelled.message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Fahre nur fort, wenn Du dem Urheber vertraust.</t>
+          <t>Suggested in Weblate: Der Vorgang wurde abgebrochen</t>
         </is>
       </c>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr"/>
       <c r="B398" t="inlineStr">
         <is>
-          <t>The operation has been cancelled.</t>
+          <t>The installation failed.</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Der Vorgang wurde abgebrochen.</t>
+          <t>Die Installation ist fehlgeschlagen.</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>.status.cancelled.message</t>
+          <t>.prompt.install_error.message</t>
         </is>
       </c>
       <c r="G398" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Der Vorgang wurde abgebrochen</t>
+          <t>Suggested in Weblate: Installation fehlgeschlagen.</t>
         </is>
       </c>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr"/>
       <c r="B399" t="inlineStr">
         <is>
-          <t>The installation failed.</t>
+          <t>to install</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Die Installation ist fehlgeschlagen.</t>
+          <t>Zu installieren</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>.prompt.install_error.message</t>
+          <t>.download.reason.install</t>
         </is>
       </c>
       <c r="G399" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Installation fehlgeschlagen.</t>
+          <t>shouldn't this be 'installing' ?</t>
         </is>
       </c>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr"/>
       <c r="B400" t="inlineStr">
         <is>
-          <t>to install</t>
+          <t>installed</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Zu installieren</t>
+          <t>installiert</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>.download.reason.install</t>
-[...6 lines deleted...]
-      </c>
+          <t>.download.outcome.installed</t>
+        </is>
+      </c>
+      <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr"/>
       <c r="B401" t="inlineStr">
         <is>
-          <t>installed</t>
+          <t>updated to the latest version</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>installiert</t>
+          <t>auf die neueste Version aktualisiert</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>.download.outcome.installed</t>
+          <t>.download.outcome.updated</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr"/>
       <c r="B402" t="inlineStr">
         <is>
-          <t>updated to the latest version</t>
+          <t>re-installed</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>auf die neueste Version aktualisiert</t>
+          <t>neu installiert</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>.download.outcome.updated</t>
+          <t>.download.outcome.reinstalled</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr"/>
       <c r="B403" t="inlineStr">
         <is>
-          <t>re-installed</t>
+          <t>switched to another version</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t>neu installiert</t>
+          <t>auf andere Version gewechselt</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>.download.outcome.reinstalled</t>
+          <t>.download.outcome.reverted</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr"/>
       <c r="B404" t="inlineStr">
         <is>
-          <t>switched to another version</t>
+          <t>verified and repaired</t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>auf andere Version gewechselt</t>
+          <t>verifiziert und repariert</t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>.download.outcome.reverted</t>
+          <t>.download.outcome.healed</t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr"/>
       <c r="B405" t="inlineStr">
         <is>
-          <t>verified and repaired</t>
+          <t>Recent activity</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>verifiziert und repariert</t>
+          <t>Letze Aktivitäten</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>.download.outcome.healed</t>
-[...2 lines deleted...]
-      <c r="G405" t="inlineStr"/>
+          <t>.status.downloads.category.recent_activity</t>
+        </is>
+      </c>
+      <c r="G405" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Letzte Ereignisse</t>
+        </is>
+      </c>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr"/>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Recent activity</t>
+          <t>The message we got was: {{errorMessage}}</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Letze Aktivitäten</t>
+          <t>Die Fehlermeldung lautet: {{errorMessage}}</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>.status.downloads.category.recent_activity</t>
-[...6 lines deleted...]
-      </c>
+          <t>.game.install.could_not_launch.message</t>
+        </is>
+      </c>
+      <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr"/>
       <c r="B407" t="inlineStr">
         <is>
-          <t>The message we got was: {{errorMessage}}</t>
+          <t>Sending us a report is the best way to make sure this gets fixed!</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Die Fehlermeldung lautet: {{errorMessage}}</t>
+          <t>Sende uns einen Bericht, damit wir den Fehler beheben können!</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.message</t>
+          <t>.game.install.could_not_launch.detail</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr"/>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Sending us a report is the best way to make sure this gets fixed!</t>
+          <t>Close other tabs</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Sende uns einen Bericht, damit wir den Fehler beheben können!</t>
+          <t>Andere Tabs schließen</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.detail</t>
+          <t>.menu.file.close_other_tabs</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr"/>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Close other tabs</t>
+          <t>Close tabs below</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Andere Tabs schließen</t>
+          <t>Tabs unterhalb schließen</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>.menu.file.close_other_tabs</t>
-[...2 lines deleted...]
-      <c r="G409" t="inlineStr"/>
+          <t>.menu.file.close_tabs_below</t>
+        </is>
+      </c>
+      <c r="G409" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Schließen Sie die Tabs unten</t>
+        </is>
+      </c>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr"/>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Close tabs below</t>
+          <t>Open folder in explorer</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>Tabs unterhalb schließen</t>
+          <t>Ordner im Explorer öffnen</t>
         </is>
       </c>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>.menu.file.close_tabs_below</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.open_file_location.windows</t>
+        </is>
+      </c>
+      <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr"/>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Open folder in explorer</t>
+          <t>Show in file manager</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Ordner im Explorer öffnen</t>
+          <t>In Dateimanager öffnen</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.windows</t>
+          <t>.grid.item.open_file_location.linux</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr"/>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Show in file manager</t>
+          <t>Show in Finder</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>In Dateimanager öffnen</t>
+          <t>Im Finder öffnen</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.linux</t>
+          <t>.grid.item.open_file_location.osx</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr"/>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Show in Finder</t>
+          <t>Size</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Im Finder öffnen</t>
+          <t>Größe</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.osx</t>
+          <t>.table.column.installed_size</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr"/>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Size</t>
+          <t>View the contents of this location</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Größe</t>
+          <t>Den Inhalt dieses Ortes anzeigen</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>.table.column.installed_size</t>
-[...2 lines deleted...]
-      <c r="G414" t="inlineStr"/>
+          <t>.preferences.install_location.navigate</t>
+        </is>
+      </c>
+      <c r="G414" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: d</t>
+        </is>
+      </c>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr"/>
       <c r="B415" t="inlineStr">
         <is>
-          <t>View the contents of this location</t>
+          <t>{{size}} on disk</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Den Inhalt dieses Ortes anzeigen</t>
+          <t>{{size}} auf Laufwerk</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>.preferences.install_location.navigate</t>
-[...6 lines deleted...]
-      </c>
+          <t>.install_location.property.size_on_disk</t>
+        </is>
+      </c>
+      <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr"/>
       <c r="B416" t="inlineStr">
         <is>
-          <t>{{size}} on disk</t>
+          <t>Uninstall or re-install…</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>{{size}} auf Laufwerk</t>
+          <t>Neu- oder deinstallieren…</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>.install_location.property.size_on_disk</t>
-[...2 lines deleted...]
-      <c r="G416" t="inlineStr"/>
+          <t>.grid.item.uninstall_request</t>
+        </is>
+      </c>
+      <c r="G416" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Deinstallieren oder neu installieren...</t>
+        </is>
+      </c>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr"/>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Uninstall or re-install…</t>
+          <t xml:space="preserve">Filter by: </t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Neu- oder deinstallieren…</t>
+          <t xml:space="preserve">Filtern nach: </t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>.grid.item.uninstall_request</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.criterion.filter_by</t>
+        </is>
+      </c>
+      <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr"/>
       <c r="B418" t="inlineStr">
         <is>
-          <t xml:space="preserve">Filter by: </t>
+          <t>Discard download</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t xml:space="preserve">Filtern nach: </t>
+          <t>Download löschen</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>.grid.criterion.filter_by</t>
+          <t>.grid.item.discard_download</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr"/>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Discard download</t>
+          <t>Nevermind</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Download löschen</t>
+          <t>Lieber nicht</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>.grid.item.discard_download</t>
-[...24 lines deleted...]
-        <is>
           <t>.prompt.action.nevermind</t>
         </is>
       </c>
-      <c r="G420" t="inlineStr">
+      <c r="G419" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Vergiss es
 Suggested in Weblate: vergiss es
 Suggested in Weblate: Egal
 Suggested in Weblate: abbrechen
 Suggested in Weblate: Keine Ursache
 Suggested in Weblate: Abbrechen</t>
         </is>
       </c>
+      <c r="H419" t="inlineStr"/>
+    </row>
+    <row r="420">
+      <c r="A420" t="inlineStr"/>
+      <c r="B420" t="inlineStr">
+        <is>
+          <t>Force program closure?</t>
+        </is>
+      </c>
+      <c r="C420" t="inlineStr">
+        <is>
+          <t>Beenden des Spiels erzwingen?</t>
+        </is>
+      </c>
+      <c r="D420" t="inlineStr"/>
+      <c r="E420" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F420" t="inlineStr">
+        <is>
+          <t>.prompt.force_close_game.title</t>
+        </is>
+      </c>
+      <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr"/>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Force program closure?</t>
+          <t>Do you want to force {{title}} to close?</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Beenden des Spiels erzwingen?</t>
+          <t>Möchtest du {{title}} zum Schließen zwingen?</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.title</t>
-[...2 lines deleted...]
-      <c r="G421" t="inlineStr"/>
+          <t>.prompt.force_close_game.message</t>
+        </is>
+      </c>
+      <c r="G421" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Möchtest du das schließen von {{title}} erzwingen?</t>
+        </is>
+      </c>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr"/>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Do you want to force {{title}} to close?</t>
+          <t>Are you sure you want to stop downloading {{title}}?</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Möchtest du {{title}} zum Schließen zwingen?</t>
+          <t>Bist du Dir sicher, dass du den Download von {{title}} beenden willst?</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.discard_download.message</t>
+        </is>
+      </c>
+      <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr"/>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Are you sure you want to stop downloading {{title}}?</t>
+          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Bist du Dir sicher, dass du den Download von {{title}} beenden willst?</t>
+          <t>Du kannst {{title}} jederzeit neu installieren, wirst den Download aber von vorn anfangen müssen.</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.message</t>
-[...24 lines deleted...]
-        <is>
           <t>.prompt.discard_download.detail</t>
         </is>
       </c>
-      <c r="G424" t="inlineStr">
+      <c r="G423" t="inlineStr">
         <is>
           <t>Suggested in Weblate: You'll be able to install {{title}} again anytime, but it will start from scratch.
 Du kannst {{title}}, zu jedem Zeitpunkt, erneut installieren. Aber du wirst von vorne Anfangen müssen!
 Suggested in Weblate: Du kannst {{title}} jederzeit wieder installieren, es wird aber von neu starten.
 Suggested in Weblate: Du kannst {{title}} jederzeit wieder installieren, jedoch beginnst du von Null.
 Suggested in Weblate: Sie können {{title}} jederzeit wieder installieren, aber es wird von vorne anfangen.
 Suggested in Weblate: Du kannst {{title}} jederzeit wieder installieren, es wird aber neu starten.
 Suggested in Weblate: Du kannst {{Title}} jederzeit wieder installieren, aber du wirst von vorne anfangen müssen.
 Suggested in Weblate: Du könntest {{title}} nochmal installieren, aber es würde von vorne anfangen.</t>
         </is>
       </c>
+      <c r="H423" t="inlineStr"/>
+    </row>
+    <row r="424">
+      <c r="A424" t="inlineStr"/>
+      <c r="B424" t="inlineStr">
+        <is>
+          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
+        </is>
+      </c>
+      <c r="C424" t="inlineStr">
+        <is>
+          <t>Einige Dateien von {{title}} konnten nicht gelöscht werden. Als Admin erneut versuchen?</t>
+        </is>
+      </c>
+      <c r="D424" t="inlineStr"/>
+      <c r="E424" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F424" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall_error.message_permissions</t>
+        </is>
+      </c>
+      <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr"/>
       <c r="B425" t="inlineStr">
         <is>
-          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
+          <t>Remove as administrator</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Einige Dateien von {{title}} konnten nicht gelöscht werden. Als Admin erneut versuchen?</t>
+          <t>Als Admin entfernen</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message_permissions</t>
+          <t>.prompt.uninstall_error.action_permissions</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr"/>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Remove as administrator</t>
+          <t>Installing {{title}}…</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Als Admin entfernen</t>
+          <t>Installiere {{title}} …</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.action_permissions</t>
+          <t>.download.ongoing.install</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr"/>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Installing {{title}}…</t>
+          <t>Updating {{title}}…</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Installiere {{title}} …</t>
+          <t>Aktualisiere {{title}} …</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>.download.ongoing.install</t>
+          <t>.download.ongoing.update</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr"/>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Updating {{title}}…</t>
+          <t>Re-installing {{title}}…</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Aktualisiere {{title}} …</t>
+          <t>Installiere {{title}} neu …</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>.download.ongoing.update</t>
+          <t>.download.ongoing.reinstall</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr"/>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Re-installing {{title}}…</t>
+          <t>Switching {{title}} to another version…</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Installiere {{title}} neu …</t>
+          <t>Wechsle {{title}} auf eine andere Version …</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>.download.ongoing.reinstall</t>
+          <t>.download.ongoing.revert</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr"/>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Switching {{title}} to another version…</t>
+          <t>Repairing {{title}}…</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Wechsle {{title}} auf eine andere Version …</t>
+          <t>Repariere {{title}} …</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>.download.ongoing.revert</t>
-[...2 lines deleted...]
-      <c r="G430" t="inlineStr"/>
+          <t>.download.ongoing.heal</t>
+        </is>
+      </c>
+      <c r="G430" t="inlineStr">
+        <is>
+          <t>```{{title}``` has a bad format, should be ``` {{title}}```</t>
+        </is>
+      </c>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr"/>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Repairing {{title}}…</t>
+          <t>Stop download</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>Repariere {{title}} …</t>
+          <t>Download abbrechen</t>
         </is>
       </c>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>.download.ongoing.heal</t>
+          <t>.prompt.discard_download.action.stop_download</t>
         </is>
       </c>
       <c r="G431" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G432" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Download stoppen
 Suggested in Weblate: Download anhalten
 Suggested in Weblate: Herunterladen angehalten
 Suggested in Weblate: Beende Download
 Suggested in Weblate: Herunterladen abbrechen
 Suggested in Weblate: Herunterladen stoppen
 Suggested in Weblate: Stoppe den Download</t>
         </is>
       </c>
+      <c r="H431" t="inlineStr"/>
+    </row>
+    <row r="432">
+      <c r="A432" t="inlineStr"/>
+      <c r="B432" t="inlineStr">
+        <is>
+          <t>Continue download</t>
+        </is>
+      </c>
+      <c r="C432" t="inlineStr">
+        <is>
+          <t>Download fortsetzen</t>
+        </is>
+      </c>
+      <c r="D432" t="inlineStr"/>
+      <c r="E432" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F432" t="inlineStr">
+        <is>
+          <t>.prompt.discard_download.action.continue_download</t>
+        </is>
+      </c>
+      <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr"/>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Continue download</t>
+          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Download fortsetzen</t>
+          <t>Das Stoppen des Downloads hinterlässt {{title}} in einem unvollständigen Zustand.</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.continue_download</t>
-[...24 lines deleted...]
-        <is>
           <t>.prompt.dangerous_discard_download.message</t>
         </is>
       </c>
-      <c r="G434" t="inlineStr">
+      <c r="G433" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Stopping this download will leave {{title}} in an inconsistent state.
 Das beenden dieses Downloads wird {{title}} unvollständig hinterlassen.
 Suggested in Weblate: Diesen Download anzuhalten wird {{title}} unvollständig lassen.
 Suggested in Weblate: Diesen Download anzuhalten wird {{title}} in einen inkonsistenten Zustand versetzen.
 Suggested in Weblate: Das Anhalten des {{title}} wird die Daten beschädigen.
 Suggested in Weblate: Die Beendigung dieses Downloads wird {{title}} ein einem unbeständigen Zustand hinterlassen
 Suggested in Weblate: Beim stoppen des Herunterladens wird {{title}} unvollständig verbleiben.
 Suggested in Weblate: Wird der Download gestoppt, ist {{title}} in einem unbestimmten Zustand.</t>
         </is>
       </c>
+      <c r="H433" t="inlineStr"/>
+    </row>
+    <row r="434">
+      <c r="A434" t="inlineStr"/>
+      <c r="B434" t="inlineStr">
+        <is>
+          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
+        </is>
+      </c>
+      <c r="C434" t="inlineStr">
+        <is>
+          <t>Beim nächsten Start von {{title}} werden wir es auf die neuste Version zurücksetzen.</t>
+        </is>
+      </c>
+      <c r="D434" t="inlineStr"/>
+      <c r="E434" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F434" t="inlineStr">
+        <is>
+          <t>.prompt.dangerous_discard_download.detail</t>
+        </is>
+      </c>
+      <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr"/>
       <c r="B435" t="inlineStr">
         <is>
-          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
+          <t>version {{version}}</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Beim nächsten Start von {{title}} werden wir es auf die neuste Version zurücksetzen.</t>
+          <t>Version {{version}}</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.detail</t>
-[...2 lines deleted...]
-      <c r="G435" t="inlineStr"/>
+          <t>.prompt.revert.version</t>
+        </is>
+      </c>
+      <c r="G435" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Version {{VERSION}}</t>
+        </is>
+      </c>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr"/>
       <c r="B436" t="inlineStr">
         <is>
-          <t>version {{version}}</t>
+          <t>{{title}} needs to finish updating before it can be opened</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>Version {{version}}</t>
+          <t>{{title}} muss fertig updaten bevor du weiter machen kannst</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>.prompt.revert.version</t>
+          <t>.status.repairing_game</t>
         </is>
       </c>
       <c r="G436" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Version {{VERSION}}</t>
+          <t>Suggested in Weblate: {{title}} muss fertig updaten bevor es geöffnet werden kann
+Suggested in Weblate: Das Update von {{title}} muss beendet werden, bevor {{title}} gestartet werden kann.</t>
         </is>
       </c>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr"/>
       <c r="B437" t="inlineStr">
         <is>
-          <t>{{title}} needs to finish updating before it can be opened</t>
+          <t>Things you install or download will show up here</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>{{title}} muss fertig updaten bevor du weiter machen kannst</t>
+          <t>Heruntergeladene und Installierte Dinge werden hier angezeigt</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>.status.repairing_game</t>
+          <t>.status.downloads.no_active_downloads_subtext</t>
         </is>
       </c>
       <c r="G437" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} muss fertig updaten bevor es geöffnet werden kann
-Suggested in Weblate: Das Update von {{title}} muss beendet werden, bevor {{title}} gestartet werden kann.</t>
+          <t>Suggested in Weblate: Sachen die du Installiert oder Heruntergeladen hast werden hier angezeigt.
+Suggested in Weblate: Dinge die du installierst oder runterlädst werden hier angezeigt</t>
         </is>
       </c>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr"/>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Things you install or download will show up here</t>
+          <t>Download some stuff!</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Heruntergeladene und Installierte Dinge werden hier angezeigt</t>
+          <t>Lade etwas herunter!</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads_subtext</t>
-[...7 lines deleted...]
-      </c>
+          <t>.status.downloads.find_games_button</t>
+        </is>
+      </c>
+      <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr"/>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Download some stuff!</t>
+          <t>Everything's filtered away...</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Lade etwas herunter!</t>
+          <t>Alles wurde weggefiltert ...</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>.status.downloads.find_games_button</t>
+          <t>.grid.empty_state.leader</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr"/>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Everything's filtered away...</t>
+          <t>Your filters are hiding everything here</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Alles wurde weggefiltert ...</t>
+          <t>Deine Filter verstecken alle Einträge</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>.grid.empty_state.leader</t>
+          <t>.grid.empty_state.explanation</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr"/>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Your filters are hiding everything here</t>
+          <t>Manage</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Deine Filter verstecken alle Einträge</t>
+          <t>Verwalten</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>.grid.empty_state.explanation</t>
-[...2 lines deleted...]
-      <c r="G441" t="inlineStr"/>
+          <t>.grid.item.manage</t>
+        </is>
+      </c>
+      <c r="G441" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: verwalten
+Suggested in Weblate: Verwalte</t>
+        </is>
+      </c>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr"/>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Manage</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Verwalten</t>
+          <t>Starte {{title}}</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>.grid.item.manage</t>
+          <t>.prompt.launch.title</t>
         </is>
       </c>
       <c r="G442" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: verwalten
-Suggested in Weblate: Verwalte</t>
+          <t>Suggested in Weblate: {{title}} starten</t>
         </is>
       </c>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr"/>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Which do you want to open?</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Starte {{title}}</t>
+          <t>Was willst du öffnen?</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>.prompt.launch.title</t>
+          <t>.prompt.launch.message</t>
         </is>
       </c>
       <c r="G443" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} starten</t>
+          <t>Suggested in Weblate: Welches möchtest Du öffnen?</t>
         </is>
       </c>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr"/>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Which do you want to open?</t>
+          <t>Manage {{title}}</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Was willst du öffnen?</t>
+          <t>Verwalte {{title}}</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>.prompt.launch.message</t>
+          <t>.prompt.manage_game.title</t>
         </is>
       </c>
       <c r="G444" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Welches möchtest Du öffnen?</t>
+          <t>Suggested in Weblate: {{title}} verwalten</t>
         </is>
       </c>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr"/>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Manage {{title}}</t>
+          <t>The following items are installed:</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Verwalte {{title}}</t>
+          <t>Folgendes ist Installiert:</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.title</t>
+          <t>.prompt.manage_game.installed_uploads</t>
         </is>
       </c>
       <c r="G445" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} verwalten</t>
+          <t>Suggested in Weblate: Die folgenden Elemente sind installiert:</t>
         </is>
       </c>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr"/>
       <c r="B446" t="inlineStr">
         <is>
-          <t>The following items are installed:</t>
+          <t>These items are also available:</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Folgendes ist Installiert:</t>
+          <t>Diese Elemente sind auch verfügbar:</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.installed_uploads</t>
+          <t>.prompt.manage_game.available_uploads</t>
         </is>
       </c>
       <c r="G446" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Die folgenden Elemente sind installiert:</t>
+          <t>Suggested in Weblate: Auch diese Elemente sind verfügbar:
+Suggested in Weblate: Folgendes ist auch verfügbar:</t>
         </is>
       </c>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr"/>
       <c r="B447" t="inlineStr">
         <is>
-          <t>These items are also available:</t>
+          <t>No other items are currently available.</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Diese Elemente sind auch verfügbar:</t>
+          <t>Keine weiteren Elemente sind verfügbar.</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.available_uploads</t>
+          <t>.prompt.manage_game.no_other_uploads</t>
         </is>
       </c>
       <c r="G447" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Auch diese Elemente sind verfügbar:
-Suggested in Weblate: Folgendes ist auch verfügbar:</t>
+          <t>Suggested in Weblate: Keine anderen Elemente sind momentan verfügbar.
+Suggested in Weblate: Keine anderen Dinge sind aktuell verfügbar.</t>
         </is>
       </c>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr"/>
       <c r="B448" t="inlineStr">
         <is>
-          <t>No other items are currently available.</t>
+          <t>Prefer optimized patches</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Keine weiteren Elemente sind verfügbar.</t>
+          <t>Bevorzuge optimierte Patches</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.no_other_uploads</t>
+          <t>.preferences.advanced.prefer_optimized_patches</t>
         </is>
       </c>
       <c r="G448" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Keine anderen Elemente sind momentan verfügbar.
-Suggested in Weblate: Keine anderen Dinge sind aktuell verfügbar.</t>
+          <t>Suggested in Weblate: Empfohlene komprimierte Aktualisierungen</t>
         </is>
       </c>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr"/>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Prefer optimized patches</t>
+          <t>{{x}} seconds</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Bevorzuge optimierte Patches</t>
+          <t>{{x}} Sekunden</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>.preferences.advanced.prefer_optimized_patches</t>
-[...6 lines deleted...]
-      </c>
+          <t>.duration.seconds</t>
+        </is>
+      </c>
+      <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr"/>
       <c r="B450" t="inlineStr">
         <is>
-          <t>{{x}} seconds</t>
+          <t>Application log</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>{{x}} Sekunden</t>
+          <t>Applikationenslog</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>.duration.seconds</t>
-[...2 lines deleted...]
-      <c r="G450" t="inlineStr"/>
+          <t>.sidebar.applog</t>
+        </is>
+      </c>
+      <c r="G450" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Log-Datei</t>
+        </is>
+      </c>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr"/>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Application log</t>
+          <t>{{count}} items</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Applikationenslog</t>
+          <t>{{count}} Einträge</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>.sidebar.applog</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item_count</t>
+        </is>
+      </c>
+      <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr"/>
       <c r="B452" t="inlineStr">
         <is>
-          <t>{{count}} items</t>
+          <t>The itch web browser is disabled</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>{{count}} Einträge</t>
+          <t>Der itch Webbrowser ist deaktiviert</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>.grid.item_count</t>
-[...24 lines deleted...]
-        <is>
           <t>.browser.disabled</t>
         </is>
       </c>
-      <c r="G453" t="inlineStr">
+      <c r="G452" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Der Itch Browser steht grade nicht zurverfügung
 Suggested in Weblate: Der itch Web-Browser ist deaktiviert
 Suggested in Weblate: Der itch-Webbrowser ist deaktiviert
 Suggested in Weblate: Der itch Webbrowser ist nicht erreichbar</t>
         </is>
       </c>
+      <c r="H452" t="inlineStr"/>
+    </row>
+    <row r="453">
+      <c r="A453" t="inlineStr"/>
+      <c r="B453" t="inlineStr">
+        <is>
+          <t>Re-enable</t>
+        </is>
+      </c>
+      <c r="C453" t="inlineStr">
+        <is>
+          <t>Wieder aktivieren</t>
+        </is>
+      </c>
+      <c r="D453" t="inlineStr"/>
+      <c r="E453" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F453" t="inlineStr">
+        <is>
+          <t>.browser.reenable</t>
+        </is>
+      </c>
+      <c r="G453" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Wieder einschalten</t>
+        </is>
+      </c>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr"/>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Re-enable</t>
+          <t>Disable web browser</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Wieder aktivieren</t>
+          <t>Webbrowser deaktivieren</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>.browser.reenable</t>
+          <t>.preferences.advanced.disable_browser</t>
         </is>
       </c>
       <c r="G454" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Wieder einschalten</t>
+          <t>Suggested in Weblate: Deaktiviere den Browser
+Suggested in Weblate: Web-Browser deaktivieren</t>
         </is>
       </c>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr"/>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Disable web browser</t>
+          <t>You currently have no collections</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Webbrowser deaktivieren</t>
+          <t>Du hast noch keine Sammlungen</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_browser</t>
-[...7 lines deleted...]
-      </c>
+          <t>.collections.empty</t>
+        </is>
+      </c>
+      <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr"/>
       <c r="B456" t="inlineStr">
         <is>
-          <t>You currently have no collections</t>
+          <t>Browse for some games and add them to a new collection!</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Du hast noch keine Sammlungen</t>
+          <t>Stöbere nach Spielen und füge sie deiner Sammlung hinzu!</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>.collections.empty</t>
+          <t>.collections.empty_sub</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
       <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr"/>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Browse for some games and add them to a new collection!</t>
+          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Stöbere nach Spielen und füge sie deiner Sammlung hinzu!</t>
+          <t>Hardwarebeschleunigung deaktivieren (behebt einige Abstürze unter Linux)</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>.collections.empty_sub</t>
-[...2 lines deleted...]
-      <c r="G457" t="inlineStr"/>
+          <t>.preferences.advanced.disable_hardware_acceleration</t>
+        </is>
+      </c>
+      <c r="G457" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: xd
+Suggested in Weblate: Hardwarebeschleunigung deaktivieren (kann einige Abstürze unter Linux verhindern)
+Suggested in Weblate: Deaktiviere Hardwarebeschleunigung (Verhindert einige Crashs bei Linux)</t>
+        </is>
+      </c>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr"/>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Hardwarebeschleunigung deaktivieren (behebt einige Abstürze unter Linux)</t>
+          <t>Vorbereiten…</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_hardware_acceleration</t>
+          <t>.prereq.status.pending</t>
         </is>
       </c>
       <c r="G458" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: xd
-[...1 lines deleted...]
-Suggested in Weblate: Deaktiviere Hardwarebeschleunigung (Verhindert einige Crashs bei Linux)</t>
+          <t xml:space="preserve">Suggested in Weblate: Vorbereiten...
+</t>
         </is>
       </c>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr"/>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Updates available</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Vorbereiten…</t>
+          <t>Updates verfügbar</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>.prereq.status.pending</t>
-[...7 lines deleted...]
-      </c>
+          <t>.status.downloads.updates_available</t>
+        </is>
+      </c>
+      <c r="G459" t="inlineStr"/>
       <c r="H459" t="inlineStr"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr"/>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Updates available</t>
+          <t>Update all</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Updates verfügbar</t>
+          <t>Alle aktualisieren</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>.status.downloads.updates_available</t>
+          <t>.status.downloads.update_all</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr"/>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Update all</t>
+          <t>There's nothing here...</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Alle aktualisieren</t>
+          <t>Hier ist nichts ...</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>.status.downloads.update_all</t>
+          <t>.grid.really_empty_state.leader</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr"/>
       <c r="B462" t="inlineStr">
         <is>
-          <t>There's nothing here...</t>
+          <t>...yet!</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Hier ist nichts ...</t>
+          <t>... bisher!</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.leader</t>
+          <t>.grid.really_empty_state.explanation</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr"/>
       <c r="B463" t="inlineStr">
         <is>
-          <t>...yet!</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>... bisher!</t>
+          <t>Vorbereiten …</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.explanation</t>
+          <t>.grid.item.running.prepare</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr"/>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Cleaning up…</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Vorbereiten …</t>
+          <t>Räume auf …</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>.grid.item.running.prepare</t>
+          <t>.grid.item.running.clean</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr"/>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Cleaning up…</t>
+          <t>Disk usage</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Räume auf …</t>
+          <t>Erforderlicher Speicherplatz</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>.grid.item.running.clean</t>
-[...24 lines deleted...]
-        <is>
           <t>.preferences.install_location.disk_usage</t>
         </is>
       </c>
-      <c r="G466" t="inlineStr">
+      <c r="G465" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Speicherplatz
 Suggested in Weblate: Festplattennutzung
 Suggested in Weblate: Festplattenkapazitätä
 Suggested in Weblate: Festplattenkapazität</t>
         </is>
       </c>
+      <c r="H465" t="inlineStr"/>
+    </row>
+    <row r="466">
+      <c r="A466" t="inlineStr"/>
+      <c r="B466" t="inlineStr">
+        <is>
+          <t>Finalizing installation…</t>
+        </is>
+      </c>
+      <c r="C466" t="inlineStr">
+        <is>
+          <t>Installation wird abgeschlossen…</t>
+        </is>
+      </c>
+      <c r="D466" t="inlineStr"/>
+      <c r="E466" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F466" t="inlineStr">
+        <is>
+          <t>.login.status.finalizing_installation</t>
+        </is>
+      </c>
+      <c r="G466" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Schließt Installation ab...</t>
+        </is>
+      </c>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr"/>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Finalizing installation…</t>
+          <t>Antivirus software may interfere with itch.</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Installation wird abgeschlossen…</t>
+          <t>Antivirus-Programme könnten itch behindern.</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>.login.status.finalizing_installation</t>
+          <t>.login.status.antivirus_warning</t>
         </is>
       </c>
       <c r="G467" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Schließt Installation ab...</t>
+          <t>Suggested in Weblate: Antivirensoftware könnte die Funktionsweise von Itch beeinträchtigen.
+Suggested in Weblate: Antivirus Programme könnten itch behindern</t>
         </is>
       </c>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr"/>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Antivirus software may interfere with itch.</t>
+          <t>The install folder disappeared</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Antivirus-Programme könnten itch behindern.</t>
+          <t>Der Installationsordner ist verschwunden</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>.login.status.antivirus_warning</t>
-[...7 lines deleted...]
-      </c>
+          <t>.butlerd.codes.404</t>
+        </is>
+      </c>
+      <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr"/>
       <c r="B469" t="inlineStr">
         <is>
-          <t>The install folder disappeared</t>
+          <t>No compatible uploads were found for this title</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Der Installationsordner ist verschwunden</t>
+          <t>Für diesen Titel wurden keine kompatiblen Uploads gefunden</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>.butlerd.codes.404</t>
-[...2 lines deleted...]
-      <c r="G469" t="inlineStr"/>
+          <t>.butlerd.codes.2001</t>
+        </is>
+      </c>
+      <c r="G469" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Keine kompatible Uploads wurden gefunden für diesen Titel
+Suggested in Weblate: Keine kompatiblen Uploads wurden gefunden für diesen Titel</t>
+        </is>
+      </c>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr"/>
       <c r="B470" t="inlineStr">
         <is>
-          <t>No compatible uploads were found for this title</t>
+          <t>How can I help?</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Für diesen Titel wurden keine kompatiblen Uploads gefunden</t>
+          <t>Wie kann ich helfen?</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>.butlerd.codes.2001</t>
+          <t>.docs.how_to_help</t>
         </is>
       </c>
       <c r="G470" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Keine kompatible Uploads wurden gefunden für diesen Titel
-Suggested in Weblate: Keine kompatiblen Uploads wurden gefunden für diesen Titel</t>
+          <t>This is the latter, "How can I/the user help out/contribute?"
+This needs context because source sentence could be a customer service thing "How can I/itch help you?" or a "How can I/the user help out/contribute?"</t>
         </is>
       </c>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr"/>
       <c r="B471" t="inlineStr">
         <is>
-          <t>How can I help?</t>
+          <t>Queuing…</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>Wie kann ich helfen?</t>
+          <t>In Warteschlange …</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>.docs.how_to_help</t>
-[...7 lines deleted...]
-      </c>
+          <t>.grid.item.queueing</t>
+        </is>
+      </c>
+      <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr"/>
       <c r="B472" t="inlineStr">
         <is>
-          <t>Queuing…</t>
+          <t>Details for nerds</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>In Warteschlange …</t>
+          <t>Details für Nerds</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>.grid.item.queueing</t>
+          <t>.prompt.show_error.details_for_nerds</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr"/>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Details for nerds</t>
+          <t>Event log</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Details für Nerds</t>
+          <t>Ereignis Log</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds</t>
-[...2 lines deleted...]
-      <c r="G473" t="inlineStr"/>
+          <t>.prompt.show_error.details_for_nerds.event_log</t>
+        </is>
+      </c>
+      <c r="G473" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ereigniss log
+Suggested in Weblate: Ereignissprotokoll</t>
+        </is>
+      </c>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr"/>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Event log</t>
+          <t>Stack trace</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Ereignis Log</t>
+          <t>Stack Trace</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.event_log</t>
+          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
         </is>
       </c>
       <c r="G474" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ereigniss log
-Suggested in Weblate: Ereignissprotokoll</t>
+          <t>Suggested in Weblate: Stapelzurückverfolgung</t>
         </is>
       </c>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr"/>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Stack trace</t>
+          <t>Send a report to help resolve this issue</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>Stack Trace</t>
+          <t>Sende einen Fehlerbericht um beim Lösen des Problems zu helfen</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
+          <t>.prompt.show_error.send_report</t>
         </is>
       </c>
       <c r="G475" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Stapelzurückverfolgung</t>
+          <t>Suggested in Weblate: Einen Bericht senden um das Problem zu beheben
+Suggested in Weblate: Sende einen Error-Report um den Fehler zu beheben.</t>
         </is>
       </c>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr"/>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Send a report to help resolve this issue</t>
+          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Sende einen Fehlerbericht um beim Lösen des Problems zu helfen</t>
+          <t>Die Titel ist auf eine Art verpackt, der nicht mit der itch.io-App kompatibel ist.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>.prompt.show_error.send_report</t>
-[...7 lines deleted...]
-      </c>
+          <t>.butlerd.codes.3000</t>
+        </is>
+      </c>
+      <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr"/>
       <c r="B477" t="inlineStr">
         <is>
-          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
+          <t>Nothing that can be launched was found.</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>Die Titel ist auf eine Art verpackt, der nicht mit der itch.io-App kompatibel ist.</t>
+          <t>Es wurde nichts gefunden, was gestartet werden kann.</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>.butlerd.codes.3000</t>
+          <t>.butlerd.codes.5000</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr"/>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Nothing that can be launched was found.</t>
+          <t>There is no Internet connection.</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Es wurde nichts gefunden, was gestartet werden kann.</t>
+          <t>Es gibt keine Internetverbindung.</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>.butlerd.codes.5000</t>
-[...2 lines deleted...]
-      <c r="G478" t="inlineStr"/>
+          <t>.butlerd.codes.9000</t>
+        </is>
+      </c>
+      <c r="G478" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Keine Internetverbindung.</t>
+        </is>
+      </c>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr"/>
       <c r="B479" t="inlineStr">
         <is>
-          <t>There is no Internet connection.</t>
+          <t>{{installedSize}} used by games</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Es gibt keine Internetverbindung.</t>
+          <t>{{installedSize}} Speicherbedarf der Spiele</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>.butlerd.codes.9000</t>
+          <t>.preferences.install_location.size_used_by_games</t>
         </is>
       </c>
       <c r="G479" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Keine Internetverbindung.</t>
+          <t>Suggested in Weblate: {{installedSize}} wird von {{title}} genutzt
+Suggested in Weblate: {{installedSize}} Größe der Spiele</t>
         </is>
       </c>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr"/>
       <c r="B480" t="inlineStr">
         <is>
-          <t>{{installedSize}} used by games</t>
+          <t>{{freeSize}} free of {{totalSize}}</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>{{installedSize}} Speicherbedarf der Spiele</t>
+          <t>{{freeSize}} von {{totalSize}} frei</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>.preferences.install_location.size_used_by_games</t>
+          <t>.preferences.install_location.free_of_total</t>
         </is>
       </c>
       <c r="G480" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{installedSize}} wird von {{title}} genutzt
-Suggested in Weblate: {{installedSize}} Größe der Spiele</t>
+          <t>Suggested in Weblate: {{freeSize}} frei von {{totalSize}}</t>
         </is>
       </c>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr"/>
       <c r="B481" t="inlineStr">
         <is>
-          <t>{{freeSize}} free of {{totalSize}}</t>
+          <t>Scan install locations for games</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>{{freeSize}} von {{totalSize}} frei</t>
+          <t>Durchsuche Installationsverzeichnis nach Spielen</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_of_total</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.scan_install_locations</t>
+        </is>
+      </c>
+      <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr"/>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Scan install locations for games</t>
+          <t>Confirm import</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Durchsuche Installationsverzeichnis nach Spielen</t>
+          <t>Importieren bestätigen</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations</t>
-[...2 lines deleted...]
-      <c r="G482" t="inlineStr"/>
+          <t>.preferences.scan_install_locations.confirm_import</t>
+        </is>
+      </c>
+      <c r="G482" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Bestätige den Import
+Suggested in Weblate: Import bestätigen
+Suggested in Weblate: Importierung bestätigen</t>
+        </is>
+      </c>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr"/>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Confirm import</t>
+          <t>Import {{numItems}} items</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Importieren bestätigen</t>
+          <t>{{numItems}} Elemente importieren</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.confirm_import</t>
+          <t>.preferences.scan_install_locations.import_items</t>
         </is>
       </c>
       <c r="G483" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Bestätige den Import
-[...1 lines deleted...]
-Suggested in Weblate: Importierung bestätigen</t>
+          <t>Suggested in Weblate: Importiere {{numItems}} Dinge</t>
         </is>
       </c>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr"/>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Import {{numItems}} items</t>
+          <t>{{numImportedItems}} items were successfully imported</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>{{numItems}} Elemente importieren</t>
+          <t>{{numImportedItems}} Elemente wurden erfolgreich importiert</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.import_items</t>
+          <t>.preferences.scan_install_locations.items_imported</t>
         </is>
       </c>
       <c r="G484" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Importiere {{numItems}} Dinge</t>
+          <t>Suggested in Weblate: {{numImportedItems}} Dinge wurden erfolgreich Importiert</t>
         </is>
       </c>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr"/>
       <c r="B485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} items were successfully imported</t>
+          <t>Looking for games...</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} Elemente wurden erfolgreich importiert</t>
+          <t>Auf der Suche nach Spielen ...</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.items_imported</t>
+          <t>.preferences.scan_install_locations.looking_for_games</t>
         </is>
       </c>
       <c r="G485" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G486" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Suche nach spielen...
 Suggested in Weblate: Spiele suchen...
 Suggested in Weblate: Nach Spielen suchen...
 Suggested in Weblate: Schaue nach Spielen...</t>
         </is>
       </c>
+      <c r="H485" t="inlineStr"/>
+    </row>
+    <row r="486">
+      <c r="A486" t="inlineStr"/>
+      <c r="B486" t="inlineStr">
+        <is>
+          <t>The following items can be imported:</t>
+        </is>
+      </c>
+      <c r="C486" t="inlineStr">
+        <is>
+          <t>Folgende Elemente können importiert werden:</t>
+        </is>
+      </c>
+      <c r="D486" t="inlineStr"/>
+      <c r="E486" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F486" t="inlineStr">
+        <is>
+          <t>.preferences.scan_install_locations.message</t>
+        </is>
+      </c>
+      <c r="G486" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Die folgenden Dinge können Importiert werden</t>
+        </is>
+      </c>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr"/>
       <c r="B487" t="inlineStr">
         <is>
-          <t>The following items can be imported:</t>
+          <t>No additional items found in install locations</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Folgende Elemente können importiert werden:</t>
+          <t>Keine weiteren Elemente im Installationsverzeichnis gefunden</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.message</t>
+          <t>.preferences.scan_install_locations.no_items_found</t>
         </is>
       </c>
       <c r="G487" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Die folgenden Dinge können Importiert werden</t>
+          <t>Suggested in Weblate: Keine weiteren Dinge wurden hier gefunden</t>
         </is>
       </c>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr"/>
       <c r="B488" t="inlineStr">
         <is>
-          <t>No additional items found in install locations</t>
+          <t>Scanning...</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Keine weiteren Elemente im Installationsverzeichnis gefunden</t>
+          <t>Scanne...</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.no_items_found</t>
+          <t>.preferences.scan_install_locations.title</t>
         </is>
       </c>
       <c r="G488" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G489" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Suche...
 Suggested in Weblate: Lesen...
 Suggested in Weblate: Durchsuche...
 Suggested in Weblate: Scannen ...</t>
         </is>
       </c>
+      <c r="H488" t="inlineStr"/>
+    </row>
+    <row r="489">
+      <c r="A489" t="inlineStr"/>
+      <c r="B489" t="inlineStr">
+        <is>
+          <t>Check for game updates</t>
+        </is>
+      </c>
+      <c r="C489" t="inlineStr">
+        <is>
+          <t>Nach Spiel-Updates suchen</t>
+        </is>
+      </c>
+      <c r="D489" t="inlineStr"/>
+      <c r="E489" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F489" t="inlineStr">
+        <is>
+          <t>.preferences.advanced.check_game_updates</t>
+        </is>
+      </c>
+      <c r="G489" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Suche nach Spiel-updates</t>
+        </is>
+      </c>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr"/>
       <c r="B490" t="inlineStr">
         <is>
-          <t>Check for game updates</t>
+          <t>Resume downloads</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Nach Spiel-Updates suchen</t>
+          <t>Downloads fortsetzen</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>.preferences.advanced.check_game_updates</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.downloads.resume_downloads</t>
+        </is>
+      </c>
+      <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr"/>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Resume downloads</t>
+          <t>Pause downloads</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Downloads fortsetzen</t>
+          <t>Downloads pausieren</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>.status.downloads.resume_downloads</t>
+          <t>.status.downloads.pause_downloads</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr"/>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Pause downloads</t>
+          <t>Components</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Downloads pausieren</t>
+          <t>Komponenten</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>.status.downloads.pause_downloads</t>
-[...2 lines deleted...]
-      <c r="G492" t="inlineStr"/>
+          <t>.preferences.advanced.components</t>
+        </is>
+      </c>
+      <c r="G492" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Componenten
+Suggested in Weblate: Bestandteile</t>
+        </is>
+      </c>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr"/>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Components</t>
+          <t>New version available</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>Komponenten</t>
+          <t>Neue Version verfügbar</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>.preferences.advanced.components</t>
-[...7 lines deleted...]
-      </c>
+          <t>.prompt.self_update_ready.short</t>
+        </is>
+      </c>
+      <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr"/>
       <c r="B494" t="inlineStr">
         <is>
-          <t>New version available</t>
+          <t>No other version is available.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Neue Version verfügbar</t>
+          <t>Es ist keine andere Version verfügbar.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.short</t>
+          <t>.prompt.revert.no_other_version</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr"/>
       <c r="B495" t="inlineStr">
         <is>
-          <t>No other version is available.</t>
+          <t>Skip update</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>Es ist keine andere Version verfügbar.</t>
+          <t>Update überspringen</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>.prompt.revert.no_other_version</t>
-[...2 lines deleted...]
-      <c r="G495" t="inlineStr"/>
+          <t>.pick_update_upload.buttons.skip_update</t>
+        </is>
+      </c>
+      <c r="G495" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Überspringe dieses Update</t>
+        </is>
+      </c>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr"/>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Skip update</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>Update überspringen</t>
+          <t>{{title}} starten</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.skip_update</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.launch_title</t>
+        </is>
+      </c>
+      <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr"/>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Open {{title}}</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>{{title}} starten</t>
+          <t>{{title}} öffnen</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>.grid.item.launch_title</t>
+          <t>.grid.item.open_title</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr"/>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Open {{title}}</t>
+          <t>views</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>{{title}} öffnen</t>
+          <t>Aufrufe</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>.grid.item.open_title</t>
+          <t>.dashboard.game_stats.views</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr"/>
       <c r="B499" t="inlineStr">
         <is>
-          <t>views</t>
+          <t>downloads</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>Aufrufe</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.views</t>
+          <t>.dashboard.game_stats.downloads</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr"/>
       <c r="B500" t="inlineStr">
         <is>
-          <t>downloads</t>
+          <t>purchases</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Einkäufe</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.downloads</t>
+          <t>.dashboard.game_stats.purchases</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr"/>
       <c r="B501" t="inlineStr">
         <is>
-          <t>purchases</t>
+          <t>Open page</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>Einkäufe</t>
+          <t>Seite öffnen</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.purchases</t>
+          <t>.grid.item.open_page</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr"/>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Open page</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Seite öffnen</t>
+          <t>Nicht verfügbar</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>.grid.item.open_page</t>
+          <t>.grid.item.not_available</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr"/>
       <c r="B503" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>View all...</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>Nicht verfügbar</t>
+          <t>Alle ansehen...</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>.grid.item.not_available</t>
+          <t>.game_stripe.view_all</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr"/>
       <c r="B504" t="inlineStr">
         <is>
-          <t>View all...</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Alle ansehen...</t>
+          <t>Installiert</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>.game_stripe.view_all</t>
+          <t>.table.column.installed</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr"/>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Powered by</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Installiert</t>
+          <t>Unterstützt durch</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>.table.column.installed</t>
+          <t>.table.column.powered_by</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr"/>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Powered by</t>
+          <t>Enable tabs</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Unterstützt durch</t>
+          <t>Aktiviere Tabs</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>.table.column.powered_by</t>
+          <t>.preferences.behavior.enable_tabs</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr"/>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Enable tabs</t>
+          <t>Acquired recently</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Aktiviere Tabs</t>
+          <t>Kürzlich erhalten</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>.preferences.behavior.enable_tabs</t>
+          <t>.sort_by.games.acquired_at</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr"/>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Acquired recently</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Kürzlich erhalten</t>
+          <t>Titel</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>.sort_by.games.acquired_at</t>
+          <t>.sort_by.games.title</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr"/>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Views</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Titel</t>
+          <t>Aufrufe</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>.sort_by.games.title</t>
+          <t>.sort_by.games.views</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr"/>
       <c r="B510" t="inlineStr">
         <is>
-          <t>Views</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Aufrufe</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>.sort_by.games.views</t>
+          <t>.sort_by.games.downloads</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr"/>
       <c r="B511" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Purchases</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Verkaufszahlen</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>.sort_by.games.downloads</t>
-[...2 lines deleted...]
-      <c r="G511" t="inlineStr"/>
+          <t>.sort_by.games.purchases</t>
+        </is>
+      </c>
+      <c r="G511" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Käufe</t>
+        </is>
+      </c>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr"/>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Purchases</t>
+          <t>Play time</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Verkaufszahlen</t>
+          <t>Spieldauer</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>.sort_by.games.purchases</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sort_by.games.play_time</t>
+        </is>
+      </c>
+      <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr"/>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Play time</t>
+          <t>Last touched</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Spieldauer</t>
+          <t>Zuletzt verwendet</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>.sort_by.games.play_time</t>
-[...2 lines deleted...]
-      <c r="G513" t="inlineStr"/>
+          <t>.sort_by.games.last_touched</t>
+        </is>
+      </c>
+      <c r="G513" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Letzte Änderung
+Suggested in Weblate: Zuletzt verändert</t>
+        </is>
+      </c>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr"/>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Last touched</t>
+          <t>Size on disk</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Zuletzt verwendet</t>
+          <t>Größe auf Festplatte</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>.sort_by.games.last_touched</t>
+          <t>.sort_by.games.size_on_disk</t>
         </is>
       </c>
       <c r="G514" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Letzte Änderung
-Suggested in Weblate: Zuletzt verändert</t>
+          <t>Suggested in Weblate: Größe auf der Festplatte</t>
         </is>
       </c>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr"/>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Size on disk</t>
+          <t>Install date</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Größe auf Festplatte</t>
+          <t>Installationsdatum</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>.sort_by.games.size_on_disk</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sort_by.games.install_date</t>
+        </is>
+      </c>
+      <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr"/>
       <c r="B516" t="inlineStr">
         <is>
-          <t>Install date</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>Installationsdatum</t>
+          <t>Spiele</t>
         </is>
       </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>.sort_by.games.install_date</t>
+          <t>.filter_by.games.classification.games</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr"/>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Tools</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Spiele</t>
+          <t>Tools</t>
         </is>
       </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.games</t>
-[...2 lines deleted...]
-      <c r="G517" t="inlineStr"/>
+          <t>.filter_by.games.classification.tools</t>
+        </is>
+      </c>
+      <c r="G517" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Hilfsprogramme
+Suggested in Weblate: Werkzeuge</t>
+        </is>
+      </c>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr"/>
       <c r="B518" t="inlineStr">
         <is>
-          <t>Tools</t>
+          <t>Game assets</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>Tools</t>
+          <t>Ressourcen</t>
         </is>
       </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.tools</t>
-[...7 lines deleted...]
-      </c>
+          <t>.filter_by.games.classification.assets</t>
+        </is>
+      </c>
+      <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr"/>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Game assets</t>
+          <t>Comics</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Ressourcen</t>
+          <t>Comics</t>
         </is>
       </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.assets</t>
+          <t>.filter_by.games.classification.comics</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr"/>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Comics</t>
+          <t>Books</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Comics</t>
+          <t>Bücher</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.comics</t>
+          <t>.filter_by.games.classification.books</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr"/>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Books</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Bücher</t>
+          <t>Installiert</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.books</t>
+          <t>.filter_by.games.status.installed</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr"/>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Free</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Installiert</t>
+          <t>Kostenlos</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>.filter_by.games.status.installed</t>
-[...2 lines deleted...]
-      <c r="G522" t="inlineStr"/>
+          <t>.filter_by.games.paid_status.free</t>
+        </is>
+      </c>
+      <c r="G522" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Frei</t>
+        </is>
+      </c>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr"/>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Free</t>
+          <t>Paid</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Kostenlos</t>
+          <t>Bezahlt</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.free</t>
-[...6 lines deleted...]
-      </c>
+          <t>.filter_by.games.paid_status.paid</t>
+        </is>
+      </c>
+      <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr"/>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Paid</t>
+          <t>Draft</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Bezahlt</t>
+          <t>Entwurf</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.paid</t>
+          <t>.filter_by.games.visibility.draft</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr"/>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Draft</t>
+          <t>Published</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Entwurf</t>
+          <t>Veröffentlicht</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.draft</t>
+          <t>.filter_by.games.visibility.published</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr"/>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Published</t>
+          <t>Level</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Veröffentlicht</t>
+          <t>Level</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.published</t>
+          <t>.log.level</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr"/>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Level</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Level</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>.log.level</t>
+          <t>.log.level.debug</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr"/>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>.log.level.debug</t>
+          <t>.log.level.info</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr"/>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Warning</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Warnung</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>.log.level.info</t>
+          <t>.log.level.warning</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr"/>
       <c r="B530" t="inlineStr">
         <is>
-          <t>Warning</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>Warnung</t>
+          <t>Fehler</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>.log.level.warning</t>
+          <t>.log.level.error</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr"/>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Error</t>
+          <t>Nothing to see here</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Fehler</t>
+          <t>Hier gibt es nichts zu sehen</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>.log.level.error</t>
+          <t>.empty_state.nothing_to_see_here</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr"/>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Nothing to see here</t>
+          <t>{{itemCount}} items</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Hier gibt es nichts zu sehen</t>
+          <t>{{itemCount}} Artikel</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>.empty_state.nothing_to_see_here</t>
+          <t>.collection.item_count</t>
         </is>
       </c>
       <c r="G532" t="inlineStr"/>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr"/>
       <c r="B533" t="inlineStr">
         <is>
-          <t>{{itemCount}} items</t>
+          <t>No description</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>{{itemCount}} Artikel</t>
+          <t>Keine Beschreibung</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>.collection.item_count</t>
+          <t>.search.results.game.no_description</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr"/>
       <c r="B534" t="inlineStr">
         <is>
-          <t>No description</t>
+          <t>Explore</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Keine Beschreibung</t>
+          <t>Erkunden</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>.search.results.game.no_description</t>
-[...2 lines deleted...]
-      <c r="G534" t="inlineStr"/>
+          <t>.sidebar.explore</t>
+        </is>
+      </c>
+      <c r="G534" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Entdecken</t>
+        </is>
+      </c>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr"/>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Explore</t>
+          <t>Library</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Erkunden</t>
+          <t>Bibliothek</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>.sidebar.explore</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.library</t>
+        </is>
+      </c>
+      <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr"/>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Library</t>
+          <t>Install for {{title}} cancelled!</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Bibliothek</t>
+          <t>Installation von {{title}} abgebrochen!</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>.sidebar.library</t>
+          <t>.status.installing_game.cancelled</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr"/>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Install for {{title}} cancelled!</t>
+          <t>Manage install locations</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Installation von {{title}} abgebrochen!</t>
+          <t>Installationsorte verwalten</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>.status.installing_game.cancelled</t>
+          <t>.install_locations.manage</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr"/>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Manage install locations</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Installationsorte verwalten</t>
+          <t>Aktualisiert</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>.install_locations.manage</t>
+          <t>.collection.info.updated</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr"/>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Aktualisiert</t>
+          <t>Feedback senden</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>.collection.info.updated</t>
+          <t>.send_feedback.title</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr"/>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>Please describe what you were trying to do when the issue happened:</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Feedback senden</t>
+          <t>Bitte beschreibe was du tun wolltest, als der Fehler auftrat:</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>.send_feedback.title</t>
+          <t>.send_feedback.describe_issue</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr"/>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Please describe what you were trying to do when the issue happened:</t>
+          <t>A few reminders:</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Bitte beschreibe was du tun wolltest, als der Fehler auftrat:</t>
+          <t>Ein paar Hinweise:</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>.send_feedback.describe_issue</t>
+          <t>.send_feedback.reminders.header</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr"/>
       <c r="B542" t="inlineStr">
         <is>
-          <t>A few reminders:</t>
+          <t>Whatever you write will be read by humans.</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Ein paar Hinweise:</t>
+          <t>Alles was du schreibst wird von einem Menschen gelesen werden.</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.header</t>
+          <t>.send_feedback.reminders.we_are_humans</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr"/>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Whatever you write will be read by humans.</t>
+          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Alles was du schreibst wird von einem Menschen gelesen werden.</t>
+          <t>Versuch möglichst genau zu sein. Wir wollen den Fehler genauso sehr beheben wie du!</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.we_are_humans</t>
+          <t>.send_feedback.reminders.be_precise</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr"/>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
+          <t>Include steps to reproduce the issue if you can.</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Versuch möglichst genau zu sein. Wir wollen den Fehler genauso sehr beheben wie du!</t>
+          <t>Falls möglich, füge Anweisungen zum reproduzieren des Fehlers hinzu.</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.be_precise</t>
+          <t>.send_feedback.reminders.include_reproduce_steps</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr"/>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Include steps to reproduce the issue if you can.</t>
+          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>Falls möglich, füge Anweisungen zum reproduzieren des Fehlers hinzu.</t>
+          <t>Erwähne deinen itch.io Kontonamen und/oder die Seite die Probleme macht, falls es relevant ist.</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.include_reproduce_steps</t>
+          <t>.send_feedback.reminders.mention_itchio_account</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr"/>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
+          <t>Thanks for sending us feedback!</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>Erwähne deinen itch.io Kontonamen und/oder die Seite die Probleme macht, falls es relevant ist.</t>
+          <t>Wir danken dir für dein Feedback!</t>
         </is>
       </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.mention_itchio_account</t>
+          <t>.send_feedback.reminders.thanks</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr"/>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Thanks for sending us feedback!</t>
+          <t>Where does my report go?</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Wir danken dir für dein Feedback!</t>
+          <t>Wohin geht mein Bericht?</t>
         </is>
       </c>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.thanks</t>
+          <t>.send_feedback.questions.where_does_report_go</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr"/>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Where does my report go?</t>
+          <t>Review the information below to make sure you're comfortable with it being sent:</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>Wohin geht mein Bericht?</t>
+          <t>Überprüfe nochmal die folgenden Informationen, um sicherzustellen, dass du sie wirklich senden willst:</t>
         </is>
       </c>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>.send_feedback.questions.where_does_report_go</t>
+          <t>.send_feedback.consent.please_review</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
       <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr"/>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Review the information below to make sure you're comfortable with it being sent:</t>
+          <t>redacted</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Überprüfe nochmal die folgenden Informationen, um sicherzustellen, dass du sie wirklich senden willst:</t>
+          <t>zensiert</t>
         </is>
       </c>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.please_review</t>
-[...2 lines deleted...]
-      <c r="G549" t="inlineStr"/>
+          <t>.send_feedback.consent.redacted</t>
+        </is>
+      </c>
+      <c r="G549" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: revidiert</t>
+        </is>
+      </c>
       <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr"/>
       <c r="B550" t="inlineStr">
         <is>
-          <t>redacted</t>
+          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>zensiert</t>
+          <t>Eine grobe Vorstellung von deinem Systems hilft uns oft den Grund des Fehlers zu finden.</t>
         </is>
       </c>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.redacted</t>
-[...6 lines deleted...]
-      </c>
+          <t>.send_feedback.consent.system_info_helps_us</t>
+        </is>
+      </c>
+      <c r="G550" t="inlineStr"/>
       <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr"/>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
+          <t>Include this information in the report</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Eine grobe Vorstellung von deinem Systems hilft uns oft den Grund des Fehlers zu finden.</t>
+          <t>Diese Informationen dem Bericht beifügen</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.system_info_helps_us</t>
+          <t>.send_feedback.consent.include_in_report</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
       <c r="H551" t="inlineStr"/>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr"/>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Include this information in the report</t>
+          <t>A secret URL will be generated for your report.</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Diese Informationen dem Bericht beifügen</t>
+          <t>Für deinen Bericht wird eine geheime URL generiert werden.</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.include_in_report</t>
+          <t>.send_feedback.send.secret_url</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
       <c r="H552" t="inlineStr"/>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr"/>
       <c r="B553" t="inlineStr">
         <is>
-          <t>A secret URL will be generated for your report.</t>
+          <t>From that page, you will be able to:</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Für deinen Bericht wird eine geheime URL generiert werden.</t>
+          <t>Von dieser Seite aus kannst du:</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url</t>
+          <t>.send_feedback.send.secret_url.feature_list</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
       <c r="H553" t="inlineStr"/>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr"/>
       <c r="B554" t="inlineStr">
         <is>
-          <t>From that page, you will be able to:</t>
+          <t>See everything we see about the report</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>Von dieser Seite aus kannst du:</t>
+          <t>Alles was wir über den Bericht wissen einsehen</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list</t>
+          <t>.send_feedback.send.secret_url.feature_list.view</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr"/>
       <c r="B555" t="inlineStr">
         <is>
-          <t>See everything we see about the report</t>
+          <t>Delete it if you decide to.</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Alles was wir über den Bericht wissen einsehen</t>
+          <t>Den Bericht jederzeit löschen, wenn du möchtest.</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.view</t>
+          <t>.send_feedback.send.secret_url.feature_list.delete</t>
         </is>
       </c>
       <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr"/>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Delete it if you decide to.</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Den Bericht jederzeit löschen, wenn du möchtest.</t>
+          <t>Bericht senden</t>
         </is>
       </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.delete</t>
+          <t>.send_feedback.send.do_send</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr"/>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Nevermind, take me out of here</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Bericht senden</t>
+          <t>Lieber nicht, bring mich hier weg</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>.send_feedback.send.do_send</t>
+          <t>.send_feedback.send.dont_send</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr"/>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Nevermind, take me out of here</t>
+          <t>Sending...</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Lieber nicht, bring mich hier weg</t>
+          <t>Sendet...</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>.send_feedback.send.dont_send</t>
+          <t>.send_feedback.send.sending</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr"/>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Sending...</t>
+          <t>Thank you for sending a report, it helps everyone!</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Sendet...</t>
+          <t>Danke für deinen Bericht, das ist eine große Hilfe!</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>.send_feedback.send.sending</t>
+          <t>.send_feedback.final_thanks</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr"/>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Thank you for sending a report, it helps everyone!</t>
+          <t>Your report was sent successfully!</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Danke für deinen Bericht, das ist eine große Hilfe!</t>
+          <t>Dein Bericht wurde erfolgreich gesendet!</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>.send_feedback.final_thanks</t>
+          <t>.send_feedback.success.intro</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr"/>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Your report was sent successfully!</t>
+          <t>View report</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Dein Bericht wurde erfolgreich gesendet!</t>
+          <t>Bericht einsehen</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>.send_feedback.success.intro</t>
+          <t>.send_feedback.success.view_report</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr"/>
       <c r="B562" t="inlineStr">
         <is>
-          <t>View report</t>
+          <t>(You can delete it from this page)</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Bericht einsehen</t>
+          <t>(Von dieser Seite aus kannst du ihn löschen)</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report</t>
+          <t>.send_feedback.success.view_report.delete</t>
         </is>
       </c>
       <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr"/>
       <c r="B563" t="inlineStr">
         <is>
-          <t>(You can delete it from this page)</t>
+          <t>Thanks for your feedback</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>(Von dieser Seite aus kannst du ihn löschen)</t>
+          <t>Danke für dein Feedback</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report.delete</t>
+          <t>.send_feedback.success.thanks</t>
         </is>
       </c>
       <c r="G563" t="inlineStr"/>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr"/>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Thanks for your feedback</t>
+          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Danke für dein Feedback</t>
+          <t>Wir werden es sobald wie möglich prüfen, in einen zu bearbeitenden Auftrag umwandeln, und es hoffentlich in einem künftigen Update beheben.</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>.send_feedback.success.thanks</t>
+          <t>.send_feedback.success.promise</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr"/>
       <c r="B565" t="inlineStr">
         <is>
-          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
+          <t>Sorry, we could not send your report.</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>Wir werden es sobald wie möglich prüfen, in einen zu bearbeitenden Auftrag umwandeln, und es hoffentlich in einem künftigen Update beheben.</t>
+          <t>Entschuldigung, wir konnten deinen Bericht nicht senden.</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>.send_feedback.success.promise</t>
+          <t>.send_feedback.error.intro</t>
         </is>
       </c>
       <c r="G565" t="inlineStr"/>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr"/>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Sorry, we could not send your report.</t>
+          <t>Previous</t>
         </is>
       </c>
       <c r="C566" t="inlineStr">
         <is>
-          <t>Entschuldigung, wir konnten deinen Bericht nicht senden.</t>
+          <t>Zurück</t>
         </is>
       </c>
       <c r="D566" t="inlineStr"/>
       <c r="E566" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F566" t="inlineStr">
         <is>
-          <t>.send_feedback.error.intro</t>
-[...2 lines deleted...]
-      <c r="G566" t="inlineStr"/>
+          <t>.send_feedback.nav.previous</t>
+        </is>
+      </c>
+      <c r="G566" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Vorherige</t>
+        </is>
+      </c>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr"/>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Previous</t>
+          <t>Next</t>
         </is>
       </c>
       <c r="C567" t="inlineStr">
         <is>
-          <t>Zurück</t>
+          <t>Weiter</t>
         </is>
       </c>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.previous</t>
+          <t>.send_feedback.nav.next</t>
         </is>
       </c>
       <c r="G567" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Vorherige</t>
+          <t>Suggested in Weblate: Nächste</t>
         </is>
       </c>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr"/>
       <c r="B568" t="inlineStr">
         <is>
-          <t>Next</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C568" t="inlineStr">
         <is>
-          <t>Weiter</t>
+          <t>Schließen</t>
         </is>
       </c>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.next</t>
-[...6 lines deleted...]
-      </c>
+          <t>.send_feedback.nav.close</t>
+        </is>
+      </c>
+      <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr"/>
       <c r="B569" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Your message</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>Schließen</t>
+          <t>Deine Nachricht</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.close</t>
+          <t>.send_feedback.steps.your_message</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr"/>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Your message</t>
+          <t>System information</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Deine Nachricht</t>
+          <t>Systeminformationen</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.your_message</t>
+          <t>.send_feedback.steps.system_info</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr"/>
       <c r="B571" t="inlineStr">
         <is>
-          <t>System information</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Systeminformationen</t>
+          <t>Bericht senden</t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.system_info</t>
+          <t>.send_feedback.steps.send</t>
         </is>
       </c>
       <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr"/>
       <c r="B572" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Browse</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Bericht senden</t>
+          <t>Durchsuchen</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.send</t>
-[...2 lines deleted...]
-      <c r="G572" t="inlineStr"/>
+          <t>.setup.action.browse</t>
+        </is>
+      </c>
+      <c r="G572" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Erkunden</t>
+        </is>
+      </c>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr"/>
       <c r="B573" t="inlineStr">
         <is>
-          <t>Browse</t>
+          <t>Install {{title}}</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Durchsuchen</t>
+          <t>{{title}} installieren</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>.setup.action.browse</t>
+          <t>.grid.item.install_title</t>
         </is>
       </c>
       <c r="G573" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Erkunden</t>
+          <t>Suggested in Weblate: Installiere {{title}}
+Suggested in Weblate: {{title}} Installieren</t>
         </is>
       </c>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr"/>
       <c r="B574" t="inlineStr">
         <is>
-          <t>Install {{title}}</t>
+          <t>Open developer tools</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>{{title}} installieren</t>
+          <t>Entwicklertools öffnen</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>.grid.item.install_title</t>
+          <t>.browser.open_devtools</t>
         </is>
       </c>
       <c r="G574" t="inlineStr">
-        <is>
-[...29 lines deleted...]
-      <c r="G575" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Öffne Entwicklertools
 Suggested in Weblate: entwickler werkzeuge öffnen
 Suggested in Weblate: Entwickleroptionen
 Suggested in Weblate: Entwicklerwerkzeuge öffnen</t>
         </is>
       </c>
+      <c r="H574" t="inlineStr"/>
+    </row>
+    <row r="575">
+      <c r="A575" t="inlineStr"/>
+      <c r="B575" t="inlineStr">
+        <is>
+          <t>Back</t>
+        </is>
+      </c>
+      <c r="C575" t="inlineStr">
+        <is>
+          <t>Zurück</t>
+        </is>
+      </c>
+      <c r="D575" t="inlineStr"/>
+      <c r="E575" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F575" t="inlineStr">
+        <is>
+          <t>.prompt.action.back</t>
+        </is>
+      </c>
+      <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr"/>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Reveal password</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Zurück</t>
+          <t>Passwort anzeigen</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>.prompt.action.back</t>
-[...2 lines deleted...]
-      <c r="G576" t="inlineStr"/>
+          <t>.login.action.reveal_password</t>
+        </is>
+      </c>
+      <c r="G576" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Passwort zeigen</t>
+        </is>
+      </c>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr"/>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Reveal password</t>
+          <t>Hide password</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Passwort anzeigen</t>
+          <t>Passwort verstecken</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>.login.action.reveal_password</t>
-[...6 lines deleted...]
-      </c>
+          <t>.login.action.hide_password</t>
+        </is>
+      </c>
+      <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr"/>
       <c r="B578" t="inlineStr">
         <is>
-          <t>Hide password</t>
+          <t>Inspect</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Passwort verstecken</t>
+          <t>Untersuchen</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>.login.action.hide_password</t>
-[...2 lines deleted...]
-      <c r="G578" t="inlineStr"/>
+          <t>.web.context_menu.inspect</t>
+        </is>
+      </c>
+      <c r="G578" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Überprüfen</t>
+        </is>
+      </c>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr"/>
       <c r="B579" t="inlineStr">
         <is>
-          <t>Inspect</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Untersuchen</t>
+          <t>Titel</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>.web.context_menu.inspect</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sort_by.collections.title</t>
+        </is>
+      </c>
+      <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr"/>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Titel</t>
+          <t>Aktualisierungsdatum</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>.sort_by.collections.title</t>
-[...2 lines deleted...]
-      <c r="G580" t="inlineStr"/>
+          <t>.sort_by.collections.updated_at</t>
+        </is>
+      </c>
+      <c r="G580" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Aktualisiert</t>
+        </is>
+      </c>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr"/>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Are you sure you want to quit?</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Aktualisierungsdatum</t>
+          <t>Willst du wirklich beenden?</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>.sort_by.collections.updated_at</t>
+          <t>.prompt.confirm_quit.title</t>
         </is>
       </c>
       <c r="G581" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aktualisiert</t>
+          <t xml:space="preserve">Suggested in Weblate: Bist du dir sicher das du aufhören willst?
+</t>
         </is>
       </c>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr"/>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Are you sure you want to quit?</t>
+          <t>All running games and applications will be closed.</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Willst du wirklich beenden?</t>
+          <t>Alle ausgeführten Spiele und Programme werden geschlossen.</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.title</t>
-[...7 lines deleted...]
-      </c>
+          <t>.prompt.confirm_quit.message</t>
+        </is>
+      </c>
+      <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr"/>
       <c r="B583" t="inlineStr">
         <is>
-          <t>All running games and applications will be closed.</t>
+          <t>Quit and close all</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Alle ausgeführten Spiele und Programme werden geschlossen.</t>
+          <t>Beenden und alles schließen</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.message</t>
+          <t>.prompt.action.quit_and_close_all</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr"/>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Quit and close all</t>
+          <t>Empty</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Beenden und alles schließen</t>
+          <t>Leer</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>.prompt.action.quit_and_close_all</t>
+          <t>.preferences.install_location.empty</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr"/>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Empty</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C585" t="inlineStr">
         <is>
-          <t>Leer</t>
+          <t>Irgendwas ist schief gelaufen</t>
         </is>
       </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>.preferences.install_location.empty</t>
-[...24 lines deleted...]
-        <is>
           <t>.prompt.show_error.generic_message</t>
         </is>
       </c>
-      <c r="G586" t="inlineStr">
+      <c r="G585" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Etwas lief schief :/
 Suggested in Weblate: Etwas ist schiefgegangen
 Suggested in Weblate: Etwas lief falsch
 Suggested in Weblate: etwas ist fehlgeschlagen</t>
         </is>
       </c>
+      <c r="H585" t="inlineStr"/>
+    </row>
+    <row r="586">
+      <c r="A586" t="inlineStr"/>
+      <c r="B586" t="inlineStr">
+        <is>
+          <t>Computing space requirements</t>
+        </is>
+      </c>
+      <c r="C586" t="inlineStr">
+        <is>
+          <t>Berechne benötigten Speicherplatz</t>
+        </is>
+      </c>
+      <c r="D586" t="inlineStr"/>
+      <c r="E586" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F586" t="inlineStr">
+        <is>
+          <t>.plan_install.computing_space_requirements</t>
+        </is>
+      </c>
+      <c r="G586" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Benötigter Festplattenspeicher wird berechnet</t>
+        </is>
+      </c>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr"/>
       <c r="B587" t="inlineStr">
         <is>
-          <t>Computing space requirements</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Berechne benötigten Speicherplatz</t>
+          <t>Installiere</t>
         </is>
       </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>.plan_install.computing_space_requirements</t>
-[...6 lines deleted...]
-      </c>
+          <t>.plan_install.select_upload</t>
+        </is>
+      </c>
+      <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr"/>
       <c r="B588" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>To location</t>
         </is>
       </c>
       <c r="C588" t="inlineStr">
         <is>
-          <t>Installiere</t>
+          <t>Nach Ordner</t>
         </is>
       </c>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>.plan_install.select_upload</t>
+          <t>.plan_install.select_install_location</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr"/>
       <c r="B589" t="inlineStr">
         <is>
-          <t>To location</t>
+          <t>Disk space required</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Nach Ordner</t>
+          <t>Speicherplatz benötigt</t>
         </is>
       </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>.plan_install.select_install_location</t>
-[...2 lines deleted...]
-      <c r="G589" t="inlineStr"/>
+          <t>.plan_install.disk_space_required</t>
+        </is>
+      </c>
+      <c r="G589" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Speicheplatz benötigt</t>
+        </is>
+      </c>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr"/>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Disk space required</t>
+          <t>Disk space available</t>
         </is>
       </c>
       <c r="C590" t="inlineStr">
         <is>
-          <t>Speicherplatz benötigt</t>
+          <t>Speicherplatz verfügbar</t>
         </is>
       </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_required</t>
-[...6 lines deleted...]
-      </c>
+          <t>.plan_install.disk_space_available</t>
+        </is>
+      </c>
+      <c r="G590" t="inlineStr"/>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr"/>
       <c r="B591" t="inlineStr">
         <is>
-          <t>Disk space available</t>
+          <t>Software License Agreement</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>Speicherplatz verfügbar</t>
+          <t>Software Lizenzvereinbarung</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_available</t>
-[...2 lines deleted...]
-      <c r="G591" t="inlineStr"/>
+          <t>.prompt.sla.title</t>
+        </is>
+      </c>
+      <c r="G591" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Software Lizenz Vereinbarung
+Suggested in Weblate: Lizenzvereinbarung</t>
+        </is>
+      </c>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr"/>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Software License Agreement</t>
+          <t>To use this software, you need to accept the terms of this license agreement:</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Software Lizenzvereinbarung</t>
+          <t>Um die Software benutzten zu können musst du den folgenden Lizenzvereinbarungen zustimmen:</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>.prompt.sla.title</t>
+          <t>.prompt.sla.message</t>
         </is>
       </c>
       <c r="G592" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Software Lizenz Vereinbarung
-Suggested in Weblate: Lizenzvereinbarung</t>
+          <t>Suggested in Weblate: Du musst die Lizenzvereinbarung akzeptieren um die Software zu nutzen:</t>
         </is>
       </c>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr"/>
       <c r="B593" t="inlineStr">
         <is>
-          <t>To use this software, you need to accept the terms of this license agreement:</t>
+          <t>Accept terms</t>
         </is>
       </c>
       <c r="C593" t="inlineStr">
         <is>
-          <t>Um die Software benutzten zu können musst du den folgenden Lizenzvereinbarungen zustimmen:</t>
+          <t>Stimme zu</t>
         </is>
       </c>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>.prompt.sla.message</t>
+          <t>.prompt.sla.accept</t>
         </is>
       </c>
       <c r="G593" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Du musst die Lizenzvereinbarung akzeptieren um die Software zu nutzen:</t>
+          <t>Suggested in Weblate: Lizenzvereinbarung akzeptieren</t>
         </is>
       </c>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr"/>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Accept terms</t>
+          <t>Physical Games</t>
         </is>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>Stimme zu</t>
+          <t>Physische Spiele</t>
         </is>
       </c>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>.prompt.sla.accept</t>
-[...6 lines deleted...]
-      </c>
+          <t>.filter_by.games.classification.physical_game</t>
+        </is>
+      </c>
+      <c r="G594" t="inlineStr"/>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr"/>
       <c r="B595" t="inlineStr">
         <is>
-          <t>Physical Games</t>
-[...6 lines deleted...]
-      </c>
+          <t>1 hour 1 minute</t>
+        </is>
+      </c>
+      <c r="C595" t="inlineStr"/>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.physical_game</t>
-[...2 lines deleted...]
-      <c r="G595" t="inlineStr"/>
+          <t>.duration.precise.hour_minute</t>
+        </is>
+      </c>
+      <c r="G595" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: 1 Stunde 1 Minute</t>
+        </is>
+      </c>
       <c r="H595" t="inlineStr"/>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr"/>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr"/>
+      <c r="D596" t="inlineStr"/>
+      <c r="E596" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F596" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G596" t="inlineStr"/>
+      <c r="H596" t="inlineStr"/>
+    </row>
+    <row r="597">
+      <c r="A597" t="inlineStr"/>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C597" t="inlineStr"/>
+      <c r="D597" t="inlineStr"/>
+      <c r="E597" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F597" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G597" t="inlineStr"/>
+      <c r="H597" t="inlineStr"/>
+    </row>
+    <row r="598">
+      <c r="A598" t="inlineStr"/>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C598" t="inlineStr"/>
+      <c r="D598" t="inlineStr"/>
+      <c r="E598" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F598" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G598" t="inlineStr"/>
+      <c r="H598" t="inlineStr"/>
+    </row>
+    <row r="599">
+      <c r="A599" t="inlineStr"/>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C599" t="inlineStr"/>
+      <c r="D599" t="inlineStr"/>
+      <c r="E599" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F599" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G599" t="inlineStr"/>
+      <c r="H599" t="inlineStr"/>
+    </row>
+    <row r="600">
+      <c r="A600" t="inlineStr"/>
+      <c r="B600" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C600" t="inlineStr"/>
+      <c r="D600" t="inlineStr"/>
+      <c r="E600" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F600" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G600" t="inlineStr"/>
+      <c r="H600" t="inlineStr"/>
+    </row>
+    <row r="601">
+      <c r="A601" t="inlineStr"/>
+      <c r="B601" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C601" t="inlineStr"/>
+      <c r="D601" t="inlineStr"/>
+      <c r="E601" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F601" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G601" t="inlineStr"/>
+      <c r="H601" t="inlineStr"/>
+    </row>
+    <row r="602">
+      <c r="A602" t="inlineStr"/>
+      <c r="B602" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C602" t="inlineStr"/>
+      <c r="D602" t="inlineStr"/>
+      <c r="E602" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F602" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G602" t="inlineStr"/>
+      <c r="H602" t="inlineStr"/>
+    </row>
+    <row r="603">
+      <c r="A603" t="inlineStr"/>
+      <c r="B603" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C603" t="inlineStr"/>
+      <c r="D603" t="inlineStr"/>
+      <c r="E603" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F603" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G603" t="inlineStr"/>
+      <c r="H603" t="inlineStr"/>
+    </row>
+    <row r="604">
+      <c r="A604" t="inlineStr"/>
+      <c r="B604" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C604" t="inlineStr"/>
+      <c r="D604" t="inlineStr"/>
+      <c r="E604" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F604" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G604" t="inlineStr"/>
+      <c r="H604" t="inlineStr"/>
+    </row>
+    <row r="605">
+      <c r="A605" t="inlineStr"/>
+      <c r="B605" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C605" t="inlineStr"/>
+      <c r="D605" t="inlineStr"/>
+      <c r="E605" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F605" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G605" t="inlineStr"/>
+      <c r="H605" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>