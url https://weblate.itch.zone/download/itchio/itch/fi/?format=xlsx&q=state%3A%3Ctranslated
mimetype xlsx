--- v0 (2026-01-13)
+++ v1 (2026-03-01)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -453,44 +453,286 @@
         <is>
           <t>Physical Games</t>
         </is>
       </c>
       <c r="C3" t="inlineStr"/>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>.filter_by.games.classification.physical_game</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>Suggested in Weblate: fyysiset pelit
 Suggested in Weblate: Physical Games
 Suggested in Weblate: Fyysiset Pelit</t>
         </is>
       </c>
       <c r="H3" t="inlineStr"/>
     </row>
+    <row r="4">
+      <c r="A4" t="inlineStr"/>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>1 hour 1 minute</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr"/>
+      <c r="D4" t="inlineStr"/>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minute</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr"/>
+      <c r="H4" t="inlineStr"/>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr"/>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr"/>
+      <c r="D5" t="inlineStr"/>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr"/>
+      <c r="H5" t="inlineStr"/>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr"/>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr"/>
+      <c r="D6" t="inlineStr"/>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr"/>
+      <c r="H6" t="inlineStr"/>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr"/>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr"/>
+      <c r="D7" t="inlineStr"/>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr"/>
+      <c r="H7" t="inlineStr"/>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr"/>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr"/>
+      <c r="D8" t="inlineStr"/>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr"/>
+      <c r="H8" t="inlineStr"/>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr"/>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr"/>
+      <c r="D9" t="inlineStr"/>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr"/>
+      <c r="H9" t="inlineStr"/>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr"/>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr"/>
+      <c r="D10" t="inlineStr"/>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr"/>
+      <c r="H10" t="inlineStr"/>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr"/>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr"/>
+      <c r="D11" t="inlineStr"/>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr"/>
+      <c r="H11" t="inlineStr"/>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr"/>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr"/>
+      <c r="D12" t="inlineStr"/>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr"/>
+      <c r="H12" t="inlineStr"/>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr"/>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr"/>
+      <c r="D13" t="inlineStr"/>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr"/>
+      <c r="H13" t="inlineStr"/>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr"/>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr"/>
+      <c r="D14" t="inlineStr"/>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr"/>
+      <c r="H14" t="inlineStr"/>
+    </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>