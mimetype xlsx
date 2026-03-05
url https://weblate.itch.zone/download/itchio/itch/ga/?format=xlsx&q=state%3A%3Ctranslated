--- v0 (2026-01-13)
+++ v1 (2026-03-05)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H594"/>
+  <dimension ref="A1:H604"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -3566,10073 +3566,10293 @@
       <c r="A144" t="inlineStr"/>
       <c r="B144" t="inlineStr">
         <is>
           <t>Top sellers</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>.new_tab.top_sellers</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr"/>
       <c r="B145" t="inlineStr">
         <is>
-          <t>Popular on Twitter</t>
+          <t>itch is now running in the background. Use the menu to quit it completely.</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>.new_tab.twitter</t>
+          <t>.notification.see_you_soon.message</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>itch is now running in the background. Use the menu to quit it completely.</t>
+          <t>See you soon!</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.message</t>
+          <t>.notification.see_you_soon.title</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>See you soon!</t>
+          <t>You just purchased {{title}}!</t>
         </is>
       </c>
       <c r="C147" t="inlineStr"/>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.title</t>
+          <t>.notification.purchase_complete.just_bought</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>You just purchased {{title}}!</t>
+          <t>You just donated to {{title}}!</t>
         </is>
       </c>
       <c r="C148" t="inlineStr"/>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_bought</t>
+          <t>.notification.purchase_complete.just_donated</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>You just donated to {{title}}!</t>
+          <t>You can now install it anytime!</t>
         </is>
       </c>
       <c r="C149" t="inlineStr"/>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_donated</t>
+          <t>.notification.purchase_complete.may_install_now</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>You can now install it anytime!</t>
+          <t>Thanks for your support!</t>
         </is>
       </c>
       <c r="C150" t="inlineStr"/>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.may_install_now</t>
+          <t>.notification.purchase_complete.thanks_for_support</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t>Thanks for your support!</t>
+          <t>{{title}} was installed!</t>
         </is>
       </c>
       <c r="C151" t="inlineStr"/>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.thanks_for_support</t>
+          <t>.notification.download_installed</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t>{{title}} was installed!</t>
+          <t>{{title}} was updated!</t>
         </is>
       </c>
       <c r="C152" t="inlineStr"/>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>.notification.download_installed</t>
+          <t>.notification.download_updated</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
-          <t>{{title}} was updated!</t>
+          <t>{{title}} was switched to {{version}}!</t>
         </is>
       </c>
       <c r="C153" t="inlineStr"/>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>.notification.download_updated</t>
+          <t>.notification.download_reverted</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>{{title}} was switched to {{version}}!</t>
+          <t>{{title}} verified and repaired!</t>
         </is>
       </c>
       <c r="C154" t="inlineStr"/>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>.notification.download_reverted</t>
+          <t>.notification.download_healed</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
-          <t>{{title}} verified and repaired!</t>
+          <t>Keep in mind this is a pre-alpha</t>
         </is>
       </c>
       <c r="C155" t="inlineStr"/>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>.notification.download_healed</t>
+          <t>.onboarding.caved.prealpha_reminder</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
-          <t>Keep in mind this is a pre-alpha</t>
+          <t>Take your pick</t>
         </is>
       </c>
       <c r="C156" t="inlineStr"/>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>.onboarding.caved.prealpha_reminder</t>
+          <t>.onboarding.caved.title_pick</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Take your pick</t>
+          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
         </is>
       </c>
       <c r="C157" t="inlineStr"/>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>.onboarding.caved.title_pick</t>
+          <t>.onboarding.caved.troubleshoot_advice</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
+          <t>Watch games quietly download, install, and run.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr"/>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>.onboarding.caved.troubleshoot_advice</t>
+          <t>.onboarding.caved.usage</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>Watch games quietly download, install, and run.</t>
+          <t>Your games will be here when you come back.</t>
         </is>
       </c>
       <c r="C159" t="inlineStr"/>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>.onboarding.caved.usage</t>
+          <t>.onboarding.collections.auto_sync</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Your games will be here when you come back.</t>
+          <t>Let's browse</t>
         </is>
       </c>
       <c r="C160" t="inlineStr"/>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>.onboarding.collections.auto_sync</t>
+          <t>.onboarding.collections.lets_shop</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Let's browse</t>
+          <t>Mix &amp; match</t>
         </is>
       </c>
       <c r="C161" t="inlineStr"/>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>.onboarding.collections.lets_shop</t>
+          <t>.onboarding.collections.title_mix</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Mix &amp; match</t>
+          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
         </is>
       </c>
       <c r="C162" t="inlineStr"/>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>.onboarding.collections.title_mix</t>
+          <t>.onboarding.collections.usage</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C163" t="inlineStr"/>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>.onboarding.collections.usage</t>
+          <t>.onboarding.dashboard.docs_link</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>We've tried to make it the comfiest.</t>
         </is>
       </c>
       <c r="C164" t="inlineStr"/>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.docs_link</t>
+          <t>.onboarding.dashboard.mission_statement</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>We've tried to make it the comfiest.</t>
+          <t>Instant set-up, and as few barriers as we can manage.</t>
         </is>
       </c>
       <c r="C165" t="inlineStr"/>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.mission_statement</t>
+          <t>.onboarding.dashboard.selling_points</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>Instant set-up, and as few barriers as we can manage.</t>
+          <t>Welcome home</t>
         </is>
       </c>
       <c r="C166" t="inlineStr"/>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.selling_points</t>
+          <t>.onboarding.dashboard.welcome_home</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Welcome home</t>
+          <t>We've put together a few collections so you can start playing right away.</t>
         </is>
       </c>
       <c r="C167" t="inlineStr"/>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.welcome_home</t>
+          <t>.onboarding.owned.batteries_included</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>We've put together a few collections so you can start playing right away.</t>
+          <t>Click the labels on your left to navigate around the app</t>
         </is>
       </c>
       <c r="C168" t="inlineStr"/>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>.onboarding.owned.batteries_included</t>
+          <t>.onboarding.owned.navigation_hint</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>Click the labels on your left to navigate around the app</t>
+          <t>Things are looking a bit empty right now, but no worries!</t>
         </is>
       </c>
       <c r="C169" t="inlineStr"/>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>.onboarding.owned.navigation_hint</t>
+          <t>.onboarding.owned.reassuring_comment</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Things are looking a bit empty right now, but no worries!</t>
+          <t>You made it!</t>
         </is>
       </c>
       <c r="C170" t="inlineStr"/>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>.onboarding.owned.reassuring_comment</t>
+          <t>.onboarding.owned.title_warm_welcome</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
-          <t>You made it!</t>
+          <t>Open dashboard</t>
         </is>
       </c>
       <c r="C171" t="inlineStr"/>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>.onboarding.owned.title_warm_welcome</t>
+          <t>.outlinks.open_dashboard</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t>Open dashboard</t>
+          <t>Manage collections</t>
         </is>
       </c>
       <c r="C172" t="inlineStr"/>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>.outlinks.open_dashboard</t>
+          <t>.outlinks.manage_collections</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Manage collections</t>
+          <t>itch.io sandbox setup</t>
         </is>
       </c>
       <c r="C173" t="inlineStr"/>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>.outlinks.manage_collections</t>
+          <t>.sandbox.setup.title</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>itch.io sandbox setup</t>
+          <t>Proceed</t>
         </is>
       </c>
       <c r="C174" t="inlineStr"/>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>.sandbox.setup.title</t>
+          <t>.sandbox.setup.proceed</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
-          <t>Proceed</t>
+          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
         </is>
       </c>
       <c r="C175" t="inlineStr"/>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>.sandbox.setup.proceed</t>
+          <t>.sandbox.setup.windows.message</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
+          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
         </is>
       </c>
       <c r="C176" t="inlineStr"/>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.message</t>
+          <t>.sandbox.setup.windows.detail</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
+          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
         </is>
       </c>
       <c r="C177" t="inlineStr"/>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.detail</t>
+          <t>.sandbox.setup.linux.message</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
+          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
         </is>
       </c>
       <c r="C178" t="inlineStr"/>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.message</t>
+          <t>.sandbox.setup.linux.detail</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
+          <t>Security &amp; privacy</t>
         </is>
       </c>
       <c r="C179" t="inlineStr"/>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.detail</t>
+          <t>.preferences.security</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>Security &amp; privacy</t>
+          <t>Enable itch.io sandbox</t>
         </is>
       </c>
       <c r="C180" t="inlineStr"/>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>.preferences.security</t>
+          <t>.preferences.security.sandbox.title</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Enable itch.io sandbox</t>
+          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
         </is>
       </c>
       <c r="C181" t="inlineStr"/>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.title</t>
+          <t>.preferences.security.sandbox.description</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
+          <t>Add location</t>
         </is>
       </c>
       <c r="C182" t="inlineStr"/>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.description</t>
+          <t>.preferences.install_location.add</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>Add location</t>
+          <t>Remove this install location</t>
         </is>
       </c>
       <c r="C183" t="inlineStr"/>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>.preferences.install_location.add</t>
+          <t>.preferences.install_location.delete</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Remove this install location</t>
+          <t>Free space</t>
         </is>
       </c>
       <c r="C184" t="inlineStr"/>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>.preferences.install_location.delete</t>
+          <t>.preferences.install_location.free_space</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Free space</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C185" t="inlineStr"/>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_space</t>
+          <t>.preferences.install_location.is_default_short</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Make default</t>
         </is>
       </c>
       <c r="C186" t="inlineStr"/>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default_short</t>
+          <t>.preferences.install_location.make_default_short</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Make default</t>
+          <t>New items will install to this location by default.</t>
         </is>
       </c>
       <c r="C187" t="inlineStr"/>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default_short</t>
+          <t>.preferences.install_location.is_default</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>New items will install to this location by default.</t>
+          <t># of items</t>
         </is>
       </c>
       <c r="C188" t="inlineStr"/>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default</t>
+          <t>.preferences.install_location.item_count</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t># of items</t>
+          <t>Set this as the default install location</t>
         </is>
       </c>
       <c r="C189" t="inlineStr"/>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>.preferences.install_location.item_count</t>
+          <t>.preferences.install_location.make_default</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t>Set this as the default install location</t>
+          <t>Location</t>
         </is>
       </c>
       <c r="C190" t="inlineStr"/>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default</t>
+          <t>.preferences.install_location.path</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Location</t>
+          <t>Used space</t>
         </is>
       </c>
       <c r="C191" t="inlineStr"/>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>.preferences.install_location.path</t>
+          <t>.preferences.install_location.used_space</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Used space</t>
+          <t>Install locations</t>
         </is>
       </c>
       <c r="C192" t="inlineStr"/>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>.preferences.install_location.used_space</t>
+          <t>.preferences.install_locations</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Install locations</t>
+          <t>Behavior</t>
         </is>
       </c>
       <c r="C193" t="inlineStr"/>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>.preferences.install_locations</t>
+          <t>.preferences.behavior</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Behavior</t>
+          <t>Keep app in tray when closing window</t>
         </is>
       </c>
       <c r="C194" t="inlineStr"/>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>.preferences.behavior</t>
+          <t>.preferences.behavior.close_to_tray</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Keep app in tray when closing window</t>
+          <t>Run itch when my computer starts</t>
         </is>
       </c>
       <c r="C195" t="inlineStr"/>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>.preferences.behavior.close_to_tray</t>
+          <t>.preferences.behavior.open_at_login</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Run itch when my computer starts</t>
+          <t>Open itch as hidden on startup</t>
         </is>
       </c>
       <c r="C196" t="inlineStr"/>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login</t>
+          <t>.preferences.behavior.open_as_hidden</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Open itch as hidden on startup</t>
+          <t>Auto-start settings could not be applied: {{cause}}</t>
         </is>
       </c>
       <c r="C197" t="inlineStr"/>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_as_hidden</t>
+          <t>.preferences.behavior.open_at_login.error</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr"/>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Auto-start settings could not be applied: {{cause}}</t>
+          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
         </is>
       </c>
       <c r="C198" t="inlineStr"/>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.error</t>
+          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr"/>
       <c r="B199" t="inlineStr">
         <is>
-          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
+          <t>Ask before updating anything</t>
         </is>
       </c>
       <c r="C199" t="inlineStr"/>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
+          <t>.preferences.behavior.manual_game_updates</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr"/>
       <c r="B200" t="inlineStr">
         <is>
-          <t>Ask before updating anything</t>
+          <t>Prevent display sleep while playing</t>
         </is>
       </c>
       <c r="C200" t="inlineStr"/>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>.preferences.behavior.manual_game_updates</t>
+          <t>.preferences.behavior.prevent_display_sleep</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr"/>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Prevent display sleep while playing</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C201" t="inlineStr"/>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>.preferences.behavior.prevent_display_sleep</t>
+          <t>.preferences.notifications</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr"/>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Notify me when a download has been installed or updated</t>
         </is>
       </c>
       <c r="C202" t="inlineStr"/>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>.preferences.notifications</t>
+          <t>.preferences.notifications.ready_notification</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr"/>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Notify me when a download has been installed or updated</t>
+          <t>Language</t>
         </is>
       </c>
       <c r="C203" t="inlineStr"/>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>.preferences.notifications.ready_notification</t>
+          <t>.preferences.language</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr"/>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Language</t>
+          <t>System language ({{language}})</t>
         </is>
       </c>
       <c r="C204" t="inlineStr"/>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>.preferences.language</t>
+          <t>.preferences.language.auto</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr"/>
       <c r="B205" t="inlineStr">
         <is>
-          <t>System language ({{language}})</t>
+          <t>Help translate {{name}} in your language!</t>
         </is>
       </c>
       <c r="C205" t="inlineStr"/>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>.preferences.language.auto</t>
+          <t>.preferences.language.get_involved</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr"/>
       <c r="B206" t="inlineStr">
         <is>
-          <t>Help translate {{name}} in your language!</t>
+          <t>Advanced</t>
         </is>
       </c>
       <c r="C206" t="inlineStr"/>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>.preferences.language.get_involved</t>
+          <t>.preferences.advanced</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr"/>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Advanced</t>
+          <t>Open app log</t>
         </is>
       </c>
       <c r="C207" t="inlineStr"/>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>.preferences.advanced</t>
+          <t>.preferences.advanced.open_app_log</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr"/>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Open app log</t>
+          <t>Clear browsing data</t>
         </is>
       </c>
       <c r="C208" t="inlineStr"/>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>.preferences.advanced.open_app_log</t>
+          <t>.preferences.advanced.clear_browsing_data</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr"/>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Clear browsing data</t>
+          <t>HTTPS Proxy</t>
         </is>
       </c>
       <c r="C209" t="inlineStr"/>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>.preferences.advanced.clear_browsing_data</t>
+          <t>.preferences.proxy_server_address</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr"/>
       <c r="B210" t="inlineStr">
         <is>
-          <t>HTTPS Proxy</t>
+          <t>Direct (no proxy)</t>
         </is>
       </c>
       <c r="C210" t="inlineStr"/>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_address</t>
+          <t>.preferences.proxy_server_source.direct</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr"/>
       <c r="B211" t="inlineStr">
         <is>
-          <t>Direct (no proxy)</t>
+          <t>Multiple downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C211" t="inlineStr"/>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_source.direct</t>
+          <t>.pick_install_upload.title</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr"/>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Multiple downloads are available for {{title}}</t>
+          <t>Which file do you want to download for {{title}}?</t>
         </is>
       </c>
       <c r="C212" t="inlineStr"/>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>.pick_install_upload.title</t>
+          <t>.pick_install_upload.message</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr"/>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Which file do you want to download for {{title}}?</t>
+          <t>We'll ask you again when new downloads are available.</t>
         </is>
       </c>
       <c r="C213" t="inlineStr"/>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>.pick_install_upload.message</t>
+          <t>.pick_install_upload.detail</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr"/>
       <c r="B214" t="inlineStr">
         <is>
-          <t>We'll ask you again when new downloads are available.</t>
+          <t>New downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C214" t="inlineStr"/>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>.pick_install_upload.detail</t>
+          <t>.pick_update_upload.title</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr"/>
       <c r="B215" t="inlineStr">
         <is>
-          <t>New downloads are available for {{title}}</t>
+          <t>Which file do you want to update to for {{title}}?</t>
         </is>
       </c>
       <c r="C215" t="inlineStr"/>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>.pick_update_upload.title</t>
+          <t>.pick_update_upload.message</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr"/>
       <c r="B216" t="inlineStr">
         <is>
-          <t>Which file do you want to update to for {{title}}?</t>
+          <t>We only ask because you hand-picked a file at install time.</t>
         </is>
       </c>
       <c r="C216" t="inlineStr"/>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>.pick_update_upload.message</t>
+          <t>.pick_update_upload.detail</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr"/>
       <c r="B217" t="inlineStr">
         <is>
-          <t>We only ask because you hand-picked a file at install time.</t>
+          <t>A new version of {{title}} is available</t>
         </is>
       </c>
       <c r="C217" t="inlineStr"/>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>.pick_update_upload.detail</t>
+          <t>.pick_update_upload.single.title</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr"/>
       <c r="B218" t="inlineStr">
         <is>
-          <t>A new version of {{title}} is available</t>
+          <t>You can choose to update now or later.</t>
         </is>
       </c>
       <c r="C218" t="inlineStr"/>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.title</t>
+          <t>.pick_update_upload.single.message</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr"/>
       <c r="B219" t="inlineStr">
         <is>
-          <t>You can choose to update now or later.</t>
+          <t>Note: you can enable automatic updates in the Preferences tab</t>
         </is>
       </c>
       <c r="C219" t="inlineStr"/>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.message</t>
+          <t>.pick_update_upload.single.detail</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr"/>
       <c r="B220" t="inlineStr">
         <is>
-          <t>Note: you can enable automatic updates in the Preferences tab</t>
+          <t>Update now</t>
         </is>
       </c>
       <c r="C220" t="inlineStr"/>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.detail</t>
+          <t>.pick_update_upload.buttons.update</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr"/>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Update now</t>
+          <t>Just launch</t>
         </is>
       </c>
       <c r="C221" t="inlineStr"/>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.update</t>
+          <t>.pick_update_upload.buttons.just_launch</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr"/>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Just launch</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="C222" t="inlineStr"/>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.just_launch</t>
+          <t>.pick_update_upload.tags.demo</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr"/>
       <c r="B223" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C223" t="inlineStr"/>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>.pick_update_upload.tags.demo</t>
+          <t>.prompt.action.cancel</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr"/>
       <c r="B224" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C224" t="inlineStr"/>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>.prompt.action.cancel</t>
+          <t>.prompt.action.close</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr"/>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Proceed with removal</t>
         </is>
       </c>
       <c r="C225" t="inlineStr"/>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>.prompt.action.close</t>
+          <t>.prompt.action.confirm_removal</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr"/>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Proceed with removal</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C226" t="inlineStr"/>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>.prompt.action.confirm_removal</t>
+          <t>.prompt.action.install</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr"/>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>Ok</t>
         </is>
       </c>
       <c r="C227" t="inlineStr"/>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>.prompt.action.install</t>
+          <t>.prompt.action.ok</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr"/>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Ok</t>
+          <t>Force close</t>
         </is>
       </c>
       <c r="C228" t="inlineStr"/>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>.prompt.action.ok</t>
+          <t>.prompt.action.force_close</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr"/>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Force close</t>
+          <t>...but you could still buy a copy for a friend!
+Do you want to make another purchase?</t>
         </is>
       </c>
       <c r="C229" t="inlineStr"/>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>.prompt.action.force_close</t>
+          <t>.prompt.additional_purchase.detail</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr"/>
       <c r="B230" t="inlineStr">
         <is>
-          <t>...but you could still buy a copy for a friend!
-Do you want to make another purchase?</t>
+          <t>You already own a copy of {{title}}.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr"/>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.detail</t>
+          <t>.prompt.additional_purchase.message</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr"/>
       <c r="B231" t="inlineStr">
         <is>
-          <t>You already own a copy of {{title}}.</t>
+          <t>Purchase again</t>
         </is>
       </c>
       <c r="C231" t="inlineStr"/>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.message</t>
+          <t>.prompt.additional_purchase.purchase_again</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr"/>
       <c r="B232" t="inlineStr">
         <is>
-          <t>Purchase again</t>
+          <t>You already own this!</t>
         </is>
       </c>
       <c r="C232" t="inlineStr"/>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.purchase_again</t>
+          <t>.prompt.additional_purchase.title</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr"/>
       <c r="B233" t="inlineStr">
         <is>
-          <t>You already own this!</t>
+          <t>Clear data</t>
         </is>
       </c>
       <c r="C233" t="inlineStr"/>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.title</t>
+          <t>.prompt.clear_browsing_data.clear</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr"/>
       <c r="B234" t="inlineStr">
         <is>
-          <t>Clear data</t>
+          <t>Cached images and files</t>
         </is>
       </c>
       <c r="C234" t="inlineStr"/>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.clear</t>
+          <t>.prompt.clear_browsing_data.category.cache</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr"/>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Cached images and files</t>
+          <t>Retrieving cache size...</t>
         </is>
       </c>
       <c r="C235" t="inlineStr"/>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cache</t>
+          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr"/>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Retrieving cache size...</t>
+          <t>Cache is currently using {{size}} on disk</t>
         </is>
       </c>
       <c r="C236" t="inlineStr"/>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
+          <t>.prompt.clear_browsing_data.cache_size_used</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr"/>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Cache is currently using {{size}} on disk</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="C237" t="inlineStr"/>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cache_size_used</t>
+          <t>.prompt.clear_browsing_data.category.cookies</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr"/>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>This will log you out from all websites you've logged into from the itch app.</t>
         </is>
       </c>
       <c r="C238" t="inlineStr"/>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cookies</t>
+          <t>.prompt.clear_browsing_data.cookies_info</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr"/>
       <c r="B239" t="inlineStr">
         <is>
-          <t>This will log you out from all websites you've logged into from the itch app.</t>
+          <t>Browsing data cleared!</t>
         </is>
       </c>
       <c r="C239" t="inlineStr"/>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cookies_info</t>
+          <t>.prompt.clear_browsing_data.notification</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr"/>
       <c r="B240" t="inlineStr">
         <is>
-          <t>Browsing data cleared!</t>
+          <t>A crash log has been written to {{location}}.</t>
         </is>
       </c>
       <c r="C240" t="inlineStr"/>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.notification</t>
+          <t>.prompt.crash_reporter.detail</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr"/>
       <c r="B241" t="inlineStr">
         <is>
-          <t>A crash log has been written to {{location}}.</t>
+          <t>The application has crashed</t>
         </is>
       </c>
       <c r="C241" t="inlineStr"/>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.detail</t>
+          <t>.prompt.crash_reporter.message</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr"/>
       <c r="B242" t="inlineStr">
         <is>
-          <t>The application has crashed</t>
+          <t>Open crash log</t>
         </is>
       </c>
       <c r="C242" t="inlineStr"/>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.message</t>
+          <t>.prompt.crash_reporter.open_crash_log</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr"/>
       <c r="B243" t="inlineStr">
         <is>
-          <t>Open crash log</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C243" t="inlineStr"/>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.open_crash_log</t>
+          <t>.prompt.crash_reporter.report_issue</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr"/>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C244" t="inlineStr"/>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.report_issue</t>
+          <t>.prompt.deb_policy.detail</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr"/>
       <c r="B245" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C245" t="inlineStr"/>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.detail</t>
+          <t>.prompt.deb_policy.message</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr"/>
       <c r="B246" t="inlineStr">
         <is>
-          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>APT packages are not supported</t>
         </is>
       </c>
       <c r="C246" t="inlineStr"/>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.message</t>
+          <t>.prompt.deb_policy.title</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr"/>
       <c r="B247" t="inlineStr">
         <is>
-          <t>APT packages are not supported</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C247" t="inlineStr"/>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.title</t>
+          <t>.prompt.forget_session.action</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr"/>
       <c r="B248" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>You can always add it back later.</t>
         </is>
       </c>
       <c r="C248" t="inlineStr"/>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.action</t>
+          <t>.prompt.forget_session.detail</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr"/>
       <c r="B249" t="inlineStr">
         <is>
-          <t>You can always add it back later.</t>
+          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
         </is>
       </c>
       <c r="C249" t="inlineStr"/>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.detail</t>
+          <t>.prompt.forget_session.message</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr"/>
       <c r="B250" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C250" t="inlineStr"/>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.message</t>
+          <t>.prompt.forget_session.title</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr"/>
       <c r="B251" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>Pick a new install location</t>
         </is>
       </c>
       <c r="C251" t="inlineStr"/>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.title</t>
+          <t>.prompt.install_location_add.title</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr"/>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Pick a new install location</t>
+          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
         </is>
       </c>
       <c r="C252" t="inlineStr"/>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>.prompt.install_location_add.title</t>
+          <t>.prompt.install_location_remove.detail</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr"/>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
+          <t>Are you sure you want to remove this location?</t>
         </is>
       </c>
       <c r="C253" t="inlineStr"/>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.detail</t>
+          <t>.prompt.install_location_remove.message</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr"/>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove this location?</t>
+          <t>Removing an install location</t>
         </is>
       </c>
       <c r="C254" t="inlineStr"/>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.message</t>
+          <t>.prompt.install_location_remove.title</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr"/>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Removing an install location</t>
+          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
         </is>
       </c>
       <c r="C255" t="inlineStr"/>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.title</t>
+          <t>.prompt.last_remaining_install_location.content</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr"/>
       <c r="B256" t="inlineStr">
         <is>
-          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
+          <t>Cannot remove install location</t>
         </is>
       </c>
       <c r="C256" t="inlineStr"/>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.content</t>
+          <t>.prompt.last_remaining_install_location.title</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr"/>
       <c r="B257" t="inlineStr">
         <is>
-          <t>Cannot remove install location</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C257" t="inlineStr"/>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.title</t>
+          <t>.prompt.logout_action</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr"/>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>.prompt.logout_action</t>
+          <t>.prompt.logout_confirm</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr"/>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>In-progress downloads will be paused until you log in again.</t>
         </is>
       </c>
       <c r="C259" t="inlineStr"/>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>.prompt.logout_confirm</t>
+          <t>.prompt.logout_detail</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr"/>
       <c r="B260" t="inlineStr">
         <is>
-          <t>In-progress downloads will be paused until you log in again.</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C260" t="inlineStr"/>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>.prompt.logout_detail</t>
+          <t>.prompt.logout_title</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr"/>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
         </is>
       </c>
       <c r="C261" t="inlineStr"/>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>.prompt.logout_title</t>
-[...2 lines deleted...]
-      <c r="G261" t="inlineStr"/>
+          <t>.prompt.no_compatible_version.detail</t>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: B'fhéidir nach bhfuil an {{classification}} seo ag luí leis fós?</t>
+        </is>
+      </c>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr"/>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
+          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
         </is>
       </c>
       <c r="C262" t="inlineStr"/>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.no_compatible_version.message</t>
+        </is>
+      </c>
+      <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr"/>
       <c r="B263" t="inlineStr">
         <is>
-          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
+          <t>{{title}} on {{platform}}</t>
         </is>
       </c>
       <c r="C263" t="inlineStr"/>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.message</t>
+          <t>.prompt.no_compatible_version.title</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr"/>
       <c r="B264" t="inlineStr">
         <is>
-          <t>{{title}} on {{platform}}</t>
+          <t>An error occurred during installation</t>
         </is>
       </c>
       <c r="C264" t="inlineStr"/>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.title</t>
+          <t>.prompt.install_error.title</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr"/>
       <c r="B265" t="inlineStr">
         <is>
-          <t>An error occurred during installation</t>
+          <t>While searching for a download: {{message}}</t>
         </is>
       </c>
       <c r="C265" t="inlineStr"/>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>.prompt.install_error.title</t>
+          <t>.prompt.install_error.find_upload</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr"/>
       <c r="B266" t="inlineStr">
         <is>
-          <t>While searching for a download: {{message}}</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C266" t="inlineStr"/>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>.prompt.install_error.find_upload</t>
+          <t>.prompt.packaging_policy.learn_more</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr"/>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>Open web page for {{title}}</t>
         </is>
       </c>
       <c r="C267" t="inlineStr"/>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.learn_more</t>
+          <t>.prompt.packaging_policy.open_web_page</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr"/>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Open web page for {{title}}</t>
+          <t>Maybe you can find another way to support them?</t>
         </is>
       </c>
       <c r="C268" t="inlineStr"/>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.open_web_page</t>
+          <t>.prompt.payments_disabled.detail</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr"/>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Maybe you can find another way to support them?</t>
+          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
         </is>
       </c>
       <c r="C269" t="inlineStr"/>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.detail</t>
+          <t>.prompt.payments_disabled.message</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr"/>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
+          <t>Open web page</t>
         </is>
       </c>
       <c r="C270" t="inlineStr"/>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.message</t>
+          <t>.prompt.payments_disabled.open_web_page</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr"/>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Open web page</t>
+          <t>Payments disabled</t>
         </is>
       </c>
       <c r="C271" t="inlineStr"/>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.open_web_page</t>
+          <t>.prompt.payments_disabled.title</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr"/>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Payments disabled</t>
+          <t>Switch {{title}} to another version</t>
         </is>
       </c>
       <c r="C272" t="inlineStr"/>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.title</t>
+          <t>.prompt.revert.title</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr"/>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Switch {{title}} to another version</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C273" t="inlineStr"/>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>.prompt.revert.title</t>
+          <t>.prompt.rpm_policy.detail</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr"/>
       <c r="B274" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C274" t="inlineStr"/>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.detail</t>
+          <t>.prompt.rpm_policy.message</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr"/>
       <c r="B275" t="inlineStr">
         <is>
-          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>YUM packages are not supported</t>
         </is>
       </c>
       <c r="C275" t="inlineStr"/>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.message</t>
+          <t>.prompt.rpm_policy.title</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr"/>
       <c r="B276" t="inlineStr">
         <is>
-          <t>YUM packages are not supported</t>
+          <t>Dismiss</t>
         </is>
       </c>
       <c r="C276" t="inlineStr"/>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.title</t>
+          <t>.prompt.self_update.action.dismiss</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr"/>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Dismiss</t>
+          <t>Download now</t>
         </is>
       </c>
       <c r="C277" t="inlineStr"/>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.dismiss</t>
+          <t>.prompt.self_update.action.download</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr"/>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Download now</t>
+          <t>Open in browser</t>
         </is>
       </c>
       <c r="C278" t="inlineStr"/>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.download</t>
+          <t>.prompt.self_update.action.view</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr"/>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Open in browser</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C279" t="inlineStr"/>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.view</t>
+          <t>.prompt.self_update.detail</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr"/>
       <c r="B280" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C280" t="inlineStr"/>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>.prompt.self_update.detail</t>
+          <t>.prompt.self_update.message.linux</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr"/>
       <c r="B281" t="inlineStr">
         <is>
-          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
+          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C281" t="inlineStr"/>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.linux</t>
+          <t>.prompt.self_update.message.osx</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr"/>
       <c r="B282" t="inlineStr">
         <is>
           <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C282" t="inlineStr"/>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.osx</t>
+          <t>.prompt.self_update.message.windows</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr"/>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
+          <t>itch v{{version}} is available for download</t>
         </is>
       </c>
       <c r="C283" t="inlineStr"/>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.windows</t>
+          <t>.prompt.self_update.title</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr"/>
       <c r="B284" t="inlineStr">
         <is>
-          <t>itch v{{version}} is available for download</t>
+          <t>Restart now</t>
         </is>
       </c>
       <c r="C284" t="inlineStr"/>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>.prompt.self_update.title</t>
+          <t>.prompt.self_update_ready.action.restart</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr"/>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Restart now</t>
+          <t>Snooze</t>
         </is>
       </c>
       <c r="C285" t="inlineStr"/>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.restart</t>
+          <t>.prompt.self_update_ready.action.snooze</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr"/>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Snooze</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C286" t="inlineStr"/>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.snooze</t>
+          <t>.prompt.self_update_ready.detail</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr"/>
       <c r="B287" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>Choose '{{restart}}' to apply the update immediately.
+If you don't, the update will be active the next time the app is restarted.</t>
         </is>
       </c>
       <c r="C287" t="inlineStr"/>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.detail</t>
+          <t>.prompt.self_update_ready.message</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr"/>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Choose '{{restart}}' to apply the update immediately.
-If you don't, the update will be active the next time the app is restarted.</t>
+          <t>An update has been downloaded and installed</t>
         </is>
       </c>
       <c r="C288" t="inlineStr"/>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.message</t>
+          <t>.prompt.self_update_ready.title</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr"/>
       <c r="B289" t="inlineStr">
         <is>
-          <t>An update has been downloaded and installed</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C289" t="inlineStr"/>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.title</t>
+          <t>.prompt.uninstall.cancel</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr"/>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Are you sure you want to uninstall {{title}}?</t>
         </is>
       </c>
       <c r="C290" t="inlineStr"/>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.cancel</t>
+          <t>.prompt.uninstall.message</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr"/>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Are you sure you want to uninstall {{title}}?</t>
+          <t>Re-install</t>
         </is>
       </c>
       <c r="C291" t="inlineStr"/>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.message</t>
-[...2 lines deleted...]
-      <c r="G291" t="inlineStr"/>
+          <t>.prompt.uninstall.reinstall</t>
+        </is>
+      </c>
+      <c r="G291" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Athshuiteáil</t>
+        </is>
+      </c>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Re-install</t>
+          <t>Uninstall now</t>
         </is>
       </c>
       <c r="C292" t="inlineStr"/>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.reinstall</t>
+          <t>.prompt.uninstall.uninstall</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Athshuiteáil</t>
+          <t>Suggested in Weblate: Dhíshuiteáil anois</t>
         </is>
       </c>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Uninstall now</t>
+          <t>A {{classification}} by {{username}}</t>
         </is>
       </c>
       <c r="C293" t="inlineStr"/>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.uninstall</t>
+          <t>.prompt.url_install.credit</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Dhíshuiteáil anois</t>
+          <t>Suggested in Weblate: {{classification}} le {{username}}</t>
         </is>
       </c>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr"/>
       <c r="B294" t="inlineStr">
         <is>
-          <t>A {{classification}} by {{username}}</t>
+          <t>Do you want to install {{title}}?</t>
         </is>
       </c>
       <c r="C294" t="inlineStr"/>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>.prompt.url_install.credit</t>
+          <t>.prompt.url_install.message</t>
         </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{classification}} le {{username}}</t>
+          <t>Suggested in Weblate: Ar mhaith leat {{title}} a shuiteáil?</t>
         </is>
       </c>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr"/>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Do you want to install {{title}}?</t>
+          <t>Install request</t>
         </is>
       </c>
       <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>.prompt.url_install.message</t>
+          <t>.prompt.url_install.title</t>
         </is>
       </c>
       <c r="G295" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ar mhaith leat {{title}} a shuiteáil?</t>
+          <t>Suggested in Weblate: Iarratas a shuiteáil</t>
         </is>
       </c>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr"/>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Install request</t>
+          <t>Search results for '{{query}}'</t>
         </is>
       </c>
       <c r="C296" t="inlineStr"/>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>.prompt.url_install.title</t>
+          <t>.search.results.title</t>
         </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Iarratas a shuiteáil</t>
+          <t>Suggested in Weblate: Torthaí cuardaigh le haghaidh '{{query}}'</t>
         </is>
       </c>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr"/>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Search results for '{{query}}'</t>
+          <t>Local</t>
         </is>
       </c>
       <c r="C297" t="inlineStr"/>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>.search.results.title</t>
+          <t>.search.results.local</t>
         </is>
       </c>
       <c r="G297" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Torthaí cuardaigh le haghaidh '{{query}}'</t>
+          <t>Suggested in Weblate: Áitiúil</t>
         </is>
       </c>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr"/>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Local</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C298" t="inlineStr"/>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>.search.results.local</t>
+          <t>.search.results.games</t>
         </is>
       </c>
       <c r="G298" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Áitiúil</t>
+          <t>Suggested in Weblate: Cluichí</t>
         </is>
       </c>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr"/>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Creators</t>
         </is>
       </c>
       <c r="C299" t="inlineStr"/>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>.search.results.games</t>
+          <t>.search.results.creators</t>
         </is>
       </c>
       <c r="G299" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cluichí</t>
+          <t>Suggested in Weblate: Cruthaitheoirí</t>
         </is>
       </c>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr"/>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Creators</t>
+          <t>No results found</t>
         </is>
       </c>
       <c r="C300" t="inlineStr"/>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>.search.results.creators</t>
+          <t>.search.empty.no_results</t>
         </is>
       </c>
       <c r="G300" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cruthaitheoirí</t>
+          <t>Suggested in Weblate: Níor aimsíodh aon torthaí</t>
         </is>
       </c>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr"/>
       <c r="B301" t="inlineStr">
         <is>
-          <t>No results found</t>
+          <t>Need inspiration? Try searching for '{{example}}'</t>
         </is>
       </c>
       <c r="C301" t="inlineStr"/>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>.search.empty.no_results</t>
+          <t>.search.empty.tagline</t>
         </is>
       </c>
       <c r="G301" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Níor aimsíodh aon torthaí</t>
+          <t>Suggested in Weblate: Inspioráid uait? Bain triail as '{{example}}' a chuardach</t>
         </is>
       </c>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr"/>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Need inspiration? Try searching for '{{example}}'</t>
+          <t>Open as tab</t>
         </is>
       </c>
       <c r="C302" t="inlineStr"/>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>.search.empty.tagline</t>
+          <t>.search.open_as_tab</t>
         </is>
       </c>
       <c r="G302" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Inspioráid uait? Bain triail as '{{example}}' a chuardach</t>
+          <t>Suggested in Weblate: Oscail mar cluaisín</t>
         </is>
       </c>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr"/>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Open as tab</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C303" t="inlineStr"/>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>.search.open_as_tab</t>
+          <t>.search.placeholder</t>
         </is>
       </c>
       <c r="G303" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Oscail mar cluaisín</t>
+          <t>Suggested in Weblate: Cuardaigh</t>
         </is>
       </c>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr"/>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Aw, snap!</t>
         </is>
       </c>
       <c r="C304" t="inlineStr"/>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>.search.placeholder</t>
+          <t>.sidebar.aw_snap</t>
         </is>
       </c>
       <c r="G304" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cuardaigh</t>
+          <t>Suggested in Weblate: Ach, gearr!</t>
         </is>
       </c>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr"/>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Aw, snap!</t>
+          <t>Loading...</t>
         </is>
       </c>
       <c r="C305" t="inlineStr"/>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>.sidebar.aw_snap</t>
+          <t>.sidebar.loading</t>
         </is>
       </c>
       <c r="G305" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ach, gearr!</t>
+          <t>Suggested in Weblate: Lódáil...</t>
         </is>
       </c>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr"/>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Loading...</t>
+          <t>Out of order</t>
         </is>
       </c>
       <c r="C306" t="inlineStr"/>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>.sidebar.loading</t>
+          <t>.sidebar.broken</t>
         </is>
       </c>
       <c r="G306" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lódáil...</t>
+          <t>Suggested in Weblate: As ord</t>
         </is>
       </c>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr"/>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Out of order</t>
+          <t>Close all tabs</t>
         </is>
       </c>
       <c r="C307" t="inlineStr"/>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>.sidebar.broken</t>
+          <t>.sidebar.close_all_tabs</t>
         </is>
       </c>
       <c r="G307" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: As ord</t>
+          <t>Suggested in Weblate: Dún gach cluaisín</t>
         </is>
       </c>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr"/>
       <c r="B308" t="inlineStr">
         <is>
-          <t>Close all tabs</t>
+          <t>Essentials</t>
         </is>
       </c>
       <c r="C308" t="inlineStr"/>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>.sidebar.close_all_tabs</t>
+          <t>.sidebar.category.basics</t>
         </is>
       </c>
       <c r="G308" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Dún gach cluaisín</t>
+          <t>Suggested in Weblate: Bunriachtanacha</t>
         </is>
       </c>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr"/>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Essentials</t>
+          <t>Tabs</t>
         </is>
       </c>
       <c r="C309" t="inlineStr"/>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>.sidebar.category.basics</t>
+          <t>.sidebar.category.tabs</t>
         </is>
       </c>
       <c r="G309" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Bunriachtanacha</t>
+          <t>Suggested in Weblate: Cluaisíní</t>
         </is>
       </c>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr"/>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Tabs</t>
+          <t>Collections</t>
         </is>
       </c>
       <c r="C310" t="inlineStr"/>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>.sidebar.category.tabs</t>
+          <t>.sidebar.collection</t>
         </is>
       </c>
       <c r="G310" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cluaisíní</t>
+          <t>Suggested in Weblate: Bailiúcháin</t>
         </is>
       </c>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr"/>
       <c r="B311" t="inlineStr">
         <is>
           <t>Collections</t>
         </is>
       </c>
       <c r="C311" t="inlineStr"/>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>.sidebar.collection</t>
+          <t>.sidebar.collections</t>
         </is>
       </c>
       <c r="G311" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Bailiúcháin</t>
         </is>
       </c>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr"/>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Collections</t>
+          <t>My creations</t>
         </is>
       </c>
       <c r="C312" t="inlineStr"/>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>.sidebar.collections</t>
+          <t>.sidebar.dashboard</t>
         </is>
       </c>
       <c r="G312" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Bailiúcháin</t>
+          <t>Suggested in Weblate: Mo cruthúnais</t>
         </is>
       </c>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr"/>
       <c r="B313" t="inlineStr">
         <is>
-          <t>My creations</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C313" t="inlineStr"/>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>.sidebar.dashboard</t>
+          <t>.sidebar.downloads</t>
         </is>
       </c>
       <c r="G313" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mo cruthúnais</t>
+          <t>Suggested in Weblate: Íoslódáileacha</t>
         </is>
       </c>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr"/>
       <c r="B314" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Let's go!</t>
         </is>
       </c>
       <c r="C314" t="inlineStr"/>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>.sidebar.downloads</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.empty</t>
+        </is>
+      </c>
+      <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr"/>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Let's go!</t>
+          <t>Featured</t>
         </is>
       </c>
       <c r="C315" t="inlineStr"/>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>.sidebar.empty</t>
+          <t>.sidebar.featured</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr"/>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Featured</t>
+          <t>Your portal to the indie game universe</t>
         </is>
       </c>
       <c r="C316" t="inlineStr"/>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>.sidebar.featured</t>
+          <t>.sidebar.itchio</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr"/>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Your portal to the indie game universe</t>
+          <t>Getting started</t>
         </is>
       </c>
       <c r="C317" t="inlineStr"/>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>.sidebar.itchio</t>
+          <t>.sidebar.getting_started</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr"/>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Getting started</t>
+          <t>Installed items</t>
         </is>
       </c>
       <c r="C318" t="inlineStr"/>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>.sidebar.getting_started</t>
+          <t>.sidebar.installed</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr"/>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Installed items</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C319" t="inlineStr"/>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>.sidebar.installed</t>
+          <t>.sidebar.log_out</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr"/>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>New tab</t>
         </is>
       </c>
       <c r="C320" t="inlineStr"/>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>.sidebar.log_out</t>
+          <t>.sidebar.new_tab</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr"/>
       <c r="B321" t="inlineStr">
         <is>
-          <t>New tab</t>
+          <t>Owned items</t>
         </is>
       </c>
       <c r="C321" t="inlineStr"/>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>.sidebar.new_tab</t>
+          <t>.sidebar.owned</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr"/>
       <c r="B322" t="inlineStr">
         <is>
-          <t>Owned items</t>
+          <t>Things you have bought or installed</t>
         </is>
       </c>
       <c r="C322" t="inlineStr"/>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>.sidebar.owned</t>
+          <t>.sidebar.owned_subtitle</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr"/>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Things you have bought or installed</t>
+          <t>Preferences</t>
         </is>
       </c>
       <c r="C323" t="inlineStr"/>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>.sidebar.owned_subtitle</t>
+          <t>.sidebar.preferences</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr"/>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Preferences</t>
+          <t>View community profile</t>
         </is>
       </c>
       <c r="C324" t="inlineStr"/>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>.sidebar.preferences</t>
+          <t>.sidebar.view_community_profile</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr"/>
       <c r="B325" t="inlineStr">
         <is>
-          <t>View community profile</t>
+          <t>View creator profile</t>
         </is>
       </c>
       <c r="C325" t="inlineStr"/>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>.sidebar.view_community_profile</t>
+          <t>.sidebar.view_creator_profile</t>
         </is>
       </c>
       <c r="G325" t="inlineStr"/>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr"/>
       <c r="B326" t="inlineStr">
         <is>
-          <t>View creator profile</t>
+          <t>A new version of itch is available!</t>
         </is>
       </c>
       <c r="C326" t="inlineStr"/>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>.sidebar.view_creator_profile</t>
+          <t>.status.available</t>
         </is>
       </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr"/>
       <c r="B327" t="inlineStr">
         <is>
-          <t>A new version of itch is available!</t>
+          <t>Looking for updates…</t>
         </is>
       </c>
       <c r="C327" t="inlineStr"/>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>.status.available</t>
+          <t>.status.checking</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr"/>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Looking for updates…</t>
+          <t>Copied to clipboard!</t>
         </is>
       </c>
       <c r="C328" t="inlineStr"/>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>.status.checking</t>
+          <t>.status.copied_to_clipboard</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr"/>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Copied to clipboard!</t>
+          <t>Click to restart &amp; apply update!</t>
         </is>
       </c>
       <c r="C329" t="inlineStr"/>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>.status.copied_to_clipboard</t>
+          <t>.status.downloaded</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr"/>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Click to restart &amp; apply update!</t>
+          <t>Downloading update…</t>
         </is>
       </c>
       <c r="C330" t="inlineStr"/>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>.status.downloaded</t>
+          <t>.status.downloading</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Downloading update…</t>
+          <t>Active download</t>
         </is>
       </c>
       <c r="C331" t="inlineStr"/>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>.status.downloading</t>
+          <t>.status.downloads.category.active</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Active download</t>
+          <t>Finished downloads</t>
         </is>
       </c>
       <c r="C332" t="inlineStr"/>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>.status.downloads.category.active</t>
+          <t>.status.downloads.category.finished</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr"/>
       <c r="B333" t="inlineStr">
         <is>
-          <t>Finished downloads</t>
+          <t>Queued downloads</t>
         </is>
       </c>
       <c r="C333" t="inlineStr"/>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>.status.downloads.category.finished</t>
+          <t>.status.downloads.category.queued</t>
         </is>
       </c>
       <c r="G333" t="inlineStr"/>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr"/>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Queued downloads</t>
+          <t>Clear all</t>
         </is>
       </c>
       <c r="C334" t="inlineStr"/>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>.status.downloads.category.queued</t>
+          <t>.status.downloads.clear_all_finished</t>
         </is>
       </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr"/>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Clear all</t>
+          <t>Clear</t>
         </is>
       </c>
       <c r="C335" t="inlineStr"/>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_all_finished</t>
+          <t>.status.downloads.clear_finished</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr"/>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Clear</t>
+          <t>Click to manage downloads</t>
         </is>
       </c>
       <c r="C336" t="inlineStr"/>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_finished</t>
+          <t>.status.downloads.click_to_manage</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr"/>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Click to manage downloads</t>
+          <t>Download error</t>
         </is>
       </c>
       <c r="C337" t="inlineStr"/>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>.status.downloads.click_to_manage</t>
+          <t>.status.downloads.download_error</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr"/>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Download error</t>
+          <t>No active downloads</t>
         </is>
       </c>
       <c r="C338" t="inlineStr"/>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>.status.downloads.download_error</t>
+          <t>.status.downloads.no_active_downloads</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr"/>
       <c r="B339" t="inlineStr">
         <is>
-          <t>No active downloads</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="C339" t="inlineStr"/>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads</t>
+          <t>.status.downloads.unknown_size</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr"/>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Could not check for updates: {{err}}</t>
         </is>
       </c>
       <c r="C340" t="inlineStr"/>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>.status.downloads.unknown_size</t>
+          <t>.status.game_update.check_failed</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr"/>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Could not check for updates: {{err}}</t>
+          <t>Found new version of {{title}}!</t>
         </is>
       </c>
       <c r="C341" t="inlineStr"/>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>.status.game_update.check_failed</t>
+          <t>.status.game_update.found</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr"/>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Found new version of {{title}}!</t>
+          <t>{{title}} is up-to-date.</t>
         </is>
       </c>
       <c r="C342" t="inlineStr"/>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>.status.game_update.found</t>
+          <t>.status.game_update.not_found</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr"/>
       <c r="B343" t="inlineStr">
         <is>
-          <t>{{title}} is up-to-date.</t>
+          <t>{{title}} can't be updated because it's running.</t>
         </is>
       </c>
       <c r="C343" t="inlineStr"/>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>.status.game_update.not_found</t>
+          <t>.status.game_update.busy</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr"/>
       <c r="B344" t="inlineStr">
         <is>
-          <t>{{title}} can't be updated because it's running.</t>
+          <t>{{title}} can't be uninstalled because it's running.</t>
         </is>
       </c>
       <c r="C344" t="inlineStr"/>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>.status.game_update.busy</t>
+          <t>.status.uninstall.busy</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr"/>
       <c r="B345" t="inlineStr">
         <is>
-          <t>{{title}} can't be uninstalled because it's running.</t>
+          <t>{{title}} can't be reinstalled because it's running.</t>
         </is>
       </c>
       <c r="C345" t="inlineStr"/>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>.status.uninstall.busy</t>
+          <t>.status.reinstall.busy</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr"/>
       <c r="B346" t="inlineStr">
         <is>
-          <t>{{title}} can't be reinstalled because it's running.</t>
+          <t>Offline mode enabled</t>
         </is>
       </c>
       <c r="C346" t="inlineStr"/>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>.status.reinstall.busy</t>
+          <t>.status.offline_mode.active</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr"/>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Offline mode enabled</t>
+          <t>Click to enable offline mode</t>
         </is>
       </c>
       <c r="C347" t="inlineStr"/>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>.status.offline_mode.active</t>
+          <t>.status.offline_mode.inactive</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr"/>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Click to enable offline mode</t>
+          <t>Your itch is up-to-date!</t>
         </is>
       </c>
       <c r="C348" t="inlineStr"/>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>.status.offline_mode.inactive</t>
+          <t>.status.uptodate</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr"/>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Your itch is up-to-date!</t>
+          <t>A collection of assets</t>
         </is>
       </c>
       <c r="C349" t="inlineStr"/>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>.status.uptodate</t>
+          <t>.usage_stats.description.assets</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr"/>
       <c r="B350" t="inlineStr">
         <is>
-          <t>A collection of assets</t>
+          <t>A book</t>
         </is>
       </c>
       <c r="C350" t="inlineStr"/>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>.usage_stats.description.assets</t>
+          <t>.usage_stats.description.book</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr"/>
       <c r="B351" t="inlineStr">
         <is>
-          <t>A book</t>
+          <t>Acquired {{time_ago}}</t>
         </is>
       </c>
       <c r="C351" t="inlineStr"/>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>.usage_stats.description.book</t>
+          <t>.usage_stats.description.bought_time_ago</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr"/>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Acquired {{time_ago}}</t>
+          <t>A comic</t>
         </is>
       </c>
       <c r="C352" t="inlineStr"/>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>.usage_stats.description.bought_time_ago</t>
+          <t>.usage_stats.description.comic</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr"/>
       <c r="B353" t="inlineStr">
         <is>
-          <t>A comic</t>
+          <t>Free download</t>
         </is>
       </c>
       <c r="C353" t="inlineStr"/>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>.usage_stats.description.comic</t>
+          <t>.usage_stats.description.free_download</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr"/>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Free download</t>
+          <t>A game</t>
         </is>
       </c>
       <c r="C354" t="inlineStr"/>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>.usage_stats.description.free_download</t>
+          <t>.usage_stats.description.game</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr"/>
       <c r="B355" t="inlineStr">
         <is>
-          <t>A game</t>
+          <t>A game mod</t>
         </is>
       </c>
       <c r="C355" t="inlineStr"/>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game</t>
+          <t>.usage_stats.description.game_mod</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr"/>
       <c r="B356" t="inlineStr">
         <is>
-          <t>A game mod</t>
+          <t>A thing</t>
         </is>
       </c>
       <c r="C356" t="inlineStr"/>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game_mod</t>
+          <t>.usage_stats.description.other</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr"/>
       <c r="B357" t="inlineStr">
         <is>
-          <t>A thing</t>
+          <t>A physical game</t>
         </is>
       </c>
       <c r="C357" t="inlineStr"/>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>.usage_stats.description.other</t>
+          <t>.usage_stats.description.physical_game</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr"/>
       <c r="B358" t="inlineStr">
         <is>
-          <t>A physical game</t>
+          <t>for {{platforms}}</t>
         </is>
       </c>
       <c r="C358" t="inlineStr"/>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>.usage_stats.description.physical_game</t>
+          <t>.usage_stats.description.platforms</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr"/>
       <c r="B359" t="inlineStr">
         <is>
-          <t>for {{platforms}}</t>
+          <t>Available for {{price}} or more</t>
         </is>
       </c>
       <c r="C359" t="inlineStr"/>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>.usage_stats.description.platforms</t>
+          <t>.usage_stats.description.price</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr"/>
       <c r="B360" t="inlineStr">
         <is>
-          <t>Available for {{price}} or more</t>
+          <t>A soundtrack</t>
         </is>
       </c>
       <c r="C360" t="inlineStr"/>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>.usage_stats.description.price</t>
+          <t>.usage_stats.description.soundtrack</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr"/>
       <c r="B361" t="inlineStr">
         <is>
-          <t>A soundtrack</t>
+          <t>A tool</t>
         </is>
       </c>
       <c r="C361" t="inlineStr"/>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>.usage_stats.description.soundtrack</t>
+          <t>.usage_stats.description.tool</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr"/>
       <c r="B362" t="inlineStr">
         <is>
-          <t>A tool</t>
+          <t>Played</t>
         </is>
       </c>
       <c r="C362" t="inlineStr"/>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>.usage_stats.description.tool</t>
+          <t>.usage_stats.has_played_for_duration</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr"/>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Played</t>
+          <t>Used</t>
         </is>
       </c>
       <c r="C363" t="inlineStr"/>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>.usage_stats.has_played_for_duration</t>
+          <t>.usage_stats.has_used_for_duration</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr"/>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Used</t>
+          <t>Last opened {{time_ago}}</t>
         </is>
       </c>
       <c r="C364" t="inlineStr"/>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>.usage_stats.has_used_for_duration</t>
+          <t>.usage_stats.last_opened_time_ago</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr"/>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Last opened {{time_ago}}</t>
+          <t>Last played {{time_ago}}</t>
         </is>
       </c>
       <c r="C365" t="inlineStr"/>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>.usage_stats.last_opened_time_ago</t>
+          <t>.usage_stats.last_played_time_ago</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr"/>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Last played {{time_ago}}</t>
+          <t>Last used {{time_ago}}</t>
         </is>
       </c>
       <c r="C366" t="inlineStr"/>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>.usage_stats.last_played_time_ago</t>
+          <t>.usage_stats.last_used_time_ago</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr"/>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Last used {{time_ago}}</t>
+          <t>Never opened</t>
         </is>
       </c>
       <c r="C367" t="inlineStr"/>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>.usage_stats.last_used_time_ago</t>
+          <t>.usage_stats.never_opened</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr"/>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Never opened</t>
+          <t>Never played</t>
         </is>
       </c>
       <c r="C368" t="inlineStr"/>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>.usage_stats.never_opened</t>
+          <t>.usage_stats.never_played</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr"/>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Never played</t>
+          <t>Never used</t>
         </is>
       </c>
       <c r="C369" t="inlineStr"/>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>.usage_stats.never_played</t>
+          <t>.usage_stats.never_used</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr"/>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Never used</t>
+          <t>{{app_name}} Setup</t>
         </is>
       </c>
       <c r="C370" t="inlineStr"/>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>.usage_stats.never_used</t>
-[...2 lines deleted...]
-      <c r="G370" t="inlineStr"/>
+          <t>.setup.window.title</t>
+        </is>
+      </c>
+      <c r="G370" t="inlineStr">
+        <is>
+          <t>Is this string working with windows tray icon's tooltip? Or is there one completely different?</t>
+        </is>
+      </c>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr"/>
       <c r="B371" t="inlineStr">
         <is>
-          <t>{{app_name}} Setup</t>
+          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
         </is>
       </c>
       <c r="C371" t="inlineStr"/>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>.setup.window.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.setup.window.welcome</t>
+        </is>
+      </c>
+      <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr"/>
       <c r="B372" t="inlineStr">
         <is>
-          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
+          <t>Click to change the install location</t>
         </is>
       </c>
       <c r="C372" t="inlineStr"/>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>.setup.window.welcome</t>
+          <t>.setup.tooltip.location</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr"/>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Click to change the install location</t>
+          <t>Choose where the app should be installed</t>
         </is>
       </c>
       <c r="C373" t="inlineStr"/>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>.setup.tooltip.location</t>
+          <t>.setup.location.message</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr"/>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Choose where the app should be installed</t>
+          <t>Install now</t>
         </is>
       </c>
       <c r="C374" t="inlineStr"/>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>.setup.location.message</t>
+          <t>.setup.action.install</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr"/>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Install now</t>
+          <t>Warming up...</t>
         </is>
       </c>
       <c r="C375" t="inlineStr"/>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>.setup.action.install</t>
+          <t>.setup.status.preparing</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr"/>
       <c r="B376" t="inlineStr">
         <is>
-          <t>Warming up...</t>
+          <t>{{percent}} done</t>
         </is>
       </c>
       <c r="C376" t="inlineStr"/>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>.setup.status.preparing</t>
+          <t>.setup.status.progress</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr"/>
       <c r="B377" t="inlineStr">
         <is>
-          <t>{{percent}} done</t>
+          <t>Downloading and installing @ {{speed}}</t>
         </is>
       </c>
       <c r="C377" t="inlineStr"/>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>.setup.status.progress</t>
+          <t>.setup.status.installing</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr"/>
       <c r="B378" t="inlineStr">
         <is>
-          <t>Downloading and installing @ {{speed}}</t>
+          <t>All done!</t>
         </is>
       </c>
       <c r="C378" t="inlineStr"/>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>.setup.status.installing</t>
+          <t>.setup.status.done</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr"/>
       <c r="B379" t="inlineStr">
         <is>
-          <t>All done!</t>
+          <t>The installation went well, {{app_name}} is now starting up!</t>
         </is>
       </c>
       <c r="C379" t="inlineStr"/>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>.setup.status.done</t>
+          <t>.setup.status.notification</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr"/>
       <c r="B380" t="inlineStr">
         <is>
-          <t>The installation went well, {{app_name}} is now starting up!</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C380" t="inlineStr"/>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>.setup.status.notification</t>
+          <t>.setup.error_dialog.title</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr"/>
       <c r="B381" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Cut</t>
         </is>
       </c>
       <c r="C381" t="inlineStr"/>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>.setup.error_dialog.title</t>
+          <t>.web.context_menu.cut</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr"/>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Cut</t>
+          <t>Copy</t>
         </is>
       </c>
       <c r="C382" t="inlineStr"/>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>.web.context_menu.cut</t>
+          <t>.web.context_menu.copy</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr"/>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Copy</t>
+          <t>Paste</t>
         </is>
       </c>
       <c r="C383" t="inlineStr"/>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy</t>
+          <t>.web.context_menu.paste</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr"/>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Paste</t>
+          <t>Open in new tab</t>
         </is>
       </c>
       <c r="C384" t="inlineStr"/>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>.web.context_menu.paste</t>
+          <t>.web.context_menu.open_in_new_tab</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr"/>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Open in new tab</t>
+          <t>Copy link</t>
         </is>
       </c>
       <c r="C385" t="inlineStr"/>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>.web.context_menu.open_in_new_tab</t>
+          <t>.web.context_menu.copy_link</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr"/>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Copy link</t>
+          <t>Retry setup</t>
         </is>
       </c>
       <c r="C386" t="inlineStr"/>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy_link</t>
+          <t>.login.action.retry_setup</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr"/>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Retry setup</t>
+          <t>Developer logs</t>
         </is>
       </c>
       <c r="C387" t="inlineStr"/>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>.login.action.retry_setup</t>
+          <t>.new_tab.devlogs</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr"/>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Developer logs</t>
+          <t>Uninstall error</t>
         </is>
       </c>
       <c r="C388" t="inlineStr"/>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>.new_tab.devlogs</t>
+          <t>.prompt.uninstall_error.title</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr"/>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Uninstall error</t>
+          <t>The uninstall failed. Remove the entry anyway?</t>
         </is>
       </c>
       <c r="C389" t="inlineStr"/>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.title</t>
+          <t>.prompt.uninstall_error.message</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr"/>
       <c r="B390" t="inlineStr">
         <is>
-          <t>The uninstall failed. Remove the entry anyway?</t>
+          <t>Continue</t>
         </is>
       </c>
       <c r="C390" t="inlineStr"/>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message</t>
+          <t>.prompt.action.continue</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr"/>
       <c r="B391" t="inlineStr">
         <is>
-          <t>Continue</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C391" t="inlineStr"/>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>.prompt.action.continue</t>
+          <t>.grid.item.status.installed</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr"/>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>A collection of {{itemCount}} items</t>
         </is>
       </c>
       <c r="C392" t="inlineStr"/>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>.grid.item.status.installed</t>
-[...2 lines deleted...]
-      <c r="G392" t="inlineStr"/>
+          <t>.collection.summary</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Cnuasach le {{itemCount}} ní</t>
+        </is>
+      </c>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr"/>
       <c r="B393" t="inlineStr">
         <is>
-          <t>A collection of {{itemCount}} items</t>
+          <t>Not available on this platform</t>
         </is>
       </c>
       <c r="C393" t="inlineStr"/>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>.collection.summary</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.not_compatible</t>
+        </is>
+      </c>
+      <c r="G393" t="inlineStr"/>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr"/>
       <c r="B394" t="inlineStr">
         <is>
-          <t>Not available on this platform</t>
+          <t>Administrator privileges are required for managing {{title}}</t>
         </is>
       </c>
       <c r="C394" t="inlineStr"/>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>.grid.item.not_compatible</t>
+          <t>.prompt.blessing.message</t>
         </is>
       </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr"/>
       <c r="B395" t="inlineStr">
         <is>
-          <t>Administrator privileges are required for managing {{title}}</t>
+          <t>Proceed only if you trust the author.</t>
         </is>
       </c>
       <c r="C395" t="inlineStr"/>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>.prompt.blessing.message</t>
+          <t>.prompt.blessing.detail</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr"/>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Proceed only if you trust the author.</t>
+          <t>The operation has been cancelled.</t>
         </is>
       </c>
       <c r="C396" t="inlineStr"/>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>.prompt.blessing.detail</t>
+          <t>.status.cancelled.message</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr"/>
       <c r="B397" t="inlineStr">
         <is>
-          <t>The operation has been cancelled.</t>
+          <t>The installation failed.</t>
         </is>
       </c>
       <c r="C397" t="inlineStr"/>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>.status.cancelled.message</t>
+          <t>.prompt.install_error.message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr"/>
       <c r="B398" t="inlineStr">
         <is>
-          <t>The installation failed.</t>
+          <t>to install</t>
         </is>
       </c>
       <c r="C398" t="inlineStr"/>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>.prompt.install_error.message</t>
-[...2 lines deleted...]
-      <c r="G398" t="inlineStr"/>
+          <t>.download.reason.install</t>
+        </is>
+      </c>
+      <c r="G398" t="inlineStr">
+        <is>
+          <t>shouldn't this be 'installing' ?</t>
+        </is>
+      </c>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr"/>
       <c r="B399" t="inlineStr">
         <is>
-          <t>to install</t>
+          <t>installed</t>
         </is>
       </c>
       <c r="C399" t="inlineStr"/>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>.download.reason.install</t>
-[...6 lines deleted...]
-      </c>
+          <t>.download.outcome.installed</t>
+        </is>
+      </c>
+      <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr"/>
       <c r="B400" t="inlineStr">
         <is>
-          <t>installed</t>
+          <t>updated to the latest version</t>
         </is>
       </c>
       <c r="C400" t="inlineStr"/>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>.download.outcome.installed</t>
+          <t>.download.outcome.updated</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr"/>
       <c r="B401" t="inlineStr">
         <is>
-          <t>updated to the latest version</t>
+          <t>re-installed</t>
         </is>
       </c>
       <c r="C401" t="inlineStr"/>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>.download.outcome.updated</t>
+          <t>.download.outcome.reinstalled</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr"/>
       <c r="B402" t="inlineStr">
         <is>
-          <t>re-installed</t>
+          <t>switched to another version</t>
         </is>
       </c>
       <c r="C402" t="inlineStr"/>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>.download.outcome.reinstalled</t>
+          <t>.download.outcome.reverted</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr"/>
       <c r="B403" t="inlineStr">
         <is>
-          <t>switched to another version</t>
+          <t>verified and repaired</t>
         </is>
       </c>
       <c r="C403" t="inlineStr"/>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>.download.outcome.reverted</t>
+          <t>.download.outcome.healed</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr"/>
       <c r="B404" t="inlineStr">
         <is>
-          <t>verified and repaired</t>
+          <t>Recent activity</t>
         </is>
       </c>
       <c r="C404" t="inlineStr"/>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>.download.outcome.healed</t>
+          <t>.status.downloads.category.recent_activity</t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr"/>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Recent activity</t>
+          <t>The message we got was: {{errorMessage}}</t>
         </is>
       </c>
       <c r="C405" t="inlineStr"/>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>.status.downloads.category.recent_activity</t>
+          <t>.game.install.could_not_launch.message</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr"/>
       <c r="B406" t="inlineStr">
         <is>
-          <t>The message we got was: {{errorMessage}}</t>
+          <t>Sending us a report is the best way to make sure this gets fixed!</t>
         </is>
       </c>
       <c r="C406" t="inlineStr"/>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.message</t>
+          <t>.game.install.could_not_launch.detail</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr"/>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Sending us a report is the best way to make sure this gets fixed!</t>
+          <t>Close other tabs</t>
         </is>
       </c>
       <c r="C407" t="inlineStr"/>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.detail</t>
+          <t>.menu.file.close_other_tabs</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr"/>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Close other tabs</t>
+          <t>Close tabs below</t>
         </is>
       </c>
       <c r="C408" t="inlineStr"/>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>.menu.file.close_other_tabs</t>
+          <t>.menu.file.close_tabs_below</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr"/>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Close tabs below</t>
+          <t>Open folder in explorer</t>
         </is>
       </c>
       <c r="C409" t="inlineStr"/>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>.menu.file.close_tabs_below</t>
+          <t>.grid.item.open_file_location.windows</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr"/>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Open folder in explorer</t>
+          <t>Show in file manager</t>
         </is>
       </c>
       <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.windows</t>
+          <t>.grid.item.open_file_location.linux</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr"/>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Show in file manager</t>
+          <t>Show in Finder</t>
         </is>
       </c>
       <c r="C411" t="inlineStr"/>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.linux</t>
+          <t>.grid.item.open_file_location.osx</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr"/>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Show in Finder</t>
+          <t>Size</t>
         </is>
       </c>
       <c r="C412" t="inlineStr"/>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.osx</t>
+          <t>.table.column.installed_size</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr"/>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Size</t>
+          <t>View the contents of this location</t>
         </is>
       </c>
       <c r="C413" t="inlineStr"/>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>.table.column.installed_size</t>
+          <t>.preferences.install_location.navigate</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr"/>
       <c r="B414" t="inlineStr">
         <is>
-          <t>View the contents of this location</t>
+          <t>{{size}} on disk</t>
         </is>
       </c>
       <c r="C414" t="inlineStr"/>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>.preferences.install_location.navigate</t>
+          <t>.install_location.property.size_on_disk</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr"/>
       <c r="B415" t="inlineStr">
         <is>
-          <t>{{size}} on disk</t>
+          <t>Uninstall or re-install…</t>
         </is>
       </c>
       <c r="C415" t="inlineStr"/>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>.install_location.property.size_on_disk</t>
+          <t>.grid.item.uninstall_request</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr"/>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Uninstall or re-install…</t>
+          <t xml:space="preserve">Filter by: </t>
         </is>
       </c>
       <c r="C416" t="inlineStr"/>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>.grid.item.uninstall_request</t>
+          <t>.grid.criterion.filter_by</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr"/>
       <c r="B417" t="inlineStr">
         <is>
-          <t xml:space="preserve">Filter by: </t>
+          <t>Discard download</t>
         </is>
       </c>
       <c r="C417" t="inlineStr"/>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>.grid.criterion.filter_by</t>
+          <t>.grid.item.discard_download</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr"/>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Discard download</t>
+          <t>Nevermind</t>
         </is>
       </c>
       <c r="C418" t="inlineStr"/>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>.grid.item.discard_download</t>
+          <t>.prompt.action.nevermind</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr"/>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Nevermind</t>
+          <t>Force program closure?</t>
         </is>
       </c>
       <c r="C419" t="inlineStr"/>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>.prompt.action.nevermind</t>
+          <t>.prompt.force_close_game.title</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr"/>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Force program closure?</t>
+          <t>Do you want to force {{title}} to close?</t>
         </is>
       </c>
       <c r="C420" t="inlineStr"/>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.title</t>
+          <t>.prompt.force_close_game.message</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr"/>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Do you want to force {{title}} to close?</t>
+          <t>Are you sure you want to stop downloading {{title}}?</t>
         </is>
       </c>
       <c r="C421" t="inlineStr"/>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.message</t>
+          <t>.prompt.discard_download.message</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr"/>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Are you sure you want to stop downloading {{title}}?</t>
+          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
         </is>
       </c>
       <c r="C422" t="inlineStr"/>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.message</t>
+          <t>.prompt.discard_download.detail</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr"/>
       <c r="B423" t="inlineStr">
         <is>
-          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
+          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
         </is>
       </c>
       <c r="C423" t="inlineStr"/>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.detail</t>
+          <t>.prompt.uninstall_error.message_permissions</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr"/>
       <c r="B424" t="inlineStr">
         <is>
-          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
+          <t>Remove as administrator</t>
         </is>
       </c>
       <c r="C424" t="inlineStr"/>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message_permissions</t>
+          <t>.prompt.uninstall_error.action_permissions</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr"/>
       <c r="B425" t="inlineStr">
         <is>
-          <t>Remove as administrator</t>
+          <t>Installing {{title}}…</t>
         </is>
       </c>
       <c r="C425" t="inlineStr"/>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.action_permissions</t>
+          <t>.download.ongoing.install</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr"/>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Installing {{title}}…</t>
+          <t>Updating {{title}}…</t>
         </is>
       </c>
       <c r="C426" t="inlineStr"/>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>.download.ongoing.install</t>
+          <t>.download.ongoing.update</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr"/>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Updating {{title}}…</t>
+          <t>Re-installing {{title}}…</t>
         </is>
       </c>
       <c r="C427" t="inlineStr"/>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>.download.ongoing.update</t>
+          <t>.download.ongoing.reinstall</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr"/>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Re-installing {{title}}…</t>
+          <t>Switching {{title}} to another version…</t>
         </is>
       </c>
       <c r="C428" t="inlineStr"/>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>.download.ongoing.reinstall</t>
+          <t>.download.ongoing.revert</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr"/>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Switching {{title}} to another version…</t>
+          <t>Repairing {{title}}…</t>
         </is>
       </c>
       <c r="C429" t="inlineStr"/>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>.download.ongoing.revert</t>
-[...2 lines deleted...]
-      <c r="G429" t="inlineStr"/>
+          <t>.download.ongoing.heal</t>
+        </is>
+      </c>
+      <c r="G429" t="inlineStr">
+        <is>
+          <t>```{{title}``` has a bad format, should be ``` {{title}}```</t>
+        </is>
+      </c>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr"/>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Repairing {{title}}…</t>
+          <t>Stop download</t>
         </is>
       </c>
       <c r="C430" t="inlineStr"/>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>.download.ongoing.heal</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.discard_download.action.stop_download</t>
+        </is>
+      </c>
+      <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr"/>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Stop download</t>
+          <t>Continue download</t>
         </is>
       </c>
       <c r="C431" t="inlineStr"/>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.stop_download</t>
+          <t>.prompt.discard_download.action.continue_download</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr"/>
       <c r="B432" t="inlineStr">
         <is>
-          <t>Continue download</t>
+          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
         </is>
       </c>
       <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.continue_download</t>
+          <t>.prompt.dangerous_discard_download.message</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr"/>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
+          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
         </is>
       </c>
       <c r="C433" t="inlineStr"/>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.message</t>
+          <t>.prompt.dangerous_discard_download.detail</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr"/>
       <c r="B434" t="inlineStr">
         <is>
-          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
+          <t>version {{version}}</t>
         </is>
       </c>
       <c r="C434" t="inlineStr"/>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.detail</t>
+          <t>.prompt.revert.version</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr"/>
       <c r="B435" t="inlineStr">
         <is>
-          <t>version {{version}}</t>
+          <t>{{title}} needs to finish updating before it can be opened</t>
         </is>
       </c>
       <c r="C435" t="inlineStr"/>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>.prompt.revert.version</t>
+          <t>.status.repairing_game</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr"/>
       <c r="B436" t="inlineStr">
         <is>
-          <t>{{title}} needs to finish updating before it can be opened</t>
+          <t>Things you install or download will show up here</t>
         </is>
       </c>
       <c r="C436" t="inlineStr"/>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>.status.repairing_game</t>
+          <t>.status.downloads.no_active_downloads_subtext</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr"/>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Things you install or download will show up here</t>
+          <t>Download some stuff!</t>
         </is>
       </c>
       <c r="C437" t="inlineStr"/>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads_subtext</t>
+          <t>.status.downloads.find_games_button</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr"/>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Download some stuff!</t>
+          <t>Everything's filtered away...</t>
         </is>
       </c>
       <c r="C438" t="inlineStr"/>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>.status.downloads.find_games_button</t>
+          <t>.grid.empty_state.leader</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr"/>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Everything's filtered away...</t>
+          <t>Your filters are hiding everything here</t>
         </is>
       </c>
       <c r="C439" t="inlineStr"/>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>.grid.empty_state.leader</t>
+          <t>.grid.empty_state.explanation</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr"/>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Your filters are hiding everything here</t>
+          <t>Manage</t>
         </is>
       </c>
       <c r="C440" t="inlineStr"/>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>.grid.empty_state.explanation</t>
+          <t>.grid.item.manage</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr"/>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Manage</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C441" t="inlineStr"/>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>.grid.item.manage</t>
+          <t>.prompt.launch.title</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr"/>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Which do you want to open?</t>
         </is>
       </c>
       <c r="C442" t="inlineStr"/>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>.prompt.launch.title</t>
+          <t>.prompt.launch.message</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr"/>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Which do you want to open?</t>
+          <t>Manage {{title}}</t>
         </is>
       </c>
       <c r="C443" t="inlineStr"/>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>.prompt.launch.message</t>
+          <t>.prompt.manage_game.title</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr"/>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Manage {{title}}</t>
+          <t>The following items are installed:</t>
         </is>
       </c>
       <c r="C444" t="inlineStr"/>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.title</t>
+          <t>.prompt.manage_game.installed_uploads</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr"/>
       <c r="B445" t="inlineStr">
         <is>
-          <t>The following items are installed:</t>
+          <t>These items are also available:</t>
         </is>
       </c>
       <c r="C445" t="inlineStr"/>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.installed_uploads</t>
+          <t>.prompt.manage_game.available_uploads</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr"/>
       <c r="B446" t="inlineStr">
         <is>
-          <t>These items are also available:</t>
+          <t>No other items are currently available.</t>
         </is>
       </c>
       <c r="C446" t="inlineStr"/>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.available_uploads</t>
+          <t>.prompt.manage_game.no_other_uploads</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr"/>
       <c r="B447" t="inlineStr">
         <is>
-          <t>No other items are currently available.</t>
+          <t>Prefer optimized patches</t>
         </is>
       </c>
       <c r="C447" t="inlineStr"/>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.no_other_uploads</t>
+          <t>.preferences.advanced.prefer_optimized_patches</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr"/>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Prefer optimized patches</t>
+          <t>{{x}} seconds</t>
         </is>
       </c>
       <c r="C448" t="inlineStr"/>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>.preferences.advanced.prefer_optimized_patches</t>
+          <t>.duration.seconds</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr"/>
       <c r="B449" t="inlineStr">
         <is>
-          <t>{{x}} seconds</t>
+          <t>Application log</t>
         </is>
       </c>
       <c r="C449" t="inlineStr"/>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>.duration.seconds</t>
+          <t>.sidebar.applog</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr"/>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Application log</t>
+          <t>{{count}} items</t>
         </is>
       </c>
       <c r="C450" t="inlineStr"/>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>.sidebar.applog</t>
+          <t>.grid.item_count</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr"/>
       <c r="B451" t="inlineStr">
         <is>
-          <t>{{count}} items</t>
+          <t>The itch web browser is disabled</t>
         </is>
       </c>
       <c r="C451" t="inlineStr"/>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>.grid.item_count</t>
+          <t>.browser.disabled</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr"/>
       <c r="B452" t="inlineStr">
         <is>
-          <t>The itch web browser is disabled</t>
+          <t>Re-enable</t>
         </is>
       </c>
       <c r="C452" t="inlineStr"/>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>.browser.disabled</t>
+          <t>.browser.reenable</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr"/>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Re-enable</t>
+          <t>Disable web browser</t>
         </is>
       </c>
       <c r="C453" t="inlineStr"/>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>.browser.reenable</t>
+          <t>.preferences.advanced.disable_browser</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr"/>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Disable web browser</t>
+          <t>You currently have no collections</t>
         </is>
       </c>
       <c r="C454" t="inlineStr"/>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_browser</t>
-[...2 lines deleted...]
-      <c r="G454" t="inlineStr"/>
+          <t>.collections.empty</t>
+        </is>
+      </c>
+      <c r="G454" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Níl aon chnuasach agat faoi láthair</t>
+        </is>
+      </c>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr"/>
       <c r="B455" t="inlineStr">
         <is>
-          <t>You currently have no collections</t>
+          <t>Browse for some games and add them to a new collection!</t>
         </is>
       </c>
       <c r="C455" t="inlineStr"/>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>.collections.empty</t>
-[...6 lines deleted...]
-      </c>
+          <t>.collections.empty_sub</t>
+        </is>
+      </c>
+      <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr"/>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Browse for some games and add them to a new collection!</t>
+          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
         </is>
       </c>
       <c r="C456" t="inlineStr"/>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>.collections.empty_sub</t>
+          <t>.preferences.advanced.disable_hardware_acceleration</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
       <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr"/>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C457" t="inlineStr"/>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_hardware_acceleration</t>
+          <t>.prereq.status.pending</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr"/>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Updates available</t>
         </is>
       </c>
       <c r="C458" t="inlineStr"/>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>.prereq.status.pending</t>
+          <t>.status.downloads.updates_available</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr"/>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Updates available</t>
+          <t>Update all</t>
         </is>
       </c>
       <c r="C459" t="inlineStr"/>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>.status.downloads.updates_available</t>
+          <t>.status.downloads.update_all</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
       <c r="H459" t="inlineStr"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr"/>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Update all</t>
+          <t>There's nothing here...</t>
         </is>
       </c>
       <c r="C460" t="inlineStr"/>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>.status.downloads.update_all</t>
+          <t>.grid.really_empty_state.leader</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr"/>
       <c r="B461" t="inlineStr">
         <is>
-          <t>There's nothing here...</t>
+          <t>...yet!</t>
         </is>
       </c>
       <c r="C461" t="inlineStr"/>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.leader</t>
+          <t>.grid.really_empty_state.explanation</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr"/>
       <c r="B462" t="inlineStr">
         <is>
-          <t>...yet!</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C462" t="inlineStr"/>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.explanation</t>
+          <t>.grid.item.running.prepare</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr"/>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Cleaning up…</t>
         </is>
       </c>
       <c r="C463" t="inlineStr"/>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>.grid.item.running.prepare</t>
+          <t>.grid.item.running.clean</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr"/>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Cleaning up…</t>
+          <t>Disk usage</t>
         </is>
       </c>
       <c r="C464" t="inlineStr"/>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>.grid.item.running.clean</t>
+          <t>.preferences.install_location.disk_usage</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr"/>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Disk usage</t>
+          <t>Finalizing installation…</t>
         </is>
       </c>
       <c r="C465" t="inlineStr"/>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>.preferences.install_location.disk_usage</t>
+          <t>.login.status.finalizing_installation</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr"/>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Finalizing installation…</t>
+          <t>Antivirus software may interfere with itch.</t>
         </is>
       </c>
       <c r="C466" t="inlineStr"/>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>.login.status.finalizing_installation</t>
+          <t>.login.status.antivirus_warning</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr"/>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Antivirus software may interfere with itch.</t>
+          <t>The install folder disappeared</t>
         </is>
       </c>
       <c r="C467" t="inlineStr"/>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>.login.status.antivirus_warning</t>
+          <t>.butlerd.codes.404</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr"/>
       <c r="B468" t="inlineStr">
         <is>
-          <t>The install folder disappeared</t>
+          <t>No compatible uploads were found for this title</t>
         </is>
       </c>
       <c r="C468" t="inlineStr"/>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>.butlerd.codes.404</t>
+          <t>.butlerd.codes.2001</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr"/>
       <c r="B469" t="inlineStr">
         <is>
-          <t>No compatible uploads were found for this title</t>
+          <t>How can I help?</t>
         </is>
       </c>
       <c r="C469" t="inlineStr"/>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>.butlerd.codes.2001</t>
-[...2 lines deleted...]
-      <c r="G469" t="inlineStr"/>
+          <t>.docs.how_to_help</t>
+        </is>
+      </c>
+      <c r="G469" t="inlineStr">
+        <is>
+          <t>This is the latter, "How can I/the user help out/contribute?"
+This needs context because source sentence could be a customer service thing "How can I/itch help you?" or a "How can I/the user help out/contribute?"</t>
+        </is>
+      </c>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr"/>
       <c r="B470" t="inlineStr">
         <is>
-          <t>How can I help?</t>
+          <t>Queuing…</t>
         </is>
       </c>
       <c r="C470" t="inlineStr"/>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>.docs.how_to_help</t>
-[...7 lines deleted...]
-      </c>
+          <t>.grid.item.queueing</t>
+        </is>
+      </c>
+      <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr"/>
       <c r="B471" t="inlineStr">
         <is>
-          <t>Queuing…</t>
+          <t>Details for nerds</t>
         </is>
       </c>
       <c r="C471" t="inlineStr"/>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>.grid.item.queueing</t>
+          <t>.prompt.show_error.details_for_nerds</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr"/>
       <c r="B472" t="inlineStr">
         <is>
-          <t>Details for nerds</t>
+          <t>Event log</t>
         </is>
       </c>
       <c r="C472" t="inlineStr"/>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds</t>
+          <t>.prompt.show_error.details_for_nerds.event_log</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr"/>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Event log</t>
+          <t>Stack trace</t>
         </is>
       </c>
       <c r="C473" t="inlineStr"/>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.event_log</t>
+          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr"/>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Stack trace</t>
+          <t>Send a report to help resolve this issue</t>
         </is>
       </c>
       <c r="C474" t="inlineStr"/>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
+          <t>.prompt.show_error.send_report</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr"/>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Send a report to help resolve this issue</t>
+          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
         </is>
       </c>
       <c r="C475" t="inlineStr"/>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>.prompt.show_error.send_report</t>
+          <t>.butlerd.codes.3000</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr"/>
       <c r="B476" t="inlineStr">
         <is>
-          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
+          <t>Nothing that can be launched was found.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr"/>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>.butlerd.codes.3000</t>
+          <t>.butlerd.codes.5000</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr"/>
       <c r="B477" t="inlineStr">
         <is>
-          <t>Nothing that can be launched was found.</t>
+          <t>There is no Internet connection.</t>
         </is>
       </c>
       <c r="C477" t="inlineStr"/>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>.butlerd.codes.5000</t>
+          <t>.butlerd.codes.9000</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr"/>
       <c r="B478" t="inlineStr">
         <is>
-          <t>There is no Internet connection.</t>
+          <t>{{installedSize}} used by games</t>
         </is>
       </c>
       <c r="C478" t="inlineStr"/>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>.butlerd.codes.9000</t>
+          <t>.preferences.install_location.size_used_by_games</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr"/>
       <c r="B479" t="inlineStr">
         <is>
-          <t>{{installedSize}} used by games</t>
+          <t>{{freeSize}} free of {{totalSize}}</t>
         </is>
       </c>
       <c r="C479" t="inlineStr"/>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>.preferences.install_location.size_used_by_games</t>
+          <t>.preferences.install_location.free_of_total</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr"/>
       <c r="B480" t="inlineStr">
         <is>
-          <t>{{freeSize}} free of {{totalSize}}</t>
+          <t>Scan install locations for games</t>
         </is>
       </c>
       <c r="C480" t="inlineStr"/>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_of_total</t>
+          <t>.preferences.scan_install_locations</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr"/>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Scan install locations for games</t>
+          <t>Confirm import</t>
         </is>
       </c>
       <c r="C481" t="inlineStr"/>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations</t>
+          <t>.preferences.scan_install_locations.confirm_import</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr"/>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Confirm import</t>
+          <t>Import {{numItems}} items</t>
         </is>
       </c>
       <c r="C482" t="inlineStr"/>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.confirm_import</t>
+          <t>.preferences.scan_install_locations.import_items</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr"/>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Import {{numItems}} items</t>
+          <t>{{numImportedItems}} items were successfully imported</t>
         </is>
       </c>
       <c r="C483" t="inlineStr"/>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.import_items</t>
+          <t>.preferences.scan_install_locations.items_imported</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr"/>
       <c r="B484" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} items were successfully imported</t>
+          <t>Looking for games...</t>
         </is>
       </c>
       <c r="C484" t="inlineStr"/>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.items_imported</t>
+          <t>.preferences.scan_install_locations.looking_for_games</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr"/>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Looking for games...</t>
+          <t>The following items can be imported:</t>
         </is>
       </c>
       <c r="C485" t="inlineStr"/>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.looking_for_games</t>
+          <t>.preferences.scan_install_locations.message</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr"/>
       <c r="B486" t="inlineStr">
         <is>
-          <t>The following items can be imported:</t>
+          <t>No additional items found in install locations</t>
         </is>
       </c>
       <c r="C486" t="inlineStr"/>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.message</t>
+          <t>.preferences.scan_install_locations.no_items_found</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr"/>
       <c r="B487" t="inlineStr">
         <is>
-          <t>No additional items found in install locations</t>
+          <t>Scanning...</t>
         </is>
       </c>
       <c r="C487" t="inlineStr"/>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.no_items_found</t>
+          <t>.preferences.scan_install_locations.title</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr"/>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Scanning...</t>
+          <t>Check for game updates</t>
         </is>
       </c>
       <c r="C488" t="inlineStr"/>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.title</t>
+          <t>.preferences.advanced.check_game_updates</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr"/>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Check for game updates</t>
+          <t>Resume downloads</t>
         </is>
       </c>
       <c r="C489" t="inlineStr"/>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>.preferences.advanced.check_game_updates</t>
+          <t>.status.downloads.resume_downloads</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr"/>
       <c r="B490" t="inlineStr">
         <is>
-          <t>Resume downloads</t>
+          <t>Pause downloads</t>
         </is>
       </c>
       <c r="C490" t="inlineStr"/>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>.status.downloads.resume_downloads</t>
+          <t>.status.downloads.pause_downloads</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr"/>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Pause downloads</t>
+          <t>Components</t>
         </is>
       </c>
       <c r="C491" t="inlineStr"/>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>.status.downloads.pause_downloads</t>
+          <t>.preferences.advanced.components</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr"/>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Components</t>
+          <t>New version available</t>
         </is>
       </c>
       <c r="C492" t="inlineStr"/>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>.preferences.advanced.components</t>
+          <t>.prompt.self_update_ready.short</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr"/>
       <c r="B493" t="inlineStr">
         <is>
-          <t>New version available</t>
+          <t>No other version is available.</t>
         </is>
       </c>
       <c r="C493" t="inlineStr"/>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.short</t>
+          <t>.prompt.revert.no_other_version</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr"/>
       <c r="B494" t="inlineStr">
         <is>
-          <t>No other version is available.</t>
+          <t>Skip update</t>
         </is>
       </c>
       <c r="C494" t="inlineStr"/>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>.prompt.revert.no_other_version</t>
+          <t>.pick_update_upload.buttons.skip_update</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr"/>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Skip update</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C495" t="inlineStr"/>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.skip_update</t>
+          <t>.grid.item.launch_title</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr"/>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Open {{title}}</t>
         </is>
       </c>
       <c r="C496" t="inlineStr"/>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>.grid.item.launch_title</t>
+          <t>.grid.item.open_title</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr"/>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Open {{title}}</t>
+          <t>views</t>
         </is>
       </c>
       <c r="C497" t="inlineStr"/>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>.grid.item.open_title</t>
+          <t>.dashboard.game_stats.views</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr"/>
       <c r="B498" t="inlineStr">
         <is>
-          <t>views</t>
+          <t>downloads</t>
         </is>
       </c>
       <c r="C498" t="inlineStr"/>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.views</t>
+          <t>.dashboard.game_stats.downloads</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr"/>
       <c r="B499" t="inlineStr">
         <is>
-          <t>downloads</t>
+          <t>purchases</t>
         </is>
       </c>
       <c r="C499" t="inlineStr"/>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.downloads</t>
+          <t>.dashboard.game_stats.purchases</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr"/>
       <c r="B500" t="inlineStr">
         <is>
-          <t>purchases</t>
+          <t>Open page</t>
         </is>
       </c>
       <c r="C500" t="inlineStr"/>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.purchases</t>
+          <t>.grid.item.open_page</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr"/>
       <c r="B501" t="inlineStr">
         <is>
-          <t>Open page</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C501" t="inlineStr"/>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>.grid.item.open_page</t>
+          <t>.grid.item.not_available</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr"/>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>View all...</t>
         </is>
       </c>
       <c r="C502" t="inlineStr"/>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>.grid.item.not_available</t>
+          <t>.game_stripe.view_all</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr"/>
       <c r="B503" t="inlineStr">
         <is>
-          <t>View all...</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C503" t="inlineStr"/>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>.game_stripe.view_all</t>
+          <t>.table.column.installed</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr"/>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Powered by</t>
         </is>
       </c>
       <c r="C504" t="inlineStr"/>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>.table.column.installed</t>
+          <t>.table.column.powered_by</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr"/>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Powered by</t>
+          <t>Enable tabs</t>
         </is>
       </c>
       <c r="C505" t="inlineStr"/>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>.table.column.powered_by</t>
+          <t>.preferences.behavior.enable_tabs</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr"/>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Enable tabs</t>
+          <t>Acquired recently</t>
         </is>
       </c>
       <c r="C506" t="inlineStr"/>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>.preferences.behavior.enable_tabs</t>
+          <t>.sort_by.games.acquired_at</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr"/>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Acquired recently</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C507" t="inlineStr"/>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>.sort_by.games.acquired_at</t>
+          <t>.sort_by.games.title</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr"/>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Views</t>
         </is>
       </c>
       <c r="C508" t="inlineStr"/>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>.sort_by.games.title</t>
+          <t>.sort_by.games.views</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr"/>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Views</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C509" t="inlineStr"/>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>.sort_by.games.views</t>
+          <t>.sort_by.games.downloads</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr"/>
       <c r="B510" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Purchases</t>
         </is>
       </c>
       <c r="C510" t="inlineStr"/>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>.sort_by.games.downloads</t>
+          <t>.sort_by.games.purchases</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr"/>
       <c r="B511" t="inlineStr">
         <is>
-          <t>Purchases</t>
+          <t>Play time</t>
         </is>
       </c>
       <c r="C511" t="inlineStr"/>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>.sort_by.games.purchases</t>
+          <t>.sort_by.games.play_time</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr"/>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Play time</t>
+          <t>Last touched</t>
         </is>
       </c>
       <c r="C512" t="inlineStr"/>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>.sort_by.games.play_time</t>
+          <t>.sort_by.games.last_touched</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr"/>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Last touched</t>
+          <t>Size on disk</t>
         </is>
       </c>
       <c r="C513" t="inlineStr"/>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>.sort_by.games.last_touched</t>
+          <t>.sort_by.games.size_on_disk</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr"/>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Size on disk</t>
+          <t>Install date</t>
         </is>
       </c>
       <c r="C514" t="inlineStr"/>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>.sort_by.games.size_on_disk</t>
+          <t>.sort_by.games.install_date</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr"/>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Install date</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C515" t="inlineStr"/>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>.sort_by.games.install_date</t>
+          <t>.filter_by.games.classification.games</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr"/>
       <c r="B516" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Tools</t>
         </is>
       </c>
       <c r="C516" t="inlineStr"/>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.games</t>
+          <t>.filter_by.games.classification.tools</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr"/>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Tools</t>
+          <t>Game assets</t>
         </is>
       </c>
       <c r="C517" t="inlineStr"/>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.tools</t>
+          <t>.filter_by.games.classification.assets</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr"/>
       <c r="B518" t="inlineStr">
         <is>
-          <t>Game assets</t>
+          <t>Comics</t>
         </is>
       </c>
       <c r="C518" t="inlineStr"/>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.assets</t>
+          <t>.filter_by.games.classification.comics</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr"/>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Comics</t>
+          <t>Books</t>
         </is>
       </c>
       <c r="C519" t="inlineStr"/>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.comics</t>
+          <t>.filter_by.games.classification.books</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr"/>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Books</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C520" t="inlineStr"/>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.books</t>
+          <t>.filter_by.games.status.installed</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr"/>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Free</t>
         </is>
       </c>
       <c r="C521" t="inlineStr"/>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>.filter_by.games.status.installed</t>
+          <t>.filter_by.games.paid_status.free</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr"/>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Free</t>
+          <t>Paid</t>
         </is>
       </c>
       <c r="C522" t="inlineStr"/>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.free</t>
+          <t>.filter_by.games.paid_status.paid</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr"/>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Paid</t>
+          <t>Draft</t>
         </is>
       </c>
       <c r="C523" t="inlineStr"/>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.paid</t>
+          <t>.filter_by.games.visibility.draft</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr"/>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Draft</t>
+          <t>Published</t>
         </is>
       </c>
       <c r="C524" t="inlineStr"/>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.draft</t>
+          <t>.filter_by.games.visibility.published</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr"/>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Published</t>
+          <t>Level</t>
         </is>
       </c>
       <c r="C525" t="inlineStr"/>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.published</t>
+          <t>.log.level</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr"/>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Level</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="C526" t="inlineStr"/>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>.log.level</t>
+          <t>.log.level.debug</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr"/>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="C527" t="inlineStr"/>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>.log.level.debug</t>
+          <t>.log.level.info</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr"/>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Warning</t>
         </is>
       </c>
       <c r="C528" t="inlineStr"/>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>.log.level.info</t>
+          <t>.log.level.warning</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr"/>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Warning</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C529" t="inlineStr"/>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>.log.level.warning</t>
+          <t>.log.level.error</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr"/>
       <c r="B530" t="inlineStr">
         <is>
-          <t>Error</t>
+          <t>Nothing to see here</t>
         </is>
       </c>
       <c r="C530" t="inlineStr"/>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>.log.level.error</t>
+          <t>.empty_state.nothing_to_see_here</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr"/>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Nothing to see here</t>
+          <t>{{itemCount}} items</t>
         </is>
       </c>
       <c r="C531" t="inlineStr"/>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>.empty_state.nothing_to_see_here</t>
-[...2 lines deleted...]
-      <c r="G531" t="inlineStr"/>
+          <t>.collection.item_count</t>
+        </is>
+      </c>
+      <c r="G531" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{itemCount}} ní</t>
+        </is>
+      </c>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr"/>
       <c r="B532" t="inlineStr">
         <is>
-          <t>{{itemCount}} items</t>
+          <t>No description</t>
         </is>
       </c>
       <c r="C532" t="inlineStr"/>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>.collection.item_count</t>
+          <t>.search.results.game.no_description</t>
         </is>
       </c>
       <c r="G532" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{itemCount}} ní</t>
+          <t>Suggested in Weblate: Gan tuairisc</t>
         </is>
       </c>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr"/>
       <c r="B533" t="inlineStr">
         <is>
-          <t>No description</t>
+          <t>Explore</t>
         </is>
       </c>
       <c r="C533" t="inlineStr"/>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>.search.results.game.no_description</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.explore</t>
+        </is>
+      </c>
+      <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr"/>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Explore</t>
+          <t>Library</t>
         </is>
       </c>
       <c r="C534" t="inlineStr"/>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>.sidebar.explore</t>
+          <t>.sidebar.library</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr"/>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Library</t>
+          <t>Install for {{title}} cancelled!</t>
         </is>
       </c>
       <c r="C535" t="inlineStr"/>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>.sidebar.library</t>
+          <t>.status.installing_game.cancelled</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr"/>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Install for {{title}} cancelled!</t>
+          <t>Manage install locations</t>
         </is>
       </c>
       <c r="C536" t="inlineStr"/>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>.status.installing_game.cancelled</t>
+          <t>.install_locations.manage</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr"/>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Manage install locations</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C537" t="inlineStr"/>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>.install_locations.manage</t>
+          <t>.collection.info.updated</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr"/>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C538" t="inlineStr"/>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>.collection.info.updated</t>
+          <t>.send_feedback.title</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr"/>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>Please describe what you were trying to do when the issue happened:</t>
         </is>
       </c>
       <c r="C539" t="inlineStr"/>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>.send_feedback.title</t>
+          <t>.send_feedback.describe_issue</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr"/>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Please describe what you were trying to do when the issue happened:</t>
+          <t>A few reminders:</t>
         </is>
       </c>
       <c r="C540" t="inlineStr"/>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>.send_feedback.describe_issue</t>
+          <t>.send_feedback.reminders.header</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr"/>
       <c r="B541" t="inlineStr">
         <is>
-          <t>A few reminders:</t>
+          <t>Whatever you write will be read by humans.</t>
         </is>
       </c>
       <c r="C541" t="inlineStr"/>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.header</t>
+          <t>.send_feedback.reminders.we_are_humans</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr"/>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Whatever you write will be read by humans.</t>
+          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
         </is>
       </c>
       <c r="C542" t="inlineStr"/>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.we_are_humans</t>
+          <t>.send_feedback.reminders.be_precise</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr"/>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
+          <t>Include steps to reproduce the issue if you can.</t>
         </is>
       </c>
       <c r="C543" t="inlineStr"/>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.be_precise</t>
+          <t>.send_feedback.reminders.include_reproduce_steps</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr"/>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Include steps to reproduce the issue if you can.</t>
+          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
         </is>
       </c>
       <c r="C544" t="inlineStr"/>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.include_reproduce_steps</t>
+          <t>.send_feedback.reminders.mention_itchio_account</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr"/>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
+          <t>Thanks for sending us feedback!</t>
         </is>
       </c>
       <c r="C545" t="inlineStr"/>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.mention_itchio_account</t>
+          <t>.send_feedback.reminders.thanks</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr"/>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Thanks for sending us feedback!</t>
+          <t>Where does my report go?</t>
         </is>
       </c>
       <c r="C546" t="inlineStr"/>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.thanks</t>
+          <t>.send_feedback.questions.where_does_report_go</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr"/>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Where does my report go?</t>
+          <t>Review the information below to make sure you're comfortable with it being sent:</t>
         </is>
       </c>
       <c r="C547" t="inlineStr"/>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>.send_feedback.questions.where_does_report_go</t>
+          <t>.send_feedback.consent.please_review</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr"/>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Review the information below to make sure you're comfortable with it being sent:</t>
+          <t>redacted</t>
         </is>
       </c>
       <c r="C548" t="inlineStr"/>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.please_review</t>
+          <t>.send_feedback.consent.redacted</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
       <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr"/>
       <c r="B549" t="inlineStr">
         <is>
-          <t>redacted</t>
+          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
         </is>
       </c>
       <c r="C549" t="inlineStr"/>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.redacted</t>
+          <t>.send_feedback.consent.system_info_helps_us</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
       <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr"/>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
+          <t>Include this information in the report</t>
         </is>
       </c>
       <c r="C550" t="inlineStr"/>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.system_info_helps_us</t>
+          <t>.send_feedback.consent.include_in_report</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
       <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr"/>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Include this information in the report</t>
+          <t>A secret URL will be generated for your report.</t>
         </is>
       </c>
       <c r="C551" t="inlineStr"/>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.include_in_report</t>
+          <t>.send_feedback.send.secret_url</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
       <c r="H551" t="inlineStr"/>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr"/>
       <c r="B552" t="inlineStr">
         <is>
-          <t>A secret URL will be generated for your report.</t>
+          <t>From that page, you will be able to:</t>
         </is>
       </c>
       <c r="C552" t="inlineStr"/>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url</t>
+          <t>.send_feedback.send.secret_url.feature_list</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
       <c r="H552" t="inlineStr"/>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr"/>
       <c r="B553" t="inlineStr">
         <is>
-          <t>From that page, you will be able to:</t>
+          <t>See everything we see about the report</t>
         </is>
       </c>
       <c r="C553" t="inlineStr"/>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list</t>
+          <t>.send_feedback.send.secret_url.feature_list.view</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
       <c r="H553" t="inlineStr"/>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr"/>
       <c r="B554" t="inlineStr">
         <is>
-          <t>See everything we see about the report</t>
+          <t>Delete it if you decide to.</t>
         </is>
       </c>
       <c r="C554" t="inlineStr"/>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.view</t>
+          <t>.send_feedback.send.secret_url.feature_list.delete</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr"/>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Delete it if you decide to.</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C555" t="inlineStr"/>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.delete</t>
+          <t>.send_feedback.send.do_send</t>
         </is>
       </c>
       <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr"/>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Nevermind, take me out of here</t>
         </is>
       </c>
       <c r="C556" t="inlineStr"/>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>.send_feedback.send.do_send</t>
+          <t>.send_feedback.send.dont_send</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr"/>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Nevermind, take me out of here</t>
+          <t>Sending...</t>
         </is>
       </c>
       <c r="C557" t="inlineStr"/>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>.send_feedback.send.dont_send</t>
+          <t>.send_feedback.send.sending</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr"/>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Sending...</t>
+          <t>Thank you for sending a report, it helps everyone!</t>
         </is>
       </c>
       <c r="C558" t="inlineStr"/>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>.send_feedback.send.sending</t>
+          <t>.send_feedback.final_thanks</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr"/>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Thank you for sending a report, it helps everyone!</t>
+          <t>Your report was sent successfully!</t>
         </is>
       </c>
       <c r="C559" t="inlineStr"/>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>.send_feedback.final_thanks</t>
+          <t>.send_feedback.success.intro</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr"/>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Your report was sent successfully!</t>
+          <t>View report</t>
         </is>
       </c>
       <c r="C560" t="inlineStr"/>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>.send_feedback.success.intro</t>
+          <t>.send_feedback.success.view_report</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr"/>
       <c r="B561" t="inlineStr">
         <is>
-          <t>View report</t>
+          <t>(You can delete it from this page)</t>
         </is>
       </c>
       <c r="C561" t="inlineStr"/>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report</t>
+          <t>.send_feedback.success.view_report.delete</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr"/>
       <c r="B562" t="inlineStr">
         <is>
-          <t>(You can delete it from this page)</t>
+          <t>Thanks for your feedback</t>
         </is>
       </c>
       <c r="C562" t="inlineStr"/>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report.delete</t>
+          <t>.send_feedback.success.thanks</t>
         </is>
       </c>
       <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr"/>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Thanks for your feedback</t>
+          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
         </is>
       </c>
       <c r="C563" t="inlineStr"/>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>.send_feedback.success.thanks</t>
+          <t>.send_feedback.success.promise</t>
         </is>
       </c>
       <c r="G563" t="inlineStr"/>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr"/>
       <c r="B564" t="inlineStr">
         <is>
-          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
+          <t>Sorry, we could not send your report.</t>
         </is>
       </c>
       <c r="C564" t="inlineStr"/>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>.send_feedback.success.promise</t>
+          <t>.send_feedback.error.intro</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr"/>
       <c r="B565" t="inlineStr">
         <is>
-          <t>Sorry, we could not send your report.</t>
+          <t>Previous</t>
         </is>
       </c>
       <c r="C565" t="inlineStr"/>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>.send_feedback.error.intro</t>
+          <t>.send_feedback.nav.previous</t>
         </is>
       </c>
       <c r="G565" t="inlineStr"/>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr"/>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Previous</t>
+          <t>Next</t>
         </is>
       </c>
       <c r="C566" t="inlineStr"/>
       <c r="D566" t="inlineStr"/>
       <c r="E566" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F566" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.previous</t>
+          <t>.send_feedback.nav.next</t>
         </is>
       </c>
       <c r="G566" t="inlineStr"/>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr"/>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Next</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C567" t="inlineStr"/>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.next</t>
+          <t>.send_feedback.nav.close</t>
         </is>
       </c>
       <c r="G567" t="inlineStr"/>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr"/>
       <c r="B568" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Your message</t>
         </is>
       </c>
       <c r="C568" t="inlineStr"/>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.close</t>
+          <t>.send_feedback.steps.your_message</t>
         </is>
       </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr"/>
       <c r="B569" t="inlineStr">
         <is>
-          <t>Your message</t>
+          <t>System information</t>
         </is>
       </c>
       <c r="C569" t="inlineStr"/>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.your_message</t>
+          <t>.send_feedback.steps.system_info</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr"/>
       <c r="B570" t="inlineStr">
         <is>
-          <t>System information</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C570" t="inlineStr"/>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.system_info</t>
+          <t>.send_feedback.steps.send</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr"/>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Browse</t>
         </is>
       </c>
       <c r="C571" t="inlineStr"/>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.send</t>
+          <t>.setup.action.browse</t>
         </is>
       </c>
       <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr"/>
       <c r="B572" t="inlineStr">
         <is>
-          <t>Browse</t>
+          <t>Install {{title}}</t>
         </is>
       </c>
       <c r="C572" t="inlineStr"/>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>.setup.action.browse</t>
+          <t>.grid.item.install_title</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr"/>
       <c r="B573" t="inlineStr">
         <is>
-          <t>Install {{title}}</t>
+          <t>Open developer tools</t>
         </is>
       </c>
       <c r="C573" t="inlineStr"/>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>.grid.item.install_title</t>
+          <t>.browser.open_devtools</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr"/>
       <c r="B574" t="inlineStr">
         <is>
-          <t>Open developer tools</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C574" t="inlineStr"/>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>.browser.open_devtools</t>
+          <t>.prompt.action.back</t>
         </is>
       </c>
       <c r="G574" t="inlineStr"/>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr"/>
       <c r="B575" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Reveal password</t>
         </is>
       </c>
       <c r="C575" t="inlineStr"/>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>.prompt.action.back</t>
+          <t>.login.action.reveal_password</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr"/>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Reveal password</t>
+          <t>Hide password</t>
         </is>
       </c>
       <c r="C576" t="inlineStr"/>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>.login.action.reveal_password</t>
+          <t>.login.action.hide_password</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr"/>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Hide password</t>
+          <t>Inspect</t>
         </is>
       </c>
       <c r="C577" t="inlineStr"/>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>.login.action.hide_password</t>
+          <t>.web.context_menu.inspect</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr"/>
       <c r="B578" t="inlineStr">
         <is>
-          <t>Inspect</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C578" t="inlineStr"/>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>.web.context_menu.inspect</t>
+          <t>.sort_by.collections.title</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr"/>
       <c r="B579" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C579" t="inlineStr"/>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>.sort_by.collections.title</t>
+          <t>.sort_by.collections.updated_at</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr"/>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Are you sure you want to quit?</t>
         </is>
       </c>
       <c r="C580" t="inlineStr"/>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>.sort_by.collections.updated_at</t>
+          <t>.prompt.confirm_quit.title</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr"/>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Are you sure you want to quit?</t>
+          <t>All running games and applications will be closed.</t>
         </is>
       </c>
       <c r="C581" t="inlineStr"/>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.title</t>
+          <t>.prompt.confirm_quit.message</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr"/>
       <c r="B582" t="inlineStr">
         <is>
-          <t>All running games and applications will be closed.</t>
+          <t>Quit and close all</t>
         </is>
       </c>
       <c r="C582" t="inlineStr"/>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.message</t>
+          <t>.prompt.action.quit_and_close_all</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr"/>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Quit and close all</t>
+          <t>Empty</t>
         </is>
       </c>
       <c r="C583" t="inlineStr"/>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>.prompt.action.quit_and_close_all</t>
+          <t>.preferences.install_location.empty</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr"/>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Empty</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C584" t="inlineStr"/>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>.preferences.install_location.empty</t>
+          <t>.prompt.show_error.generic_message</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr"/>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Computing space requirements</t>
         </is>
       </c>
       <c r="C585" t="inlineStr"/>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>.prompt.show_error.generic_message</t>
+          <t>.plan_install.computing_space_requirements</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr"/>
       <c r="B586" t="inlineStr">
         <is>
-          <t>Computing space requirements</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C586" t="inlineStr"/>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>.plan_install.computing_space_requirements</t>
+          <t>.plan_install.select_upload</t>
         </is>
       </c>
       <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr"/>
       <c r="B587" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>To location</t>
         </is>
       </c>
       <c r="C587" t="inlineStr"/>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>.plan_install.select_upload</t>
+          <t>.plan_install.select_install_location</t>
         </is>
       </c>
       <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr"/>
       <c r="B588" t="inlineStr">
         <is>
-          <t>To location</t>
+          <t>Disk space required</t>
         </is>
       </c>
       <c r="C588" t="inlineStr"/>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>.plan_install.select_install_location</t>
+          <t>.plan_install.disk_space_required</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr"/>
       <c r="B589" t="inlineStr">
         <is>
-          <t>Disk space required</t>
+          <t>Disk space available</t>
         </is>
       </c>
       <c r="C589" t="inlineStr"/>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_required</t>
+          <t>.plan_install.disk_space_available</t>
         </is>
       </c>
       <c r="G589" t="inlineStr"/>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr"/>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Disk space available</t>
+          <t>Software License Agreement</t>
         </is>
       </c>
       <c r="C590" t="inlineStr"/>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_available</t>
+          <t>.prompt.sla.title</t>
         </is>
       </c>
       <c r="G590" t="inlineStr"/>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr"/>
       <c r="B591" t="inlineStr">
         <is>
-          <t>Software License Agreement</t>
+          <t>To use this software, you need to accept the terms of this license agreement:</t>
         </is>
       </c>
       <c r="C591" t="inlineStr"/>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>.prompt.sla.title</t>
+          <t>.prompt.sla.message</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr"/>
       <c r="B592" t="inlineStr">
         <is>
-          <t>To use this software, you need to accept the terms of this license agreement:</t>
+          <t>Accept terms</t>
         </is>
       </c>
       <c r="C592" t="inlineStr"/>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>.prompt.sla.message</t>
+          <t>.prompt.sla.accept</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr"/>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Accept terms</t>
+          <t>Physical Games</t>
         </is>
       </c>
       <c r="C593" t="inlineStr"/>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>.prompt.sla.accept</t>
+          <t>.filter_by.games.classification.physical_game</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr"/>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Physical Games</t>
+          <t>1 hour 1 minute</t>
         </is>
       </c>
       <c r="C594" t="inlineStr"/>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.physical_game</t>
+          <t>.duration.precise.hour_minute</t>
         </is>
       </c>
       <c r="G594" t="inlineStr"/>
       <c r="H594" t="inlineStr"/>
+    </row>
+    <row r="595">
+      <c r="A595" t="inlineStr"/>
+      <c r="B595" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C595" t="inlineStr"/>
+      <c r="D595" t="inlineStr"/>
+      <c r="E595" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F595" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G595" t="inlineStr"/>
+      <c r="H595" t="inlineStr"/>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr"/>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr"/>
+      <c r="D596" t="inlineStr"/>
+      <c r="E596" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F596" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G596" t="inlineStr"/>
+      <c r="H596" t="inlineStr"/>
+    </row>
+    <row r="597">
+      <c r="A597" t="inlineStr"/>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C597" t="inlineStr"/>
+      <c r="D597" t="inlineStr"/>
+      <c r="E597" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F597" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G597" t="inlineStr"/>
+      <c r="H597" t="inlineStr"/>
+    </row>
+    <row r="598">
+      <c r="A598" t="inlineStr"/>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C598" t="inlineStr"/>
+      <c r="D598" t="inlineStr"/>
+      <c r="E598" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F598" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G598" t="inlineStr"/>
+      <c r="H598" t="inlineStr"/>
+    </row>
+    <row r="599">
+      <c r="A599" t="inlineStr"/>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C599" t="inlineStr"/>
+      <c r="D599" t="inlineStr"/>
+      <c r="E599" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F599" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G599" t="inlineStr"/>
+      <c r="H599" t="inlineStr"/>
+    </row>
+    <row r="600">
+      <c r="A600" t="inlineStr"/>
+      <c r="B600" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C600" t="inlineStr"/>
+      <c r="D600" t="inlineStr"/>
+      <c r="E600" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F600" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G600" t="inlineStr"/>
+      <c r="H600" t="inlineStr"/>
+    </row>
+    <row r="601">
+      <c r="A601" t="inlineStr"/>
+      <c r="B601" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C601" t="inlineStr"/>
+      <c r="D601" t="inlineStr"/>
+      <c r="E601" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F601" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G601" t="inlineStr"/>
+      <c r="H601" t="inlineStr"/>
+    </row>
+    <row r="602">
+      <c r="A602" t="inlineStr"/>
+      <c r="B602" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C602" t="inlineStr"/>
+      <c r="D602" t="inlineStr"/>
+      <c r="E602" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F602" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G602" t="inlineStr"/>
+      <c r="H602" t="inlineStr"/>
+    </row>
+    <row r="603">
+      <c r="A603" t="inlineStr"/>
+      <c r="B603" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C603" t="inlineStr"/>
+      <c r="D603" t="inlineStr"/>
+      <c r="E603" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F603" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G603" t="inlineStr"/>
+      <c r="H603" t="inlineStr"/>
+    </row>
+    <row r="604">
+      <c r="A604" t="inlineStr"/>
+      <c r="B604" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C604" t="inlineStr"/>
+      <c r="D604" t="inlineStr"/>
+      <c r="E604" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F604" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G604" t="inlineStr"/>
+      <c r="H604" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>