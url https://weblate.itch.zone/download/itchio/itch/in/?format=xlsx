--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H595"/>
+  <dimension ref="A1:H605"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -4467,12786 +4467,12998 @@
           <t>Penjual top</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>.new_tab.top_sellers</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Penjualan terlaris</t>
         </is>
       </c>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Popular on Twitter</t>
+          <t>itch is now running in the background. Use the menu to quit it completely.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>Terkenal di Twitter</t>
+          <t>itch sekarang berjalan pada latar belakang. Gunakan menu untuk keluar secara penuh.</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.new_tab.twitter</t>
+          <t>.notification.see_you_soon.message</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Populer di Twitter</t>
+          <t>Suggested in Weblate: itch sekarang berjalan di latar belakang. Gunakan menu untuk sepenuhnya keluar dari itch.</t>
         </is>
       </c>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>itch is now running in the background. Use the menu to quit it completely.</t>
+          <t>See you soon!</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>itch sekarang berjalan pada latar belakang. Gunakan menu untuk keluar secara penuh.</t>
+          <t>Sampai jumpa kembali!</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.notification.see_you_soon.title</t>
+        </is>
+      </c>
+      <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>See you soon!</t>
+          <t>You just purchased {{title}}!</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>Sampai jumpa kembali!</t>
+          <t>Anda baru saja membeli {{title}}!</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.title</t>
-[...2 lines deleted...]
-      <c r="G148" t="inlineStr"/>
+          <t>.notification.purchase_complete.just_bought</t>
+        </is>
+      </c>
+      <c r="G148" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kamu baru saja membeli {{title}}!</t>
+        </is>
+      </c>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>You just purchased {{title}}!</t>
+          <t>You just donated to {{title}}!</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>Anda baru saja membeli {{title}}!</t>
+          <t>Anda baru saja menyumbang untuk {{title}}!</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_bought</t>
+          <t>.notification.purchase_complete.just_donated</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kamu baru saja membeli {{title}}!</t>
+          <t>Suggested in Weblate: Kamu baru saja menyumbang untuk {{title}}!</t>
         </is>
       </c>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>You just donated to {{title}}!</t>
+          <t>You can now install it anytime!</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>Anda baru saja menyumbang untuk {{title}}!</t>
+          <t>Anda sudah bisa menginstallnya kapanpun!</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_donated</t>
+          <t>.notification.purchase_complete.may_install_now</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kamu baru saja menyumbang untuk {{title}}!</t>
+          <t>Suggested in Weblate: Kamu sekarang sudah bisa menginstalnya!</t>
         </is>
       </c>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t>You can now install it anytime!</t>
+          <t>Thanks for your support!</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>Anda sudah bisa menginstallnya kapanpun!</t>
+          <t>Terima kasih atas dukungan Anda!</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.may_install_now</t>
+          <t>.notification.purchase_complete.thanks_for_support</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kamu sekarang sudah bisa menginstalnya!</t>
+          <t>Suggested in Weblate: Terima kasih atas dukunganmu!</t>
         </is>
       </c>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Thanks for your support!</t>
+          <t>{{title}} was installed!</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>Terima kasih atas dukungan Anda!</t>
+          <t>{{title}} sudah terinstall!</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.thanks_for_support</t>
+          <t>.notification.download_installed</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Terima kasih atas dukunganmu!</t>
+          <t>Suggested in Weblate: {{title}} sudah terinstal!</t>
         </is>
       </c>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
-          <t>{{title}} was installed!</t>
+          <t>{{title}} was updated!</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>{{title}} sudah terinstall!</t>
+          <t>{{title}} sudah terupdate!</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>.notification.download_installed</t>
+          <t>.notification.download_updated</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} sudah terinstal!</t>
+          <t>Suggested in Weblate: {{title}} telah diperbarui!</t>
         </is>
       </c>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>{{title}} was updated!</t>
+          <t>{{title}} was switched to {{version}}!</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>{{title}} sudah terupdate!</t>
+          <t>{{title}} telah dikembalikan ke versi {{version}}!</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>.notification.download_updated</t>
+          <t>.notification.download_reverted</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} telah diperbarui!</t>
+          <t>Suggested in Weblate: {{title}} telah diubah menjadi versi {{version}}!
+Suggested in Weblate: {{title}} telah diganti ke versi {{version}}!
+Suggested in Weblate: {{title}} telah diubah ke versi {{version}}!</t>
         </is>
       </c>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
-          <t>{{title}} was switched to {{version}}!</t>
+          <t>{{title}} verified and repaired!</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>{{title}} telah dikembalikan ke versi {{version}}!</t>
+          <t>{{title}} telah diverifikasi dan dipulihkan!</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>.notification.download_reverted</t>
-[...8 lines deleted...]
-      </c>
+          <t>.notification.download_healed</t>
+        </is>
+      </c>
+      <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
-          <t>{{title}} verified and repaired!</t>
+          <t>Keep in mind this is a pre-alpha</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>{{title}} telah diverifikasi dan dipulihkan!</t>
+          <t>Perlu diingat ini adalah sebuah pre-alpha</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>.notification.download_healed</t>
-[...2 lines deleted...]
-      <c r="G156" t="inlineStr"/>
+          <t>.onboarding.caved.prealpha_reminder</t>
+        </is>
+      </c>
+      <c r="G156" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Harap diingat ini masih dalam tahap pre-alpha</t>
+        </is>
+      </c>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Keep in mind this is a pre-alpha</t>
+          <t>Take your pick</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>Perlu diingat ini adalah sebuah pre-alpha</t>
+          <t>Ambil pilihanmu</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>.onboarding.caved.prealpha_reminder</t>
+          <t>.onboarding.caved.title_pick</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Harap diingat ini masih dalam tahap pre-alpha</t>
+          <t>Suggested in Weblate: Tentukan pilihanmu</t>
         </is>
       </c>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Take your pick</t>
+          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>Ambil pilihanmu</t>
+          <t>Jika sesuatu rusak, klik {{report}} untuk melaporkannya, atau {{probe}} untuk menyelidiki.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>.onboarding.caved.title_pick</t>
+          <t>.onboarding.caved.troubleshoot_advice</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tentukan pilihanmu</t>
+          <t>Suggested in Weblate: Jika ada yang rusak, klik {{report}} untuk melaporkannya, atau {{probe}} untuk menyelidiki.</t>
         </is>
       </c>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
+          <t>Watch games quietly download, install, and run.</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>Jika sesuatu rusak, klik {{report}} untuk melaporkannya, atau {{probe}} untuk menyelidiki.</t>
+          <t>Lihat games mendownload, menginstall, dan berjalan secara diam-diam.</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>.onboarding.caved.troubleshoot_advice</t>
+          <t>.onboarding.caved.usage</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Jika ada yang rusak, klik {{report}} untuk melaporkannya, atau {{probe}} untuk menyelidiki.</t>
+          <t>Suggested in Weblate: Game akan diunduh, diinstal, dan dijalankan secara diam tanpa mengganggu.</t>
         </is>
       </c>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Watch games quietly download, install, and run.</t>
+          <t>Your games will be here when you come back.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>Lihat games mendownload, menginstall, dan berjalan secara diam-diam.</t>
+          <t>Game Anda akan di sini ketika Anda kembali.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>.onboarding.caved.usage</t>
+          <t>.onboarding.collections.auto_sync</t>
         </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Game akan diunduh, diinstal, dan dijalankan secara diam tanpa mengganggu.</t>
+          <t>Suggested in Weblate: Begitu kamu kembali, game sudah akan tersedia.</t>
         </is>
       </c>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Your games will be here when you come back.</t>
+          <t>Let's browse</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>Game Anda akan di sini ketika Anda kembali.</t>
+          <t>Mari telusuri</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>.onboarding.collections.auto_sync</t>
-[...6 lines deleted...]
-      </c>
+          <t>.onboarding.collections.lets_shop</t>
+        </is>
+      </c>
+      <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Let's browse</t>
+          <t>Mix &amp; match</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>Mari telusuri</t>
+          <t>Mencampur &amp; mencocokkan</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>.onboarding.collections.lets_shop</t>
-[...2 lines deleted...]
-      <c r="G162" t="inlineStr"/>
+          <t>.onboarding.collections.title_mix</t>
+        </is>
+      </c>
+      <c r="G162" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mix &amp; match</t>
+        </is>
+      </c>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Mix &amp; match</t>
+          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>Mencampur &amp; mencocokkan</t>
+          <t>Jelajahi situsnya sedikit, lalu gunakan {{add_to_collection}} untuk memulai mengorganisir.</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>.onboarding.collections.title_mix</t>
+          <t>.onboarding.collections.usage</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mix &amp; match</t>
+          <t>Suggested in Weblate: Telusuri situs sebentar, lalu gunakan {{add_to_collection}} untuk memulai mengelola koleksi kamu.</t>
         </is>
       </c>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>Jelajahi situsnya sedikit, lalu gunakan {{add_to_collection}} untuk memulai mengorganisir.</t>
+          <t>Pelajari lebih lanjut</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>.onboarding.collections.usage</t>
-[...6 lines deleted...]
-      </c>
+          <t>.onboarding.dashboard.docs_link</t>
+        </is>
+      </c>
+      <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>We've tried to make it the comfiest.</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>Pelajari lebih lanjut</t>
+          <t>Kami telah mencoba untuk membuatnya paling nyaman.</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.docs_link</t>
-[...2 lines deleted...]
-      <c r="G165" t="inlineStr"/>
+          <t>.onboarding.dashboard.mission_statement</t>
+        </is>
+      </c>
+      <c r="G165" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kami berupaya memberikan kenyamanan terbaik.</t>
+        </is>
+      </c>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>We've tried to make it the comfiest.</t>
+          <t>Instant set-up, and as few barriers as we can manage.</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>Kami telah mencoba untuk membuatnya paling nyaman.</t>
+          <t>Pengaturan instan, dan sedikit mungkin hambatan yang dapat kami kelola.</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.mission_statement</t>
+          <t>.onboarding.dashboard.selling_points</t>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kami berupaya memberikan kenyamanan terbaik.</t>
+          <t>Suggested in Weblate: Dengan persiapan cepat dan mengurangi halangan sebanyak yang kami bisa.</t>
         </is>
       </c>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Instant set-up, and as few barriers as we can manage.</t>
+          <t>Welcome home</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>Pengaturan instan, dan sedikit mungkin hambatan yang dapat kami kelola.</t>
+          <t>Selamat datang kembali</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.selling_points</t>
-[...6 lines deleted...]
-      </c>
+          <t>.onboarding.dashboard.welcome_home</t>
+        </is>
+      </c>
+      <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Welcome home</t>
+          <t>We've put together a few collections so you can start playing right away.</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>Selamat datang kembali</t>
+          <t>Kami telah mengumpulkan beberapa koleksi sehingga Anda dapat segera mulai bermain.</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.welcome_home</t>
-[...2 lines deleted...]
-      <c r="G168" t="inlineStr"/>
+          <t>.onboarding.owned.batteries_included</t>
+        </is>
+      </c>
+      <c r="G168" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kami telah mengumpulkan beberapa koleksi agar kamu dapat langsung bermain.</t>
+        </is>
+      </c>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>We've put together a few collections so you can start playing right away.</t>
+          <t>Click the labels on your left to navigate around the app</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>Kami telah mengumpulkan beberapa koleksi sehingga Anda dapat segera mulai bermain.</t>
+          <t>Klik label di sebelah kiri Anda untuk bernavigasi di seluruh app</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>.onboarding.owned.batteries_included</t>
+          <t>.onboarding.owned.navigation_hint</t>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kami telah mengumpulkan beberapa koleksi agar kamu dapat langsung bermain.</t>
+          <t>Suggested in Weblate: Klik label di sebelah kiri kamu untuk menjelajahi aplikasi</t>
         </is>
       </c>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Click the labels on your left to navigate around the app</t>
+          <t>Things are looking a bit empty right now, but no worries!</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>Klik label di sebelah kiri Anda untuk bernavigasi di seluruh app</t>
+          <t>Hal-hal tampak sedikit kosong sekarang, tapi jangan khawatir!</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>.onboarding.owned.navigation_hint</t>
+          <t>.onboarding.owned.reassuring_comment</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Klik label di sebelah kiri kamu untuk menjelajahi aplikasi</t>
+          <t>Suggested in Weblate: Mungkin kelihatannya sekarang masih agak kosong, tapi jangan khawatir!</t>
         </is>
       </c>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Things are looking a bit empty right now, but no worries!</t>
+          <t>You made it!</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>Hal-hal tampak sedikit kosong sekarang, tapi jangan khawatir!</t>
+          <t>Anda berhasil!</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>.onboarding.owned.reassuring_comment</t>
+          <t>.onboarding.owned.title_warm_welcome</t>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mungkin kelihatannya sekarang masih agak kosong, tapi jangan khawatir!</t>
+          <t>Suggested in Weblate: Kamu berhasil!</t>
         </is>
       </c>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t>You made it!</t>
+          <t>Open dashboard</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>Anda berhasil!</t>
+          <t>Buka dashboard</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>.onboarding.owned.title_warm_welcome</t>
+          <t>.outlinks.open_dashboard</t>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kamu berhasil!</t>
+          <t>Suggested in Weblate: Buka dasbor</t>
         </is>
       </c>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Open dashboard</t>
+          <t>Manage collections</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>Buka dashboard</t>
+          <t>Atur Koleksi</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>.outlinks.open_dashboard</t>
-[...6 lines deleted...]
-      </c>
+          <t>.outlinks.manage_collections</t>
+        </is>
+      </c>
+      <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Manage collections</t>
+          <t>itch.io sandbox setup</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>Atur Koleksi</t>
+          <t>Pengaturan sandbox sekali-waktu</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>.outlinks.manage_collections</t>
-[...2 lines deleted...]
-      <c r="G174" t="inlineStr"/>
+          <t>.sandbox.setup.title</t>
+        </is>
+      </c>
+      <c r="G174" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Pemasangan sandbox itch.io</t>
+        </is>
+      </c>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
-          <t>itch.io sandbox setup</t>
+          <t>Proceed</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>Pengaturan sandbox sekali-waktu</t>
+          <t>Lanjutkan</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>.sandbox.setup.title</t>
+          <t>.sandbox.setup.proceed</t>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pemasangan sandbox itch.io</t>
+          <t>Suggested in Weblate: Lanjut</t>
         </is>
       </c>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Proceed</t>
+          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>Lanjutkan</t>
+          <t>Untuk menjalankan game pada sandbox itch.io, sebuah pengaturan sekali-waktu diperlukan untuk berjalan sebagai Administrator.</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>.sandbox.setup.proceed</t>
+          <t>.sandbox.setup.windows.message</t>
         </is>
       </c>
       <c r="G176" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lanjut</t>
+          <t>Suggested in Weblate: Untuk menjalankan game di sandbox itch.io, prosedur pemasangan satu-kali harus dijalankan sebagai Administrator.</t>
         </is>
       </c>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
+          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>Untuk menjalankan game pada sandbox itch.io, sebuah pengaturan sekali-waktu diperlukan untuk berjalan sebagai Administrator.</t>
+          <t>Setelah klik 'Lanjutkan', sebuah permintaan izin akan muncul, meminta persetujuan Anda. Ini akan menambah akun pengguna 'pemain-itch' untuk melindungi game Anda dari hal lain dari dalam sistem.</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.message</t>
+          <t>.sandbox.setup.windows.detail</t>
         </is>
       </c>
       <c r="G177" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Untuk menjalankan game di sandbox itch.io, prosedur pemasangan satu-kali harus dijalankan sebagai Administrator.</t>
+          <t>Suggested in Weblate: Setelah mengeklik 'Lanjut', akan muncul pop up permintaan izin yang meminta persetujuan kamu. Proses ini akan menambahkan sebuah akun 'itch-player' untuk mengamankan game kamu dari isi sistem komputer kamu yang lain.</t>
         </is>
       </c>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
+          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>Setelah klik 'Lanjutkan', sebuah permintaan izin akan muncul, meminta persetujuan Anda. Ini akan menambah akun pengguna 'pemain-itch' untuk melindungi game Anda dari hal lain dari dalam sistem.</t>
+          <t>Untuk menjalankan game pada sandbox itch.io, sebuah pengaturan sekali-waktu harus dijalankan sebagai root.</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.detail</t>
+          <t>.sandbox.setup.linux.message</t>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Setelah mengeklik 'Lanjut', akan muncul pop up permintaan izin yang meminta persetujuan kamu. Proses ini akan menambahkan sebuah akun 'itch-player' untuk mengamankan game kamu dari isi sistem komputer kamu yang lain.</t>
+          <t>Suggested in Weblate: Untuk menjalankan game di sandbox itch.io, script pemasangan harus dijalankan sebagai root.</t>
         </is>
       </c>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
+          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>Untuk menjalankan game pada sandbox itch.io, sebuah pengaturan sekali-waktu harus dijalankan sebagai root.</t>
+          <t>Setelah klik 'Lanjut', sebuah permintaan izin akan muncul, meminta password kepada Anda. Ini hanya dibutuhkan saat pertama sandbox dijalankan, dan password Anda takkan pernah terlihat maupun terekam oleh itch.</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.message</t>
+          <t>.sandbox.setup.linux.detail</t>
         </is>
       </c>
       <c r="G179" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Untuk menjalankan game di sandbox itch.io, script pemasangan harus dijalankan sebagai root.</t>
+          <t>Suggested in Weblate: Setelah mengeklik 'Lanjut', akan muncul pop up permintaan yang meminta kata sandi kamu. Proses ini hanya diperlukan saat sandbox pertama kali digunakan atau baru diperbarui, kata sandi kamu juga tidak akan disimpan untuk proses ini.</t>
         </is>
       </c>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
+          <t>Security &amp; privacy</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>Setelah klik 'Lanjut', sebuah permintaan izin akan muncul, meminta password kepada Anda. Ini hanya dibutuhkan saat pertama sandbox dijalankan, dan password Anda takkan pernah terlihat maupun terekam oleh itch.</t>
+          <t>Keamanan &amp; privasi</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.security</t>
+        </is>
+      </c>
+      <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Security &amp; privacy</t>
+          <t>Enable itch.io sandbox</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>Keamanan &amp; privasi</t>
+          <t>Aktifkan sandbox itch.io</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>.preferences.security</t>
+          <t>.preferences.security.sandbox.title</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Enable itch.io sandbox</t>
+          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>Aktifkan sandbox itch.io</t>
+          <t>Sandbox itch.io akan mencoba mencegah game yang Anda download dari perbuatan berbahaya atau mencuri data sensitif. Meskipun bukan jaminan keamanan total, menjalankan game pada sandbox itch.io lebih aman.</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.title</t>
-[...2 lines deleted...]
-      <c r="G182" t="inlineStr"/>
+          <t>.preferences.security.sandbox.description</t>
+        </is>
+      </c>
+      <c r="G182" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Sandbox itch.io akan berusaha mencegah game unduhan kamu melakukan aktivitas berbahaya ataupun mencuri data sensitif. Meskipun kami tidak dapat menjamin keamanan sepenuhnya, menjalankan game di sandbox itch.io akan jauh lebih aman.</t>
+        </is>
+      </c>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
+          <t>Add location</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>Sandbox itch.io akan mencoba mencegah game yang Anda download dari perbuatan berbahaya atau mencuri data sensitif. Meskipun bukan jaminan keamanan total, menjalankan game pada sandbox itch.io lebih aman.</t>
+          <t>Tambahkan lokasi</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.description</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.install_location.add</t>
+        </is>
+      </c>
+      <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Add location</t>
+          <t>Remove this install location</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>Tambahkan lokasi</t>
+          <t>Hapus lokasi install ini dan uninstall isinya</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>.preferences.install_location.add</t>
-[...24 lines deleted...]
-        <is>
           <t>.preferences.install_location.delete</t>
         </is>
       </c>
-      <c r="G185" t="inlineStr">
+      <c r="G184" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Hapus lokasi dan isi instalasi ini
 Suggested in Weblate: Hapus lokasi install ini
 Suggested in Weblate: Hapus lokasi pemasangan ini
 Suggested in Weblate: Hapus lokasi instal ini dan hapus isinya</t>
         </is>
       </c>
+      <c r="H184" t="inlineStr"/>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr"/>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>Free space</t>
+        </is>
+      </c>
+      <c r="C185" t="inlineStr">
+        <is>
+          <t>Ruang bebas</t>
+        </is>
+      </c>
+      <c r="D185" t="inlineStr"/>
+      <c r="E185" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F185" t="inlineStr">
+        <is>
+          <t>.preferences.install_location.free_space</t>
+        </is>
+      </c>
+      <c r="G185" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ruang kosong</t>
+        </is>
+      </c>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Free space</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>Ruang bebas</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_space</t>
+          <t>.preferences.install_location.is_default_short</t>
         </is>
       </c>
       <c r="G186" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ruang kosong</t>
+          <t>Suggested in Weblate: Lokasi standar</t>
         </is>
       </c>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Make default</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Jadikan default</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default_short</t>
+          <t>.preferences.install_location.make_default_short</t>
         </is>
       </c>
       <c r="G187" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lokasi standar</t>
+          <t>Suggested in Weblate: Jadikan lokasi standar</t>
         </is>
       </c>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Make default</t>
+          <t>New items will install to this location by default.</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>Jadikan default</t>
+          <t>Item baru akan menginstall ke lokasi ini secara default.</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default_short</t>
+          <t>.preferences.install_location.is_default</t>
         </is>
       </c>
       <c r="G188" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Jadikan lokasi standar</t>
+          <t>Suggested in Weblate: Item baru akan terinstal secara standar ke lokasi ini.</t>
         </is>
       </c>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t>New items will install to this location by default.</t>
+          <t># of items</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>Item baru akan menginstall ke lokasi ini secara default.</t>
+          <t># dari item</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default</t>
+          <t>.preferences.install_location.item_count</t>
         </is>
       </c>
       <c r="G189" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Item baru akan terinstal secara standar ke lokasi ini.</t>
+          <t>Suggested in Weblate: # item</t>
         </is>
       </c>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t># of items</t>
+          <t>Set this as the default install location</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t># dari item</t>
+          <t>Tetapkan ini sebagai lokasi install default</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>.preferences.install_location.item_count</t>
+          <t>.preferences.install_location.make_default</t>
         </is>
       </c>
       <c r="G190" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: # item</t>
+          <t>Suggested in Weblate: Tetapkan sebagai lokasi instal standar</t>
         </is>
       </c>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Set this as the default install location</t>
+          <t>Location</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>Tetapkan ini sebagai lokasi install default</t>
+          <t>Lokasi</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.install_location.path</t>
+        </is>
+      </c>
+      <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Location</t>
+          <t>Used space</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>Lokasi</t>
+          <t>Ruang digunakan</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>.preferences.install_location.path</t>
-[...2 lines deleted...]
-      <c r="G192" t="inlineStr"/>
+          <t>.preferences.install_location.used_space</t>
+        </is>
+      </c>
+      <c r="G192" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ruang terpakai</t>
+        </is>
+      </c>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Used space</t>
+          <t>Install locations</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>Ruang digunakan</t>
+          <t>Lokasi install</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>.preferences.install_location.used_space</t>
+          <t>.preferences.install_locations</t>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ruang terpakai</t>
+          <t>Suggested in Weblate: Lokasi instal</t>
         </is>
       </c>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Install locations</t>
+          <t>Behavior</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>Lokasi install</t>
+          <t>Perilaku</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>.preferences.install_locations</t>
+          <t>.preferences.behavior</t>
         </is>
       </c>
       <c r="G194" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lokasi instal</t>
+          <t>Suggested in Weblate: Perilaku aplikasi</t>
         </is>
       </c>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Behavior</t>
+          <t>Keep app in tray when closing window</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>Perilaku</t>
+          <t>Jaga aplikasi pada tray saat menutup jendela</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>.preferences.behavior</t>
+          <t>.preferences.behavior.close_to_tray</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Perilaku aplikasi</t>
+          <t>Suggested in Weblate: Biarkan aplikasi berjalan di system tray saat menutup jendela</t>
         </is>
       </c>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Keep app in tray when closing window</t>
+          <t>Run itch when my computer starts</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>Jaga aplikasi pada tray saat menutup jendela</t>
+          <t>Jalankan itch saat komputer saya menyala</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>.preferences.behavior.close_to_tray</t>
+          <t>.preferences.behavior.open_at_login</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Biarkan aplikasi berjalan di system tray saat menutup jendela</t>
+          <t>Suggested in Weblate: Jalankan itch saat komputer baru menyala</t>
         </is>
       </c>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Run itch when my computer starts</t>
+          <t>Open itch as hidden on startup</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>Jalankan itch saat komputer saya menyala</t>
+          <t>Buka itch tersembunyi saat startup</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login</t>
+          <t>.preferences.behavior.open_as_hidden</t>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Jalankan itch saat komputer baru menyala</t>
+          <t>Suggested in Weblate: Buka itch dalam keadaan tersembunyi saat startup</t>
         </is>
       </c>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr"/>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Open itch as hidden on startup</t>
+          <t>Auto-start settings could not be applied: {{cause}}</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>Buka itch tersembunyi saat startup</t>
+          <t>Pengaturan mulai-otomatis tidak dapat diterapkan: {{cause}}</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_as_hidden</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.behavior.open_at_login.error</t>
+        </is>
+      </c>
+      <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr"/>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Auto-start settings could not be applied: {{cause}}</t>
+          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>Pengaturan mulai-otomatis tidak dapat diterapkan: {{cause}}</t>
+          <t>File .desktop tidak ditemukan. Ini normal jika Anda tidak menginstall dari paket sistem. Lihat {{linux_install_page}} untuk informasi lebih lanjut.</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.error</t>
-[...2 lines deleted...]
-      <c r="G199" t="inlineStr"/>
+          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
+        </is>
+      </c>
+      <c r="G199" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: File .desktop tidak ditemukan. Hal ini normal terjadi jika kamu tidak menginstal dari system package . Lihat {{linux_install_page}} untuk informasi lebih lanjut.</t>
+        </is>
+      </c>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr"/>
       <c r="B200" t="inlineStr">
         <is>
-          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
+          <t>Ask before updating anything</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>File .desktop tidak ditemukan. Ini normal jika Anda tidak menginstall dari paket sistem. Lihat {{linux_install_page}} untuk informasi lebih lanjut.</t>
+          <t>Tanya sebelum update apapun</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
+          <t>.preferences.behavior.manual_game_updates</t>
         </is>
       </c>
       <c r="G200" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: File .desktop tidak ditemukan. Hal ini normal terjadi jika kamu tidak menginstal dari system package . Lihat {{linux_install_page}} untuk informasi lebih lanjut.</t>
+          <t>Suggested in Weblate: Beritahu kamu sebelum memperbarui apapun</t>
         </is>
       </c>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr"/>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Ask before updating anything</t>
+          <t>Prevent display sleep while playing</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>Tanya sebelum update apapun</t>
+          <t>Cegah layar untuk tidur selama bermain</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>.preferences.behavior.manual_game_updates</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.behavior.prevent_display_sleep</t>
+        </is>
+      </c>
+      <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr"/>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Prevent display sleep while playing</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>Cegah layar untuk tidur selama bermain</t>
+          <t>Pemberitahuan</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>.preferences.behavior.prevent_display_sleep</t>
+          <t>.preferences.notifications</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr"/>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Notify me when a download has been installed or updated</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>Pemberitahuan</t>
+          <t>Beritahu saya saat sebuah download telah terinstall atau terupdate</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>.preferences.notifications</t>
-[...2 lines deleted...]
-      <c r="G203" t="inlineStr"/>
+          <t>.preferences.notifications.ready_notification</t>
+        </is>
+      </c>
+      <c r="G203" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Beritahu saya saat unduhan telah terinstal atau diperbarui</t>
+        </is>
+      </c>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr"/>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Notify me when a download has been installed or updated</t>
+          <t>Language</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>Beritahu saya saat sebuah download telah terinstall atau terupdate</t>
+          <t>Bahasa</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>.preferences.notifications.ready_notification</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.language</t>
+        </is>
+      </c>
+      <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr"/>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Language</t>
+          <t>System language ({{language}})</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>Bahasa</t>
+          <t>Bahasa sistem ({{language}})</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>.preferences.language</t>
+          <t>.preferences.language.auto</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr"/>
       <c r="B206" t="inlineStr">
         <is>
-          <t>System language ({{language}})</t>
+          <t>Help translate {{name}} in your language!</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>Bahasa sistem ({{language}})</t>
+          <t>Bantu menerjemahkan {{name}} dalam bahasa Anda!</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>.preferences.language.auto</t>
-[...2 lines deleted...]
-      <c r="G206" t="inlineStr"/>
+          <t>.preferences.language.get_involved</t>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Bantu menerjemahkan {{name}} ke bahasa kamu!</t>
+        </is>
+      </c>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr"/>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Help translate {{name}} in your language!</t>
+          <t>Advanced</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>Bantu menerjemahkan {{name}} dalam bahasa Anda!</t>
+          <t>Tingkat lanjut</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>.preferences.language.get_involved</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.advanced</t>
+        </is>
+      </c>
+      <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr"/>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Advanced</t>
+          <t>Open app log</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>Tingkat lanjut</t>
+          <t>Buka log app</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>.preferences.advanced</t>
-[...2 lines deleted...]
-      <c r="G208" t="inlineStr"/>
+          <t>.preferences.advanced.open_app_log</t>
+        </is>
+      </c>
+      <c r="G208" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Buka log aplikasi</t>
+        </is>
+      </c>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr"/>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Open app log</t>
+          <t>Clear browsing data</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>Buka log app</t>
+          <t>Hapus data browsing</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>.preferences.advanced.open_app_log</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.advanced.clear_browsing_data</t>
+        </is>
+      </c>
+      <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr"/>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Clear browsing data</t>
+          <t>HTTPS Proxy</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>Hapus data browsing</t>
+          <t>HTTPS Proxy</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>.preferences.advanced.clear_browsing_data</t>
-[...2 lines deleted...]
-      <c r="G210" t="inlineStr"/>
+          <t>.preferences.proxy_server_address</t>
+        </is>
+      </c>
+      <c r="G210" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Proxy HTTPS</t>
+        </is>
+      </c>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr"/>
       <c r="B211" t="inlineStr">
         <is>
-          <t>HTTPS Proxy</t>
+          <t>Direct (no proxy)</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>HTTPS Proxy</t>
+          <t>Langsung (tanpa proxy)</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_address</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.proxy_server_source.direct</t>
+        </is>
+      </c>
+      <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr"/>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Direct (no proxy)</t>
+          <t>Multiple downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>Langsung (tanpa proxy)</t>
+          <t>Download berlipat tersedia untuk {{title}}</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_source.direct</t>
-[...2 lines deleted...]
-      <c r="G212" t="inlineStr"/>
+          <t>.pick_install_upload.title</t>
+        </is>
+      </c>
+      <c r="G212" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Tersedia banyak unduhan untuk {{title}}</t>
+        </is>
+      </c>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr"/>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Multiple downloads are available for {{title}}</t>
+          <t>Which file do you want to download for {{title}}?</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>Download berlipat tersedia untuk {{title}}</t>
+          <t>File mana yang ingin Anda download untuk {{title}}?</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>.pick_install_upload.title</t>
+          <t>.pick_install_upload.message</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tersedia banyak unduhan untuk {{title}}</t>
+          <t>Suggested in Weblate: File {{title}} mana yang ingin kamu unduh?</t>
         </is>
       </c>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr"/>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Which file do you want to download for {{title}}?</t>
+          <t>We'll ask you again when new downloads are available.</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>File mana yang ingin Anda download untuk {{title}}?</t>
+          <t>Kami akan menanyakan Anda lagi saat download yang baru tersedia.</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>.pick_install_upload.message</t>
+          <t>.pick_install_upload.detail</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: File {{title}} mana yang ingin kamu unduh?</t>
+          <t>Suggested in Weblate: Kami akan memberitahumu lagi saat unduhan baru telah tersedia.</t>
         </is>
       </c>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr"/>
       <c r="B215" t="inlineStr">
         <is>
-          <t>We'll ask you again when new downloads are available.</t>
+          <t>New downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>Kami akan menanyakan Anda lagi saat download yang baru tersedia.</t>
+          <t>Download baru tersedia untuk {{title}}</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>.pick_install_upload.detail</t>
+          <t>.pick_update_upload.title</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kami akan memberitahumu lagi saat unduhan baru telah tersedia.</t>
+          <t>Suggested in Weblate: Unduhan baru untuk {{title}} telah tersedia</t>
         </is>
       </c>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr"/>
       <c r="B216" t="inlineStr">
         <is>
-          <t>New downloads are available for {{title}}</t>
+          <t>Which file do you want to update to for {{title}}?</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>Download baru tersedia untuk {{title}}</t>
+          <t>File mana yang ingin Anda update untuk {{title}}?</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>.pick_update_upload.title</t>
+          <t>.pick_update_upload.message</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Unduhan baru untuk {{title}} telah tersedia</t>
+          <t>Suggested in Weblate: File {{title}} mana yang ingin kamu perbarui?</t>
         </is>
       </c>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr"/>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Which file do you want to update to for {{title}}?</t>
+          <t>We only ask because you hand-picked a file at install time.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>File mana yang ingin Anda update untuk {{title}}?</t>
+          <t>Kami hanya bertanya karena Anda mengambil-sendiri sebuah file saat install.</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>.pick_update_upload.message</t>
+          <t>.pick_update_upload.detail</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: File {{title}} mana yang ingin kamu perbarui?</t>
+          <t>Suggested in Weblate: Pertanyaan ini diberikan karena kamu memilih sendiri file secara langsung saa penginstalan.</t>
         </is>
       </c>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr"/>
       <c r="B218" t="inlineStr">
         <is>
-          <t>We only ask because you hand-picked a file at install time.</t>
+          <t>A new version of {{title}} is available</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>Kami hanya bertanya karena Anda mengambil-sendiri sebuah file saat install.</t>
+          <t>Versi baru untuk {{title}} telah tersedia</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>.pick_update_upload.detail</t>
+          <t>.pick_update_upload.single.title</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pertanyaan ini diberikan karena kamu memilih sendiri file secara langsung saa penginstalan.</t>
+          <t>Suggested in Weblate: Versi baru {{title}} sudah tersedia</t>
         </is>
       </c>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr"/>
       <c r="B219" t="inlineStr">
         <is>
-          <t>A new version of {{title}} is available</t>
+          <t>You can choose to update now or later.</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>Versi baru untuk {{title}} telah tersedia</t>
+          <t>Anda dapat memilih untuk update sekarang atau nanti.</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.title</t>
+          <t>.pick_update_upload.single.message</t>
         </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Versi baru {{title}} sudah tersedia</t>
+          <t>Suggested in Weblate: Kamu bisa memilih untuk memperbarui sekarang atau nanti.</t>
         </is>
       </c>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr"/>
       <c r="B220" t="inlineStr">
         <is>
-          <t>You can choose to update now or later.</t>
+          <t>Note: you can enable automatic updates in the Preferences tab</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>Anda dapat memilih untuk update sekarang atau nanti.</t>
+          <t>Catatan: Anda dapat mengaktifkan update otomatis pada tab Preferensi</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.message</t>
+          <t>.pick_update_upload.single.detail</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kamu bisa memilih untuk memperbarui sekarang atau nanti.</t>
+          <t>Suggested in Weblate: Catatan: Kamu bisa mengaktifkan pembaruan otomatis di tab Preferensi</t>
         </is>
       </c>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr"/>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Note: you can enable automatic updates in the Preferences tab</t>
+          <t>Update now</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>Catatan: Anda dapat mengaktifkan update otomatis pada tab Preferensi</t>
+          <t>Update sekarang</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.detail</t>
+          <t>.pick_update_upload.buttons.update</t>
         </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Catatan: Kamu bisa mengaktifkan pembaruan otomatis di tab Preferensi</t>
+          <t>Suggested in Weblate: Perbarui sekarang</t>
         </is>
       </c>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr"/>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Update now</t>
+          <t>Just launch</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>Update sekarang</t>
+          <t>Hanya jalankan</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.update</t>
+          <t>.pick_update_upload.buttons.just_launch</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Perbarui sekarang</t>
+          <t>Suggested in Weblate: Jalankan saja</t>
         </is>
       </c>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr"/>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Just launch</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>Hanya jalankan</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.just_launch</t>
-[...6 lines deleted...]
-      </c>
+          <t>.pick_update_upload.tags.demo</t>
+        </is>
+      </c>
+      <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr"/>
       <c r="B224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Batal</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>.pick_update_upload.tags.demo</t>
+          <t>.prompt.action.cancel</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr"/>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>Batal</t>
+          <t>Tutup</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>.prompt.action.cancel</t>
+          <t>.prompt.action.close</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr"/>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Proceed with removal</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>Tutup</t>
+          <t>Teruskan dengan penghapusan</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>.prompt.action.close</t>
-[...2 lines deleted...]
-      <c r="G226" t="inlineStr"/>
+          <t>.prompt.action.confirm_removal</t>
+        </is>
+      </c>
+      <c r="G226" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Lanjutkan penghapusan</t>
+        </is>
+      </c>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr"/>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Proceed with removal</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>Teruskan dengan penghapusan</t>
+          <t>Menginstall</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>.prompt.action.confirm_removal</t>
+          <t>.prompt.action.install</t>
         </is>
       </c>
       <c r="G227" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lanjutkan penghapusan</t>
+          <t>Suggested in Weblate: Instal</t>
         </is>
       </c>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr"/>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>Ok</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>Menginstall</t>
+          <t>Oke</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>.prompt.action.install</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.action.ok</t>
+        </is>
+      </c>
+      <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr"/>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Ok</t>
+          <t>Force close</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>Oke</t>
+          <t>Tutup paksa</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>.prompt.action.ok</t>
+          <t>.prompt.action.force_close</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr"/>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Force close</t>
+          <t>...but you could still buy a copy for a friend!
+Do you want to make another purchase?</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>Tutup paksa</t>
+          <t>...tapi Anda masih bisa membeli sebuah salinan untuk seorang teman!
+Apakah Anda ingin melakukan pembelian lagi?</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>.prompt.action.force_close</t>
-[...2 lines deleted...]
-      <c r="G230" t="inlineStr"/>
+          <t>.prompt.additional_purchase.detail</t>
+        </is>
+      </c>
+      <c r="G230" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ...tapi kamu masih bisa membeli satu lagi untuk temanmu!
+Apa kamu ingin membeli lagi?</t>
+        </is>
+      </c>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr"/>
       <c r="B231" t="inlineStr">
         <is>
-          <t>...but you could still buy a copy for a friend!
-Do you want to make another purchase?</t>
+          <t>You already own a copy of {{title}}.</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>...tapi Anda masih bisa membeli sebuah salinan untuk seorang teman!
-Apakah Anda ingin melakukan pembelian lagi?</t>
+          <t>Anda telah memiliki sebuah salinan dari {{title}}.</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.detail</t>
+          <t>.prompt.additional_purchase.message</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ...tapi kamu masih bisa membeli satu lagi untuk temanmu!
-Apa kamu ingin membeli lagi?</t>
+          <t>Suggested in Weblate: Kamu sudah memiliki {{title}}.</t>
         </is>
       </c>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr"/>
       <c r="B232" t="inlineStr">
         <is>
-          <t>You already own a copy of {{title}}.</t>
+          <t>Purchase again</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>Anda telah memiliki sebuah salinan dari {{title}}.</t>
+          <t>Beli lagi</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.additional_purchase.purchase_again</t>
+        </is>
+      </c>
+      <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr"/>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Purchase again</t>
+          <t>You already own this!</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>Beli lagi</t>
+          <t>Anda telah memiliki ini!</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.purchase_again</t>
-[...2 lines deleted...]
-      <c r="G233" t="inlineStr"/>
+          <t>.prompt.additional_purchase.title</t>
+        </is>
+      </c>
+      <c r="G233" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kamu sudah memiliki ini!</t>
+        </is>
+      </c>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr"/>
       <c r="B234" t="inlineStr">
         <is>
-          <t>You already own this!</t>
+          <t>Clear data</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>Anda telah memiliki ini!</t>
+          <t>Hapus data</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.clear_browsing_data.clear</t>
+        </is>
+      </c>
+      <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr"/>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Clear data</t>
+          <t>Cached images and files</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>Hapus data</t>
+          <t>File dan gambar yang di-cache</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.clear</t>
+          <t>.prompt.clear_browsing_data.category.cache</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr"/>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Cached images and files</t>
+          <t>Retrieving cache size...</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>File dan gambar yang di-cache</t>
+          <t>Menerima ukuran cache...</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cache</t>
+          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr"/>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Retrieving cache size...</t>
+          <t>Cache is currently using {{size}} on disk</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>Menerima ukuran cache...</t>
+          <t>Cache sedang menggunakan {{size}} dalam disk</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
-[...2 lines deleted...]
-      <c r="G237" t="inlineStr"/>
+          <t>.prompt.clear_browsing_data.cache_size_used</t>
+        </is>
+      </c>
+      <c r="G237" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Cache saat ini memakai {{size}} ruang di disk</t>
+        </is>
+      </c>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr"/>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Cache is currently using {{size}} on disk</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>Cache sedang menggunakan {{size}} dalam disk</t>
+          <t>Kukis</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cache_size_used</t>
+          <t>.prompt.clear_browsing_data.category.cookies</t>
         </is>
       </c>
       <c r="G238" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cache saat ini memakai {{size}} ruang di disk</t>
+          <t>Suggested in Weblate: Cookie</t>
         </is>
       </c>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr"/>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>This will log you out from all websites you've logged into from the itch app.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>Kukis</t>
+          <t>Ini akan mengeluarkan Anda dari semua website yang Anda masuki dari aplikasi itch.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cookies</t>
+          <t>.prompt.clear_browsing_data.cookies_info</t>
         </is>
       </c>
       <c r="G239" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cookie</t>
+          <t>Suggested in Weblate: Kamu akan keluar dari semua situs web yang kamu masuki dari aplikasi itch.</t>
         </is>
       </c>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr"/>
       <c r="B240" t="inlineStr">
         <is>
-          <t>This will log you out from all websites you've logged into from the itch app.</t>
+          <t>Browsing data cleared!</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>Ini akan mengeluarkan Anda dari semua website yang Anda masuki dari aplikasi itch.</t>
+          <t>Data browsing telah dihapus!</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cookies_info</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.clear_browsing_data.notification</t>
+        </is>
+      </c>
+      <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr"/>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Browsing data cleared!</t>
+          <t>A crash log has been written to {{location}}.</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>Data browsing telah dihapus!</t>
+          <t>Sebuah log untuk crash telah ditulis ke {{location}}.</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.notification</t>
+          <t>.prompt.crash_reporter.detail</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr"/>
       <c r="B242" t="inlineStr">
         <is>
-          <t>A crash log has been written to {{location}}.</t>
+          <t>The application has crashed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>Sebuah log untuk crash telah ditulis ke {{location}}.</t>
+          <t>Aplikasi telah crash</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.detail</t>
+          <t>.prompt.crash_reporter.message</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr"/>
       <c r="B243" t="inlineStr">
         <is>
-          <t>The application has crashed</t>
+          <t>Open crash log</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>Aplikasi telah crash</t>
+          <t>Buka log crash</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.message</t>
+          <t>.prompt.crash_reporter.open_crash_log</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr"/>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Open crash log</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>Buka log crash</t>
+          <t>Kirim umpan balik</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.open_crash_log</t>
+          <t>.prompt.crash_reporter.report_issue</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr"/>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>Kirim umpan balik</t>
+          <t>itch hanya dapat menginstall versi portable dari aplikasi Linux.</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.report_issue</t>
-[...2 lines deleted...]
-      <c r="G245" t="inlineStr"/>
+          <t>.prompt.deb_policy.detail</t>
+        </is>
+      </c>
+      <c r="G245" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: itch hanya dapat menginstal versi portable aplikasi Linux.</t>
+        </is>
+      </c>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr"/>
       <c r="B246" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>itch hanya dapat menginstall versi portable dari aplikasi Linux.</t>
+          <t>{{title}} menggunakan format .deb dan tidak dapat diinstall dengan itch hingga dipaket ulang.</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.detail</t>
+          <t>.prompt.deb_policy.message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: itch hanya dapat menginstal versi portable aplikasi Linux.</t>
+          <t>Suggested in Weblate: {{title}} menggunakan format .deb dan tidak dapat diinstal dengan itch sebelum dilakukan repackage.</t>
         </is>
       </c>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr"/>
       <c r="B247" t="inlineStr">
         <is>
-          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>APT packages are not supported</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>{{title}} menggunakan format .deb dan tidak dapat diinstall dengan itch hingga dipaket ulang.</t>
+          <t>Paket APT tidak didukung</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.message</t>
+          <t>.prompt.deb_policy.title</t>
         </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} menggunakan format .deb dan tidak dapat diinstal dengan itch sebelum dilakukan repackage.</t>
+          <t>Suggested in Weblate: Tidak mendukung Paket APT</t>
         </is>
       </c>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr"/>
       <c r="B248" t="inlineStr">
         <is>
-          <t>APT packages are not supported</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>Paket APT tidak didukung</t>
+          <t>Lupakan sesi</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.forget_session.action</t>
+        </is>
+      </c>
+      <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr"/>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>You can always add it back later.</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>Lupakan sesi</t>
+          <t>Anda selalu bisa menambahkannya nanti.</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.action</t>
-[...2 lines deleted...]
-      <c r="G249" t="inlineStr"/>
+          <t>.prompt.forget_session.detail</t>
+        </is>
+      </c>
+      <c r="G249" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kamu bisa tetap menambahkannya lagi nanti.</t>
+        </is>
+      </c>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr"/>
       <c r="B250" t="inlineStr">
         <is>
-          <t>You can always add it back later.</t>
+          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>Anda selalu bisa menambahkannya nanti.</t>
+          <t>Apakah Anda yakin akan menghapus '{{username}}' dari sesi tersimpan?</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.detail</t>
+          <t>.prompt.forget_session.message</t>
         </is>
       </c>
       <c r="G250" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kamu bisa tetap menambahkannya lagi nanti.</t>
+          <t>Suggested in Weblate: Apa kamu yakin ingin menghapus '{{username}}' dari sesi tersimpan?</t>
         </is>
       </c>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr"/>
       <c r="B251" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>Apakah Anda yakin akan menghapus '{{username}}' dari sesi tersimpan?</t>
+          <t>Lupakan sesi</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.forget_session.title</t>
+        </is>
+      </c>
+      <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr"/>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>Pick a new install location</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>Lupakan sesi</t>
+          <t>Ambil sebuah lokasi install baru</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.title</t>
-[...2 lines deleted...]
-      <c r="G252" t="inlineStr"/>
+          <t>.prompt.install_location_add.title</t>
+        </is>
+      </c>
+      <c r="G252" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Tetapkan lokasi instal baru</t>
+        </is>
+      </c>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr"/>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Pick a new install location</t>
+          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>Ambil sebuah lokasi install baru</t>
+          <t>Semua item yang terinstall pada {{location}} akan diuninstall.</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>.prompt.install_location_add.title</t>
+          <t>.prompt.install_location_remove.detail</t>
         </is>
       </c>
       <c r="G253" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tetapkan lokasi instal baru</t>
+          <t>Suggested in Weblate: Semua item yang terinstal pada {{location}} tidak akan dikelola lagi oleh aplikasi.</t>
         </is>
       </c>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr"/>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
+          <t>Are you sure you want to remove this location?</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>Semua item yang terinstall pada {{location}} akan diuninstall.</t>
+          <t>Apakah Anda yakin ingin menghapus lokasi ini?</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.detail</t>
+          <t>.prompt.install_location_remove.message</t>
         </is>
       </c>
       <c r="G254" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Semua item yang terinstal pada {{location}} tidak akan dikelola lagi oleh aplikasi.</t>
+          <t>Suggested in Weblate: Apa kamu yakin ingin menghapus lokasi ini?</t>
         </is>
       </c>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr"/>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove this location?</t>
+          <t>Removing an install location</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>Apakah Anda yakin ingin menghapus lokasi ini?</t>
+          <t>Menghapus sebuah lokasi install</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.message</t>
+          <t>.prompt.install_location_remove.title</t>
         </is>
       </c>
       <c r="G255" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Apa kamu yakin ingin menghapus lokasi ini?</t>
+          <t>Suggested in Weblate: Menghapus lokasi instal</t>
         </is>
       </c>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr"/>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Removing an install location</t>
+          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>Menghapus sebuah lokasi install</t>
+          <t>Ini adalah lokasi install terakhir yang tersisa, dan ini tidak dapat dihapus sampai yang lain ditambahkan dahulu.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.title</t>
+          <t>.prompt.last_remaining_install_location.content</t>
         </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Menghapus lokasi instal</t>
+          <t>Suggested in Weblate: Ini adalah lokasi instal terakhir yang tersisa dan tidak bisa dihapus sampai ada daftar lain yang ditambahkan.</t>
         </is>
       </c>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr"/>
       <c r="B257" t="inlineStr">
         <is>
-          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
+          <t>Cannot remove install location</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>Ini adalah lokasi install terakhir yang tersisa, dan ini tidak dapat dihapus sampai yang lain ditambahkan dahulu.</t>
+          <t>Tidak dapat menghapus lokasi install</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.content</t>
+          <t>.prompt.last_remaining_install_location.title</t>
         </is>
       </c>
       <c r="G257" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ini adalah lokasi instal terakhir yang tersisa dan tidak bisa dihapus sampai ada daftar lain yang ditambahkan.</t>
+          <t>Suggested in Weblate: Tidak dapat menghapus lokasi instal</t>
         </is>
       </c>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr"/>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Cannot remove install location</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>Tidak dapat menghapus lokasi install</t>
+          <t>Log keluar</t>
         </is>
       </c>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.title</t>
+          <t>.prompt.logout_action</t>
         </is>
       </c>
       <c r="G258" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tidak dapat menghapus lokasi instal</t>
+          <t>Suggested in Weblate: Keluar</t>
         </is>
       </c>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr"/>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Log keluar</t>
+          <t>Apakah Anda yakin Anda ingin log keluar?</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>.prompt.logout_action</t>
+          <t>.prompt.logout_confirm</t>
         </is>
       </c>
       <c r="G259" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Keluar</t>
+          <t>Suggested in Weblate: Apa kamu yakin ingin keluar?</t>
         </is>
       </c>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr"/>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>In-progress downloads will be paused until you log in again.</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Apakah Anda yakin Anda ingin log keluar?</t>
+          <t>Download yang sedang berlangsung akan dihentikan sementara hingga  Anda log in lagi.</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>.prompt.logout_confirm</t>
+          <t>.prompt.logout_detail</t>
         </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Apa kamu yakin ingin keluar?</t>
+          <t>Suggested in Weblate: Unduhan yang sedang berlangsung akan dijeda sampai kamu masuk kembali.</t>
         </is>
       </c>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr"/>
       <c r="B261" t="inlineStr">
         <is>
-          <t>In-progress downloads will be paused until you log in again.</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Download yang sedang berlangsung akan dihentikan sementara hingga  Anda log in lagi.</t>
+          <t>Keluar</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>.prompt.logout_detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.logout_title</t>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr"/>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>Keluar</t>
+          <t>Mungkin {{classification}} ini belum kompatibel dengannya?</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>.prompt.logout_title</t>
-[...2 lines deleted...]
-      <c r="G262" t="inlineStr"/>
+          <t>.prompt.no_compatible_version.detail</t>
+        </is>
+      </c>
+      <c r="G262" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mungkin {{classification}} ini masih belum kompatibel dengannya?
+Suggested in Weblate: Mungkin {{classification}} ini belum kompatibel?</t>
+        </is>
+      </c>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr"/>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
+          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>Mungkin {{classification}} ini belum kompatibel dengannya?</t>
+          <t>Kami tidak dapat menemukan sebuah versi dari {{title}} untuk {{platform}}.</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.detail</t>
+          <t>.prompt.no_compatible_version.message</t>
         </is>
       </c>
       <c r="G263" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mungkin {{classification}} ini masih belum kompatibel dengannya?
-Suggested in Weblate: Mungkin {{classification}} ini belum kompatibel?</t>
+          <t>Suggested in Weblate: Kami tidak dapat menemukan versi {{title}} untuk {{platform}}.</t>
         </is>
       </c>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr"/>
       <c r="B264" t="inlineStr">
         <is>
-          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
+          <t>{{title}} on {{platform}}</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Kami tidak dapat menemukan sebuah versi dari {{title}} untuk {{platform}}.</t>
+          <t>{{title}} pada {{platform}}</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.message</t>
+          <t>.prompt.no_compatible_version.title</t>
         </is>
       </c>
       <c r="G264" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kami tidak dapat menemukan versi {{title}} untuk {{platform}}.</t>
+          <t>Suggested in Weblate: {{title}} untuk {{platform}}</t>
         </is>
       </c>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr"/>
       <c r="B265" t="inlineStr">
         <is>
-          <t>{{title}} on {{platform}}</t>
+          <t>An error occurred during installation</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>{{title}} pada {{platform}}</t>
+          <t>Kesalahan terjadi saat installasi:</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.title</t>
+          <t>.prompt.install_error.title</t>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} untuk {{platform}}</t>
+          <t>Suggested in Weblate: Terjadi error pada proses instalasi</t>
         </is>
       </c>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr"/>
       <c r="B266" t="inlineStr">
         <is>
-          <t>An error occurred during installation</t>
+          <t>While searching for a download: {{message}}</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Kesalahan terjadi saat installasi:</t>
+          <t>Sementara mencari download: {{message}}</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>.prompt.install_error.title</t>
+          <t>.prompt.install_error.find_upload</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Terjadi error pada proses instalasi</t>
+          <t>Suggested in Weblate: Saat sedang mencari unduhan: {{message}}</t>
         </is>
       </c>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr"/>
       <c r="B267" t="inlineStr">
         <is>
-          <t>While searching for a download: {{message}}</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Sementara mencari download: {{message}}</t>
+          <t>Pelajari lebih lanjut</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>.prompt.install_error.find_upload</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.packaging_policy.learn_more</t>
+        </is>
+      </c>
+      <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr"/>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>Open web page for {{title}}</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Pelajari lebih lanjut</t>
+          <t>Buka halaman web untuk {{title}}</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.learn_more</t>
-[...2 lines deleted...]
-      <c r="G268" t="inlineStr"/>
+          <t>.prompt.packaging_policy.open_web_page</t>
+        </is>
+      </c>
+      <c r="G268" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Buka halaman web {{title}}</t>
+        </is>
+      </c>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr"/>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Open web page for {{title}}</t>
+          <t>Maybe you can find another way to support them?</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Buka halaman web untuk {{title}}</t>
+          <t>Mungkin Anda dapat menemukan jalan lain untuk mendukung mereka?</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.open_web_page</t>
+          <t>.prompt.payments_disabled.detail</t>
         </is>
       </c>
       <c r="G269" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Buka halaman web {{title}}</t>
+          <t>Suggested in Weblate: Mungkin kamu bisa mencari cara lain untuk memberi bantuan?</t>
         </is>
       </c>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr"/>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Maybe you can find another way to support them?</t>
+          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Mungkin Anda dapat menemukan jalan lain untuk mendukung mereka?</t>
+          <t>Sayangnya, pengembang {{title}} tidak menerima pembayaran untuk judul ini.</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.payments_disabled.message</t>
+        </is>
+      </c>
+      <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr"/>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
+          <t>Open web page</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Sayangnya, pengembang {{title}} tidak menerima pembayaran untuk judul ini.</t>
+          <t>Buka halaman web</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.message</t>
+          <t>.prompt.payments_disabled.open_web_page</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr"/>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Open web page</t>
+          <t>Payments disabled</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Buka halaman web</t>
+          <t>Pembayaran dinonaktifkan</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.open_web_page</t>
+          <t>.prompt.payments_disabled.title</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr"/>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Payments disabled</t>
+          <t>Switch {{title}} to another version</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Pembayaran dinonaktifkan</t>
+          <t>Kembali ke build yang diberikan</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.title</t>
-[...2 lines deleted...]
-      <c r="G273" t="inlineStr"/>
+          <t>.prompt.revert.title</t>
+        </is>
+      </c>
+      <c r="G273" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ubah {{title}} ke versi lain</t>
+        </is>
+      </c>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr"/>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Switch {{title}} to another version</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Kembali ke build yang diberikan</t>
+          <t>itch hanya dapat menginstall versi portabel dari aplikasi Linux.</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>.prompt.revert.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.rpm_policy.detail</t>
+        </is>
+      </c>
+      <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr"/>
       <c r="B275" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>itch hanya dapat menginstall versi portabel dari aplikasi Linux.</t>
+          <t>{{title}} menggunakan paket .rpm dan tidak dapat diinstall dengan itch hingga dipaket ulang.</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.detail</t>
-[...2 lines deleted...]
-      <c r="G275" t="inlineStr"/>
+          <t>.prompt.rpm_policy.message</t>
+        </is>
+      </c>
+      <c r="G275" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{title}} menggunakan format paket .rpm dan tidak dapat diinstal dengan itch kecuali telah repackaged.</t>
+        </is>
+      </c>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr"/>
       <c r="B276" t="inlineStr">
         <is>
-          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>YUM packages are not supported</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>{{title}} menggunakan paket .rpm dan tidak dapat diinstall dengan itch hingga dipaket ulang.</t>
+          <t>Paket YUM tidak didukung</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.message</t>
+          <t>.prompt.rpm_policy.title</t>
         </is>
       </c>
       <c r="G276" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} menggunakan format paket .rpm dan tidak dapat diinstal dengan itch kecuali telah repackaged.</t>
+          <t>Suggested in Weblate: Tidak mendukung paket YUM</t>
         </is>
       </c>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr"/>
       <c r="B277" t="inlineStr">
         <is>
-          <t>YUM packages are not supported</t>
+          <t>Dismiss</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>Paket YUM tidak didukung</t>
+          <t>Tolak</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.self_update.action.dismiss</t>
+        </is>
+      </c>
+      <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr"/>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Dismiss</t>
+          <t>Download now</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Tolak</t>
+          <t>Download sekarang</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.dismiss</t>
-[...2 lines deleted...]
-      <c r="G278" t="inlineStr"/>
+          <t>.prompt.self_update.action.download</t>
+        </is>
+      </c>
+      <c r="G278" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Unduh sekarang</t>
+        </is>
+      </c>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr"/>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Download now</t>
+          <t>Open in browser</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Download sekarang</t>
+          <t>Buka di browser</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.download</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.self_update.action.view</t>
+        </is>
+      </c>
+      <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr"/>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Open in browser</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Buka di browser</t>
+          <t>{{notes}}
+:date: Diterbitkan pada {{pubDate}}.</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.view</t>
-[...2 lines deleted...]
-      <c r="G280" t="inlineStr"/>
+          <t>.prompt.self_update.detail</t>
+        </is>
+      </c>
+      <c r="G280" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{notes}}
+:date: Diterbitkan {{pubDate}}.</t>
+        </is>
+      </c>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr"/>
       <c r="B281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Diterbitkan pada {{pubDate}}.</t>
+          <t>Anda dapat mendownload secara manual atau menggunakan manajer paket distribusi Anda untuk mengupgrade: ke website untuk informasi lebih lanjut.</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>.prompt.self_update.detail</t>
+          <t>.prompt.self_update.message.linux</t>
         </is>
       </c>
       <c r="G281" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{notes}}
-:date: Diterbitkan {{pubDate}}.</t>
+          <t>Suggested in Weblate: Kamu dapat mengunduh secara manual atau menggunakan package manager distribution kamu untuk melakukan peningkatan: ke situs web untuk informasi lebih lanjut.</t>
         </is>
       </c>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr"/>
       <c r="B282" t="inlineStr">
         <is>
-          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
+          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Anda dapat mendownload secara manual atau menggunakan manajer paket distribusi Anda untuk mengupgrade: ke website untuk informasi lebih lanjut.</t>
+          <t>Pilih 'Download sekarang' untuk menginstallnya secara otomatis, atau ke website untuk petunjuk lebih lanjut.</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.linux</t>
+          <t>.prompt.self_update.message.osx</t>
         </is>
       </c>
       <c r="G282" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kamu dapat mengunduh secara manual atau menggunakan package manager distribution kamu untuk melakukan peningkatan: ke situs web untuk informasi lebih lanjut.</t>
+          <t>Suggested in Weblate: Pilih 'Unduh sekarang' untuk menginstal secara otomatis, atau ke situs web untuk petunjuk lebih lanjut.</t>
         </is>
       </c>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr"/>
       <c r="B283" t="inlineStr">
         <is>
           <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
           <t>Pilih 'Download sekarang' untuk menginstallnya secara otomatis, atau ke website untuk petunjuk lebih lanjut.</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.osx</t>
+          <t>.prompt.self_update.message.windows</t>
         </is>
       </c>
       <c r="G283" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Pilih 'Unduh sekarang' untuk menginstal secara otomatis, atau ke situs web untuk petunjuk lebih lanjut.</t>
         </is>
       </c>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr"/>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
+          <t>itch v{{version}} is available for download</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Pilih 'Download sekarang' untuk menginstallnya secara otomatis, atau ke website untuk petunjuk lebih lanjut.</t>
+          <t>itch v{{version}} tersedia untuk didownload</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.windows</t>
+          <t>.prompt.self_update.title</t>
         </is>
       </c>
       <c r="G284" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pilih 'Unduh sekarang' untuk menginstal secara otomatis, atau ke situs web untuk petunjuk lebih lanjut.</t>
+          <t>Suggested in Weblate: itch v{{version}} telah tersedia untuk diunduh</t>
         </is>
       </c>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr"/>
       <c r="B285" t="inlineStr">
         <is>
-          <t>itch v{{version}} is available for download</t>
+          <t>Restart now</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>itch v{{version}} tersedia untuk didownload</t>
+          <t>Restart sekarang</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>.prompt.self_update.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.self_update_ready.action.restart</t>
+        </is>
+      </c>
+      <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr"/>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Restart now</t>
+          <t>Snooze</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Restart sekarang</t>
+          <t>Tidur</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.restart</t>
-[...2 lines deleted...]
-      <c r="G286" t="inlineStr"/>
+          <t>.prompt.self_update_ready.action.snooze</t>
+        </is>
+      </c>
+      <c r="G286" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Tunda</t>
+        </is>
+      </c>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr"/>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Snooze</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Tidur</t>
+          <t>{{notes}}
+:date: Diterbitkan pada {{pubDate}}.</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.snooze</t>
+          <t>.prompt.self_update_ready.detail</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tunda</t>
+          <t>Suggested in Weblate: {{notes}}
+:date: Diterbitkan {{pubDate}}.</t>
         </is>
       </c>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr"/>
       <c r="B288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>Choose '{{restart}}' to apply the update immediately.
+If you don't, the update will be active the next time the app is restarted.</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Diterbitkan pada {{pubDate}}.</t>
+          <t>Pilih '{{restart}}' untuk segera menerapkan update.
+Jika tidak, update akan aktif saat aplikasi dimuat ulang..</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.detail</t>
+          <t>.prompt.self_update_ready.message</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{notes}}
-:date: Diterbitkan {{pubDate}}.</t>
+          <t>Suggested in Weblate: Pilih '{{restart}}' untuk segera menerapkan pembaruan.
+Jika tidak, pembaruan akan aktif setelah aplikasi di-restart.</t>
         </is>
       </c>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr"/>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Choose '{{restart}}' to apply the update immediately.
-If you don't, the update will be active the next time the app is restarted.</t>
+          <t>An update has been downloaded and installed</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Pilih '{{restart}}' untuk segera menerapkan update.
-Jika tidak, update akan aktif saat aplikasi dimuat ulang..</t>
+          <t>Sebuah update telah didownload dan diinstall</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.message</t>
+          <t>.prompt.self_update_ready.title</t>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pilih '{{restart}}' untuk segera menerapkan pembaruan.
-Jika tidak, pembaruan akan aktif setelah aplikasi di-restart.</t>
+          <t>Suggested in Weblate: Sebuah pembaruan telah diunduh dan diinstal</t>
         </is>
       </c>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr"/>
       <c r="B290" t="inlineStr">
         <is>
-          <t>An update has been downloaded and installed</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>Sebuah update telah didownload dan diinstall</t>
+          <t>Batal</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.uninstall.cancel</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr"/>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Are you sure you want to uninstall {{title}}?</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Batal</t>
+          <t>Apakah Anda yakin akan menguninstall {{title}}?</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.cancel</t>
-[...2 lines deleted...]
-      <c r="G291" t="inlineStr"/>
+          <t>.prompt.uninstall.message</t>
+        </is>
+      </c>
+      <c r="G291" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Apa kamu yakin ingin mencopot penginstalan {{title}}?</t>
+        </is>
+      </c>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Are you sure you want to uninstall {{title}}?</t>
+          <t>Re-install</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Apakah Anda yakin akan menguninstall {{title}}?</t>
+          <t>Install-kembali</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.message</t>
+          <t>.prompt.uninstall.reinstall</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Apa kamu yakin ingin mencopot penginstalan {{title}}?</t>
+          <t>Suggested in Weblate: Instal ulang</t>
         </is>
       </c>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Re-install</t>
+          <t>Uninstall now</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Install-kembali</t>
+          <t>Uninstall sekarang</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.reinstall</t>
+          <t>.prompt.uninstall.uninstall</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Instal ulang</t>
+          <t>Suggested in Weblate: Copot penginstalan sekarang</t>
         </is>
       </c>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr"/>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Uninstall now</t>
+          <t>A {{classification}} by {{username}}</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Uninstall sekarang</t>
+          <t>Sebuah {{classification}} oleh {{username}}</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.uninstall</t>
+          <t>.prompt.url_install.credit</t>
         </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Copot penginstalan sekarang</t>
+          <t>Suggested in Weblate: {{classification}} oleh {{username}}</t>
         </is>
       </c>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr"/>
       <c r="B295" t="inlineStr">
         <is>
-          <t>A {{classification}} by {{username}}</t>
+          <t>Do you want to install {{title}}?</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>Sebuah {{classification}} oleh {{username}}</t>
+          <t>Apakah Anda ingin menginstall {{title}}?</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>.prompt.url_install.credit</t>
+          <t>.prompt.url_install.message</t>
         </is>
       </c>
       <c r="G295" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{classification}} oleh {{username}}</t>
+          <t>Suggested in Weblate: Apakah kamu ingin menginstal {{title}}?</t>
         </is>
       </c>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr"/>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Do you want to install {{title}}?</t>
+          <t>Install request</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>Apakah Anda ingin menginstall {{title}}?</t>
+          <t>Permintaan menginstall</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>.prompt.url_install.message</t>
+          <t>.prompt.url_install.title</t>
         </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Apakah kamu ingin menginstal {{title}}?</t>
+          <t>Suggested in Weblate: Permintaan instal</t>
         </is>
       </c>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr"/>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Install request</t>
+          <t>Search results for '{{query}}'</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Permintaan menginstall</t>
+          <t>Mencari hasil untuk '{{query}}'</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>.prompt.url_install.title</t>
+          <t>.search.results.title</t>
         </is>
       </c>
       <c r="G297" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Permintaan instal</t>
+          <t>Suggested in Weblate: Hasil pencarian untuk '{{query}}'</t>
         </is>
       </c>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr"/>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search results for '{{query}}'</t>
+          <t>Local</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Mencari hasil untuk '{{query}}'</t>
+          <t>Lokal</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>.search.results.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.search.results.local</t>
+        </is>
+      </c>
+      <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr"/>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Local</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>Lokal</t>
+          <t>Game</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>.search.results.local</t>
+          <t>.search.results.games</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr"/>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Creators</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>Game</t>
+          <t>Pencipta</t>
         </is>
       </c>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>.search.results.games</t>
-[...2 lines deleted...]
-      <c r="G300" t="inlineStr"/>
+          <t>.search.results.creators</t>
+        </is>
+      </c>
+      <c r="G300" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Pembuat</t>
+        </is>
+      </c>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr"/>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Creators</t>
+          <t>No results found</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Pencipta</t>
+          <t>Tidak ditemukan hasil</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>.search.results.creators</t>
+          <t>.search.empty.no_results</t>
         </is>
       </c>
       <c r="G301" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pembuat</t>
+          <t>Suggested in Weblate: Hasil tidak ditemukan</t>
         </is>
       </c>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr"/>
       <c r="B302" t="inlineStr">
         <is>
-          <t>No results found</t>
+          <t>Need inspiration? Try searching for '{{example}}'</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Tidak ditemukan hasil</t>
+          <t>Butuh inspirasi? Coba cari '{{example}}'</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>.search.empty.no_results</t>
-[...6 lines deleted...]
-      </c>
+          <t>.search.empty.tagline</t>
+        </is>
+      </c>
+      <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr"/>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Need inspiration? Try searching for '{{example}}'</t>
+          <t>Open as tab</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Butuh inspirasi? Coba cari '{{example}}'</t>
+          <t>Buka sebagai tab</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>.search.empty.tagline</t>
+          <t>.search.open_as_tab</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr"/>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Open as tab</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Buka sebagai tab</t>
+          <t>Cari</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>.search.open_as_tab</t>
+          <t>.search.placeholder</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr"/>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Aw, snap!</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Cari</t>
+          <t>Aduh!</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>.search.placeholder</t>
+          <t>.sidebar.aw_snap</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr"/>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Aw, snap!</t>
+          <t>Loading...</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Aduh!</t>
+          <t>Memuat...</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>.sidebar.aw_snap</t>
+          <t>.sidebar.loading</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr"/>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Loading...</t>
+          <t>Out of order</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Memuat...</t>
+          <t>Habis</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>.sidebar.loading</t>
-[...2 lines deleted...]
-      <c r="G307" t="inlineStr"/>
+          <t>.sidebar.broken</t>
+        </is>
+      </c>
+      <c r="G307" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Tidak bisa digunakan</t>
+        </is>
+      </c>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr"/>
       <c r="B308" t="inlineStr">
         <is>
-          <t>Out of order</t>
+          <t>Close all tabs</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Habis</t>
+          <t>Tutup semua tab</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>.sidebar.broken</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.close_all_tabs</t>
+        </is>
+      </c>
+      <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr"/>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Close all tabs</t>
+          <t>Essentials</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Tutup semua tab</t>
+          <t>Mendasar</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>.sidebar.close_all_tabs</t>
+          <t>.sidebar.category.basics</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr"/>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Essentials</t>
+          <t>Tabs</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Mendasar</t>
+          <t>Tab</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>.sidebar.category.basics</t>
+          <t>.sidebar.category.tabs</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr"/>
       <c r="B311" t="inlineStr">
         <is>
-          <t>Tabs</t>
+          <t>Collections</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Tab</t>
+          <t>Koleksi</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>.sidebar.category.tabs</t>
+          <t>.sidebar.collection</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr"/>
       <c r="B312" t="inlineStr">
         <is>
           <t>Collections</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>Koleksi</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>.sidebar.collection</t>
+          <t>.sidebar.collections</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr"/>
       <c r="B313" t="inlineStr">
         <is>
-          <t>Collections</t>
+          <t>My creations</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Koleksi</t>
+          <t>Ciptaan saya</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>.sidebar.collections</t>
-[...2 lines deleted...]
-      <c r="G313" t="inlineStr"/>
+          <t>.sidebar.dashboard</t>
+        </is>
+      </c>
+      <c r="G313" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Karya saya</t>
+        </is>
+      </c>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr"/>
       <c r="B314" t="inlineStr">
         <is>
-          <t>My creations</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Ciptaan saya</t>
+          <t>Download</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>.sidebar.dashboard</t>
+          <t>.sidebar.downloads</t>
         </is>
       </c>
       <c r="G314" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Karya saya</t>
+          <t>Suggested in Weblate: Unduhan</t>
         </is>
       </c>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr"/>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Let's go!</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Download</t>
+          <t>Ayo!</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>.sidebar.downloads</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.empty</t>
+        </is>
+      </c>
+      <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr"/>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Let's go!</t>
+          <t>Featured</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Ayo!</t>
+          <t>Diutamakan</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>.sidebar.empty</t>
-[...2 lines deleted...]
-      <c r="G316" t="inlineStr"/>
+          <t>.sidebar.featured</t>
+        </is>
+      </c>
+      <c r="G316" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Karya Pilihan</t>
+        </is>
+      </c>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr"/>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Featured</t>
+          <t>Your portal to the indie game universe</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Diutamakan</t>
+          <t>Portal Anda untuk dunia game indie</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>.sidebar.featured</t>
+          <t>.sidebar.itchio</t>
         </is>
       </c>
       <c r="G317" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Karya Pilihan</t>
+          <t>Suggested in Weblate: Pintu masuk kamu ke dunia game indie</t>
         </is>
       </c>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr"/>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Your portal to the indie game universe</t>
+          <t>Getting started</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Portal Anda untuk dunia game indie</t>
+          <t>Memulai</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>.sidebar.itchio</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.getting_started</t>
+        </is>
+      </c>
+      <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr"/>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Getting started</t>
+          <t>Installed items</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Memulai</t>
+          <t>Terinstall</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>.sidebar.getting_started</t>
-[...2 lines deleted...]
-      <c r="G319" t="inlineStr"/>
+          <t>.sidebar.installed</t>
+        </is>
+      </c>
+      <c r="G319" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Terpasang</t>
+        </is>
+      </c>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr"/>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Installed items</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>Terinstall</t>
+          <t>Keluar</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>.sidebar.installed</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.log_out</t>
+        </is>
+      </c>
+      <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr"/>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>New tab</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Keluar</t>
+          <t>Tab baru</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>.sidebar.log_out</t>
+          <t>.sidebar.new_tab</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr"/>
       <c r="B322" t="inlineStr">
         <is>
-          <t>New tab</t>
+          <t>Owned items</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Tab baru</t>
+          <t>Pustaka</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>.sidebar.new_tab</t>
-[...2 lines deleted...]
-      <c r="G322" t="inlineStr"/>
+          <t>.sidebar.owned</t>
+        </is>
+      </c>
+      <c r="G322" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Item dimiliki</t>
+        </is>
+      </c>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr"/>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Owned items</t>
+          <t>Things you have bought or installed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Pustaka</t>
+          <t>Hal yang Anda beli atau install</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>.sidebar.owned</t>
+          <t>.sidebar.owned_subtitle</t>
         </is>
       </c>
       <c r="G323" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Item dimiliki</t>
+          <t>Suggested in Weblate: Yang sudah kamu beli ataupun instal</t>
         </is>
       </c>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr"/>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Things you have bought or installed</t>
+          <t>Preferences</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>Hal yang Anda beli atau install</t>
+          <t>Preferensi</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>.sidebar.owned_subtitle</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.preferences</t>
+        </is>
+      </c>
+      <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr"/>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Preferences</t>
+          <t>View community profile</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>Preferensi</t>
+          <t>Lihat profil komunitas</t>
         </is>
       </c>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>.sidebar.preferences</t>
+          <t>.sidebar.view_community_profile</t>
         </is>
       </c>
       <c r="G325" t="inlineStr"/>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr"/>
       <c r="B326" t="inlineStr">
         <is>
-          <t>View community profile</t>
+          <t>View creator profile</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>Lihat profil komunitas</t>
+          <t>Lihat profil pencipta</t>
         </is>
       </c>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>.sidebar.view_community_profile</t>
-[...2 lines deleted...]
-      <c r="G326" t="inlineStr"/>
+          <t>.sidebar.view_creator_profile</t>
+        </is>
+      </c>
+      <c r="G326" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Lihat profil pembuat</t>
+        </is>
+      </c>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr"/>
       <c r="B327" t="inlineStr">
         <is>
-          <t>View creator profile</t>
+          <t>A new version of itch is available!</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Lihat profil pencipta</t>
+          <t>Sebuah versi itch yang baru telah tersedia!</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>.sidebar.view_creator_profile</t>
+          <t>.status.available</t>
         </is>
       </c>
       <c r="G327" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lihat profil pembuat</t>
+          <t>Suggested in Weblate: Versi itch terbaru sudah tersedia!</t>
         </is>
       </c>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr"/>
       <c r="B328" t="inlineStr">
         <is>
-          <t>A new version of itch is available!</t>
+          <t>Looking for updates…</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Sebuah versi itch yang baru telah tersedia!</t>
+          <t>Mencari update…</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>.status.available</t>
+          <t>.status.checking</t>
         </is>
       </c>
       <c r="G328" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Versi itch terbaru sudah tersedia!</t>
+          <t>Suggested in Weblate: Mencari pembaruan…</t>
         </is>
       </c>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr"/>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Looking for updates…</t>
+          <t>Copied to clipboard!</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Mencari update…</t>
+          <t>Disalin ke clipboard!</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>.status.checking</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.copied_to_clipboard</t>
+        </is>
+      </c>
+      <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr"/>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Copied to clipboard!</t>
+          <t>Click to restart &amp; apply update!</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Disalin ke clipboard!</t>
+          <t>Klik untuk restart dan menerapkan update!</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>.status.copied_to_clipboard</t>
-[...2 lines deleted...]
-      <c r="G330" t="inlineStr"/>
+          <t>.status.downloaded</t>
+        </is>
+      </c>
+      <c r="G330" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Klik untuk restart dan menerapkan pembaruan!</t>
+        </is>
+      </c>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Click to restart &amp; apply update!</t>
+          <t>Downloading update…</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Klik untuk restart dan menerapkan update!</t>
+          <t>Mendownload update…</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>.status.downloaded</t>
+          <t>.status.downloading</t>
         </is>
       </c>
       <c r="G331" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Klik untuk restart dan menerapkan pembaruan!</t>
+          <t>Suggested in Weblate: Mengunduh pembaruan…</t>
         </is>
       </c>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Downloading update…</t>
+          <t>Active download</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>Mendownload update…</t>
+          <t>Download aktif</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>.status.downloading</t>
+          <t>.status.downloads.category.active</t>
         </is>
       </c>
       <c r="G332" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mengunduh pembaruan…</t>
+          <t>Suggested in Weblate: Unduhan aktif</t>
         </is>
       </c>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr"/>
       <c r="B333" t="inlineStr">
         <is>
-          <t>Active download</t>
+          <t>Finished downloads</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>Download aktif</t>
+          <t>Download selesai</t>
         </is>
       </c>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>.status.downloads.category.active</t>
+          <t>.status.downloads.category.finished</t>
         </is>
       </c>
       <c r="G333" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Unduhan aktif</t>
+          <t>Suggested in Weblate: Unduhan selesai</t>
         </is>
       </c>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr"/>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Finished downloads</t>
+          <t>Queued downloads</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>Download selesai</t>
+          <t>Download antri</t>
         </is>
       </c>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>.status.downloads.category.finished</t>
+          <t>.status.downloads.category.queued</t>
         </is>
       </c>
       <c r="G334" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Unduhan selesai</t>
+          <t>Suggested in Weblate: Antrian unduhan</t>
         </is>
       </c>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr"/>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Queued downloads</t>
+          <t>Clear all</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Download antri</t>
+          <t>Hapus semua</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>.status.downloads.category.queued</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.downloads.clear_all_finished</t>
+        </is>
+      </c>
+      <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr"/>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Clear all</t>
+          <t>Clear</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Hapus semua</t>
+          <t>Hapus</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_all_finished</t>
+          <t>.status.downloads.clear_finished</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr"/>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Clear</t>
+          <t>Click to manage downloads</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Hapus</t>
+          <t>Klik untuk mengatur download</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_finished</t>
-[...2 lines deleted...]
-      <c r="G337" t="inlineStr"/>
+          <t>.status.downloads.click_to_manage</t>
+        </is>
+      </c>
+      <c r="G337" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Klik untuk mengatur unduhan</t>
+        </is>
+      </c>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr"/>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Click to manage downloads</t>
+          <t>Download error</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Klik untuk mengatur download</t>
+          <t>Kesalahan download</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>.status.downloads.click_to_manage</t>
+          <t>.status.downloads.download_error</t>
         </is>
       </c>
       <c r="G338" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Klik untuk mengatur unduhan</t>
+          <t>Suggested in Weblate: Kesalahan saat mengunduh</t>
         </is>
       </c>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr"/>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Download error</t>
+          <t>No active downloads</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Kesalahan download</t>
+          <t>Tidak ada download aktif</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>.status.downloads.download_error</t>
+          <t>.status.downloads.no_active_downloads</t>
         </is>
       </c>
       <c r="G339" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kesalahan saat mengunduh</t>
+          <t>Suggested in Weblate: Tidak ada unduhan aktif</t>
         </is>
       </c>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr"/>
       <c r="B340" t="inlineStr">
         <is>
-          <t>No active downloads</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Tidak ada download aktif</t>
+          <t>Tak diketahui</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.downloads.unknown_size</t>
+        </is>
+      </c>
+      <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr"/>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Could not check for updates: {{err}}</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Tak diketahui</t>
+          <t>Tidak dapat cek update: {{err}}</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>.status.downloads.unknown_size</t>
-[...2 lines deleted...]
-      <c r="G341" t="inlineStr"/>
+          <t>.status.game_update.check_failed</t>
+        </is>
+      </c>
+      <c r="G341" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Tidak dapat memeriksa pembaruan: {{err}}</t>
+        </is>
+      </c>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr"/>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Could not check for updates: {{err}}</t>
+          <t>Found new version of {{title}}!</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Tidak dapat cek update: {{err}}</t>
+          <t>Ditemukan versi baru untuk {{title}}!</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>.status.game_update.check_failed</t>
+          <t>.status.game_update.found</t>
         </is>
       </c>
       <c r="G342" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tidak dapat memeriksa pembaruan: {{err}}</t>
+          <t>Suggested in Weblate: Ada versi baru untuk {{title}}!</t>
         </is>
       </c>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr"/>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Found new version of {{title}}!</t>
+          <t>{{title}} is up-to-date.</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Ditemukan versi baru untuk {{title}}!</t>
+          <t>{{title}} telah terupdate.</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>.status.game_update.found</t>
+          <t>.status.game_update.not_found</t>
         </is>
       </c>
       <c r="G343" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ada versi baru untuk {{title}}!</t>
+          <t>Suggested in Weblate: {{title}} sudah versi terbaru.</t>
         </is>
       </c>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr"/>
       <c r="B344" t="inlineStr">
         <is>
-          <t>{{title}} is up-to-date.</t>
+          <t>{{title}} can't be updated because it's running.</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>{{title}} telah terupdate.</t>
+          <t>{{title}} tidak dapat diupdate karena sedang berjalan.</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>.status.game_update.not_found</t>
+          <t>.status.game_update.busy</t>
         </is>
       </c>
       <c r="G344" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} sudah versi terbaru.</t>
+          <t>Suggested in Weblate: {{title}} tidak dapat diperbarui karena sedang berjalan.</t>
         </is>
       </c>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr"/>
       <c r="B345" t="inlineStr">
         <is>
-          <t>{{title}} can't be updated because it's running.</t>
+          <t>{{title}} can't be uninstalled because it's running.</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>{{title}} tidak dapat diupdate karena sedang berjalan.</t>
+          <t>{{title}} tidak dapat diuninstall karena sedang berjalan.</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>.status.game_update.busy</t>
+          <t>.status.uninstall.busy</t>
         </is>
       </c>
       <c r="G345" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} tidak dapat diperbarui karena sedang berjalan.</t>
+          <t>Suggested in Weblate: Instalan {{title}} tidak dapat dicopot karena sedang berjalan.</t>
         </is>
       </c>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr"/>
       <c r="B346" t="inlineStr">
         <is>
-          <t>{{title}} can't be uninstalled because it's running.</t>
+          <t>{{title}} can't be reinstalled because it's running.</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>{{title}} tidak dapat diuninstall karena sedang berjalan.</t>
+          <t>{{title}} tidak dapat diinstall kembali karena sedang berjalan.</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>.status.uninstall.busy</t>
+          <t>.status.reinstall.busy</t>
         </is>
       </c>
       <c r="G346" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Instalan {{title}} tidak dapat dicopot karena sedang berjalan.</t>
+          <t>Suggested in Weblate: {{title}} tidak dapat diinstal ulang karena sedang berjalan.</t>
         </is>
       </c>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr"/>
       <c r="B347" t="inlineStr">
         <is>
-          <t>{{title}} can't be reinstalled because it's running.</t>
+          <t>Offline mode enabled</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>{{title}} tidak dapat diinstall kembali karena sedang berjalan.</t>
+          <t>Mode offline diaktifkan</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>.status.reinstall.busy</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.offline_mode.active</t>
+        </is>
+      </c>
+      <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr"/>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Offline mode enabled</t>
+          <t>Click to enable offline mode</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Mode offline diaktifkan</t>
+          <t>Klik untuk mengaktifkan mode offline</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>.status.offline_mode.active</t>
+          <t>.status.offline_mode.inactive</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr"/>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Click to enable offline mode</t>
+          <t>Your itch is up-to-date!</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Klik untuk mengaktifkan mode offline</t>
+          <t>itch Anda telah terupdate!</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>.status.offline_mode.inactive</t>
-[...2 lines deleted...]
-      <c r="G349" t="inlineStr"/>
+          <t>.status.uptodate</t>
+        </is>
+      </c>
+      <c r="G349" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Versi itch kamu sudah yang terbaru!</t>
+        </is>
+      </c>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr"/>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Your itch is up-to-date!</t>
+          <t>A collection of assets</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>itch Anda telah terupdate!</t>
+          <t>Sebuah koleksi aset</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>.status.uptodate</t>
+          <t>.usage_stats.description.assets</t>
         </is>
       </c>
       <c r="G350" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Versi itch kamu sudah yang terbaru!</t>
+          <t>Suggested in Weblate: Koleksi berbagai aset</t>
         </is>
       </c>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr"/>
       <c r="B351" t="inlineStr">
         <is>
-          <t>A collection of assets</t>
+          <t>A book</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Sebuah koleksi aset</t>
+          <t>Sebuah buku</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>.usage_stats.description.assets</t>
+          <t>.usage_stats.description.book</t>
         </is>
       </c>
       <c r="G351" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Koleksi berbagai aset</t>
+          <t>Suggested in Weblate: Buku</t>
         </is>
       </c>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr"/>
       <c r="B352" t="inlineStr">
         <is>
-          <t>A book</t>
+          <t>Acquired {{time_ago}}</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Sebuah buku</t>
+          <t>terbeli {{time_ago}}</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>.usage_stats.description.book</t>
+          <t>.usage_stats.description.bought_time_ago</t>
         </is>
       </c>
       <c r="G352" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Buku</t>
+          <t>Suggested in Weblate: Diperoleh {{time_ago}}</t>
         </is>
       </c>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr"/>
       <c r="B353" t="inlineStr">
         <is>
-          <t>Acquired {{time_ago}}</t>
+          <t>A comic</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>terbeli {{time_ago}}</t>
+          <t>Sebuah komik</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>.usage_stats.description.bought_time_ago</t>
+          <t>.usage_stats.description.comic</t>
         </is>
       </c>
       <c r="G353" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Diperoleh {{time_ago}}</t>
+          <t>Suggested in Weblate: Komik</t>
         </is>
       </c>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr"/>
       <c r="B354" t="inlineStr">
         <is>
-          <t>A comic</t>
+          <t>Free download</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Sebuah komik</t>
+          <t>Download bebas</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>.usage_stats.description.comic</t>
+          <t>.usage_stats.description.free_download</t>
         </is>
       </c>
       <c r="G354" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Komik</t>
+          <t>Suggested in Weblate: Unduh gratis</t>
         </is>
       </c>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr"/>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Free download</t>
+          <t>A game</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Download bebas</t>
+          <t>Sebuah game</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>.usage_stats.description.free_download</t>
+          <t>.usage_stats.description.game</t>
         </is>
       </c>
       <c r="G355" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Unduh gratis</t>
+          <t>Suggested in Weblate: Game</t>
         </is>
       </c>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr"/>
       <c r="B356" t="inlineStr">
         <is>
-          <t>A game</t>
+          <t>A game mod</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Sebuah game</t>
+          <t>Sebuah mod game</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game</t>
+          <t>.usage_stats.description.game_mod</t>
         </is>
       </c>
       <c r="G356" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Game</t>
+          <t>Suggested in Weblate: Modifikasi game</t>
         </is>
       </c>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr"/>
       <c r="B357" t="inlineStr">
         <is>
-          <t>A game mod</t>
+          <t>A thing</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Sebuah mod game</t>
+          <t>Sebuah hal</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game_mod</t>
+          <t>.usage_stats.description.other</t>
         </is>
       </c>
       <c r="G357" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Modifikasi game</t>
+          <t>Suggested in Weblate: Sesuatu</t>
         </is>
       </c>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr"/>
       <c r="B358" t="inlineStr">
         <is>
-          <t>A thing</t>
+          <t>A physical game</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Sebuah hal</t>
+          <t>Sebuah game fisikal</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>.usage_stats.description.other</t>
+          <t>.usage_stats.description.physical_game</t>
         </is>
       </c>
       <c r="G358" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sesuatu</t>
+          <t>Suggested in Weblate: Game fisik</t>
         </is>
       </c>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr"/>
       <c r="B359" t="inlineStr">
         <is>
-          <t>A physical game</t>
+          <t>for {{platforms}}</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Sebuah game fisikal</t>
+          <t>untuk {{platforms}}</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>.usage_stats.description.physical_game</t>
-[...6 lines deleted...]
-      </c>
+          <t>.usage_stats.description.platforms</t>
+        </is>
+      </c>
+      <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr"/>
       <c r="B360" t="inlineStr">
         <is>
-          <t>for {{platforms}}</t>
+          <t>Available for {{price}} or more</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>untuk {{platforms}}</t>
+          <t>Tersedia seharga {{price}} atau lebih</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>.usage_stats.description.platforms</t>
-[...2 lines deleted...]
-      <c r="G360" t="inlineStr"/>
+          <t>.usage_stats.description.price</t>
+        </is>
+      </c>
+      <c r="G360" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Tersedia dengan harga {{price}} atau lebih</t>
+        </is>
+      </c>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr"/>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Available for {{price}} or more</t>
+          <t>A soundtrack</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Tersedia seharga {{price}} atau lebih</t>
+          <t>Sebuah soundtrack</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>.usage_stats.description.price</t>
+          <t>.usage_stats.description.soundtrack</t>
         </is>
       </c>
       <c r="G361" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tersedia dengan harga {{price}} atau lebih</t>
+          <t>Suggested in Weblate: Soundtrack</t>
         </is>
       </c>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr"/>
       <c r="B362" t="inlineStr">
         <is>
-          <t>A soundtrack</t>
+          <t>A tool</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Sebuah soundtrack</t>
+          <t>Sebuah alat</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>.usage_stats.description.soundtrack</t>
+          <t>.usage_stats.description.tool</t>
         </is>
       </c>
       <c r="G362" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Soundtrack</t>
+          <t>Suggested in Weblate: Alat</t>
         </is>
       </c>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr"/>
       <c r="B363" t="inlineStr">
         <is>
-          <t>A tool</t>
+          <t>Played</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Sebuah alat</t>
+          <t>Dimainkan</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>.usage_stats.description.tool</t>
+          <t>.usage_stats.has_played_for_duration</t>
         </is>
       </c>
       <c r="G363" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alat</t>
+          <t>Suggested in Weblate: Sudah bermain</t>
         </is>
       </c>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr"/>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Played</t>
+          <t>Used</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>Dimainkan</t>
+          <t>Digunakan</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>.usage_stats.has_played_for_duration</t>
+          <t>.usage_stats.has_used_for_duration</t>
         </is>
       </c>
       <c r="G364" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sudah bermain</t>
+          <t>Suggested in Weblate: Sudah digunakan</t>
         </is>
       </c>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr"/>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Used</t>
+          <t>Last opened {{time_ago}}</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>Digunakan</t>
+          <t>Terakhir dibuka {{time_ago}}</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>.usage_stats.has_used_for_duration</t>
-[...6 lines deleted...]
-      </c>
+          <t>.usage_stats.last_opened_time_ago</t>
+        </is>
+      </c>
+      <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr"/>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Last opened {{time_ago}}</t>
+          <t>Last played {{time_ago}}</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Terakhir dibuka {{time_ago}}</t>
+          <t>Terakhir dimainkan {{time_ago}}</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>.usage_stats.last_opened_time_ago</t>
+          <t>.usage_stats.last_played_time_ago</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr"/>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Last played {{time_ago}}</t>
+          <t>Last used {{time_ago}}</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>Terakhir dimainkan {{time_ago}}</t>
+          <t>Terakhir digunakan {{time_ago}}</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>.usage_stats.last_played_time_ago</t>
+          <t>.usage_stats.last_used_time_ago</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr"/>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Last used {{time_ago}}</t>
+          <t>Never opened</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>Terakhir digunakan {{time_ago}}</t>
+          <t>Tak pernah dibuka</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>.usage_stats.last_used_time_ago</t>
-[...2 lines deleted...]
-      <c r="G368" t="inlineStr"/>
+          <t>.usage_stats.never_opened</t>
+        </is>
+      </c>
+      <c r="G368" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Belum pernah dibuka</t>
+        </is>
+      </c>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr"/>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Never opened</t>
+          <t>Never played</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>Tak pernah dibuka</t>
+          <t>Tak pernah dimainkan</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>.usage_stats.never_opened</t>
+          <t>.usage_stats.never_played</t>
         </is>
       </c>
       <c r="G369" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Belum pernah dibuka</t>
+          <t>Suggested in Weblate: Belum pernah dimainkan</t>
         </is>
       </c>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr"/>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Never played</t>
+          <t>Never used</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>Tak pernah dimainkan</t>
+          <t>Tak pernah digunakan</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>.usage_stats.never_played</t>
+          <t>.usage_stats.never_used</t>
         </is>
       </c>
       <c r="G370" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Belum pernah dimainkan</t>
         </is>
       </c>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr"/>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Never used</t>
+          <t>{{app_name}} Setup</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Tak pernah digunakan</t>
+          <t>Penyiapan {{app_name}}</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>.usage_stats.never_used</t>
+          <t>.setup.window.title</t>
         </is>
       </c>
       <c r="G371" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Belum pernah dimainkan</t>
+          <t>Is this string working with windows tray icon's tooltip? Or is there one completely different?
+Suggested in Weblate: Mempersiapkan {{app_name}}</t>
         </is>
       </c>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr"/>
       <c r="B372" t="inlineStr">
         <is>
-          <t>{{app_name}} Setup</t>
+          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Penyiapan {{app_name}}</t>
+          <t>Selamat datang di installer {{app_name}}! Ambil minum, tentukan lokasi install dan lanjut.</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>.setup.window.title</t>
+          <t>.setup.window.welcome</t>
         </is>
       </c>
       <c r="G372" t="inlineStr">
         <is>
-          <t>Is this string working with windows tray icon's tooltip? Or is there one completely different?
-Suggested in Weblate: Mempersiapkan {{app_name}}</t>
+          <t>Suggested in Weblate: Selamat datang di penginstal {{app_name}}! Duduk dengan santai, tentukan lokasi instal lalu lanjutkan.</t>
         </is>
       </c>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr"/>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
+          <t>Click to change the install location</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Selamat datang di installer {{app_name}}! Ambil minum, tentukan lokasi install dan lanjut.</t>
+          <t>Klik untuk mengganti lokasi install</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>.setup.window.welcome</t>
+          <t>.setup.tooltip.location</t>
         </is>
       </c>
       <c r="G373" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Selamat datang di penginstal {{app_name}}! Duduk dengan santai, tentukan lokasi instal lalu lanjutkan.</t>
+          <t>Suggested in Weblate: Klik untuk mengganti lokasi instal</t>
         </is>
       </c>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr"/>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Click to change the install location</t>
+          <t>Choose where the app should be installed</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Klik untuk mengganti lokasi install</t>
+          <t>Pilih dimana aplikasi seharusnya diinstall</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>.setup.tooltip.location</t>
+          <t>.setup.location.message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Klik untuk mengganti lokasi instal</t>
+          <t>Suggested in Weblate: Pilih di mana lokasi aplikasi akan diinstal</t>
         </is>
       </c>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr"/>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Choose where the app should be installed</t>
+          <t>Install now</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Pilih dimana aplikasi seharusnya diinstall</t>
+          <t>Install sekarang</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>.setup.location.message</t>
+          <t>.setup.action.install</t>
         </is>
       </c>
       <c r="G375" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pilih di mana lokasi aplikasi akan diinstal</t>
+          <t>Suggested in Weblate: Instal sekarang</t>
         </is>
       </c>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr"/>
       <c r="B376" t="inlineStr">
         <is>
-          <t>Install now</t>
+          <t>Warming up...</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>Install sekarang</t>
+          <t>Pemanasan...</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>.setup.action.install</t>
+          <t>.setup.status.preparing</t>
         </is>
       </c>
       <c r="G376" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Instal sekarang</t>
+          <t>Suggested in Weblate: Sedang mempersiapkan...</t>
         </is>
       </c>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr"/>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Warming up...</t>
+          <t>{{percent}} done</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Pemanasan...</t>
+          <t>{{percent}} telah selesai</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>.setup.status.preparing</t>
+          <t>.setup.status.progress</t>
         </is>
       </c>
       <c r="G377" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sedang mempersiapkan...</t>
+          <t>Suggested in Weblate: {{percent}} selesai</t>
         </is>
       </c>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr"/>
       <c r="B378" t="inlineStr">
         <is>
-          <t>{{percent}} done</t>
+          <t>Downloading and installing @ {{speed}}</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>{{percent}} telah selesai</t>
+          <t>Mendownload dan menginstall @ {{speed}}</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>.setup.status.progress</t>
+          <t>.setup.status.installing</t>
         </is>
       </c>
       <c r="G378" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{percent}} selesai</t>
+          <t>Suggested in Weblate: Mengunduh dan menginstal dalam {{speed}}</t>
         </is>
       </c>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr"/>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Downloading and installing @ {{speed}}</t>
+          <t>All done!</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Mendownload dan menginstall @ {{speed}}</t>
+          <t>Semua selesai!</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>.setup.status.installing</t>
-[...6 lines deleted...]
-      </c>
+          <t>.setup.status.done</t>
+        </is>
+      </c>
+      <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr"/>
       <c r="B380" t="inlineStr">
         <is>
-          <t>All done!</t>
+          <t>The installation went well, {{app_name}} is now starting up!</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Semua selesai!</t>
+          <t>Installasi berjalan dengan baik, {{app_name}} sekarang akan dijalankan!</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>.setup.status.done</t>
-[...2 lines deleted...]
-      <c r="G380" t="inlineStr"/>
+          <t>.setup.status.notification</t>
+        </is>
+      </c>
+      <c r="G380" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Penginstalan berjalan lancar, {{app_name}} sekarang akan dijalankan!</t>
+        </is>
+      </c>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr"/>
       <c r="B381" t="inlineStr">
         <is>
-          <t>The installation went well, {{app_name}} is now starting up!</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Installasi berjalan dengan baik, {{app_name}} sekarang akan dijalankan!</t>
+          <t>Ada suatu kesalahan</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>.setup.status.notification</t>
+          <t>.setup.error_dialog.title</t>
         </is>
       </c>
       <c r="G381" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Penginstalan berjalan lancar, {{app_name}} sekarang akan dijalankan!</t>
+          <t>Suggested in Weblate: Terjadi kesalahan</t>
         </is>
       </c>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr"/>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Cut</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Ada suatu kesalahan</t>
+          <t>Potong</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>.setup.error_dialog.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.web.context_menu.cut</t>
+        </is>
+      </c>
+      <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr"/>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Cut</t>
+          <t>Copy</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Potong</t>
+          <t>Salin</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>.web.context_menu.cut</t>
+          <t>.web.context_menu.copy</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr"/>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Copy</t>
+          <t>Paste</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>Salin</t>
+          <t>Tempel</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy</t>
+          <t>.web.context_menu.paste</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr"/>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Paste</t>
+          <t>Open in new tab</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>Tempel</t>
+          <t>Buka di tab baru</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>.web.context_menu.paste</t>
+          <t>.web.context_menu.open_in_new_tab</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr"/>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Open in new tab</t>
+          <t>Copy link</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Buka di tab baru</t>
+          <t>Salin tautan</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>.web.context_menu.open_in_new_tab</t>
+          <t>.web.context_menu.copy_link</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr"/>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Copy link</t>
-[...6 lines deleted...]
-      </c>
+          <t>Retry setup</t>
+        </is>
+      </c>
+      <c r="C387" t="inlineStr"/>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy_link</t>
-[...20 lines deleted...]
-        <is>
           <t>.login.action.retry_setup</t>
         </is>
       </c>
-      <c r="G388" t="inlineStr">
+      <c r="G387" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Coba ulang pengaturan
 Suggested in Weblate: ulangi setup 
 Suggested in Weblate: Mengulang setup
 Suggested in Weblate: Mengulang pengaturan
 Suggested in Weblate: Ulang instalasi</t>
         </is>
       </c>
+      <c r="H387" t="inlineStr"/>
+    </row>
+    <row r="388">
+      <c r="A388" t="inlineStr"/>
+      <c r="B388" t="inlineStr">
+        <is>
+          <t>Developer logs</t>
+        </is>
+      </c>
+      <c r="C388" t="inlineStr"/>
+      <c r="D388" t="inlineStr"/>
+      <c r="E388" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F388" t="inlineStr">
+        <is>
+          <t>.new_tab.devlogs</t>
+        </is>
+      </c>
+      <c r="G388" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Catatan pengembang
+Suggested in Weblate: log pengembang
+Suggested in Weblate: Log pengembang</t>
+        </is>
+      </c>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr"/>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Developer logs</t>
+          <t>Uninstall error</t>
         </is>
       </c>
       <c r="C389" t="inlineStr"/>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>.new_tab.devlogs</t>
+          <t>.prompt.uninstall_error.title</t>
         </is>
       </c>
       <c r="G389" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Catatan pengembang
-[...1 lines deleted...]
-Suggested in Weblate: Log pengembang</t>
+          <t>Suggested in Weblate: Gagal uninstall
+Suggested in Weblate: Uninstall gagal</t>
         </is>
       </c>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr"/>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Uninstall error</t>
+          <t>The uninstall failed. Remove the entry anyway?</t>
         </is>
       </c>
       <c r="C390" t="inlineStr"/>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.title</t>
+          <t>.prompt.uninstall_error.message</t>
         </is>
       </c>
       <c r="G390" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Gagal uninstall
-Suggested in Weblate: Uninstall gagal</t>
+          <t>Suggested in Weblate: Uninstall gagal. Lanjut hapus entri?</t>
         </is>
       </c>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr"/>
       <c r="B391" t="inlineStr">
         <is>
-          <t>The uninstall failed. Remove the entry anyway?</t>
+          <t>Continue</t>
         </is>
       </c>
       <c r="C391" t="inlineStr"/>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message</t>
+          <t>.prompt.action.continue</t>
         </is>
       </c>
       <c r="G391" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Uninstall gagal. Lanjut hapus entri?</t>
+          <t>Suggested in Weblate: Lanjut</t>
         </is>
       </c>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr"/>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Continue</t>
-[...2 lines deleted...]
-      <c r="C392" t="inlineStr"/>
+          <t>Installed</t>
+        </is>
+      </c>
+      <c r="C392" t="inlineStr">
+        <is>
+          <t>Terpasang</t>
+        </is>
+      </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>.prompt.action.continue</t>
+          <t>.grid.item.status.installed</t>
         </is>
       </c>
       <c r="G392" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lanjut</t>
+          <t>Suggested in Weblate: Terinstall
+Suggested in Weblate: Diinstall</t>
         </is>
       </c>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr"/>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>A collection of {{itemCount}} items</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>Terpasang</t>
+          <t>Koleksi dari {{itemCount}} item</t>
         </is>
       </c>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>.grid.item.status.installed</t>
+          <t>.collection.summary</t>
         </is>
       </c>
       <c r="G393" t="inlineStr">
-        <is>
-[...29 lines deleted...]
-      <c r="G394" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Sebuah koleksi dari {{itemCount}} barang-barang
 Suggested in Weblate: Sebuah koleksi berisi {{itemCount}} barang
 Suggested in Weblate: Koleksi berisi {{itemCount}} item
 Suggested in Weblate: Sebuah koleksi dari {{itemCount}} barang</t>
         </is>
       </c>
+      <c r="H393" t="inlineStr"/>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr"/>
+      <c r="B394" t="inlineStr">
+        <is>
+          <t>Not available on this platform</t>
+        </is>
+      </c>
+      <c r="C394" t="inlineStr">
+        <is>
+          <t>Tidak tersedia untuk platform ini</t>
+        </is>
+      </c>
+      <c r="D394" t="inlineStr"/>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
+        <is>
+          <t>.grid.item.not_compatible</t>
+        </is>
+      </c>
+      <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr"/>
       <c r="B395" t="inlineStr">
         <is>
-          <t>Not available on this platform</t>
-[...6 lines deleted...]
-      </c>
+          <t>Administrator privileges are required for managing {{title}}</t>
+        </is>
+      </c>
+      <c r="C395" t="inlineStr"/>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>.grid.item.not_compatible</t>
-[...2 lines deleted...]
-      <c r="G395" t="inlineStr"/>
+          <t>.prompt.blessing.message</t>
+        </is>
+      </c>
+      <c r="G395" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Diperlukan Administrator privileges untuk mengatur {{title}}
+Suggested in Weblate: Diperlukan hak khusus administrator untuk mengatur {{title}}</t>
+        </is>
+      </c>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr"/>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Administrator privileges are required for managing {{title}}</t>
+          <t>Proceed only if you trust the author.</t>
         </is>
       </c>
       <c r="C396" t="inlineStr"/>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>.prompt.blessing.message</t>
+          <t>.prompt.blessing.detail</t>
         </is>
       </c>
       <c r="G396" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Diperlukan Administrator privileges untuk mengatur {{title}}
-Suggested in Weblate: Diperlukan hak khusus administrator untuk mengatur {{title}}</t>
+          <t>Suggested in Weblate: Lanjutkan hanya jika kamu mempercayai author ini.
+Suggested in Weblate: Lanjutkan hanya apabila Anda mempercayai author ini.</t>
         </is>
       </c>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr"/>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Proceed only if you trust the author.</t>
+          <t>The operation has been cancelled.</t>
         </is>
       </c>
       <c r="C397" t="inlineStr"/>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>.prompt.blessing.detail</t>
+          <t>.status.cancelled.message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lanjutkan hanya jika kamu mempercayai author ini.
-Suggested in Weblate: Lanjutkan hanya apabila Anda mempercayai author ini.</t>
+          <t>Suggested in Weblate: Proses sudah dibatalkan.
+Suggested in Weblate: Proses dibatalkan.</t>
         </is>
       </c>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr"/>
       <c r="B398" t="inlineStr">
         <is>
-          <t>The operation has been cancelled.</t>
+          <t>The installation failed.</t>
         </is>
       </c>
       <c r="C398" t="inlineStr"/>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>.status.cancelled.message</t>
+          <t>.prompt.install_error.message</t>
         </is>
       </c>
       <c r="G398" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Proses sudah dibatalkan.
-Suggested in Weblate: Proses dibatalkan.</t>
+          <t>Suggested in Weblate: Pemasangan gagal.
+Suggested in Weblate: Instalasi gagal.</t>
         </is>
       </c>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr"/>
       <c r="B399" t="inlineStr">
         <is>
-          <t>The installation failed.</t>
-[...2 lines deleted...]
-      <c r="C399" t="inlineStr"/>
+          <t>to install</t>
+        </is>
+      </c>
+      <c r="C399" t="inlineStr">
+        <is>
+          <t>untuk memasang</t>
+        </is>
+      </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>.prompt.install_error.message</t>
+          <t>.download.reason.install</t>
         </is>
       </c>
       <c r="G399" t="inlineStr">
-        <is>
-[...29 lines deleted...]
-      <c r="G400" t="inlineStr">
         <is>
           <t>shouldn't this be 'installing' ?
 Suggested in Weblate: Untuk memasang
 Suggested in Weblate: untuk menginstal
 Suggested in Weblate: untuk mendownload
 Suggested in Weblate: untuk menginstall
 Suggested in Weblate: untuk pasang</t>
         </is>
       </c>
-      <c r="H400" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B401" t="inlineStr">
+      <c r="H399" t="inlineStr"/>
+    </row>
+    <row r="400">
+      <c r="A400" t="inlineStr"/>
+      <c r="B400" t="inlineStr">
         <is>
           <t>installed</t>
         </is>
       </c>
-      <c r="C401" t="inlineStr">
+      <c r="C400" t="inlineStr">
         <is>
           <t>terpasang</t>
         </is>
       </c>
-      <c r="D401" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F401" t="inlineStr">
+      <c r="D400" t="inlineStr"/>
+      <c r="E400" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F400" t="inlineStr">
         <is>
           <t>.download.outcome.installed</t>
         </is>
       </c>
-      <c r="G401" t="inlineStr">
+      <c r="G400" t="inlineStr">
         <is>
           <t>Suggested in Weblate: terinstall
 Suggested in Weblate: Terunduh
 Suggested in Weblate: Di pasang
 Suggested in Weblate: terunduh
 Suggested in Weblate: Terpasang</t>
         </is>
       </c>
+      <c r="H400" t="inlineStr"/>
+    </row>
+    <row r="401">
+      <c r="A401" t="inlineStr"/>
+      <c r="B401" t="inlineStr">
+        <is>
+          <t>updated to the latest version</t>
+        </is>
+      </c>
+      <c r="C401" t="inlineStr">
+        <is>
+          <t>perbarui ke versi terbaru</t>
+        </is>
+      </c>
+      <c r="D401" t="inlineStr"/>
+      <c r="E401" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F401" t="inlineStr">
+        <is>
+          <t>.download.outcome.updated</t>
+        </is>
+      </c>
+      <c r="G401" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: diperbaharui ke versi terbaru
+Suggested in Weblate: diupdate ke versi terbaru
+Suggested in Weblate: telah diperbarui ke versi terbaru</t>
+        </is>
+      </c>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr"/>
       <c r="B402" t="inlineStr">
         <is>
-          <t>updated to the latest version</t>
+          <t>re-installed</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>perbarui ke versi terbaru</t>
+          <t>terpasang ulang</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>.download.outcome.updated</t>
+          <t>.download.outcome.reinstalled</t>
         </is>
       </c>
       <c r="G402" t="inlineStr">
-        <is>
-[...30 lines deleted...]
-      <c r="G403" t="inlineStr">
         <is>
           <t>Suggested in Weblate: install ulang
 Suggested in Weblate: Install ulang
 Suggested in Weblate: Dipasang ulang
 Suggested in Weblate: telah dipasang ulang
 Suggested in Weblate: dipasang ulang</t>
         </is>
       </c>
+      <c r="H402" t="inlineStr"/>
+    </row>
+    <row r="403">
+      <c r="A403" t="inlineStr"/>
+      <c r="B403" t="inlineStr">
+        <is>
+          <t>switched to another version</t>
+        </is>
+      </c>
+      <c r="C403" t="inlineStr">
+        <is>
+          <t>Pindah ke versi lain</t>
+        </is>
+      </c>
+      <c r="D403" t="inlineStr"/>
+      <c r="E403" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F403" t="inlineStr">
+        <is>
+          <t>.download.outcome.reverted</t>
+        </is>
+      </c>
+      <c r="G403" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: diubah ke versi lain</t>
+        </is>
+      </c>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr"/>
       <c r="B404" t="inlineStr">
         <is>
-          <t>switched to another version</t>
+          <t>verified and repaired</t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>Pindah ke versi lain</t>
+          <t>sudah diverifikasi dan diperbaiki</t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>.download.outcome.reverted</t>
+          <t>.download.outcome.healed</t>
         </is>
       </c>
       <c r="G404" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: diubah ke versi lain</t>
+          <t>Suggested in Weblate: telah diverifikasi dan diperbaiki
+Suggested in Weblate: diverifikasi dan diperbaiki
+Suggested in Weblate: terverifikasi dan telah diperbaiki</t>
         </is>
       </c>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr"/>
       <c r="B405" t="inlineStr">
         <is>
-          <t>verified and repaired</t>
-[...6 lines deleted...]
-      </c>
+          <t>Recent activity</t>
+        </is>
+      </c>
+      <c r="C405" t="inlineStr"/>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>.download.outcome.healed</t>
+          <t>.status.downloads.category.recent_activity</t>
         </is>
       </c>
       <c r="G405" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: telah diverifikasi dan diperbaiki
-[...1 lines deleted...]
-Suggested in Weblate: terverifikasi dan telah diperbaiki</t>
+          <t>Suggested in Weblate: Aktivitas terkini</t>
         </is>
       </c>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr"/>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Recent activity</t>
-[...2 lines deleted...]
-      <c r="C406" t="inlineStr"/>
+          <t>The message we got was: {{errorMessage}}</t>
+        </is>
+      </c>
+      <c r="C406" t="inlineStr">
+        <is>
+          <t>Pesan yang kami terima adalah: {{errorMessage}}</t>
+        </is>
+      </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>.status.downloads.category.recent_activity</t>
+          <t>.game.install.could_not_launch.message</t>
         </is>
       </c>
       <c r="G406" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aktivitas terkini</t>
+          <t>Suggested in Weblate: Pesan yang kami terima seperti: {{errorMessage}}
+Suggested in Weblate: Pesan yang kami terima berupa {{errorMessage}}</t>
         </is>
       </c>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr"/>
       <c r="B407" t="inlineStr">
         <is>
-          <t>The message we got was: {{errorMessage}}</t>
+          <t>Sending us a report is the best way to make sure this gets fixed!</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Pesan yang kami terima adalah: {{errorMessage}}</t>
+          <t>Kirim laporan agar masalah ini dapat diatasi!</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.message</t>
+          <t>.game.install.could_not_launch.detail</t>
         </is>
       </c>
       <c r="G407" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pesan yang kami terima seperti: {{errorMessage}}
-Suggested in Weblate: Pesan yang kami terima berupa {{errorMessage}}</t>
+          <t>Suggested in Weblate: Kirim kami laporan adalah cara yang terbaik agar hal tersebut dapat diperbaiki</t>
         </is>
       </c>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr"/>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Sending us a report is the best way to make sure this gets fixed!</t>
-[...6 lines deleted...]
-      </c>
+          <t>Close other tabs</t>
+        </is>
+      </c>
+      <c r="C408" t="inlineStr"/>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.detail</t>
+          <t>.menu.file.close_other_tabs</t>
         </is>
       </c>
       <c r="G408" t="inlineStr">
-        <is>
-[...24 lines deleted...]
-      <c r="G409" t="inlineStr">
         <is>
           <t>Suggested in Weblate: tutup tab lainnya 
 Suggested in Weblate: Tutup tab lain
 Suggested in Weblate: Menutup tab lainnya
 Suggested in Weblate: Tutup tab lainnya</t>
         </is>
       </c>
-      <c r="H409" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B410" t="inlineStr">
+      <c r="H408" t="inlineStr"/>
+    </row>
+    <row r="409">
+      <c r="A409" t="inlineStr"/>
+      <c r="B409" t="inlineStr">
         <is>
           <t>Close tabs below</t>
         </is>
       </c>
-      <c r="C410" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F410" t="inlineStr">
+      <c r="C409" t="inlineStr"/>
+      <c r="D409" t="inlineStr"/>
+      <c r="E409" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F409" t="inlineStr">
         <is>
           <t>.menu.file.close_tabs_below</t>
         </is>
       </c>
-      <c r="G410" t="inlineStr">
+      <c r="G409" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Tutup tab dibawah ini
 Suggested in Weblate: tutup tab di bawah
 Suggested in Weblate: Tutup tab dibawah
 Suggested in Weblate: Tutup tab di bawah</t>
         </is>
       </c>
+      <c r="H409" t="inlineStr"/>
+    </row>
+    <row r="410">
+      <c r="A410" t="inlineStr"/>
+      <c r="B410" t="inlineStr">
+        <is>
+          <t>Open folder in explorer</t>
+        </is>
+      </c>
+      <c r="C410" t="inlineStr">
+        <is>
+          <t>Buka folder di explorer</t>
+        </is>
+      </c>
+      <c r="D410" t="inlineStr"/>
+      <c r="E410" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F410" t="inlineStr">
+        <is>
+          <t>.grid.item.open_file_location.windows</t>
+        </is>
+      </c>
+      <c r="G410" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Buka folder di Explorer
+Suggested in Weblate: Buka folder
+Suggested in Weblate: Buka map di penjelajah</t>
+        </is>
+      </c>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr"/>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Open folder in explorer</t>
+          <t>Show in file manager</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Buka folder di explorer</t>
+          <t>Tampilkan di manajer file</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.windows</t>
+          <t>.grid.item.open_file_location.linux</t>
         </is>
       </c>
       <c r="G411" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Buka folder di Explorer
-[...1 lines deleted...]
-Suggested in Weblate: Buka map di penjelajah</t>
+          <t>Suggested in Weblate: Tampilkan di File Manajer
+Suggested in Weblate: Tampilkan di file manager
+Suggested in Weblate: Perlihatkan pengelola berkas</t>
         </is>
       </c>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr"/>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Show in file manager</t>
+          <t>Show in Finder</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Tampilkan di manajer file</t>
+          <t>Tampilkan di Finder</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.linux</t>
+          <t>.grid.item.open_file_location.osx</t>
         </is>
       </c>
       <c r="G412" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tampilkan di File Manajer
-[...1 lines deleted...]
-Suggested in Weblate: Perlihatkan pengelola berkas</t>
+          <t>Suggested in Weblate: Tunjukkan di Finder
+Suggested in Weblate: Perlihatkan Finder
+Suggested in Weblate: Perlihatkan di Finder</t>
         </is>
       </c>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr"/>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Show in Finder</t>
+          <t>Size</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Tampilkan di Finder</t>
+          <t>Ukuran</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.osx</t>
+          <t>.table.column.installed_size</t>
         </is>
       </c>
       <c r="G413" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tunjukkan di Finder
-[...1 lines deleted...]
-Suggested in Weblate: Perlihatkan di Finder</t>
+          <t>Suggested in Weblate: Ukuran file</t>
         </is>
       </c>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr"/>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Size</t>
+          <t>View the contents of this location</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Ukuran</t>
+          <t>Lihat konten pada lokasi ini</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>.table.column.installed_size</t>
+          <t>.preferences.install_location.navigate</t>
         </is>
       </c>
       <c r="G414" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ukuran file</t>
+          <t>Suggested in Weblate: Lihat isi lokasi ini</t>
         </is>
       </c>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr"/>
       <c r="B415" t="inlineStr">
         <is>
-          <t>View the contents of this location</t>
-[...6 lines deleted...]
-      </c>
+          <t>{{size}} on disk</t>
+        </is>
+      </c>
+      <c r="C415" t="inlineStr"/>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>.preferences.install_location.navigate</t>
+          <t>.install_location.property.size_on_disk</t>
         </is>
       </c>
       <c r="G415" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lihat isi lokasi ini</t>
+          <t>Suggested in Weblate: {{size}} pada disk</t>
         </is>
       </c>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr"/>
       <c r="B416" t="inlineStr">
         <is>
-          <t>{{size}} on disk</t>
+          <t>Uninstall or re-install…</t>
         </is>
       </c>
       <c r="C416" t="inlineStr"/>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>.install_location.property.size_on_disk</t>
+          <t>.grid.item.uninstall_request</t>
         </is>
       </c>
       <c r="G416" t="inlineStr">
-        <is>
-[...24 lines deleted...]
-      <c r="G417" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Menghapus atau melakukan instalasi ulang…
 Suggested in Weblate: hapus pemasangan (uninstall) atau pasang ulang (re-install)
 Suggested in Weblate: Menghapus atau memasang kembali...
 Suggested in Weblate: Hapus atau unduh ulang...
 Suggested in Weblate: Copot pemasangan atau pasang lagi. . .
 Suggested in Weblate: Copot pemasangan atau instal ulang. . .
 Suggested in Weblate: Copot atau install ulang…
 Suggested in Weblate: Copot atau pasang ulang...
 Suggested in Weblate: Uninstall atau install ulang...
 Suggested in Weblate: Uninstall atau intall ulang</t>
         </is>
       </c>
+      <c r="H416" t="inlineStr"/>
+    </row>
+    <row r="417">
+      <c r="A417" t="inlineStr"/>
+      <c r="B417" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Filter by: </t>
+        </is>
+      </c>
+      <c r="C417" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Saring berdasarkan: </t>
+        </is>
+      </c>
+      <c r="D417" t="inlineStr"/>
+      <c r="E417" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F417" t="inlineStr">
+        <is>
+          <t>.grid.criterion.filter_by</t>
+        </is>
+      </c>
+      <c r="G417" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: filter dari
+Suggested in Weblate: Saring dengan:
+Suggested in Weblate: Saring dari:</t>
+        </is>
+      </c>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr"/>
       <c r="B418" t="inlineStr">
         <is>
-          <t xml:space="preserve">Filter by: </t>
+          <t>Discard download</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t xml:space="preserve">Saring berdasarkan: </t>
+          <t>Hapus unduhan</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>.grid.criterion.filter_by</t>
+          <t>.grid.item.discard_download</t>
         </is>
       </c>
       <c r="G418" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: filter dari
-[...1 lines deleted...]
-Suggested in Weblate: Saring dari:</t>
+          <t>Suggested in Weblate: Menghapus unduhan
+Suggested in Weblate: Hapus Unduhan</t>
         </is>
       </c>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr"/>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Discard download</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nevermind</t>
+        </is>
+      </c>
+      <c r="C419" t="inlineStr"/>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>.grid.item.discard_download</t>
+          <t>.prompt.action.nevermind</t>
         </is>
       </c>
       <c r="G419" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Menghapus unduhan
-Suggested in Weblate: Hapus Unduhan</t>
+          <t>Suggested in Weblate: Lupakan</t>
         </is>
       </c>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr"/>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Nevermind</t>
-[...2 lines deleted...]
-      <c r="C420" t="inlineStr"/>
+          <t>Force program closure?</t>
+        </is>
+      </c>
+      <c r="C420" t="inlineStr">
+        <is>
+          <t>Tutup program secara paksa?</t>
+        </is>
+      </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>.prompt.action.nevermind</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.force_close_game.title</t>
+        </is>
+      </c>
+      <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr"/>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Force program closure?</t>
+          <t>Do you want to force {{title}} to close?</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Tutup program secara paksa?</t>
+          <t>Apakah Anda ingin menutup {{title}} secara paksa?</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.title</t>
-[...2 lines deleted...]
-      <c r="G421" t="inlineStr"/>
+          <t>.prompt.force_close_game.message</t>
+        </is>
+      </c>
+      <c r="G421" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Apakah kamu ingin menutup {{title}} secara paksa?</t>
+        </is>
+      </c>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr"/>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Do you want to force {{title}} to close?</t>
-[...6 lines deleted...]
-      </c>
+          <t>Are you sure you want to stop downloading {{title}}?</t>
+        </is>
+      </c>
+      <c r="C422" t="inlineStr"/>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.message</t>
+          <t>.prompt.discard_download.message</t>
         </is>
       </c>
       <c r="G422" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Apakah kamu ingin menutup {{title}} secara paksa?</t>
+          <t>Suggested in Weblate: Apa kamu yakin ingin menghentikan unduhan {{title}}?
+Suggested in Weblate: Apakah Anda yakin ingin menghentikan download {{title}}?</t>
         </is>
       </c>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr"/>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Are you sure you want to stop downloading {{title}}?</t>
+          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
         </is>
       </c>
       <c r="C423" t="inlineStr"/>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.message</t>
+          <t>.prompt.discard_download.detail</t>
         </is>
       </c>
       <c r="G423" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Apa kamu yakin ingin menghentikan unduhan {{title}}?
-Suggested in Weblate: Apakah Anda yakin ingin menghentikan download {{title}}?</t>
+          <t>Suggested in Weblate: Kamu dapat memasang kembali {{title}} kapanpun, tetapi dari awal.
+Suggested in Weblate: Anda dapat menginstall kembali {{title}} kapan saja, tetapi dari awal.</t>
         </is>
       </c>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr"/>
       <c r="B424" t="inlineStr">
         <is>
-          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
+          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
         </is>
       </c>
       <c r="C424" t="inlineStr"/>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.detail</t>
+          <t>.prompt.uninstall_error.message_permissions</t>
         </is>
       </c>
       <c r="G424" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kamu dapat memasang kembali {{title}} kapanpun, tetapi dari awal.
-Suggested in Weblate: Anda dapat menginstall kembali {{title}} kapan saja, tetapi dari awal.</t>
+          <t>Suggested in Weblate: Beberapa file dari {{title}} tidak dapat dihapus. Coba lagi sebagai administrator?</t>
         </is>
       </c>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr"/>
       <c r="B425" t="inlineStr">
         <is>
-          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
+          <t>Remove as administrator</t>
         </is>
       </c>
       <c r="C425" t="inlineStr"/>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message_permissions</t>
+          <t>.prompt.uninstall_error.action_permissions</t>
         </is>
       </c>
       <c r="G425" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Beberapa file dari {{title}} tidak dapat dihapus. Coba lagi sebagai administrator?</t>
+          <t>Suggested in Weblate: Hapus sebagai administrator</t>
         </is>
       </c>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr"/>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Remove as administrator</t>
-[...2 lines deleted...]
-      <c r="C426" t="inlineStr"/>
+          <t>Installing {{title}}…</t>
+        </is>
+      </c>
+      <c r="C426" t="inlineStr">
+        <is>
+          <t>Memasang {{title}}...</t>
+        </is>
+      </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.action_permissions</t>
+          <t>.download.ongoing.install</t>
         </is>
       </c>
       <c r="G426" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G427" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Memasang {{title}}…
 Suggested in Weblate: Mengunduh {{title}}...
 Suggested in Weblate: Menginstall{{title}}...
 Suggested in Weblate: menginstall {{title}}1…
 Suggested in Weblate: Menginstall {{title}}...</t>
         </is>
       </c>
+      <c r="H426" t="inlineStr"/>
+    </row>
+    <row r="427">
+      <c r="A427" t="inlineStr"/>
+      <c r="B427" t="inlineStr">
+        <is>
+          <t>Updating {{title}}…</t>
+        </is>
+      </c>
+      <c r="C427" t="inlineStr">
+        <is>
+          <t>Memperbarui {{title}}…</t>
+        </is>
+      </c>
+      <c r="D427" t="inlineStr"/>
+      <c r="E427" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F427" t="inlineStr">
+        <is>
+          <t>.download.ongoing.update</t>
+        </is>
+      </c>
+      <c r="G427" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mengupdate {{title}}...
+Suggested in Weblate: Memperbaharui {{title}}..
+Suggested in Weblate: Memperbarui {{title}}...</t>
+        </is>
+      </c>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr"/>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Updating {{title}}…</t>
+          <t>Re-installing {{title}}…</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Memperbarui {{title}}…</t>
+          <t>Memasang ulang {{title}}...</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>.download.ongoing.update</t>
+          <t>.download.ongoing.reinstall</t>
         </is>
       </c>
       <c r="G428" t="inlineStr">
-        <is>
-[...30 lines deleted...]
-      <c r="G429" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Menginstal ulang {{title}}…
 Suggested in Weblate: Memasang ulang {{title}}…
 Suggested in Weblate: Mengunduh ulang {{title}}...
 Suggested in Weblate: Menginstall ulang {{title}}...</t>
         </is>
       </c>
+      <c r="H428" t="inlineStr"/>
+    </row>
+    <row r="429">
+      <c r="A429" t="inlineStr"/>
+      <c r="B429" t="inlineStr">
+        <is>
+          <t>Switching {{title}} to another version…</t>
+        </is>
+      </c>
+      <c r="C429" t="inlineStr">
+        <is>
+          <t>Mengubah {{title}} ke versi lain...</t>
+        </is>
+      </c>
+      <c r="D429" t="inlineStr"/>
+      <c r="E429" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F429" t="inlineStr">
+        <is>
+          <t>.download.ongoing.revert</t>
+        </is>
+      </c>
+      <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr"/>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Switching {{title}} to another version…</t>
+          <t>Repairing {{title}}…</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Mengubah {{title}} ke versi lain...</t>
+          <t>Memperbaiki {{title}}...</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>.download.ongoing.revert</t>
-[...24 lines deleted...]
-        <is>
           <t>.download.ongoing.heal</t>
         </is>
       </c>
-      <c r="G431" t="inlineStr">
+      <c r="G430" t="inlineStr">
         <is>
           <t>```{{title}``` has a bad format, should be ``` {{title}}```
 Suggested in Weblate: Memperbaiki {{title}}…
 Suggested in Weblate: Memperbaiki {{title}}...
 Suggested in Weblate: Memulihkan {{title}}...</t>
         </is>
       </c>
+      <c r="H430" t="inlineStr"/>
+    </row>
+    <row r="431">
+      <c r="A431" t="inlineStr"/>
+      <c r="B431" t="inlineStr">
+        <is>
+          <t>Stop download</t>
+        </is>
+      </c>
+      <c r="C431" t="inlineStr"/>
+      <c r="D431" t="inlineStr"/>
+      <c r="E431" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F431" t="inlineStr">
+        <is>
+          <t>.prompt.discard_download.action.stop_download</t>
+        </is>
+      </c>
+      <c r="G431" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Hentikan unduhan
+Suggested in Weblate: Hentikan download</t>
+        </is>
+      </c>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr"/>
       <c r="B432" t="inlineStr">
         <is>
-          <t>Stop download</t>
+          <t>Continue download</t>
         </is>
       </c>
       <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.stop_download</t>
+          <t>.prompt.discard_download.action.continue_download</t>
         </is>
       </c>
       <c r="G432" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Hentikan unduhan
-Suggested in Weblate: Hentikan download</t>
+          <t>Suggested in Weblate: Lanjutkan unduhan
+Suggested in Weblate: Lanjutkan download</t>
         </is>
       </c>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr"/>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Continue download</t>
+          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
         </is>
       </c>
       <c r="C433" t="inlineStr"/>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.continue_download</t>
+          <t>.prompt.dangerous_discard_download.message</t>
         </is>
       </c>
       <c r="G433" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lanjutkan unduhan
-Suggested in Weblate: Lanjutkan download</t>
+          <t>Suggested in Weblate: Menghentikan unduhan ini akan menyebabkan {{title}} dalam kondisi tidak stabil.
+Suggested in Weblate: Menghentikan unduhan ini akan menyebabkan {{title}} dalam keadaan tidak stabil.
+Suggested in Weblate: Menghentikan download akan menyebabkan {{title}} tidak stabil.</t>
         </is>
       </c>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr"/>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
+          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
         </is>
       </c>
       <c r="C434" t="inlineStr"/>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.message</t>
+          <t>.prompt.dangerous_discard_download.detail</t>
         </is>
       </c>
       <c r="G434" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Menghentikan unduhan ini akan menyebabkan {{title}} dalam kondisi tidak stabil.
-[...1 lines deleted...]
-Suggested in Weblate: Menghentikan download akan menyebabkan {{title}} tidak stabil.</t>
+          <t>Suggested in Weblate: Kami akan memulihkan {{title}} ke versi terbaru pada saat kamu mencoba lagi.
+Suggested in Weblate: Kami akan memulihkan {{title}} ke versi terbaru saat Anda akan menggunakannya lain kali.</t>
         </is>
       </c>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr"/>
       <c r="B435" t="inlineStr">
         <is>
-          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
+          <t>version {{version}}</t>
         </is>
       </c>
       <c r="C435" t="inlineStr"/>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.detail</t>
+          <t>.prompt.revert.version</t>
         </is>
       </c>
       <c r="G435" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kami akan memulihkan {{title}} ke versi terbaru pada saat kamu mencoba lagi.
-Suggested in Weblate: Kami akan memulihkan {{title}} ke versi terbaru saat Anda akan menggunakannya lain kali.</t>
+          <t>Suggested in Weblate: versi {{version}}</t>
         </is>
       </c>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr"/>
       <c r="B436" t="inlineStr">
         <is>
-          <t>version {{version}}</t>
+          <t>{{title}} needs to finish updating before it can be opened</t>
         </is>
       </c>
       <c r="C436" t="inlineStr"/>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>.prompt.revert.version</t>
+          <t>.status.repairing_game</t>
         </is>
       </c>
       <c r="G436" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: versi {{version}}</t>
+          <t>Suggested in Weblate: {{title}} dapat dibuka setelah proses update selesai.
+Suggested in Weblate: {{title}} hanya dapat dibuka setelah proses update selesai.</t>
         </is>
       </c>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr"/>
       <c r="B437" t="inlineStr">
         <is>
-          <t>{{title}} needs to finish updating before it can be opened</t>
+          <t>Things you install or download will show up here</t>
         </is>
       </c>
       <c r="C437" t="inlineStr"/>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>.status.repairing_game</t>
+          <t>.status.downloads.no_active_downloads_subtext</t>
         </is>
       </c>
       <c r="G437" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} dapat dibuka setelah proses update selesai.
-Suggested in Weblate: {{title}} hanya dapat dibuka setelah proses update selesai.</t>
+          <t>Suggested in Weblate: Item yang Anda install atau download akan muncul di sini</t>
         </is>
       </c>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr"/>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Things you install or download will show up here</t>
+          <t>Download some stuff!</t>
         </is>
       </c>
       <c r="C438" t="inlineStr"/>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads_subtext</t>
+          <t>.status.downloads.find_games_button</t>
         </is>
       </c>
       <c r="G438" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Item yang Anda install atau download akan muncul di sini</t>
+          <t>Suggested in Weblate: Unduh beberapa game!</t>
         </is>
       </c>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr"/>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Download some stuff!</t>
-[...2 lines deleted...]
-      <c r="C439" t="inlineStr"/>
+          <t>Everything's filtered away...</t>
+        </is>
+      </c>
+      <c r="C439" t="inlineStr">
+        <is>
+          <t>Semuanya sudah disaring...</t>
+        </is>
+      </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>.status.downloads.find_games_button</t>
+          <t>.grid.empty_state.leader</t>
         </is>
       </c>
       <c r="G439" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Unduh beberapa game!</t>
+          <t>Suggested in Weblate: semuanya tersaring
+Suggested in Weblate: Semua telah disaring</t>
         </is>
       </c>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr"/>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Everything's filtered away...</t>
-[...6 lines deleted...]
-      </c>
+          <t>Your filters are hiding everything here</t>
+        </is>
+      </c>
+      <c r="C440" t="inlineStr"/>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>.grid.empty_state.leader</t>
+          <t>.grid.empty_state.explanation</t>
         </is>
       </c>
       <c r="G440" t="inlineStr">
-        <is>
-[...25 lines deleted...]
-      <c r="G441" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Filter anda menyembunyikan semua hasil pencarian
 Suggested in Weblate: filter kamu menyembunyikan semuanya di sini
 Suggested in Weblate: Filter Anda menyembunyikan semuanya di sini
 Suggested in Weblate: Filtermu menyembunyikan semuanya disini
 Suggested in Weblate: Penyaringan Anda menyembunyikan semua hal di sini
 Suggested in Weblate: Filter anda menyembunyikan semuanya di sini
 Suggested in Weblate: Saringan anda telah meyembunyikan semuanya
 Suggested in Weblate: filter yang anda menyembunyikan disini semua
 Suggested in Weblate: Saringan anda menyembunyikan semuanya
 Suggested in Weblate: Saringan kamu telah menyembunyikan semuanya</t>
         </is>
       </c>
+      <c r="H440" t="inlineStr"/>
+    </row>
+    <row r="441">
+      <c r="A441" t="inlineStr"/>
+      <c r="B441" t="inlineStr">
+        <is>
+          <t>Manage</t>
+        </is>
+      </c>
+      <c r="C441" t="inlineStr">
+        <is>
+          <t>Mengatur</t>
+        </is>
+      </c>
+      <c r="D441" t="inlineStr"/>
+      <c r="E441" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F441" t="inlineStr">
+        <is>
+          <t>.grid.item.manage</t>
+        </is>
+      </c>
+      <c r="G441" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Atur</t>
+        </is>
+      </c>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr"/>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Manage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Launch {{title}}</t>
+        </is>
+      </c>
+      <c r="C442" t="inlineStr"/>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>.grid.item.manage</t>
+          <t>.prompt.launch.title</t>
         </is>
       </c>
       <c r="G442" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Atur</t>
+          <t>Suggested in Weblate: Memulai {{title}}
+Suggested in Weblate: Jalankan {{title}}</t>
         </is>
       </c>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr"/>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Which do you want to open?</t>
         </is>
       </c>
       <c r="C443" t="inlineStr"/>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>.prompt.launch.title</t>
+          <t>.prompt.launch.message</t>
         </is>
       </c>
       <c r="G443" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Memulai {{title}}
-Suggested in Weblate: Jalankan {{title}}</t>
+          <t>Suggested in Weblate: Yang mana ingin Kamu buka?
+Suggested in Weblate: Mana yang ingin Anda buka?</t>
         </is>
       </c>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr"/>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Which do you want to open?</t>
+          <t>Manage {{title}}</t>
         </is>
       </c>
       <c r="C444" t="inlineStr"/>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>.prompt.launch.message</t>
+          <t>.prompt.manage_game.title</t>
         </is>
       </c>
       <c r="G444" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Yang mana ingin Kamu buka?
-Suggested in Weblate: Mana yang ingin Anda buka?</t>
+          <t>Suggested in Weblate: Mengatur {{title}}
+Suggested in Weblate: Atur {{title}}</t>
         </is>
       </c>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr"/>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Manage {{title}}</t>
+          <t>The following items are installed:</t>
         </is>
       </c>
       <c r="C445" t="inlineStr"/>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.title</t>
+          <t>.prompt.manage_game.installed_uploads</t>
         </is>
       </c>
       <c r="G445" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mengatur {{title}}
-Suggested in Weblate: Atur {{title}}</t>
+          <t>Suggested in Weblate: Berikut item yang sudah diinstall:
+Suggested in Weblate: Item berikut sudah diinstall:</t>
         </is>
       </c>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr"/>
       <c r="B446" t="inlineStr">
         <is>
-          <t>The following items are installed:</t>
+          <t>These items are also available:</t>
         </is>
       </c>
       <c r="C446" t="inlineStr"/>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.installed_uploads</t>
+          <t>.prompt.manage_game.available_uploads</t>
         </is>
       </c>
       <c r="G446" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Berikut item yang sudah diinstall:
-Suggested in Weblate: Item berikut sudah diinstall:</t>
+          <t>Suggested in Weblate: Berikut item yang tersedia:
+Suggested in Weblate: Item berikut juga tersedia:</t>
         </is>
       </c>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr"/>
       <c r="B447" t="inlineStr">
         <is>
-          <t>These items are also available:</t>
+          <t>No other items are currently available.</t>
         </is>
       </c>
       <c r="C447" t="inlineStr"/>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.available_uploads</t>
+          <t>.prompt.manage_game.no_other_uploads</t>
         </is>
       </c>
       <c r="G447" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Berikut item yang tersedia:
-Suggested in Weblate: Item berikut juga tersedia:</t>
+          <t>Suggested in Weblate: Item lainnya saat ini tidak tersedia.
+Suggested in Weblate: Saat ini tidak tersedia item lainnya.</t>
         </is>
       </c>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr"/>
       <c r="B448" t="inlineStr">
         <is>
-          <t>No other items are currently available.</t>
+          <t>Prefer optimized patches</t>
         </is>
       </c>
       <c r="C448" t="inlineStr"/>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.no_other_uploads</t>
+          <t>.preferences.advanced.prefer_optimized_patches</t>
         </is>
       </c>
       <c r="G448" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Item lainnya saat ini tidak tersedia.
-Suggested in Weblate: Saat ini tidak tersedia item lainnya.</t>
+          <t>Suggested in Weblate: Pilih tambalan yang dioptimalkan</t>
         </is>
       </c>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr"/>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Prefer optimized patches</t>
-[...2 lines deleted...]
-      <c r="C449" t="inlineStr"/>
+          <t>{{x}} seconds</t>
+        </is>
+      </c>
+      <c r="C449" t="inlineStr">
+        <is>
+          <t>{{x}} detik</t>
+        </is>
+      </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>.preferences.advanced.prefer_optimized_patches</t>
-[...6 lines deleted...]
-      </c>
+          <t>.duration.seconds</t>
+        </is>
+      </c>
+      <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr"/>
       <c r="B450" t="inlineStr">
         <is>
-          <t>{{x}} seconds</t>
-[...6 lines deleted...]
-      </c>
+          <t>Application log</t>
+        </is>
+      </c>
+      <c r="C450" t="inlineStr"/>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>.duration.seconds</t>
-[...2 lines deleted...]
-      <c r="G450" t="inlineStr"/>
+          <t>.sidebar.applog</t>
+        </is>
+      </c>
+      <c r="G450" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Log aplikasi</t>
+        </is>
+      </c>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr"/>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Application log</t>
-[...2 lines deleted...]
-      <c r="C451" t="inlineStr"/>
+          <t>{{count}} items</t>
+        </is>
+      </c>
+      <c r="C451" t="inlineStr">
+        <is>
+          <t>{{count}} item</t>
+        </is>
+      </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>.sidebar.applog</t>
+          <t>.grid.item_count</t>
         </is>
       </c>
       <c r="G451" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Log aplikasi</t>
+          <t>Suggested in Weblate: {{hitung}} item
+Suggested in Weblate: {{count}} barang</t>
         </is>
       </c>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr"/>
       <c r="B452" t="inlineStr">
         <is>
-          <t>{{count}} items</t>
-[...6 lines deleted...]
-      </c>
+          <t>The itch web browser is disabled</t>
+        </is>
+      </c>
+      <c r="C452" t="inlineStr"/>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>.grid.item_count</t>
+          <t>.browser.disabled</t>
         </is>
       </c>
       <c r="G452" t="inlineStr">
-        <is>
-[...25 lines deleted...]
-      <c r="G453" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Web browser itch telah di-nonaktifkan
 Suggested in Weblate: browser itch di nonaktifkan
 Suggested in Weblate: Halaman web itch dinonaktifkan
 Suggested in Weblate: Halaman web Itch sedang nonaktif
 Suggested in Weblate: Peramban web itch telah dimatikan
 Suggested in Weblate: peramban web itch telah dinonaktifkan
 Suggested in Weblate: Web browser itch telah dinonaktifkan
 Suggested in Weblate: Web browser itch dinonaktifkan</t>
         </is>
       </c>
+      <c r="H452" t="inlineStr"/>
+    </row>
+    <row r="453">
+      <c r="A453" t="inlineStr"/>
+      <c r="B453" t="inlineStr">
+        <is>
+          <t>Re-enable</t>
+        </is>
+      </c>
+      <c r="C453" t="inlineStr">
+        <is>
+          <t>Mengaktifkan ulang</t>
+        </is>
+      </c>
+      <c r="D453" t="inlineStr"/>
+      <c r="E453" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F453" t="inlineStr">
+        <is>
+          <t>.browser.reenable</t>
+        </is>
+      </c>
+      <c r="G453" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Aktifkan ulang</t>
+        </is>
+      </c>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr"/>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Re-enable</t>
-[...6 lines deleted...]
-      </c>
+          <t>Disable web browser</t>
+        </is>
+      </c>
+      <c r="C454" t="inlineStr"/>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>.browser.reenable</t>
+          <t>.preferences.advanced.disable_browser</t>
         </is>
       </c>
       <c r="G454" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aktifkan ulang</t>
+          <t>Suggested in Weblate: Nonaktifkan web browser</t>
         </is>
       </c>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr"/>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Disable web browser</t>
-[...2 lines deleted...]
-      <c r="C455" t="inlineStr"/>
+          <t>You currently have no collections</t>
+        </is>
+      </c>
+      <c r="C455" t="inlineStr">
+        <is>
+          <t>Saat ini anda tidak memiliki koleksi</t>
+        </is>
+      </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_browser</t>
+          <t>.collections.empty</t>
         </is>
       </c>
       <c r="G455" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nonaktifkan web browser</t>
+          <t>Suggested in Weblate: Tidak ada koleksi apa pun di sini
+Suggested in Weblate: Saat ini Anda tidak memiliki koleksi
+Suggested in Weblate: Saat ini kamu tidak memiliki koleksi</t>
         </is>
       </c>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr"/>
       <c r="B456" t="inlineStr">
         <is>
-          <t>You currently have no collections</t>
+          <t>Browse for some games and add them to a new collection!</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Saat ini anda tidak memiliki koleksi</t>
+          <t>Telusuri beberapa permainan dan tambahkan ke koleksi baru!</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>.collections.empty</t>
+          <t>.collections.empty_sub</t>
         </is>
       </c>
       <c r="G456" t="inlineStr">
-        <is>
-[...30 lines deleted...]
-      <c r="G457" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Cari berbagai game dan tambahkan ke sebuah koleksi baru!
 Suggested in Weblate: Carilah untuk berbagai game dan tambahkan game tersebut ke koleksi milikmu!
 Suggested in Weblate: Cari game dan tambahkan ke sebuah koleksi baru
 Suggested in Weblate: Temukan game dan tambahkan ke koleksimu!
 Suggested in Weblate: Cari game dan tambahkan ke koleksi!
 Suggested in Weblate: Carilah permainan dan tambahkan ke koleksi baru!
 Suggested in Weblate: Telusuri beberapa permainan ini dan tambahkan ke koleksimu!
 Suggested in Weblate: Telusuri game dan tambahkan ke koleksimu!
 Suggested in Weblate: Carilah beberapa permainan dan tambahkan ke koleksimu!</t>
         </is>
       </c>
+      <c r="H456" t="inlineStr"/>
+    </row>
+    <row r="457">
+      <c r="A457" t="inlineStr"/>
+      <c r="B457" t="inlineStr">
+        <is>
+          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
+        </is>
+      </c>
+      <c r="C457" t="inlineStr"/>
+      <c r="D457" t="inlineStr"/>
+      <c r="E457" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F457" t="inlineStr">
+        <is>
+          <t>.preferences.advanced.disable_hardware_acceleration</t>
+        </is>
+      </c>
+      <c r="G457" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Nonaktifkan akselerasi hardware (dapat mengatasi crash pada Linux)</t>
+        </is>
+      </c>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr"/>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C458" t="inlineStr"/>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_hardware_acceleration</t>
+          <t>.prereq.status.pending</t>
         </is>
       </c>
       <c r="G458" t="inlineStr">
-        <is>
-[...24 lines deleted...]
-      <c r="G459" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Memuat…
 Suggested in Weblate: mempersiapkan...
 Suggested in Weblate: Sedang mensiapkan...
 Suggested in Weblate: Mempersiapkan. . .
 Suggested in Weblate: Menyiapkan…
 Suggested in Weblate: Mempersiapkan...</t>
         </is>
       </c>
+      <c r="H458" t="inlineStr"/>
+    </row>
+    <row r="459">
+      <c r="A459" t="inlineStr"/>
+      <c r="B459" t="inlineStr">
+        <is>
+          <t>Updates available</t>
+        </is>
+      </c>
+      <c r="C459" t="inlineStr"/>
+      <c r="D459" t="inlineStr"/>
+      <c r="E459" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F459" t="inlineStr">
+        <is>
+          <t>.status.downloads.updates_available</t>
+        </is>
+      </c>
+      <c r="G459" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Pembaharuan tersedia
+Suggested in Weblate: Update tersedia</t>
+        </is>
+      </c>
       <c r="H459" t="inlineStr"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr"/>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Updates available</t>
+          <t>Update all</t>
         </is>
       </c>
       <c r="C460" t="inlineStr"/>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>.status.downloads.updates_available</t>
+          <t>.status.downloads.update_all</t>
         </is>
       </c>
       <c r="G460" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pembaharuan tersedia
-Suggested in Weblate: Update tersedia</t>
+          <t>Suggested in Weblate: Perbaharui semua
+Suggested in Weblate: Update semua</t>
         </is>
       </c>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr"/>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Update all</t>
-[...2 lines deleted...]
-      <c r="C461" t="inlineStr"/>
+          <t>There's nothing here...</t>
+        </is>
+      </c>
+      <c r="C461" t="inlineStr">
+        <is>
+          <t>Tidak ada apapun disini...</t>
+        </is>
+      </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>.status.downloads.update_all</t>
+          <t>.grid.really_empty_state.leader</t>
         </is>
       </c>
       <c r="G461" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Perbaharui semua
-Suggested in Weblate: Update semua</t>
+          <t>Suggested in Weblate: Tidak ada sesuatu di sini...</t>
         </is>
       </c>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr"/>
       <c r="B462" t="inlineStr">
         <is>
-          <t>There's nothing here...</t>
+          <t>...yet!</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Tidak ada apapun disini...</t>
+          <t>...pun!</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.leader</t>
+          <t>.grid.really_empty_state.explanation</t>
         </is>
       </c>
       <c r="G462" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tidak ada sesuatu di sini...</t>
+          <t>Suggested in Weblate: ...belum!</t>
         </is>
       </c>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr"/>
       <c r="B463" t="inlineStr">
         <is>
-          <t>...yet!</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>...pun!</t>
+          <t>Mempersiapkan...</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.explanation</t>
+          <t>.grid.item.running.prepare</t>
         </is>
       </c>
       <c r="G463" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ...belum!</t>
+          <t>Suggested in Weblate: Menyiapkan…</t>
         </is>
       </c>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr"/>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Cleaning up…</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Mempersiapkan...</t>
+          <t>Membersihkan...</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>.grid.item.running.prepare</t>
+          <t>.grid.item.running.clean</t>
         </is>
       </c>
       <c r="G464" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Menyiapkan…</t>
+          <t>Suggested in Weblate: Bersihkan…</t>
         </is>
       </c>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr"/>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Cleaning up…</t>
+          <t>Disk usage</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Membersihkan...</t>
+          <t>Penggunaan disk</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>.grid.item.running.clean</t>
+          <t>.preferences.install_location.disk_usage</t>
         </is>
       </c>
       <c r="G465" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Bersihkan…</t>
+          <t>Suggested in Weblate: penggunaan disk
+Suggested in Weblate: Pemakaian disk</t>
         </is>
       </c>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr"/>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Disk usage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Finalizing installation…</t>
+        </is>
+      </c>
+      <c r="C466" t="inlineStr"/>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>.preferences.install_location.disk_usage</t>
+          <t>.login.status.finalizing_installation</t>
         </is>
       </c>
       <c r="G466" t="inlineStr">
-        <is>
-[...25 lines deleted...]
-      <c r="G467" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Memfinalisasi instalasi…
 Suggested in Weblate: menyelesaikan pemasangan (installation)...
 Suggested in Weblate: Menyelesaikan pemasangan. . .
 Suggested in Weblate: Menyelesaikan instalasi...</t>
         </is>
       </c>
-      <c r="H467" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B468" t="inlineStr">
+      <c r="H466" t="inlineStr"/>
+    </row>
+    <row r="467">
+      <c r="A467" t="inlineStr"/>
+      <c r="B467" t="inlineStr">
         <is>
           <t>Antivirus software may interfere with itch.</t>
         </is>
       </c>
-      <c r="C468" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F468" t="inlineStr">
+      <c r="C467" t="inlineStr"/>
+      <c r="D467" t="inlineStr"/>
+      <c r="E467" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F467" t="inlineStr">
         <is>
           <t>.login.status.antivirus_warning</t>
         </is>
       </c>
-      <c r="G468" t="inlineStr">
+      <c r="G467" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Perangkat lunak antivirus dapat menghambat aplikasi itch.
 Suggested in Weblate: aplikasai anti-virus mungkin terganggu dengan itch.
 Suggested in Weblate: Software antivirus dapat mengganggu aktivitas itch
 Suggested in Weblate: Software antivirus mungkin menyebabkan gangguan pada itch.</t>
         </is>
       </c>
+      <c r="H467" t="inlineStr"/>
+    </row>
+    <row r="468">
+      <c r="A468" t="inlineStr"/>
+      <c r="B468" t="inlineStr">
+        <is>
+          <t>The install folder disappeared</t>
+        </is>
+      </c>
+      <c r="C468" t="inlineStr"/>
+      <c r="D468" t="inlineStr"/>
+      <c r="E468" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F468" t="inlineStr">
+        <is>
+          <t>.butlerd.codes.404</t>
+        </is>
+      </c>
+      <c r="G468" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Folder instalasi tidak ditemukan</t>
+        </is>
+      </c>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr"/>
       <c r="B469" t="inlineStr">
         <is>
-          <t>The install folder disappeared</t>
+          <t>No compatible uploads were found for this title</t>
         </is>
       </c>
       <c r="C469" t="inlineStr"/>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>.butlerd.codes.404</t>
+          <t>.butlerd.codes.2001</t>
         </is>
       </c>
       <c r="G469" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Folder instalasi tidak ditemukan</t>
+          <t>Suggested in Weblate: Tidak ditemukan unggahan yang kompatibel untuk judul ini
+Suggested in Weblate: Tidak ada upload yang komptabile untuk judul ini
+Suggested in Weblate: Tidak terdapat upload kompatibel untuk judul ini</t>
         </is>
       </c>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr"/>
       <c r="B470" t="inlineStr">
         <is>
-          <t>No compatible uploads were found for this title</t>
-[...2 lines deleted...]
-      <c r="C470" t="inlineStr"/>
+          <t>How can I help?</t>
+        </is>
+      </c>
+      <c r="C470" t="inlineStr">
+        <is>
+          <t>Bagaimana saya bisa membantu?</t>
+        </is>
+      </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>.butlerd.codes.2001</t>
+          <t>.docs.how_to_help</t>
         </is>
       </c>
       <c r="G470" t="inlineStr">
-        <is>
-[...30 lines deleted...]
-      <c r="G471" t="inlineStr">
         <is>
           <t>This is the latter, "How can I/the user help out/contribute?"
 This needs context because source sentence could be a customer service thing "How can I/itch help you?" or a "How can I/the user help out/contribute?"
 Suggested in Weblate: Apa yang saya bisa bantu?
 Suggested in Weblate: Adakah yang bisa saya bantu?
 Suggested in Weblate: Ada yang dapat saya bantu?
 Suggested in Weblate: Apa yang bisa kami bantu?
 Suggested in Weblate: Ada yang bisa saya bantu?
 Suggested in Weblate: Apa yang bisa saya bantu?
 Suggested in Weblate: Bisa saya bantu?</t>
         </is>
       </c>
-      <c r="H471" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B472" t="inlineStr">
+      <c r="H470" t="inlineStr"/>
+    </row>
+    <row r="471">
+      <c r="A471" t="inlineStr"/>
+      <c r="B471" t="inlineStr">
         <is>
           <t>Queuing…</t>
         </is>
       </c>
-      <c r="C472" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F472" t="inlineStr">
+      <c r="C471" t="inlineStr"/>
+      <c r="D471" t="inlineStr"/>
+      <c r="E471" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F471" t="inlineStr">
         <is>
           <t>.grid.item.queueing</t>
         </is>
       </c>
-      <c r="G472" t="inlineStr">
+      <c r="G471" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Memuat…
 Suggested in Weblate: menunggu...
 Suggested in Weblate: Antrian...
 Suggested in Weblate: Mengantri...
 Suggested in Weblate: Mengantri. . .
 Suggested in Weblate: mengantri...
 Suggested in Weblate: Mengantri…
 Suggested in Weblate: Memasukan kedalam antrean...
 Suggested in Weblate: Memasukkan ke antrean...</t>
         </is>
       </c>
+      <c r="H471" t="inlineStr"/>
+    </row>
+    <row r="472">
+      <c r="A472" t="inlineStr"/>
+      <c r="B472" t="inlineStr">
+        <is>
+          <t>Details for nerds</t>
+        </is>
+      </c>
+      <c r="C472" t="inlineStr"/>
+      <c r="D472" t="inlineStr"/>
+      <c r="E472" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F472" t="inlineStr">
+        <is>
+          <t>.prompt.show_error.details_for_nerds</t>
+        </is>
+      </c>
+      <c r="G472" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Informasi statistik</t>
+        </is>
+      </c>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr"/>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Details for nerds</t>
+          <t>Event log</t>
         </is>
       </c>
       <c r="C473" t="inlineStr"/>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds</t>
+          <t>.prompt.show_error.details_for_nerds.event_log</t>
         </is>
       </c>
       <c r="G473" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Informasi statistik</t>
+          <t>Suggested in Weblate: Log event</t>
         </is>
       </c>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr"/>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Event log</t>
+          <t>Stack trace</t>
         </is>
       </c>
       <c r="C474" t="inlineStr"/>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.event_log</t>
+          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
         </is>
       </c>
       <c r="G474" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Log event</t>
+          <t>Suggested in Weblate: Jejak stack</t>
         </is>
       </c>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr"/>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Stack trace</t>
+          <t>Send a report to help resolve this issue</t>
         </is>
       </c>
       <c r="C475" t="inlineStr"/>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
+          <t>.prompt.show_error.send_report</t>
         </is>
       </c>
       <c r="G475" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Jejak stack</t>
+          <t>Suggested in Weblate: Kirim laporan untuk membantu menyelesaikan isu ini
+Suggested in Weblate: Kirim laporan untuk membantu mengatasi masalah ini</t>
         </is>
       </c>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr"/>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Send a report to help resolve this issue</t>
+          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr"/>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>.prompt.show_error.send_report</t>
+          <t>.butlerd.codes.3000</t>
         </is>
       </c>
       <c r="G476" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kirim laporan untuk membantu menyelesaikan isu ini
-Suggested in Weblate: Kirim laporan untuk membantu mengatasi masalah ini</t>
+          <t>Suggested in Weblate: Judul ini memiliki paket yang tidak kompatibel dengan aplikasi itch.io.
+Suggested in Weblate: Judul ini memiliki package yang tidak kompatibel dengan aplikasi itch.io.</t>
         </is>
       </c>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr"/>
       <c r="B477" t="inlineStr">
         <is>
-          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
+          <t>Nothing that can be launched was found.</t>
         </is>
       </c>
       <c r="C477" t="inlineStr"/>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>.butlerd.codes.3000</t>
+          <t>.butlerd.codes.5000</t>
         </is>
       </c>
       <c r="G477" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Judul ini memiliki paket yang tidak kompatibel dengan aplikasi itch.io.
-Suggested in Weblate: Judul ini memiliki package yang tidak kompatibel dengan aplikasi itch.io.</t>
+          <t>Suggested in Weblate: Tidak ditemukan item yang bisa dijalankan.</t>
         </is>
       </c>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr"/>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Nothing that can be launched was found.</t>
+          <t>There is no Internet connection.</t>
         </is>
       </c>
       <c r="C478" t="inlineStr"/>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>.butlerd.codes.5000</t>
+          <t>.butlerd.codes.9000</t>
         </is>
       </c>
       <c r="G478" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tidak ditemukan item yang bisa dijalankan.</t>
+          <t>Suggested in Weblate: Tidak ada koneksi internet.</t>
         </is>
       </c>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr"/>
       <c r="B479" t="inlineStr">
         <is>
-          <t>There is no Internet connection.</t>
+          <t>{{installedSize}} used by games</t>
         </is>
       </c>
       <c r="C479" t="inlineStr"/>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>.butlerd.codes.9000</t>
+          <t>.preferences.install_location.size_used_by_games</t>
         </is>
       </c>
       <c r="G479" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tidak ada koneksi internet.</t>
+          <t>Suggested in Weblate: {{installedSize}} digunakan oleh game
+Suggested in Weblate: {{installedSize}} digunakan oleh permainan
+Suggested in Weblate: {{installedSize}} terpakai oleh game</t>
         </is>
       </c>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr"/>
       <c r="B480" t="inlineStr">
         <is>
-          <t>{{installedSize}} used by games</t>
-[...2 lines deleted...]
-      <c r="C480" t="inlineStr"/>
+          <t>{{freeSize}} free of {{totalSize}}</t>
+        </is>
+      </c>
+      <c r="C480" t="inlineStr">
+        <is>
+          <t>{{freeSize}} tersisa dari {{totalSize}}</t>
+        </is>
+      </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>.preferences.install_location.size_used_by_games</t>
+          <t>.preferences.install_location.free_of_total</t>
         </is>
       </c>
       <c r="G480" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{installedSize}} digunakan oleh game
-[...1 lines deleted...]
-Suggested in Weblate: {{installedSize}} terpakai oleh game</t>
+          <t>Suggested in Weblate: {{freeSize}} kosong dari {{totalSize}}
+Suggested in Weblate: {{freeSize}} dari sisa {{totalSize}}</t>
         </is>
       </c>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr"/>
       <c r="B481" t="inlineStr">
         <is>
-          <t>{{freeSize}} free of {{totalSize}}</t>
+          <t>Scan install locations for games</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>{{freeSize}} tersisa dari {{totalSize}}</t>
+          <t>Pindai lokasi install untuk game</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_of_total</t>
+          <t>.preferences.scan_install_locations</t>
         </is>
       </c>
       <c r="G481" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{freeSize}} kosong dari {{totalSize}}
-Suggested in Weblate: {{freeSize}} dari sisa {{totalSize}}</t>
+          <t>Suggested in Weblate: Pindai lokasi instal untuk gim</t>
         </is>
       </c>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr"/>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Scan install locations for games</t>
+          <t>Confirm import</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Pindai lokasi install untuk game</t>
+          <t>Konfirmasi impor</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations</t>
+          <t>.preferences.scan_install_locations.confirm_import</t>
         </is>
       </c>
       <c r="G482" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pindai lokasi instal untuk gim</t>
+          <t>Suggested in Weblate: konfirmasi impor 
+Suggested in Weblate: Konfirmasi import</t>
         </is>
       </c>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr"/>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Confirm import</t>
+          <t>Import {{numItems}} items</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Konfirmasi impor</t>
+          <t>Memasukan {{numItems}} item</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.confirm_import</t>
+          <t>.preferences.scan_install_locations.import_items</t>
         </is>
       </c>
       <c r="G483" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: konfirmasi impor 
-Suggested in Weblate: Konfirmasi import</t>
+          <t>Suggested in Weblate: Impor {{numItems}} item</t>
         </is>
       </c>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr"/>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Import {{numItems}} items</t>
+          <t>{{numImportedItems}} items were successfully imported</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Memasukan {{numItems}} item</t>
+          <t>{{numImportedItems}} item telah berhasil diimpor</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.import_items</t>
+          <t>.preferences.scan_install_locations.items_imported</t>
         </is>
       </c>
       <c r="G484" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Impor {{numItems}} item</t>
+          <t>Suggested in Weblate: {{numImportedItems}} item berhasil diimpor</t>
         </is>
       </c>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr"/>
       <c r="B485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} items were successfully imported</t>
-[...6 lines deleted...]
-      </c>
+          <t>Looking for games...</t>
+        </is>
+      </c>
+      <c r="C485" t="inlineStr"/>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.items_imported</t>
+          <t>.preferences.scan_install_locations.looking_for_games</t>
         </is>
       </c>
       <c r="G485" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{numImportedItems}} item berhasil diimpor</t>
+          <t>Suggested in Weblate: Memindai untuk game...
+Suggested in Weblate: Mencari game...</t>
         </is>
       </c>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr"/>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Looking for games...</t>
+          <t>The following items can be imported:</t>
         </is>
       </c>
       <c r="C486" t="inlineStr"/>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.looking_for_games</t>
+          <t>.preferences.scan_install_locations.message</t>
         </is>
       </c>
       <c r="G486" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Memindai untuk game...
-Suggested in Weblate: Mencari game...</t>
+          <t>Suggested in Weblate: Hal-hal berikut dapat diimpor:
+Suggested in Weblate: berikut item yang dapat diimpor:
+Suggested in Weblate: Item berikut dapat diimpor:</t>
         </is>
       </c>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr"/>
       <c r="B487" t="inlineStr">
         <is>
-          <t>The following items can be imported:</t>
+          <t>No additional items found in install locations</t>
         </is>
       </c>
       <c r="C487" t="inlineStr"/>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.message</t>
+          <t>.preferences.scan_install_locations.no_items_found</t>
         </is>
       </c>
       <c r="G487" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Hal-hal berikut dapat diimpor:
-[...1 lines deleted...]
-Suggested in Weblate: Item berikut dapat diimpor:</t>
+          <t>Suggested in Weblate: Tidak ada item lain yang dapat ditemukan di lokasi instalasi
+Suggested in Weblate: Tidak ada tambahan item di lokasi instalasi
+Suggested in Weblate: Tidak terdapat item tambahan di lokasi instalasi</t>
         </is>
       </c>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr"/>
       <c r="B488" t="inlineStr">
         <is>
-          <t>No additional items found in install locations</t>
-[...2 lines deleted...]
-      <c r="C488" t="inlineStr"/>
+          <t>Scanning...</t>
+        </is>
+      </c>
+      <c r="C488" t="inlineStr">
+        <is>
+          <t>Memindai...</t>
+        </is>
+      </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.no_items_found</t>
-[...8 lines deleted...]
-      </c>
+          <t>.preferences.scan_install_locations.title</t>
+        </is>
+      </c>
+      <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr"/>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Scanning...</t>
-[...6 lines deleted...]
-      </c>
+          <t>Check for game updates</t>
+        </is>
+      </c>
+      <c r="C489" t="inlineStr"/>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.title</t>
-[...2 lines deleted...]
-      <c r="G489" t="inlineStr"/>
+          <t>.preferences.advanced.check_game_updates</t>
+        </is>
+      </c>
+      <c r="G489" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Periksa untuk pembaruan game</t>
+        </is>
+      </c>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr"/>
       <c r="B490" t="inlineStr">
         <is>
-          <t>Check for game updates</t>
+          <t>Resume downloads</t>
         </is>
       </c>
       <c r="C490" t="inlineStr"/>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>.preferences.advanced.check_game_updates</t>
+          <t>.status.downloads.resume_downloads</t>
         </is>
       </c>
       <c r="G490" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Periksa untuk pembaruan game</t>
+          <t>Suggested in Weblate: Melanjutkan download
+Suggested in Weblate: Lanjutkan download</t>
         </is>
       </c>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr"/>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Resume downloads</t>
+          <t>Pause downloads</t>
         </is>
       </c>
       <c r="C491" t="inlineStr"/>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>.status.downloads.resume_downloads</t>
+          <t>.status.downloads.pause_downloads</t>
         </is>
       </c>
       <c r="G491" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Melanjutkan download
-Suggested in Weblate: Lanjutkan download</t>
+          <t>Suggested in Weblate: Hentikan download sementara</t>
         </is>
       </c>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr"/>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Pause downloads</t>
+          <t>Components</t>
         </is>
       </c>
       <c r="C492" t="inlineStr"/>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>.status.downloads.pause_downloads</t>
+          <t>.preferences.advanced.components</t>
         </is>
       </c>
       <c r="G492" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Hentikan download sementara</t>
+          <t>Suggested in Weblate: Komponen</t>
         </is>
       </c>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr"/>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Components</t>
+          <t>New version available</t>
         </is>
       </c>
       <c r="C493" t="inlineStr"/>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>.preferences.advanced.components</t>
+          <t>.prompt.self_update_ready.short</t>
         </is>
       </c>
       <c r="G493" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Komponen</t>
+          <t>Suggested in Weblate: Versi baru sudah tersedia
+Suggested in Weblate: Versi baru tersedia</t>
         </is>
       </c>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr"/>
       <c r="B494" t="inlineStr">
         <is>
-          <t>New version available</t>
+          <t>No other version is available.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr"/>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.short</t>
+          <t>.prompt.revert.no_other_version</t>
         </is>
       </c>
       <c r="G494" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Versi baru sudah tersedia
-Suggested in Weblate: Versi baru tersedia</t>
+          <t>Suggested in Weblate: Tidak tersedia versi lainnya.</t>
         </is>
       </c>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr"/>
       <c r="B495" t="inlineStr">
         <is>
-          <t>No other version is available.</t>
+          <t>Skip update</t>
         </is>
       </c>
       <c r="C495" t="inlineStr"/>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>.prompt.revert.no_other_version</t>
+          <t>.pick_update_upload.buttons.skip_update</t>
         </is>
       </c>
       <c r="G495" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tidak tersedia versi lainnya.</t>
+          <t>Suggested in Weblate: Lewati pembaruan</t>
         </is>
       </c>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr"/>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Skip update</t>
-[...2 lines deleted...]
-      <c r="C496" t="inlineStr"/>
+          <t>Launch {{title}}</t>
+        </is>
+      </c>
+      <c r="C496" t="inlineStr">
+        <is>
+          <t>Memulai {{title}}</t>
+        </is>
+      </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.skip_update</t>
+          <t>.grid.item.launch_title</t>
         </is>
       </c>
       <c r="G496" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lewati pembaruan</t>
+          <t>Suggested in Weblate: Jalankan {{title}}</t>
         </is>
       </c>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr"/>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Open {{title}}</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>Memulai {{title}}</t>
+          <t>Buka {{title}}</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>.grid.item.launch_title</t>
+          <t>.grid.item.open_title</t>
         </is>
       </c>
       <c r="G497" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Jalankan {{title}}</t>
+          <t>Suggested in Weblate: Membuka {{title}}</t>
         </is>
       </c>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr"/>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Open {{title}}</t>
+          <t>views</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Buka {{title}}</t>
+          <t>dilihat</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>.grid.item.open_title</t>
+          <t>.dashboard.game_stats.views</t>
         </is>
       </c>
       <c r="G498" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Membuka {{title}}</t>
+          <t>Suggested in Weblate: Terlihat
+Suggested in Weblate: penonton</t>
         </is>
       </c>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr"/>
       <c r="B499" t="inlineStr">
         <is>
-          <t>views</t>
+          <t>downloads</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>dilihat</t>
+          <t>Unduhan</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.views</t>
+          <t>.dashboard.game_stats.downloads</t>
         </is>
       </c>
       <c r="G499" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Terlihat
-Suggested in Weblate: penonton</t>
+          <t>Suggested in Weblate: unduhan
+Suggested in Weblate: terunduh</t>
         </is>
       </c>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr"/>
       <c r="B500" t="inlineStr">
         <is>
-          <t>downloads</t>
+          <t>purchases</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>Unduhan</t>
+          <t>Pembelian</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.downloads</t>
+          <t>.dashboard.game_stats.purchases</t>
         </is>
       </c>
       <c r="G500" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: unduhan
-Suggested in Weblate: terunduh</t>
+          <t>Suggested in Weblate: pembelian
+Suggested in Weblate: kali dibeli</t>
         </is>
       </c>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr"/>
       <c r="B501" t="inlineStr">
         <is>
-          <t>purchases</t>
+          <t>Open page</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>Pembelian</t>
+          <t>Buka laman</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.purchases</t>
+          <t>.grid.item.open_page</t>
         </is>
       </c>
       <c r="G501" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: pembelian
-Suggested in Weblate: kali dibeli</t>
+          <t>Suggested in Weblate: Halaman terbuka
+Suggested in Weblate: Buka halaman.</t>
         </is>
       </c>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr"/>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Open page</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Buka laman</t>
+          <t>Tidak tersedia</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>.grid.item.open_page</t>
-[...7 lines deleted...]
-      </c>
+          <t>.grid.item.not_available</t>
+        </is>
+      </c>
+      <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr"/>
       <c r="B503" t="inlineStr">
         <is>
-          <t>Unavailable</t>
-[...6 lines deleted...]
-      </c>
+          <t>View all...</t>
+        </is>
+      </c>
+      <c r="C503" t="inlineStr"/>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>.grid.item.not_available</t>
-[...2 lines deleted...]
-      <c r="G503" t="inlineStr"/>
+          <t>.game_stripe.view_all</t>
+        </is>
+      </c>
+      <c r="G503" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Lihat semua...</t>
+        </is>
+      </c>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr"/>
       <c r="B504" t="inlineStr">
         <is>
-          <t>View all...</t>
-[...2 lines deleted...]
-      <c r="C504" t="inlineStr"/>
+          <t>Installed</t>
+        </is>
+      </c>
+      <c r="C504" t="inlineStr">
+        <is>
+          <t>Terpasang</t>
+        </is>
+      </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>.game_stripe.view_all</t>
+          <t>.table.column.installed</t>
         </is>
       </c>
       <c r="G504" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lihat semua...</t>
+          <t>Suggested in Weblate: Terinstall</t>
         </is>
       </c>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr"/>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Powered by</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Terpasang</t>
+          <t>Dipersembahkan oleh</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>.table.column.installed</t>
+          <t>.table.column.powered_by</t>
         </is>
       </c>
       <c r="G505" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Terinstall</t>
+          <t>Suggested in Weblate: Ditenagakan oleh</t>
         </is>
       </c>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr"/>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Powered by</t>
-[...6 lines deleted...]
-      </c>
+          <t>Enable tabs</t>
+        </is>
+      </c>
+      <c r="C506" t="inlineStr"/>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>.table.column.powered_by</t>
+          <t>.preferences.behavior.enable_tabs</t>
         </is>
       </c>
       <c r="G506" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ditenagakan oleh</t>
+          <t>Suggested in Weblate: Aktifkan tab
+Suggested in Weblate: Aktifkan tab-tab</t>
         </is>
       </c>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr"/>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Enable tabs</t>
+          <t>Acquired recently</t>
         </is>
       </c>
       <c r="C507" t="inlineStr"/>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>.preferences.behavior.enable_tabs</t>
+          <t>.sort_by.games.acquired_at</t>
         </is>
       </c>
       <c r="G507" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aktifkan tab
-Suggested in Weblate: Aktifkan tab-tab</t>
+          <t>Suggested in Weblate: Baru diperoleh</t>
         </is>
       </c>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr"/>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Acquired recently</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C508" t="inlineStr"/>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>.sort_by.games.acquired_at</t>
+          <t>.sort_by.games.title</t>
         </is>
       </c>
       <c r="G508" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Baru diperoleh</t>
+          <t>Suggested in Weblate: Judul</t>
         </is>
       </c>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr"/>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Views</t>
         </is>
       </c>
       <c r="C509" t="inlineStr"/>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>.sort_by.games.title</t>
+          <t>.sort_by.games.views</t>
         </is>
       </c>
       <c r="G509" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Judul</t>
+          <t>Suggested in Weblate: Ditonton
+Suggested in Weblate: Tontonan</t>
         </is>
       </c>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr"/>
       <c r="B510" t="inlineStr">
         <is>
-          <t>Views</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C510" t="inlineStr"/>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>.sort_by.games.views</t>
+          <t>.sort_by.games.downloads</t>
         </is>
       </c>
       <c r="G510" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ditonton
-Suggested in Weblate: Tontonan</t>
+          <t>Suggested in Weblate: Unduhan</t>
         </is>
       </c>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr"/>
       <c r="B511" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Purchases</t>
         </is>
       </c>
       <c r="C511" t="inlineStr"/>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>.sort_by.games.downloads</t>
+          <t>.sort_by.games.purchases</t>
         </is>
       </c>
       <c r="G511" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Unduhan</t>
+          <t>Suggested in Weblate: Pembelian</t>
         </is>
       </c>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr"/>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Purchases</t>
+          <t>Play time</t>
         </is>
       </c>
       <c r="C512" t="inlineStr"/>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>.sort_by.games.purchases</t>
+          <t>.sort_by.games.play_time</t>
         </is>
       </c>
       <c r="G512" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pembelian</t>
+          <t>Suggested in Weblate: Waktu bermain</t>
         </is>
       </c>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr"/>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Play time</t>
+          <t>Last touched</t>
         </is>
       </c>
       <c r="C513" t="inlineStr"/>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>.sort_by.games.play_time</t>
+          <t>.sort_by.games.last_touched</t>
         </is>
       </c>
       <c r="G513" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Waktu bermain</t>
+          <t>Suggested in Weblate: Terakhir dijalankan
+Suggested in Weblate: Terakhir disentuh</t>
         </is>
       </c>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr"/>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Last touched</t>
+          <t>Size on disk</t>
         </is>
       </c>
       <c r="C514" t="inlineStr"/>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>.sort_by.games.last_touched</t>
+          <t>.sort_by.games.size_on_disk</t>
         </is>
       </c>
       <c r="G514" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Terakhir dijalankan
-Suggested in Weblate: Terakhir disentuh</t>
+          <t>Suggested in Weblate: Ukuran pada disk</t>
         </is>
       </c>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr"/>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Size on disk</t>
+          <t>Install date</t>
         </is>
       </c>
       <c r="C515" t="inlineStr"/>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>.sort_by.games.size_on_disk</t>
+          <t>.sort_by.games.install_date</t>
         </is>
       </c>
       <c r="G515" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ukuran pada disk</t>
+          <t>Suggested in Weblate: Tanggal pemasangan
+Suggested in Weblate: Tanggal instal</t>
         </is>
       </c>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr"/>
       <c r="B516" t="inlineStr">
         <is>
-          <t>Install date</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C516" t="inlineStr"/>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>.sort_by.games.install_date</t>
+          <t>.filter_by.games.classification.games</t>
         </is>
       </c>
       <c r="G516" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tanggal pemasangan
-Suggested in Weblate: Tanggal instal</t>
+          <t>Suggested in Weblate: Permainan
+Suggested in Weblate: Gim</t>
         </is>
       </c>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr"/>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Tools</t>
         </is>
       </c>
       <c r="C517" t="inlineStr"/>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.games</t>
+          <t>.filter_by.games.classification.tools</t>
         </is>
       </c>
       <c r="G517" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Permainan
-Suggested in Weblate: Gim</t>
+          <t>Suggested in Weblate: Alat</t>
         </is>
       </c>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr"/>
       <c r="B518" t="inlineStr">
         <is>
-          <t>Tools</t>
+          <t>Game assets</t>
         </is>
       </c>
       <c r="C518" t="inlineStr"/>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.tools</t>
+          <t>.filter_by.games.classification.assets</t>
         </is>
       </c>
       <c r="G518" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alat</t>
+          <t>Suggested in Weblate: Aset permainan
+Suggested in Weblate: Aset gim</t>
         </is>
       </c>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr"/>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Game assets</t>
+          <t>Comics</t>
         </is>
       </c>
       <c r="C519" t="inlineStr"/>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.assets</t>
+          <t>.filter_by.games.classification.comics</t>
         </is>
       </c>
       <c r="G519" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aset permainan
-Suggested in Weblate: Aset gim</t>
+          <t>Suggested in Weblate: Komik</t>
         </is>
       </c>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr"/>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Comics</t>
+          <t>Books</t>
         </is>
       </c>
       <c r="C520" t="inlineStr"/>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.comics</t>
+          <t>.filter_by.games.classification.books</t>
         </is>
       </c>
       <c r="G520" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Komik</t>
+          <t>Suggested in Weblate: Buku</t>
         </is>
       </c>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr"/>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Books</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C521" t="inlineStr"/>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.books</t>
+          <t>.filter_by.games.status.installed</t>
         </is>
       </c>
       <c r="G521" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Buku</t>
+          <t>Suggested in Weblate: Terunduh</t>
         </is>
       </c>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr"/>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Free</t>
         </is>
       </c>
       <c r="C522" t="inlineStr"/>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>.filter_by.games.status.installed</t>
+          <t>.filter_by.games.paid_status.free</t>
         </is>
       </c>
       <c r="G522" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Terunduh</t>
+          <t>Suggested in Weblate: Gratis</t>
         </is>
       </c>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr"/>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Free</t>
+          <t>Paid</t>
         </is>
       </c>
       <c r="C523" t="inlineStr"/>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.free</t>
+          <t>.filter_by.games.paid_status.paid</t>
         </is>
       </c>
       <c r="G523" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Gratis</t>
+          <t>Suggested in Weblate: Berbayar</t>
         </is>
       </c>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr"/>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Paid</t>
+          <t>Draft</t>
         </is>
       </c>
       <c r="C524" t="inlineStr"/>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.paid</t>
+          <t>.filter_by.games.visibility.draft</t>
         </is>
       </c>
       <c r="G524" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Berbayar</t>
+          <t>Suggested in Weblate: Draf</t>
         </is>
       </c>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr"/>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Draft</t>
+          <t>Published</t>
         </is>
       </c>
       <c r="C525" t="inlineStr"/>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.draft</t>
+          <t>.filter_by.games.visibility.published</t>
         </is>
       </c>
       <c r="G525" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Draf</t>
+          <t>Suggested in Weblate: Diterbitkan</t>
         </is>
       </c>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr"/>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Published</t>
+          <t>Level</t>
         </is>
       </c>
       <c r="C526" t="inlineStr"/>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.published</t>
+          <t>.log.level</t>
         </is>
       </c>
       <c r="G526" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Diterbitkan</t>
+          <t>Suggested in Weblate: Tingkat</t>
         </is>
       </c>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr"/>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Level</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="C527" t="inlineStr"/>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>.log.level</t>
+          <t>.log.level.debug</t>
         </is>
       </c>
       <c r="G527" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tingkat</t>
+          <t>Suggested in Weblate: Debug</t>
         </is>
       </c>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr"/>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="C528" t="inlineStr"/>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>.log.level.debug</t>
+          <t>.log.level.info</t>
         </is>
       </c>
       <c r="G528" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Debug</t>
+          <t>Suggested in Weblate: Info</t>
         </is>
       </c>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr"/>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Warning</t>
         </is>
       </c>
       <c r="C529" t="inlineStr"/>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>.log.level.info</t>
+          <t>.log.level.warning</t>
         </is>
       </c>
       <c r="G529" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Info</t>
+          <t>Suggested in Weblate: Peringatan</t>
         </is>
       </c>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr"/>
       <c r="B530" t="inlineStr">
         <is>
-          <t>Warning</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C530" t="inlineStr"/>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>.log.level.warning</t>
+          <t>.log.level.error</t>
         </is>
       </c>
       <c r="G530" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Peringatan</t>
+          <t>Suggested in Weblate: Error</t>
         </is>
       </c>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr"/>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Error</t>
+          <t>Nothing to see here</t>
         </is>
       </c>
       <c r="C531" t="inlineStr"/>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>.log.level.error</t>
+          <t>.empty_state.nothing_to_see_here</t>
         </is>
       </c>
       <c r="G531" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Error</t>
+          <t>Suggested in Weblate: Tidak ada yang dapat dilihat di sini
+Suggested in Weblate: Tidak ada yang dilihat disini</t>
         </is>
       </c>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr"/>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Nothing to see here</t>
-[...2 lines deleted...]
-      <c r="C532" t="inlineStr"/>
+          <t>{{itemCount}} items</t>
+        </is>
+      </c>
+      <c r="C532" t="inlineStr">
+        <is>
+          <t>{{itemCount}} item</t>
+        </is>
+      </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>.empty_state.nothing_to_see_here</t>
+          <t>.collection.item_count</t>
         </is>
       </c>
       <c r="G532" t="inlineStr">
-        <is>
-[...29 lines deleted...]
-      <c r="G533" t="inlineStr">
         <is>
           <t>Suggested in Weblate: {{itemCount}}barang-barang
 Suggested in Weblate: Item
 Suggested in Weblate: {{itemCount}} butir
 Suggested in Weblate: {{itemCount}} barang</t>
         </is>
       </c>
+      <c r="H532" t="inlineStr"/>
+    </row>
+    <row r="533">
+      <c r="A533" t="inlineStr"/>
+      <c r="B533" t="inlineStr">
+        <is>
+          <t>No description</t>
+        </is>
+      </c>
+      <c r="C533" t="inlineStr"/>
+      <c r="D533" t="inlineStr"/>
+      <c r="E533" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F533" t="inlineStr">
+        <is>
+          <t>.search.results.game.no_description</t>
+        </is>
+      </c>
+      <c r="G533" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Tidak ada deskripsi</t>
+        </is>
+      </c>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr"/>
       <c r="B534" t="inlineStr">
         <is>
-          <t>No description</t>
+          <t>Explore</t>
         </is>
       </c>
       <c r="C534" t="inlineStr"/>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>.search.results.game.no_description</t>
+          <t>.sidebar.explore</t>
         </is>
       </c>
       <c r="G534" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tidak ada deskripsi</t>
+          <t>Suggested in Weblate: Jelajahi</t>
         </is>
       </c>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr"/>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Explore</t>
+          <t>Library</t>
         </is>
       </c>
       <c r="C535" t="inlineStr"/>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>.sidebar.explore</t>
+          <t>.sidebar.library</t>
         </is>
       </c>
       <c r="G535" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Jelajahi</t>
+          <t>Suggested in Weblate: Gudang
+Suggested in Weblate: Pustaka</t>
         </is>
       </c>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr"/>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Library</t>
+          <t>Install for {{title}} cancelled!</t>
         </is>
       </c>
       <c r="C536" t="inlineStr"/>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>.sidebar.library</t>
+          <t>.status.installing_game.cancelled</t>
         </is>
       </c>
       <c r="G536" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Gudang
-Suggested in Weblate: Pustaka</t>
+          <t>Suggested in Weblate: Pemasangan untuk {{title}} telah dibatalkan!
+Suggested in Weblate: Instalasi untuk {{title}} telah dibatalkan!</t>
         </is>
       </c>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr"/>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Install for {{title}} cancelled!</t>
+          <t>Manage install locations</t>
         </is>
       </c>
       <c r="C537" t="inlineStr"/>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>.status.installing_game.cancelled</t>
+          <t>.install_locations.manage</t>
         </is>
       </c>
       <c r="G537" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pemasangan untuk {{title}} telah dibatalkan!
-Suggested in Weblate: Instalasi untuk {{title}} telah dibatalkan!</t>
+          <t>Suggested in Weblate: Atur lokasi instal</t>
         </is>
       </c>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr"/>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Manage install locations</t>
-[...2 lines deleted...]
-      <c r="C538" t="inlineStr"/>
+          <t>Updated</t>
+        </is>
+      </c>
+      <c r="C538" t="inlineStr">
+        <is>
+          <t>Diperbarui</t>
+        </is>
+      </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>.install_locations.manage</t>
-[...6 lines deleted...]
-      </c>
+          <t>.collection.info.updated</t>
+        </is>
+      </c>
+      <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr"/>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Diperbarui</t>
+          <t>Kirim umpan balik</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>.collection.info.updated</t>
+          <t>.send_feedback.title</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr"/>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>Please describe what you were trying to do when the issue happened:</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Kirim umpan balik</t>
+          <t>Tolong utarakan apa yang Anda lakukan saat masalah terjadi:</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>.send_feedback.title</t>
+          <t>.send_feedback.describe_issue</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr"/>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Please describe what you were trying to do when the issue happened:</t>
+          <t>A few reminders:</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Tolong utarakan apa yang Anda lakukan saat masalah terjadi:</t>
+          <t>Beberapa peringatan:</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>.send_feedback.describe_issue</t>
+          <t>.send_feedback.reminders.header</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr"/>
       <c r="B542" t="inlineStr">
         <is>
-          <t>A few reminders:</t>
+          <t>Whatever you write will be read by humans.</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Beberapa peringatan:</t>
+          <t>Apapun yang Anda tulis akan dibaca oleh manusia.</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.header</t>
+          <t>.send_feedback.reminders.we_are_humans</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr"/>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Whatever you write will be read by humans.</t>
+          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Apapun yang Anda tulis akan dibaca oleh manusia.</t>
+          <t>Tulislah setepat mungkin. Kami ingin menangani masalah ini seperti Anda!</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.we_are_humans</t>
+          <t>.send_feedback.reminders.be_precise</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr"/>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
+          <t>Include steps to reproduce the issue if you can.</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Tulislah setepat mungkin. Kami ingin menangani masalah ini seperti Anda!</t>
+          <t>Sertakan langkah-langkah untuk mengulang kembali masalah jika Anda bisa.</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.be_precise</t>
+          <t>.send_feedback.reminders.include_reproduce_steps</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr"/>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Include steps to reproduce the issue if you can.</t>
+          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>Sertakan langkah-langkah untuk mengulang kembali masalah jika Anda bisa.</t>
+          <t>Sebutkan nama akun itch.io Anda dan/atau halaman yang sedang bermasalah, jika berkaitan.</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.include_reproduce_steps</t>
+          <t>.send_feedback.reminders.mention_itchio_account</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr"/>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
+          <t>Thanks for sending us feedback!</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>Sebutkan nama akun itch.io Anda dan/atau halaman yang sedang bermasalah, jika berkaitan.</t>
+          <t>Terima kasih telah mengirimkan masukan kepada kami!</t>
         </is>
       </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.mention_itchio_account</t>
+          <t>.send_feedback.reminders.thanks</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr"/>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Thanks for sending us feedback!</t>
+          <t>Where does my report go?</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Terima kasih telah mengirimkan masukan kepada kami!</t>
+          <t>Kemana perginya laporan saya?</t>
         </is>
       </c>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.thanks</t>
+          <t>.send_feedback.questions.where_does_report_go</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr"/>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Where does my report go?</t>
-[...6 lines deleted...]
-      </c>
+          <t>Review the information below to make sure you're comfortable with it being sent:</t>
+        </is>
+      </c>
+      <c r="C548" t="inlineStr"/>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>.send_feedback.questions.where_does_report_go</t>
-[...2 lines deleted...]
-      <c r="G548" t="inlineStr"/>
+          <t>.send_feedback.consent.please_review</t>
+        </is>
+      </c>
+      <c r="G548" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ulas informasi dibawah untuk memastikan anda nyaman dengan apa yang dikirim:</t>
+        </is>
+      </c>
       <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr"/>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Review the information below to make sure you're comfortable with it being sent:</t>
+          <t>redacted</t>
         </is>
       </c>
       <c r="C549" t="inlineStr"/>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.please_review</t>
+          <t>.send_feedback.consent.redacted</t>
         </is>
       </c>
       <c r="G549" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ulas informasi dibawah untuk memastikan anda nyaman dengan apa yang dikirim:</t>
+          <t>Suggested in Weblate: disunting</t>
         </is>
       </c>
       <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr"/>
       <c r="B550" t="inlineStr">
         <is>
-          <t>redacted</t>
+          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
         </is>
       </c>
       <c r="C550" t="inlineStr"/>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.redacted</t>
+          <t>.send_feedback.consent.system_info_helps_us</t>
         </is>
       </c>
       <c r="G550" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: disunting</t>
+          <t>Suggested in Weblate: Memiliki ide pokok pemasangan Anda akan membantu kami mengidentifikasi suatu sumber masalah.</t>
         </is>
       </c>
       <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr"/>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
+          <t>Include this information in the report</t>
         </is>
       </c>
       <c r="C551" t="inlineStr"/>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.system_info_helps_us</t>
+          <t>.send_feedback.consent.include_in_report</t>
         </is>
       </c>
       <c r="G551" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Memiliki ide pokok pemasangan Anda akan membantu kami mengidentifikasi suatu sumber masalah.</t>
+          <t>Suggested in Weblate: Masukan informasi ini ke dalam laporan</t>
         </is>
       </c>
       <c r="H551" t="inlineStr"/>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr"/>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Include this information in the report</t>
-[...2 lines deleted...]
-      <c r="C552" t="inlineStr"/>
+          <t>A secret URL will be generated for your report.</t>
+        </is>
+      </c>
+      <c r="C552" t="inlineStr">
+        <is>
+          <t>Sebuah URL rahasia akan dibuat untuk laporan Anda.</t>
+        </is>
+      </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.include_in_report</t>
-[...6 lines deleted...]
-      </c>
+          <t>.send_feedback.send.secret_url</t>
+        </is>
+      </c>
+      <c r="G552" t="inlineStr"/>
       <c r="H552" t="inlineStr"/>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr"/>
       <c r="B553" t="inlineStr">
         <is>
-          <t>A secret URL will be generated for your report.</t>
-[...6 lines deleted...]
-      </c>
+          <t>From that page, you will be able to:</t>
+        </is>
+      </c>
+      <c r="C553" t="inlineStr"/>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url</t>
-[...2 lines deleted...]
-      <c r="G553" t="inlineStr"/>
+          <t>.send_feedback.send.secret_url.feature_list</t>
+        </is>
+      </c>
+      <c r="G553" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Dari halaman itu, Anda akan bisa:</t>
+        </is>
+      </c>
       <c r="H553" t="inlineStr"/>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr"/>
       <c r="B554" t="inlineStr">
         <is>
-          <t>From that page, you will be able to:</t>
+          <t>See everything we see about the report</t>
         </is>
       </c>
       <c r="C554" t="inlineStr"/>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list</t>
+          <t>.send_feedback.send.secret_url.feature_list.view</t>
         </is>
       </c>
       <c r="G554" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Dari halaman itu, Anda akan bisa:</t>
+          <t>Suggested in Weblate: Melihat semua yang kami lihat mengenai laporan</t>
         </is>
       </c>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr"/>
       <c r="B555" t="inlineStr">
         <is>
-          <t>See everything we see about the report</t>
+          <t>Delete it if you decide to.</t>
         </is>
       </c>
       <c r="C555" t="inlineStr"/>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.view</t>
+          <t>.send_feedback.send.secret_url.feature_list.delete</t>
         </is>
       </c>
       <c r="G555" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Melihat semua yang kami lihat mengenai laporan</t>
+          <t>Suggested in Weblate: Menghapus laporan tersebut jika Anda memutuskannya.</t>
         </is>
       </c>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr"/>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Delete it if you decide to.</t>
-[...2 lines deleted...]
-      <c r="C556" t="inlineStr"/>
+          <t>Send report</t>
+        </is>
+      </c>
+      <c r="C556" t="inlineStr">
+        <is>
+          <t>Kirim laporan</t>
+        </is>
+      </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.delete</t>
-[...6 lines deleted...]
-      </c>
+          <t>.send_feedback.send.do_send</t>
+        </is>
+      </c>
+      <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr"/>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Send report</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nevermind, take me out of here</t>
+        </is>
+      </c>
+      <c r="C557" t="inlineStr"/>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>.send_feedback.send.do_send</t>
-[...2 lines deleted...]
-      <c r="G557" t="inlineStr"/>
+          <t>.send_feedback.send.dont_send</t>
+        </is>
+      </c>
+      <c r="G557" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Lupakan, bawa saya keluar dari sini</t>
+        </is>
+      </c>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr"/>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Nevermind, take me out of here</t>
+          <t>Sending...</t>
         </is>
       </c>
       <c r="C558" t="inlineStr"/>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>.send_feedback.send.dont_send</t>
+          <t>.send_feedback.send.sending</t>
         </is>
       </c>
       <c r="G558" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lupakan, bawa saya keluar dari sini</t>
+          <t>Suggested in Weblate: Mengirim...</t>
         </is>
       </c>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr"/>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Sending...</t>
+          <t>Thank you for sending a report, it helps everyone!</t>
         </is>
       </c>
       <c r="C559" t="inlineStr"/>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>.send_feedback.send.sending</t>
+          <t>.send_feedback.final_thanks</t>
         </is>
       </c>
       <c r="G559" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mengirim...</t>
+          <t>Suggested in Weblate: Terima kasih telah mengirimkan laporan, ini akan membantu semua pengguna!</t>
         </is>
       </c>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr"/>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Thank you for sending a report, it helps everyone!</t>
+          <t>Your report was sent successfully!</t>
         </is>
       </c>
       <c r="C560" t="inlineStr"/>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>.send_feedback.final_thanks</t>
+          <t>.send_feedback.success.intro</t>
         </is>
       </c>
       <c r="G560" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Terima kasih telah mengirimkan laporan, ini akan membantu semua pengguna!</t>
+          <t>Suggested in Weblate: Laporan Anda telah berhasil dikirim!</t>
         </is>
       </c>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr"/>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Your report was sent successfully!</t>
+          <t>View report</t>
         </is>
       </c>
       <c r="C561" t="inlineStr"/>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>.send_feedback.success.intro</t>
+          <t>.send_feedback.success.view_report</t>
         </is>
       </c>
       <c r="G561" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Laporan Anda telah berhasil dikirim!</t>
+          <t>Suggested in Weblate: Lihat laporan</t>
         </is>
       </c>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr"/>
       <c r="B562" t="inlineStr">
         <is>
-          <t>View report</t>
+          <t>(You can delete it from this page)</t>
         </is>
       </c>
       <c r="C562" t="inlineStr"/>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report</t>
+          <t>.send_feedback.success.view_report.delete</t>
         </is>
       </c>
       <c r="G562" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lihat laporan</t>
+          <t>Suggested in Weblate: (Anda bisa menghapusnya dari halaman ini)</t>
         </is>
       </c>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr"/>
       <c r="B563" t="inlineStr">
         <is>
-          <t>(You can delete it from this page)</t>
+          <t>Thanks for your feedback</t>
         </is>
       </c>
       <c r="C563" t="inlineStr"/>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report.delete</t>
+          <t>.send_feedback.success.thanks</t>
         </is>
       </c>
       <c r="G563" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: (Anda bisa menghapusnya dari halaman ini)</t>
+          <t>Suggested in Weblate: Terima kasih untuk masukan Anda</t>
         </is>
       </c>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr"/>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Thanks for your feedback</t>
+          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
         </is>
       </c>
       <c r="C564" t="inlineStr"/>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>.send_feedback.success.thanks</t>
+          <t>.send_feedback.success.promise</t>
         </is>
       </c>
       <c r="G564" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Terima kasih untuk masukan Anda</t>
+          <t>Suggested in Weblate: Masukan akan kami tinjau sesegera mungkin, diubah menjadi masalah yang dapat ditindaklanjuti, dan semoga diperbaikan dalam rilis yang mendatang.</t>
         </is>
       </c>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr"/>
       <c r="B565" t="inlineStr">
         <is>
-          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
+          <t>Sorry, we could not send your report.</t>
         </is>
       </c>
       <c r="C565" t="inlineStr"/>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>.send_feedback.success.promise</t>
+          <t>.send_feedback.error.intro</t>
         </is>
       </c>
       <c r="G565" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Masukan akan kami tinjau sesegera mungkin, diubah menjadi masalah yang dapat ditindaklanjuti, dan semoga diperbaikan dalam rilis yang mendatang.</t>
+          <t>Suggested in Weblate: Maaf, kami tidak dapat mengirim laporan Anda.</t>
         </is>
       </c>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr"/>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Sorry, we could not send your report.</t>
+          <t>Previous</t>
         </is>
       </c>
       <c r="C566" t="inlineStr"/>
       <c r="D566" t="inlineStr"/>
       <c r="E566" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F566" t="inlineStr">
         <is>
-          <t>.send_feedback.error.intro</t>
+          <t>.send_feedback.nav.previous</t>
         </is>
       </c>
       <c r="G566" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Maaf, kami tidak dapat mengirim laporan Anda.</t>
+          <t>Suggested in Weblate: Sebelumnya</t>
         </is>
       </c>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr"/>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Previous</t>
+          <t>Next</t>
         </is>
       </c>
       <c r="C567" t="inlineStr"/>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.previous</t>
+          <t>.send_feedback.nav.next</t>
         </is>
       </c>
       <c r="G567" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sebelumnya</t>
+          <t>Suggested in Weblate: Lanjut
+Suggested in Weblate: Selanjutnya</t>
         </is>
       </c>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr"/>
       <c r="B568" t="inlineStr">
         <is>
-          <t>Next</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C568" t="inlineStr"/>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.next</t>
+          <t>.send_feedback.nav.close</t>
         </is>
       </c>
       <c r="G568" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lanjut
-Suggested in Weblate: Selanjutnya</t>
+          <t>Suggested in Weblate: Tutup</t>
         </is>
       </c>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr"/>
       <c r="B569" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Your message</t>
         </is>
       </c>
       <c r="C569" t="inlineStr"/>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.close</t>
+          <t>.send_feedback.steps.your_message</t>
         </is>
       </c>
       <c r="G569" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tutup</t>
+          <t>Suggested in Weblate: Pesan anda</t>
         </is>
       </c>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr"/>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Your message</t>
+          <t>System information</t>
         </is>
       </c>
       <c r="C570" t="inlineStr"/>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.your_message</t>
+          <t>.send_feedback.steps.system_info</t>
         </is>
       </c>
       <c r="G570" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pesan anda</t>
+          <t>Suggested in Weblate: Informasi sistem</t>
         </is>
       </c>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr"/>
       <c r="B571" t="inlineStr">
         <is>
-          <t>System information</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C571" t="inlineStr"/>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.system_info</t>
+          <t>.send_feedback.steps.send</t>
         </is>
       </c>
       <c r="G571" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Informasi sistem</t>
+          <t>Suggested in Weblate: Kirim laporan</t>
         </is>
       </c>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr"/>
       <c r="B572" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Browse</t>
         </is>
       </c>
       <c r="C572" t="inlineStr"/>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.send</t>
+          <t>.setup.action.browse</t>
         </is>
       </c>
       <c r="G572" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kirim laporan</t>
+          <t>Suggested in Weblate: Telusuri</t>
         </is>
       </c>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr"/>
       <c r="B573" t="inlineStr">
         <is>
-          <t>Browse</t>
-[...2 lines deleted...]
-      <c r="C573" t="inlineStr"/>
+          <t>Install {{title}}</t>
+        </is>
+      </c>
+      <c r="C573" t="inlineStr">
+        <is>
+          <t>Pasang {{title}}</t>
+        </is>
+      </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>.setup.action.browse</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.install_title</t>
+        </is>
+      </c>
+      <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr"/>
       <c r="B574" t="inlineStr">
         <is>
-          <t>Install {{title}}</t>
+          <t>Open developer tools</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>Pasang {{title}}</t>
+          <t>Buka alat pengembang</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>.grid.item.install_title</t>
+          <t>.browser.open_devtools</t>
         </is>
       </c>
       <c r="G574" t="inlineStr"/>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr"/>
       <c r="B575" t="inlineStr">
         <is>
-          <t>Open developer tools</t>
-[...6 lines deleted...]
-      </c>
+          <t>Back</t>
+        </is>
+      </c>
+      <c r="C575" t="inlineStr"/>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>.browser.open_devtools</t>
-[...2 lines deleted...]
-      <c r="G575" t="inlineStr"/>
+          <t>.prompt.action.back</t>
+        </is>
+      </c>
+      <c r="G575" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kembali
+Suggested in Weblate: Balik</t>
+        </is>
+      </c>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr"/>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Back</t>
-[...2 lines deleted...]
-      <c r="C576" t="inlineStr"/>
+          <t>Reveal password</t>
+        </is>
+      </c>
+      <c r="C576" t="inlineStr">
+        <is>
+          <t>Tampilkan kata sandi</t>
+        </is>
+      </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>.prompt.action.back</t>
-[...7 lines deleted...]
-      </c>
+          <t>.login.action.reveal_password</t>
+        </is>
+      </c>
+      <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr"/>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Reveal password</t>
+          <t>Hide password</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Tampilkan kata sandi</t>
+          <t>Sembunyikan kata sandi</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>.login.action.reveal_password</t>
+          <t>.login.action.hide_password</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr"/>
       <c r="B578" t="inlineStr">
         <is>
-          <t>Hide password</t>
-[...6 lines deleted...]
-      </c>
+          <t>Inspect</t>
+        </is>
+      </c>
+      <c r="C578" t="inlineStr"/>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>.login.action.hide_password</t>
-[...2 lines deleted...]
-      <c r="G578" t="inlineStr"/>
+          <t>.web.context_menu.inspect</t>
+        </is>
+      </c>
+      <c r="G578" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Periksa</t>
+        </is>
+      </c>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr"/>
       <c r="B579" t="inlineStr">
         <is>
-          <t>Inspect</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C579" t="inlineStr"/>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>.web.context_menu.inspect</t>
+          <t>.sort_by.collections.title</t>
         </is>
       </c>
       <c r="G579" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Periksa</t>
+          <t>Suggested in Weblate: Judul</t>
         </is>
       </c>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr"/>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C580" t="inlineStr"/>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>.sort_by.collections.title</t>
+          <t>.sort_by.collections.updated_at</t>
         </is>
       </c>
       <c r="G580" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Judul</t>
+          <t>Suggested in Weblate: Diperbarui</t>
         </is>
       </c>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr"/>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Are you sure you want to quit?</t>
         </is>
       </c>
       <c r="C581" t="inlineStr"/>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>.sort_by.collections.updated_at</t>
+          <t>.prompt.confirm_quit.title</t>
         </is>
       </c>
       <c r="G581" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Diperbarui</t>
+          <t>Suggested in Weblate: Apakah kamu yakin ingin keluar?
+Suggested in Weblate: Apakah Anda yakin ingin keluar?</t>
         </is>
       </c>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr"/>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Are you sure you want to quit?</t>
+          <t>All running games and applications will be closed.</t>
         </is>
       </c>
       <c r="C582" t="inlineStr"/>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.title</t>
+          <t>.prompt.confirm_quit.message</t>
         </is>
       </c>
       <c r="G582" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Apakah kamu yakin ingin keluar?
-Suggested in Weblate: Apakah Anda yakin ingin keluar?</t>
+          <t>Suggested in Weblate: Semua game dan aplikasi yang berjalan akan ditutup.
+Suggested in Weblate: Semua gim dan aplikasi akan ditutupkan.</t>
         </is>
       </c>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr"/>
       <c r="B583" t="inlineStr">
         <is>
-          <t>All running games and applications will be closed.</t>
+          <t>Quit and close all</t>
         </is>
       </c>
       <c r="C583" t="inlineStr"/>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.message</t>
+          <t>.prompt.action.quit_and_close_all</t>
         </is>
       </c>
       <c r="G583" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Semua game dan aplikasi yang berjalan akan ditutup.
-Suggested in Weblate: Semua gim dan aplikasi akan ditutupkan.</t>
+          <t>Suggested in Weblate: Keluar dan tutup semuanya
+Suggested in Weblate: Keluar dan tutup semua</t>
         </is>
       </c>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr"/>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Quit and close all</t>
-[...2 lines deleted...]
-      <c r="C584" t="inlineStr"/>
+          <t>Empty</t>
+        </is>
+      </c>
+      <c r="C584" t="inlineStr">
+        <is>
+          <t>Kosong</t>
+        </is>
+      </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>.prompt.action.quit_and_close_all</t>
+          <t>.preferences.install_location.empty</t>
         </is>
       </c>
       <c r="G584" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Keluar dan tutup semuanya
-Suggested in Weblate: Keluar dan tutup semua</t>
+          <t>Suggested in Weblate: Sisa</t>
         </is>
       </c>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr"/>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Empty</t>
-[...6 lines deleted...]
-      </c>
+          <t>Something went wrong</t>
+        </is>
+      </c>
+      <c r="C585" t="inlineStr"/>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>.preferences.install_location.empty</t>
+          <t>.prompt.show_error.generic_message</t>
         </is>
       </c>
       <c r="G585" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sisa</t>
+          <t>Suggested in Weblate: Ada yang salah
+Suggested in Weblate: Ada sesuatu yang salah</t>
         </is>
       </c>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr"/>
       <c r="B586" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Computing space requirements</t>
         </is>
       </c>
       <c r="C586" t="inlineStr"/>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>.prompt.show_error.generic_message</t>
+          <t>.plan_install.computing_space_requirements</t>
         </is>
       </c>
       <c r="G586" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ada yang salah
-Suggested in Weblate: Ada sesuatu yang salah</t>
+          <t>Suggested in Weblate: Menghitung kebutuhan penyimpanan</t>
         </is>
       </c>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr"/>
       <c r="B587" t="inlineStr">
         <is>
-          <t>Computing space requirements</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C587" t="inlineStr"/>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>.plan_install.computing_space_requirements</t>
+          <t>.plan_install.select_upload</t>
         </is>
       </c>
       <c r="G587" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Menghitung kebutuhan penyimpanan</t>
+          <t>Suggested in Weblate: Instal</t>
         </is>
       </c>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr"/>
       <c r="B588" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>To location</t>
         </is>
       </c>
       <c r="C588" t="inlineStr"/>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>.plan_install.select_upload</t>
+          <t>.plan_install.select_install_location</t>
         </is>
       </c>
       <c r="G588" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Instal</t>
+          <t>Suggested in Weblate: Ke lokasi</t>
         </is>
       </c>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr"/>
       <c r="B589" t="inlineStr">
         <is>
-          <t>To location</t>
+          <t>Disk space required</t>
         </is>
       </c>
       <c r="C589" t="inlineStr"/>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>.plan_install.select_install_location</t>
+          <t>.plan_install.disk_space_required</t>
         </is>
       </c>
       <c r="G589" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ke lokasi</t>
+          <t>Suggested in Weblate: Ruang penyimpanan yang dibutuhkan</t>
         </is>
       </c>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr"/>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Disk space required</t>
+          <t>Disk space available</t>
         </is>
       </c>
       <c r="C590" t="inlineStr"/>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_required</t>
+          <t>.plan_install.disk_space_available</t>
         </is>
       </c>
       <c r="G590" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ruang penyimpanan yang dibutuhkan</t>
+          <t>Suggested in Weblate: Ruang penyimpanan yang tersedia</t>
         </is>
       </c>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr"/>
       <c r="B591" t="inlineStr">
         <is>
-          <t>Disk space available</t>
+          <t>Software License Agreement</t>
         </is>
       </c>
       <c r="C591" t="inlineStr"/>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_available</t>
+          <t>.prompt.sla.title</t>
         </is>
       </c>
       <c r="G591" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ruang penyimpanan yang tersedia</t>
+          <t>Suggested in Weblate: Perjanjian Lisensi Perangkat Lunak</t>
         </is>
       </c>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr"/>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Software License Agreement</t>
+          <t>To use this software, you need to accept the terms of this license agreement:</t>
         </is>
       </c>
       <c r="C592" t="inlineStr"/>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>.prompt.sla.title</t>
+          <t>.prompt.sla.message</t>
         </is>
       </c>
       <c r="G592" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Perjanjian Lisensi Perangkat Lunak</t>
+          <t>Suggested in Weblate: Untuk menggunakan perangkat lunak ini, Kamu harus menerima syarat perjanjian lisensi berikut:
+Suggested in Weblate: Untuk menggunakan perangkat lunak ini, Anda harus menerima syarat perjanjian lisensi ini:</t>
         </is>
       </c>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr"/>
       <c r="B593" t="inlineStr">
         <is>
-          <t>To use this software, you need to accept the terms of this license agreement:</t>
+          <t>Accept terms</t>
         </is>
       </c>
       <c r="C593" t="inlineStr"/>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>.prompt.sla.message</t>
+          <t>.prompt.sla.accept</t>
         </is>
       </c>
       <c r="G593" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Untuk menggunakan perangkat lunak ini, Kamu harus menerima syarat perjanjian lisensi berikut:
-Suggested in Weblate: Untuk menggunakan perangkat lunak ini, Anda harus menerima syarat perjanjian lisensi ini:</t>
+          <t>Suggested in Weblate: Terima persyaratan</t>
         </is>
       </c>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr"/>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Accept terms</t>
+          <t>Physical Games</t>
         </is>
       </c>
       <c r="C594" t="inlineStr"/>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>.prompt.sla.accept</t>
-[...6 lines deleted...]
-      </c>
+          <t>.filter_by.games.classification.physical_game</t>
+        </is>
+      </c>
+      <c r="G594" t="inlineStr"/>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr"/>
       <c r="B595" t="inlineStr">
         <is>
-          <t>Physical Games</t>
+          <t>1 hour 1 minute</t>
         </is>
       </c>
       <c r="C595" t="inlineStr"/>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.physical_game</t>
+          <t>.duration.precise.hour_minute</t>
         </is>
       </c>
       <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr"/>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr"/>
+      <c r="D596" t="inlineStr"/>
+      <c r="E596" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F596" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G596" t="inlineStr"/>
+      <c r="H596" t="inlineStr"/>
+    </row>
+    <row r="597">
+      <c r="A597" t="inlineStr"/>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C597" t="inlineStr"/>
+      <c r="D597" t="inlineStr"/>
+      <c r="E597" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F597" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G597" t="inlineStr"/>
+      <c r="H597" t="inlineStr"/>
+    </row>
+    <row r="598">
+      <c r="A598" t="inlineStr"/>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C598" t="inlineStr"/>
+      <c r="D598" t="inlineStr"/>
+      <c r="E598" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F598" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G598" t="inlineStr"/>
+      <c r="H598" t="inlineStr"/>
+    </row>
+    <row r="599">
+      <c r="A599" t="inlineStr"/>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C599" t="inlineStr"/>
+      <c r="D599" t="inlineStr"/>
+      <c r="E599" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F599" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G599" t="inlineStr"/>
+      <c r="H599" t="inlineStr"/>
+    </row>
+    <row r="600">
+      <c r="A600" t="inlineStr"/>
+      <c r="B600" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C600" t="inlineStr"/>
+      <c r="D600" t="inlineStr"/>
+      <c r="E600" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F600" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G600" t="inlineStr"/>
+      <c r="H600" t="inlineStr"/>
+    </row>
+    <row r="601">
+      <c r="A601" t="inlineStr"/>
+      <c r="B601" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C601" t="inlineStr"/>
+      <c r="D601" t="inlineStr"/>
+      <c r="E601" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F601" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G601" t="inlineStr"/>
+      <c r="H601" t="inlineStr"/>
+    </row>
+    <row r="602">
+      <c r="A602" t="inlineStr"/>
+      <c r="B602" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C602" t="inlineStr"/>
+      <c r="D602" t="inlineStr"/>
+      <c r="E602" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F602" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G602" t="inlineStr"/>
+      <c r="H602" t="inlineStr"/>
+    </row>
+    <row r="603">
+      <c r="A603" t="inlineStr"/>
+      <c r="B603" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C603" t="inlineStr"/>
+      <c r="D603" t="inlineStr"/>
+      <c r="E603" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F603" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G603" t="inlineStr"/>
+      <c r="H603" t="inlineStr"/>
+    </row>
+    <row r="604">
+      <c r="A604" t="inlineStr"/>
+      <c r="B604" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C604" t="inlineStr"/>
+      <c r="D604" t="inlineStr"/>
+      <c r="E604" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F604" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G604" t="inlineStr"/>
+      <c r="H604" t="inlineStr"/>
+    </row>
+    <row r="605">
+      <c r="A605" t="inlineStr"/>
+      <c r="B605" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C605" t="inlineStr"/>
+      <c r="D605" t="inlineStr"/>
+      <c r="E605" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F605" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G605" t="inlineStr"/>
+      <c r="H605" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>