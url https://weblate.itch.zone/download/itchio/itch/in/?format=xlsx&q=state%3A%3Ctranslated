--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H152"/>
+  <dimension ref="A1:H163"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -4490,45 +4490,287 @@
         </is>
       </c>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
           <t>Physical Games</t>
         </is>
       </c>
       <c r="C152" t="inlineStr"/>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>.filter_by.games.classification.physical_game</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr"/>
+      <c r="B153" t="inlineStr">
+        <is>
+          <t>1 hour 1 minute</t>
+        </is>
+      </c>
+      <c r="C153" t="inlineStr"/>
+      <c r="D153" t="inlineStr"/>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F153" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minute</t>
+        </is>
+      </c>
+      <c r="G153" t="inlineStr"/>
+      <c r="H153" t="inlineStr"/>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr"/>
+      <c r="B154" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C154" t="inlineStr"/>
+      <c r="D154" t="inlineStr"/>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F154" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G154" t="inlineStr"/>
+      <c r="H154" t="inlineStr"/>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr"/>
+      <c r="B155" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C155" t="inlineStr"/>
+      <c r="D155" t="inlineStr"/>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F155" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G155" t="inlineStr"/>
+      <c r="H155" t="inlineStr"/>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr"/>
+      <c r="B156" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C156" t="inlineStr"/>
+      <c r="D156" t="inlineStr"/>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F156" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G156" t="inlineStr"/>
+      <c r="H156" t="inlineStr"/>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr"/>
+      <c r="B157" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C157" t="inlineStr"/>
+      <c r="D157" t="inlineStr"/>
+      <c r="E157" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F157" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G157" t="inlineStr"/>
+      <c r="H157" t="inlineStr"/>
+    </row>
+    <row r="158">
+      <c r="A158" t="inlineStr"/>
+      <c r="B158" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C158" t="inlineStr"/>
+      <c r="D158" t="inlineStr"/>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F158" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G158" t="inlineStr"/>
+      <c r="H158" t="inlineStr"/>
+    </row>
+    <row r="159">
+      <c r="A159" t="inlineStr"/>
+      <c r="B159" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C159" t="inlineStr"/>
+      <c r="D159" t="inlineStr"/>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F159" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G159" t="inlineStr"/>
+      <c r="H159" t="inlineStr"/>
+    </row>
+    <row r="160">
+      <c r="A160" t="inlineStr"/>
+      <c r="B160" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C160" t="inlineStr"/>
+      <c r="D160" t="inlineStr"/>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F160" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G160" t="inlineStr"/>
+      <c r="H160" t="inlineStr"/>
+    </row>
+    <row r="161">
+      <c r="A161" t="inlineStr"/>
+      <c r="B161" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C161" t="inlineStr"/>
+      <c r="D161" t="inlineStr"/>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F161" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G161" t="inlineStr"/>
+      <c r="H161" t="inlineStr"/>
+    </row>
+    <row r="162">
+      <c r="A162" t="inlineStr"/>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C162" t="inlineStr"/>
+      <c r="D162" t="inlineStr"/>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F162" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G162" t="inlineStr"/>
+      <c r="H162" t="inlineStr"/>
+    </row>
+    <row r="163">
+      <c r="A163" t="inlineStr"/>
+      <c r="B163" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C163" t="inlineStr"/>
+      <c r="D163" t="inlineStr"/>
+      <c r="E163" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F163" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G163" t="inlineStr"/>
+      <c r="H163" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>