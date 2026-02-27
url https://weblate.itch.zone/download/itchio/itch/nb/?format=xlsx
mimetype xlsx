--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H595"/>
+  <dimension ref="A1:H605"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -4164,11867 +4164,12088 @@
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>Toppselgere</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>.new_tab.top_sellers</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Popular on Twitter</t>
+          <t>itch is now running in the background. Use the menu to quit it completely.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>Populært på Twitter</t>
+          <t>itch kjører nå i bakgrunnen. Bruk menyen for å avslutte den helt.</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.new_tab.twitter</t>
+          <t>.notification.see_you_soon.message</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>itch is now running in the background. Use the menu to quit it completely.</t>
+          <t>See you soon!</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>itch kjører nå i bakgrunnen. Bruk menyen for å avslutte den helt.</t>
+          <t>På gjensyn!</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.message</t>
+          <t>.notification.see_you_soon.title</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>See you soon!</t>
+          <t>You just purchased {{title}}!</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>På gjensyn!</t>
+          <t>Du kjøpte nettopp {{title}}!</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.title</t>
+          <t>.notification.purchase_complete.just_bought</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>You just purchased {{title}}!</t>
+          <t>You just donated to {{title}}!</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>Du kjøpte nettopp {{title}}!</t>
+          <t>Du donerte nettopp til {{title}}!</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_bought</t>
+          <t>.notification.purchase_complete.just_donated</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>You just donated to {{title}}!</t>
+          <t>You can now install it anytime!</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>Du donerte nettopp til {{title}}!</t>
+          <t>Du kan nå installere det når som helst!</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_donated</t>
+          <t>.notification.purchase_complete.may_install_now</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t>You can now install it anytime!</t>
+          <t>Thanks for your support!</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>Du kan nå installere det når som helst!</t>
+          <t>Takk for støtten!</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.may_install_now</t>
+          <t>.notification.purchase_complete.thanks_for_support</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Thanks for your support!</t>
+          <t>{{title}} was installed!</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>Takk for støtten!</t>
+          <t>{{title}} ble installert!</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.thanks_for_support</t>
+          <t>.notification.download_installed</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
-          <t>{{title}} was installed!</t>
+          <t>{{title}} was updated!</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>{{title}} ble installert!</t>
+          <t>{{title}} ble oppdatert!</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>.notification.download_installed</t>
+          <t>.notification.download_updated</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>{{title}} was updated!</t>
+          <t>{{title}} was switched to {{version}}!</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>{{title}} ble oppdatert!</t>
+          <t>{{title}} ble byttet til {{version}}!</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>.notification.download_updated</t>
+          <t>.notification.download_reverted</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
-          <t>{{title}} was switched to {{version}}!</t>
+          <t>{{title}} verified and repaired!</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>{{title}} ble byttet til {{version}}!</t>
+          <t>{{title}} kontrollert og reparert!</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>.notification.download_reverted</t>
+          <t>.notification.download_healed</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
-          <t>{{title}} verified and repaired!</t>
+          <t>Keep in mind this is a pre-alpha</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>{{title}} kontrollert og reparert!</t>
+          <t>Husk at dette er en pre-alfa</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>.notification.download_healed</t>
+          <t>.onboarding.caved.prealpha_reminder</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Keep in mind this is a pre-alpha</t>
+          <t>Take your pick</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>Husk at dette er en pre-alfa</t>
+          <t>Gjør et valg</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>.onboarding.caved.prealpha_reminder</t>
+          <t>.onboarding.caved.title_pick</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Take your pick</t>
+          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>Gjør et valg</t>
+          <t>Hvis det oppstår problemer, klikk {{report}} for å rapportere dem, eller {{probe}} for å undersøke nærmere.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>.onboarding.caved.title_pick</t>
+          <t>.onboarding.caved.troubleshoot_advice</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
+          <t>Watch games quietly download, install, and run.</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>Hvis det oppstår problemer, klikk {{report}} for å rapportere dem, eller {{probe}} for å undersøke nærmere.</t>
+          <t>Se spill bli stille lastet ned, installert og kjørt.</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>.onboarding.caved.troubleshoot_advice</t>
+          <t>.onboarding.caved.usage</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Watch games quietly download, install, and run.</t>
+          <t>Your games will be here when you come back.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>Se spill bli stille lastet ned, installert og kjørt.</t>
+          <t>Spillene dine vil være her når du kommer tilbake.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>.onboarding.caved.usage</t>
+          <t>.onboarding.collections.auto_sync</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Your games will be here when you come back.</t>
+          <t>Let's browse</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>Spillene dine vil være her når du kommer tilbake.</t>
+          <t>La oss utforske</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>.onboarding.collections.auto_sync</t>
+          <t>.onboarding.collections.lets_shop</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Let's browse</t>
+          <t>Mix &amp; match</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>La oss utforske</t>
+          <t>Plukk og miks</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>.onboarding.collections.lets_shop</t>
+          <t>.onboarding.collections.title_mix</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Mix &amp; match</t>
+          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>Plukk og miks</t>
+          <t>Utforsk siden litt, bruk så {{add_to_collection}} for å begynne å organisere.</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>.onboarding.collections.title_mix</t>
+          <t>.onboarding.collections.usage</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>Utforsk siden litt, bruk så {{add_to_collection}} for å begynne å organisere.</t>
+          <t>Finn ut mer</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>.onboarding.collections.usage</t>
+          <t>.onboarding.dashboard.docs_link</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>We've tried to make it the comfiest.</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>Finn ut mer</t>
+          <t>Vi har prøvd å gjøre det lettvint.</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.docs_link</t>
+          <t>.onboarding.dashboard.mission_statement</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>We've tried to make it the comfiest.</t>
+          <t>Instant set-up, and as few barriers as we can manage.</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>Vi har prøvd å gjøre det lettvint.</t>
+          <t>Raskt oppsett, og så få hindringer som mulig.</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.mission_statement</t>
+          <t>.onboarding.dashboard.selling_points</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Instant set-up, and as few barriers as we can manage.</t>
+          <t>Welcome home</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>Raskt oppsett, og så få hindringer som mulig.</t>
+          <t>Velkommen hjem</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.selling_points</t>
+          <t>.onboarding.dashboard.welcome_home</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Welcome home</t>
+          <t>We've put together a few collections so you can start playing right away.</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>Velkommen hjem</t>
+          <t>Vi har satt sammen noen samlinger slik at du kan begynne å spille med én gang.</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.welcome_home</t>
+          <t>.onboarding.owned.batteries_included</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>We've put together a few collections so you can start playing right away.</t>
+          <t>Click the labels on your left to navigate around the app</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>Vi har satt sammen noen samlinger slik at du kan begynne å spille med én gang.</t>
+          <t>Klikk på etikettene til venstre for å navigere i programmet</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>.onboarding.owned.batteries_included</t>
+          <t>.onboarding.owned.navigation_hint</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Click the labels on your left to navigate around the app</t>
+          <t>Things are looking a bit empty right now, but no worries!</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>Klikk på etikettene til venstre for å navigere i programmet</t>
+          <t>Det ser litt tomt ut akkurat nå, men ikke vær redd!</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>.onboarding.owned.navigation_hint</t>
+          <t>.onboarding.owned.reassuring_comment</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Things are looking a bit empty right now, but no worries!</t>
+          <t>You made it!</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>Det ser litt tomt ut akkurat nå, men ikke vær redd!</t>
+          <t>Du klarte det!</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>.onboarding.owned.reassuring_comment</t>
+          <t>.onboarding.owned.title_warm_welcome</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t>You made it!</t>
+          <t>Open dashboard</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>Du klarte det!</t>
+          <t>Åpne hovedmeny</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>.onboarding.owned.title_warm_welcome</t>
+          <t>.outlinks.open_dashboard</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Open dashboard</t>
+          <t>Manage collections</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>Åpne hovedmeny</t>
+          <t>Tilpass samlinger</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>.outlinks.open_dashboard</t>
+          <t>.outlinks.manage_collections</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Manage collections</t>
+          <t>itch.io sandbox setup</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>Tilpass samlinger</t>
+          <t>Engangsoppsett av sandkasse</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>.outlinks.manage_collections</t>
+          <t>.sandbox.setup.title</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
-          <t>itch.io sandbox setup</t>
+          <t>Proceed</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>Engangsoppsett av sandkasse</t>
+          <t>Fortsett</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>.sandbox.setup.title</t>
+          <t>.sandbox.setup.proceed</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Proceed</t>
+          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>Fortsett</t>
+          <t>For å kjøre spill i itch.io-sandkassen, må en engangsprosedyre utføres som administrator.</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>.sandbox.setup.proceed</t>
+          <t>.sandbox.setup.windows.message</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
+          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>For å kjøre spill i itch.io-sandkassen, må en engangsprosedyre utføres som administrator.</t>
+          <t>Når du har trykket 'Fortsett' kan du bli spurt om godkjennelse. Dette vil opprette en 'itch-player'-brukerkonto for å skjerme spillene dine fra resten av systemet ditt.</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.message</t>
+          <t>.sandbox.setup.windows.detail</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
+          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>Når du har trykket 'Fortsett' kan du bli spurt om godkjennelse. Dette vil opprette en 'itch-player'-brukerkonto for å skjerme spillene dine fra resten av systemet ditt.</t>
+          <t>For å kjøre spill i itch.io-sandkassen, må et engangskonfigurasjonsskript kjøres som root.</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.detail</t>
+          <t>.sandbox.setup.linux.message</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
+          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>For å kjøre spill i itch.io-sandkassen, må et engangskonfigurasjonsskript kjøres som root.</t>
+          <t>Når du har trykket 'Fortsett' vil du bli spurt om passordet ditt. Dette er kun nødvendig den første gangen du starter sandkassen, og passordet ditt blir aldri sett eller lagret av itch.</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.message</t>
+          <t>.sandbox.setup.linux.detail</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
+          <t>Security &amp; privacy</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>Når du har trykket 'Fortsett' vil du bli spurt om passordet ditt. Dette er kun nødvendig den første gangen du starter sandkassen, og passordet ditt blir aldri sett eller lagret av itch.</t>
+          <t>Sikkerhet &amp; personvern</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.detail</t>
+          <t>.preferences.security</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Security &amp; privacy</t>
+          <t>Enable itch.io sandbox</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>Sikkerhet &amp; personvern</t>
+          <t>Aktiver itch.io-sandkassen</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>.preferences.security</t>
+          <t>.preferences.security.sandbox.title</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Enable itch.io sandbox</t>
+          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>Aktiver itch.io-sandkassen</t>
+          <t>Itch.io-sandkassen vil forsøke å forhindre spill du laster ned fra å gjøre skadelige ting eller stjele sensitive opplysninger. Selv om det ikke er en fullstendig sikkerhetsgaranti, er det likevel mye tryggere å kjøre spill i itch.io-sandkassen.</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.title</t>
+          <t>.preferences.security.sandbox.description</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
+          <t>Add location</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>Itch.io-sandkassen vil forsøke å forhindre spill du laster ned fra å gjøre skadelige ting eller stjele sensitive opplysninger. Selv om det ikke er en fullstendig sikkerhetsgaranti, er det likevel mye tryggere å kjøre spill i itch.io-sandkassen.</t>
+          <t>Legg til område</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.description</t>
+          <t>.preferences.install_location.add</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Add location</t>
+          <t>Remove this install location</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>Legg til område</t>
+          <t>Fjern dette installasjonsområdet</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>.preferences.install_location.add</t>
-[...2 lines deleted...]
-      <c r="G184" t="inlineStr"/>
+          <t>.preferences.install_location.delete</t>
+        </is>
+      </c>
+      <c r="G184" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Fjern dette installasjonsområdet og slett alt innholdet</t>
+        </is>
+      </c>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Remove this install location</t>
+          <t>Free space</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>Fjern dette installasjonsområdet</t>
+          <t>Ledig plass</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>.preferences.install_location.delete</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.install_location.free_space</t>
+        </is>
+      </c>
+      <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Free space</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>Ledig plass</t>
+          <t>Standard</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_space</t>
+          <t>.preferences.install_location.is_default_short</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Make default</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>Standard</t>
+          <t>Gjør til standard</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default_short</t>
+          <t>.preferences.install_location.make_default_short</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Make default</t>
+          <t>New items will install to this location by default.</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>Gjør til standard</t>
+          <t>Nye artikler vil bli installert til dette området som standard.</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default_short</t>
+          <t>.preferences.install_location.is_default</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t>New items will install to this location by default.</t>
+          <t># of items</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>Nye artikler vil bli installert til dette området som standard.</t>
+          <t># av artikler</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default</t>
+          <t>.preferences.install_location.item_count</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t># of items</t>
+          <t>Set this as the default install location</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t># av artikler</t>
+          <t>Gjør dette til standard installasjonsområde</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>.preferences.install_location.item_count</t>
+          <t>.preferences.install_location.make_default</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Set this as the default install location</t>
+          <t>Location</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>Gjør dette til standard installasjonsområde</t>
+          <t>Område</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default</t>
+          <t>.preferences.install_location.path</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Location</t>
+          <t>Used space</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>Område</t>
+          <t>Brukt plass</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>.preferences.install_location.path</t>
+          <t>.preferences.install_location.used_space</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Used space</t>
+          <t>Install locations</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>Brukt plass</t>
+          <t>Installasjonsområder</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>.preferences.install_location.used_space</t>
+          <t>.preferences.install_locations</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Install locations</t>
+          <t>Behavior</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>Installasjonsområder</t>
+          <t>Oppførsel</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>.preferences.install_locations</t>
+          <t>.preferences.behavior</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Behavior</t>
+          <t>Keep app in tray when closing window</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>Oppførsel</t>
+          <t>Behold applikasjonen på oppgavelinjen når vinduet lukkes</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>.preferences.behavior</t>
+          <t>.preferences.behavior.close_to_tray</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Keep app in tray when closing window</t>
+          <t>Run itch when my computer starts</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>Behold applikasjonen på oppgavelinjen når vinduet lukkes</t>
+          <t>Kjør itch når datamaskinen min starter</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>.preferences.behavior.close_to_tray</t>
+          <t>.preferences.behavior.open_at_login</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Run itch when my computer starts</t>
+          <t>Open itch as hidden on startup</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>Kjør itch når datamaskinen min starter</t>
+          <t>Åpne itch i bakgrunnen ved oppstart</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login</t>
+          <t>.preferences.behavior.open_as_hidden</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr"/>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Open itch as hidden on startup</t>
+          <t>Auto-start settings could not be applied: {{cause}}</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>Åpne itch i bakgrunnen ved oppstart</t>
+          <t>Innstillinger for automatisk start kunne ikke brukes: {{cause}}</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_as_hidden</t>
+          <t>.preferences.behavior.open_at_login.error</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr"/>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Auto-start settings could not be applied: {{cause}}</t>
+          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>Innstillinger for automatisk start kunne ikke brukes: {{cause}}</t>
+          <t>Ingen .desktop-fil funnet. Dette er normalt hvis du ikke installerte fra en systempakke. Se {{linux_install_page}} for mer informasjon.</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.error</t>
+          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr"/>
       <c r="B200" t="inlineStr">
         <is>
-          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
+          <t>Ask before updating anything</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>Ingen .desktop-fil funnet. Dette er normalt hvis du ikke installerte fra en systempakke. Se {{linux_install_page}} for mer informasjon.</t>
+          <t>Spør før alle oppdateringer</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
+          <t>.preferences.behavior.manual_game_updates</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr"/>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Ask before updating anything</t>
+          <t>Prevent display sleep while playing</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>Spør før alle oppdateringer</t>
+          <t>Hindre at skjermen går i dvale under spilling</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>.preferences.behavior.manual_game_updates</t>
-[...2 lines deleted...]
-      <c r="G201" t="inlineStr"/>
+          <t>.preferences.behavior.prevent_display_sleep</t>
+        </is>
+      </c>
+      <c r="G201" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Stopp skjermen fra å gå i dvale under spill</t>
+        </is>
+      </c>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr"/>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Prevent display sleep while playing</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>Hindre at skjermen går i dvale under spilling</t>
+          <t>Varsler</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>.preferences.behavior.prevent_display_sleep</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.notifications</t>
+        </is>
+      </c>
+      <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr"/>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Notify me when a download has been installed or updated</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>Varsler</t>
+          <t>Varsle meg når en nedlasting har blitt installert eller oppdatert</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>.preferences.notifications</t>
+          <t>.preferences.notifications.ready_notification</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr"/>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Notify me when a download has been installed or updated</t>
+          <t>Language</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>Varsle meg når en nedlasting har blitt installert eller oppdatert</t>
+          <t>Språk</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>.preferences.notifications.ready_notification</t>
+          <t>.preferences.language</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr"/>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Language</t>
+          <t>System language ({{language}})</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>Språk</t>
+          <t>Systemspråk ({{language}})</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>.preferences.language</t>
+          <t>.preferences.language.auto</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr"/>
       <c r="B206" t="inlineStr">
         <is>
-          <t>System language ({{language}})</t>
+          <t>Help translate {{name}} in your language!</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>Systemspråk ({{language}})</t>
+          <t>Hjelp til med å oversette {{name}} til ditt språk!</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>.preferences.language.auto</t>
+          <t>.preferences.language.get_involved</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr"/>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Help translate {{name}} in your language!</t>
+          <t>Advanced</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>Hjelp til med å oversette {{name}} til ditt språk!</t>
+          <t>Avansert</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>.preferences.language.get_involved</t>
+          <t>.preferences.advanced</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr"/>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Advanced</t>
+          <t>Open app log</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>Avansert</t>
+          <t>Åpne applikasjonslogg</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>.preferences.advanced</t>
+          <t>.preferences.advanced.open_app_log</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr"/>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Open app log</t>
+          <t>Clear browsing data</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>Åpne applikasjonslogg</t>
+          <t>Fjern visningshistorikk</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>.preferences.advanced.open_app_log</t>
+          <t>.preferences.advanced.clear_browsing_data</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr"/>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Clear browsing data</t>
+          <t>HTTPS Proxy</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>Fjern visningshistorikk</t>
+          <t>HTTPS-mellomtjener</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>.preferences.advanced.clear_browsing_data</t>
+          <t>.preferences.proxy_server_address</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr"/>
       <c r="B211" t="inlineStr">
         <is>
-          <t>HTTPS Proxy</t>
+          <t>Direct (no proxy)</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>HTTPS-mellomtjener</t>
+          <t>Direkte (ingen mellomtjener)</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_address</t>
+          <t>.preferences.proxy_server_source.direct</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr"/>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Direct (no proxy)</t>
+          <t>Multiple downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>Direkte (ingen mellomtjener)</t>
+          <t>Flere nedlastinger er tilgjengelige for {{title}}</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_source.direct</t>
+          <t>.pick_install_upload.title</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr"/>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Multiple downloads are available for {{title}}</t>
+          <t>Which file do you want to download for {{title}}?</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>Flere nedlastinger er tilgjengelige for {{title}}</t>
+          <t>Hvilken fil vil du laste ned for {{title}}?</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>.pick_install_upload.title</t>
+          <t>.pick_install_upload.message</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr"/>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Which file do you want to download for {{title}}?</t>
+          <t>We'll ask you again when new downloads are available.</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>Hvilken fil vil du laste ned for {{title}}?</t>
+          <t>Vi spør deg igjen når nye nedlastinger er tilgjengelige.</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>.pick_install_upload.message</t>
+          <t>.pick_install_upload.detail</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr"/>
       <c r="B215" t="inlineStr">
         <is>
-          <t>We'll ask you again when new downloads are available.</t>
+          <t>New downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>Vi spør deg igjen når nye nedlastinger er tilgjengelige.</t>
+          <t>Nye nedlastinger er tilgjengelige for {{title}}</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>.pick_install_upload.detail</t>
+          <t>.pick_update_upload.title</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr"/>
       <c r="B216" t="inlineStr">
         <is>
-          <t>New downloads are available for {{title}}</t>
+          <t>Which file do you want to update to for {{title}}?</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>Nye nedlastinger er tilgjengelige for {{title}}</t>
+          <t>Hvilken fil vil du oppdatere til for {{title}}?</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>.pick_update_upload.title</t>
+          <t>.pick_update_upload.message</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr"/>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Which file do you want to update to for {{title}}?</t>
+          <t>We only ask because you hand-picked a file at install time.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>Hvilken fil vil du oppdatere til for {{title}}?</t>
+          <t>Vi spør kun fordi du valgte å håndplukke en fil når du installerte.</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>.pick_update_upload.message</t>
+          <t>.pick_update_upload.detail</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr"/>
       <c r="B218" t="inlineStr">
         <is>
-          <t>We only ask because you hand-picked a file at install time.</t>
+          <t>A new version of {{title}} is available</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>Vi spør kun fordi du valgte å håndplukke en fil når du installerte.</t>
+          <t>En ny versjon av {{title}} er tilgjengelig</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>.pick_update_upload.detail</t>
+          <t>.pick_update_upload.single.title</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr"/>
       <c r="B219" t="inlineStr">
         <is>
-          <t>A new version of {{title}} is available</t>
+          <t>You can choose to update now or later.</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>En ny versjon av {{title}} er tilgjengelig</t>
+          <t>Du kan velge å oppdatere nå eller senere.</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.title</t>
+          <t>.pick_update_upload.single.message</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr"/>
       <c r="B220" t="inlineStr">
         <is>
-          <t>You can choose to update now or later.</t>
+          <t>Note: you can enable automatic updates in the Preferences tab</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>Du kan velge å oppdatere nå eller senere.</t>
+          <t>Merk: du kan skru på automatiske oppdateringer i Innstillinger-fanen</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.message</t>
+          <t>.pick_update_upload.single.detail</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr"/>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Note: you can enable automatic updates in the Preferences tab</t>
+          <t>Update now</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>Merk: du kan skru på automatiske oppdateringer i Innstillinger-fanen</t>
+          <t>Oppdater nå</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.detail</t>
+          <t>.pick_update_upload.buttons.update</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr"/>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Update now</t>
+          <t>Just launch</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>Oppdater nå</t>
+          <t>Bare start</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.update</t>
+          <t>.pick_update_upload.buttons.just_launch</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr"/>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Just launch</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>Bare start</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.just_launch</t>
+          <t>.pick_update_upload.tags.demo</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr"/>
       <c r="B224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Avbryt</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>.pick_update_upload.tags.demo</t>
+          <t>.prompt.action.cancel</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr"/>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>Avbryt</t>
+          <t>Lukk</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>.prompt.action.cancel</t>
+          <t>.prompt.action.close</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr"/>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Proceed with removal</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>Lukk</t>
+          <t>Fortsett med fjerning</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>.prompt.action.close</t>
+          <t>.prompt.action.confirm_removal</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr"/>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Proceed with removal</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>Fortsett med fjerning</t>
+          <t>Installer</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>.prompt.action.confirm_removal</t>
+          <t>.prompt.action.install</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr"/>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>Ok</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>Installer</t>
+          <t>Ok</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>.prompt.action.install</t>
+          <t>.prompt.action.ok</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr"/>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Ok</t>
+          <t>Force close</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>Ok</t>
+          <t>Tving avslutning</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>.prompt.action.ok</t>
+          <t>.prompt.action.force_close</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr"/>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Force close</t>
+          <t>...but you could still buy a copy for a friend!
+Do you want to make another purchase?</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>Tving avslutning</t>
+          <t>...men du kan likevel kjøpe et eksemplar til en venn!
+Vil du foreta et nytt kjøp?</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>.prompt.action.force_close</t>
+          <t>.prompt.additional_purchase.detail</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr"/>
       <c r="B231" t="inlineStr">
         <is>
-          <t>...but you could still buy a copy for a friend!
-Do you want to make another purchase?</t>
+          <t>You already own a copy of {{title}}.</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>...men du kan likevel kjøpe et eksemplar til en venn!
-Vil du foreta et nytt kjøp?</t>
+          <t>Du eier allerede et eksemplar av {{title}}.</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.detail</t>
+          <t>.prompt.additional_purchase.message</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr"/>
       <c r="B232" t="inlineStr">
         <is>
-          <t>You already own a copy of {{title}}.</t>
+          <t>Purchase again</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>Du eier allerede et eksemplar av {{title}}.</t>
+          <t>Kjøp igjen</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.message</t>
+          <t>.prompt.additional_purchase.purchase_again</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr"/>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Purchase again</t>
+          <t>You already own this!</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>Kjøp igjen</t>
+          <t>Du eier allerede dette!</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.purchase_again</t>
+          <t>.prompt.additional_purchase.title</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr"/>
       <c r="B234" t="inlineStr">
         <is>
-          <t>You already own this!</t>
+          <t>Clear data</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>Du eier allerede dette!</t>
+          <t>Fjern data</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.title</t>
+          <t>.prompt.clear_browsing_data.clear</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr"/>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Clear data</t>
+          <t>Cached images and files</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>Fjern data</t>
+          <t>Mellomlagrede bilder og filer</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.clear</t>
+          <t>.prompt.clear_browsing_data.category.cache</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr"/>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Cached images and files</t>
+          <t>Retrieving cache size...</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>Mellomlagrede bilder og filer</t>
+          <t>Henter størrelse på mellomlager...</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cache</t>
+          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr"/>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Retrieving cache size...</t>
+          <t>Cache is currently using {{size}} on disk</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>Henter størrelse på mellomlager...</t>
+          <t>Mellomlageret bruker i øyeblikket {{size}} på disk</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
+          <t>.prompt.clear_browsing_data.cache_size_used</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr"/>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Cache is currently using {{size}} on disk</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>Mellomlageret bruker i øyeblikket {{size}} på disk</t>
+          <t>Informasjonskapsler</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cache_size_used</t>
+          <t>.prompt.clear_browsing_data.category.cookies</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr"/>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>This will log you out from all websites you've logged into from the itch app.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>Informasjonskapsler</t>
+          <t>Dette vil logge deg ut av alle nettsider du har logget inn på fra itch-applikasjonen.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cookies</t>
+          <t>.prompt.clear_browsing_data.cookies_info</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr"/>
       <c r="B240" t="inlineStr">
         <is>
-          <t>This will log you out from all websites you've logged into from the itch app.</t>
+          <t>Browsing data cleared!</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>Dette vil logge deg ut av alle nettsider du har logget inn på fra itch-applikasjonen.</t>
+          <t>Visningshistorikk fjernet!</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cookies_info</t>
+          <t>.prompt.clear_browsing_data.notification</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr"/>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Browsing data cleared!</t>
+          <t>A crash log has been written to {{location}}.</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>Visningshistorikk fjernet!</t>
+          <t>En krasjlogg har blitt skrevet til {{location}}.</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.notification</t>
+          <t>.prompt.crash_reporter.detail</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr"/>
       <c r="B242" t="inlineStr">
         <is>
-          <t>A crash log has been written to {{location}}.</t>
+          <t>The application has crashed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>En krasjlogg har blitt skrevet til {{location}}.</t>
+          <t>Applikasjonen har krasjet</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.detail</t>
+          <t>.prompt.crash_reporter.message</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr"/>
       <c r="B243" t="inlineStr">
         <is>
-          <t>The application has crashed</t>
+          <t>Open crash log</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>Applikasjonen har krasjet</t>
+          <t>Åpne krasjlogg</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.message</t>
+          <t>.prompt.crash_reporter.open_crash_log</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr"/>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Open crash log</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>Åpne krasjlogg</t>
+          <t>Send tilbakemelding</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.open_crash_log</t>
+          <t>.prompt.crash_reporter.report_issue</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr"/>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>Send tilbakemelding</t>
+          <t>itch kan bare installere flyttbare versjoner av Linux-applikasjoner.</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.report_issue</t>
+          <t>.prompt.deb_policy.detail</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr"/>
       <c r="B246" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>itch kan bare installere flyttbare versjoner av Linux-applikasjoner.</t>
+          <t>{{title}} bruker .deb-pakkeformatet, og kan ikke installeres med itch før den har blitt pakket om.</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.detail</t>
+          <t>.prompt.deb_policy.message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr"/>
       <c r="B247" t="inlineStr">
         <is>
-          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>APT packages are not supported</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>{{title}} bruker .deb-pakkeformatet, og kan ikke installeres med itch før den har blitt pakket om.</t>
+          <t>APT-pakker er ikke støttet</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.message</t>
+          <t>.prompt.deb_policy.title</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr"/>
       <c r="B248" t="inlineStr">
         <is>
-          <t>APT packages are not supported</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>APT-pakker er ikke støttet</t>
+          <t>Glem økt</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.title</t>
+          <t>.prompt.forget_session.action</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr"/>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>You can always add it back later.</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>Glem økt</t>
+          <t>Du kan alltids legge det til igjen senere.</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.action</t>
+          <t>.prompt.forget_session.detail</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr"/>
       <c r="B250" t="inlineStr">
         <is>
-          <t>You can always add it back later.</t>
+          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>Du kan alltids legge det til igjen senere.</t>
+          <t>Er du sikker på at du vil fjerne '{{username}}' fra dine lagrede økter?</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.detail</t>
+          <t>.prompt.forget_session.message</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr"/>
       <c r="B251" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>Er du sikker på at du vil fjerne '{{username}}' fra dine lagrede økter?</t>
+          <t>Glem økt</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.message</t>
+          <t>.prompt.forget_session.title</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr"/>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>Pick a new install location</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>Glem økt</t>
+          <t>Velg et nytt installasjonsområde</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.title</t>
+          <t>.prompt.install_location_add.title</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr"/>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Pick a new install location</t>
+          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>Velg et nytt installasjonsområde</t>
+          <t>Artikler installert under {{location}} vil ikke lenger handteres av appen.</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>.prompt.install_location_add.title</t>
+          <t>.prompt.install_location_remove.detail</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr"/>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
+          <t>Are you sure you want to remove this location?</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>Artikler installert under {{location}} vil ikke lenger handteres av appen.</t>
+          <t>Er du sikker på at du vil fjerne dette området?</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.detail</t>
+          <t>.prompt.install_location_remove.message</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr"/>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove this location?</t>
+          <t>Removing an install location</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>Er du sikker på at du vil fjerne dette området?</t>
+          <t>Fjerner et installasjonsområde</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.message</t>
+          <t>.prompt.install_location_remove.title</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr"/>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Removing an install location</t>
+          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>Fjerner et installasjonsområde</t>
+          <t>Dette er det siste gjenværende installasjonsområdet, og det kan ikke fjernes før et nytt har blitt lagt til.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.title</t>
+          <t>.prompt.last_remaining_install_location.content</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr"/>
       <c r="B257" t="inlineStr">
         <is>
-          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
+          <t>Cannot remove install location</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>Dette er det siste gjenværende installasjonsområdet, og det kan ikke fjernes før et nytt har blitt lagt til.</t>
+          <t>Kan ikke fjerne installasjonsområdet</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.content</t>
+          <t>.prompt.last_remaining_install_location.title</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr"/>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Cannot remove install location</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>Kan ikke fjerne installasjonsområdet</t>
+          <t>Logg ut</t>
         </is>
       </c>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.title</t>
+          <t>.prompt.logout_action</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr"/>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Logg ut</t>
+          <t>Er du sikker på at du vil logge ut?</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>.prompt.logout_action</t>
+          <t>.prompt.logout_confirm</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr"/>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>In-progress downloads will be paused until you log in again.</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Er du sikker på at du vil logge ut?</t>
+          <t>Aktive nedlastinger vil bli pauset til du logger inn igjen.</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>.prompt.logout_confirm</t>
+          <t>.prompt.logout_detail</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr"/>
       <c r="B261" t="inlineStr">
         <is>
-          <t>In-progress downloads will be paused until you log in again.</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Aktive nedlastinger vil bli pauset til du logger inn igjen.</t>
+          <t>Logg ut</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>.prompt.logout_detail</t>
+          <t>.prompt.logout_title</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr"/>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>Logg ut</t>
+          <t>Kanskje denne {{classification}} ikke er kompatibel med den enda?</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>.prompt.logout_title</t>
+          <t>.prompt.no_compatible_version.detail</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr"/>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
+          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>Kanskje denne {{classification}} ikke er kompatibel med den enda?</t>
+          <t>Vi kunne ikke finne en versjon av {{title}} for {{platform}}.</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.detail</t>
+          <t>.prompt.no_compatible_version.message</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr"/>
       <c r="B264" t="inlineStr">
         <is>
-          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
+          <t>{{title}} on {{platform}}</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Vi kunne ikke finne en versjon av {{title}} for {{platform}}.</t>
+          <t>{{title}} på {{platform}}</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.message</t>
+          <t>.prompt.no_compatible_version.title</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr"/>
       <c r="B265" t="inlineStr">
         <is>
-          <t>{{title}} on {{platform}}</t>
+          <t>An error occurred during installation</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>{{title}} på {{platform}}</t>
+          <t>En feil oppsto under installasjonen</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.title</t>
-[...2 lines deleted...]
-      <c r="G265" t="inlineStr"/>
+          <t>.prompt.install_error.title</t>
+        </is>
+      </c>
+      <c r="G265" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: En feil oppsto under installasjon</t>
+        </is>
+      </c>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr"/>
       <c r="B266" t="inlineStr">
         <is>
-          <t>An error occurred during installation</t>
+          <t>While searching for a download: {{message}}</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>En feil oppsto under installasjonen</t>
+          <t>Under søk etter nedlasting: {{message}}</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>.prompt.install_error.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.install_error.find_upload</t>
+        </is>
+      </c>
+      <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr"/>
       <c r="B267" t="inlineStr">
         <is>
-          <t>While searching for a download: {{message}}</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Under søk etter nedlasting: {{message}}</t>
+          <t>Finn ut mer</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>.prompt.install_error.find_upload</t>
+          <t>.prompt.packaging_policy.learn_more</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr"/>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>Open web page for {{title}}</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Finn ut mer</t>
+          <t>Åpne nettside for {{title}}</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.learn_more</t>
+          <t>.prompt.packaging_policy.open_web_page</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr"/>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Open web page for {{title}}</t>
+          <t>Maybe you can find another way to support them?</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Åpne nettside for {{title}}</t>
+          <t>Kanskje du kan finne en annen måte å støtte dem på?</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.open_web_page</t>
+          <t>.prompt.payments_disabled.detail</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr"/>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Maybe you can find another way to support them?</t>
+          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Kanskje du kan finne en annen måte å støtte dem på?</t>
+          <t>Desverre tar ikke skaperne av {{title}} imot betalinger for denne artikkelen.</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.detail</t>
+          <t>.prompt.payments_disabled.message</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr"/>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
+          <t>Open web page</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Desverre tar ikke skaperne av {{title}} imot betalinger for denne artikkelen.</t>
+          <t>Åpne nettside</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.message</t>
+          <t>.prompt.payments_disabled.open_web_page</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr"/>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Open web page</t>
+          <t>Payments disabled</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Åpne nettside</t>
+          <t>Betaling deaktivert</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.open_web_page</t>
+          <t>.prompt.payments_disabled.title</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr"/>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Payments disabled</t>
+          <t>Switch {{title}} to another version</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Betaling deaktivert</t>
+          <t>Bytt {{title}} til en annen versjon</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.title</t>
+          <t>.prompt.revert.title</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr"/>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Switch {{title}} to another version</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Bytt {{title}} til en annen versjon</t>
+          <t>itch kan bare installere flyttbare versjoner av Linux-applikasjoner.</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>.prompt.revert.title</t>
+          <t>.prompt.rpm_policy.detail</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr"/>
       <c r="B275" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>itch kan bare installere flyttbare versjoner av Linux-applikasjoner.</t>
+          <t>{{title}} bruker .rpm-pakkeformatet, og kan ikke installeres med itch før den har blitt pakket om.</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.detail</t>
+          <t>.prompt.rpm_policy.message</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr"/>
       <c r="B276" t="inlineStr">
         <is>
-          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>YUM packages are not supported</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>{{title}} bruker .rpm-pakkeformatet, og kan ikke installeres med itch før den har blitt pakket om.</t>
+          <t>YUM-pakker er ikke støttet</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.message</t>
+          <t>.prompt.rpm_policy.title</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr"/>
       <c r="B277" t="inlineStr">
         <is>
-          <t>YUM packages are not supported</t>
+          <t>Dismiss</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>YUM-pakker er ikke støttet</t>
+          <t>Ikke nå</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.title</t>
+          <t>.prompt.self_update.action.dismiss</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr"/>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Dismiss</t>
+          <t>Download now</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Ikke nå</t>
+          <t>Last ned nå</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.dismiss</t>
+          <t>.prompt.self_update.action.download</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr"/>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Download now</t>
+          <t>Open in browser</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Last ned nå</t>
+          <t>Åpne i nettleser</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.download</t>
+          <t>.prompt.self_update.action.view</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr"/>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Open in browser</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Åpne i nettleser</t>
+          <t>{{notes}}
+:date: Publisert {{pubDate}}.</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.view</t>
+          <t>.prompt.self_update.detail</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr"/>
       <c r="B281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Publisert {{pubDate}}.</t>
+          <t>Du kan enten laste ned selv eller bruke distribusjonens pakkehåndterer for å oppgradere. Gå til nettsiden for mer detaljerte instruksjoner.</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>.prompt.self_update.detail</t>
+          <t>.prompt.self_update.message.linux</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr"/>
       <c r="B282" t="inlineStr">
         <is>
-          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
+          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Du kan enten laste ned selv eller bruke distribusjonens pakkehåndterer for å oppgradere. Gå til nettsiden for mer detaljerte instruksjoner.</t>
+          <t>Velg 'Last ned nå' for å installere automatisk, eller gå til nettsiden for mer detaljerte instruksjoner.</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.linux</t>
+          <t>.prompt.self_update.message.osx</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr"/>
       <c r="B283" t="inlineStr">
         <is>
           <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
           <t>Velg 'Last ned nå' for å installere automatisk, eller gå til nettsiden for mer detaljerte instruksjoner.</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.osx</t>
+          <t>.prompt.self_update.message.windows</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr"/>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
+          <t>itch v{{version}} is available for download</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Velg 'Last ned nå' for å installere automatisk, eller gå til nettsiden for mer detaljerte instruksjoner.</t>
+          <t>itch v{{version}} er tilgjengelig for nedlasting</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.windows</t>
+          <t>.prompt.self_update.title</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr"/>
       <c r="B285" t="inlineStr">
         <is>
-          <t>itch v{{version}} is available for download</t>
+          <t>Restart now</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>itch v{{version}} er tilgjengelig for nedlasting</t>
+          <t>Start på nytt nå</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>.prompt.self_update.title</t>
+          <t>.prompt.self_update_ready.action.restart</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr"/>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Restart now</t>
+          <t>Snooze</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Start på nytt nå</t>
+          <t>Slumre</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.restart</t>
+          <t>.prompt.self_update_ready.action.snooze</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr"/>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Snooze</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Slumre</t>
+          <t>{{notes}}
+:date: Publisert {{pubDate}}.</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.snooze</t>
+          <t>.prompt.self_update_ready.detail</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr"/>
       <c r="B288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>Choose '{{restart}}' to apply the update immediately.
+If you don't, the update will be active the next time the app is restarted.</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Publisert {{pubDate}}.</t>
+          <t>Velg '{{restart}}' for å ta i bruk oppdateringen umiddelbart.
+Hvis du ikke gjør det vil oppdateringen være aktiv neste gang applikasjonen startes.</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.detail</t>
+          <t>.prompt.self_update_ready.message</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr"/>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Choose '{{restart}}' to apply the update immediately.
-If you don't, the update will be active the next time the app is restarted.</t>
+          <t>An update has been downloaded and installed</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Velg '{{restart}}' for å ta i bruk oppdateringen umiddelbart.
-Hvis du ikke gjør det vil oppdateringen være aktiv neste gang applikasjonen startes.</t>
+          <t>En oppdatering har blitt lastet ned og installert</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.message</t>
+          <t>.prompt.self_update_ready.title</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr"/>
       <c r="B290" t="inlineStr">
         <is>
-          <t>An update has been downloaded and installed</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>En oppdatering har blitt lastet ned og installert</t>
+          <t>Avbryt</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.title</t>
+          <t>.prompt.uninstall.cancel</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr"/>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Are you sure you want to uninstall {{title}}?</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Avbryt</t>
+          <t>Er du sikker på at du ønsker å avinstallere {{title}}?</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.cancel</t>
+          <t>.prompt.uninstall.message</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Are you sure you want to uninstall {{title}}?</t>
+          <t>Re-install</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Er du sikker på at du ønsker å avinstallere {{title}}?</t>
+          <t>Installer på nytt</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.message</t>
+          <t>.prompt.uninstall.reinstall</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Re-install</t>
+          <t>Uninstall now</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Installer på nytt</t>
+          <t>Avinstaller nå</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.reinstall</t>
+          <t>.prompt.uninstall.uninstall</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr"/>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Uninstall now</t>
+          <t>A {{classification}} by {{username}}</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Avinstaller nå</t>
+          <t>Et {{classification}} av {{username}}</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.uninstall</t>
+          <t>.prompt.url_install.credit</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr"/>
       <c r="B295" t="inlineStr">
         <is>
-          <t>A {{classification}} by {{username}}</t>
+          <t>Do you want to install {{title}}?</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>Et {{classification}} av {{username}}</t>
+          <t>Vil du installere {{title}}?</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>.prompt.url_install.credit</t>
+          <t>.prompt.url_install.message</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr"/>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Do you want to install {{title}}?</t>
+          <t>Install request</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>Vil du installere {{title}}?</t>
+          <t>Installasjonsforespørsel</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>.prompt.url_install.message</t>
+          <t>.prompt.url_install.title</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr"/>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Install request</t>
+          <t>Search results for '{{query}}'</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Installasjonsforespørsel</t>
+          <t>Søkeresultater for '{{query}}'</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>.prompt.url_install.title</t>
+          <t>.search.results.title</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr"/>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search results for '{{query}}'</t>
+          <t>Local</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Søkeresultater for '{{query}}'</t>
+          <t>Lokal</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>.search.results.title</t>
+          <t>.search.results.local</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr"/>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Local</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>Lokal</t>
+          <t>Spill</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>.search.results.local</t>
+          <t>.search.results.games</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr"/>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Creators</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>Spill</t>
+          <t>Skapere</t>
         </is>
       </c>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>.search.results.games</t>
+          <t>.search.results.creators</t>
         </is>
       </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr"/>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Creators</t>
+          <t>No results found</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Skapere</t>
+          <t>Ingen resultater funnet</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>.search.results.creators</t>
+          <t>.search.empty.no_results</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr"/>
       <c r="B302" t="inlineStr">
         <is>
-          <t>No results found</t>
+          <t>Need inspiration? Try searching for '{{example}}'</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Ingen resultater funnet</t>
+          <t>Trenger du inspirasjon? Prøv å søke etter '{{example}}'</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>.search.empty.no_results</t>
+          <t>.search.empty.tagline</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr"/>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Need inspiration? Try searching for '{{example}}'</t>
+          <t>Open as tab</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Trenger du inspirasjon? Prøv å søke etter '{{example}}'</t>
+          <t>Åpne i ny fane</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>.search.empty.tagline</t>
+          <t>.search.open_as_tab</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr"/>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Open as tab</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Åpne i ny fane</t>
+          <t>Søk</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>.search.open_as_tab</t>
+          <t>.search.placeholder</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr"/>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Aw, snap!</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Søk</t>
+          <t>Å, fillern!</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>.search.placeholder</t>
+          <t>.sidebar.aw_snap</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr"/>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Aw, snap!</t>
+          <t>Loading...</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Å, fillern!</t>
+          <t>Laster...</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>.sidebar.aw_snap</t>
+          <t>.sidebar.loading</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr"/>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Loading...</t>
+          <t>Out of order</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Laster...</t>
+          <t>I ustand</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>.sidebar.loading</t>
+          <t>.sidebar.broken</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr"/>
       <c r="B308" t="inlineStr">
         <is>
-          <t>Out of order</t>
+          <t>Close all tabs</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>I ustand</t>
+          <t>Lukk alle faner</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>.sidebar.broken</t>
+          <t>.sidebar.close_all_tabs</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr"/>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Close all tabs</t>
+          <t>Essentials</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Lukk alle faner</t>
+          <t>Generelt</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>.sidebar.close_all_tabs</t>
+          <t>.sidebar.category.basics</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr"/>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Essentials</t>
+          <t>Tabs</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Generelt</t>
+          <t>Faner</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>.sidebar.category.basics</t>
+          <t>.sidebar.category.tabs</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr"/>
       <c r="B311" t="inlineStr">
         <is>
-          <t>Tabs</t>
+          <t>Collections</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Faner</t>
+          <t>Samlinger</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>.sidebar.category.tabs</t>
+          <t>.sidebar.collection</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr"/>
       <c r="B312" t="inlineStr">
         <is>
           <t>Collections</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>Samlinger</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>.sidebar.collection</t>
+          <t>.sidebar.collections</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr"/>
       <c r="B313" t="inlineStr">
         <is>
-          <t>Collections</t>
+          <t>My creations</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Samlinger</t>
+          <t>Mine kreasjoner</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>.sidebar.collections</t>
+          <t>.sidebar.dashboard</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr"/>
       <c r="B314" t="inlineStr">
         <is>
-          <t>My creations</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Mine kreasjoner</t>
+          <t>Nedlastinger</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>.sidebar.dashboard</t>
+          <t>.sidebar.downloads</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr"/>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Let's go!</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Nedlastinger</t>
+          <t>Kom igjen!</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>.sidebar.downloads</t>
+          <t>.sidebar.empty</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr"/>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Let's go!</t>
+          <t>Featured</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Kom igjen!</t>
+          <t>Framhevet</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>.sidebar.empty</t>
+          <t>.sidebar.featured</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr"/>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Featured</t>
+          <t>Your portal to the indie game universe</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Framhevet</t>
+          <t>Din portal til indiespill-universet</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>.sidebar.featured</t>
-[...24 lines deleted...]
-        <is>
           <t>.sidebar.itchio</t>
         </is>
       </c>
-      <c r="G318" t="inlineStr">
+      <c r="G317" t="inlineStr">
         <is>
           <t>Suggested in Weblate: 2007 Feb 8; 50 3 472 9 &lt;a href=https://cialis.lat/discover-the-best-prices-for-cialis&gt;cialis 40 mg&lt;/a&gt; We know our defense will have the offense s back that will lead to short fields and plenty of opportunities for the offense
 Suggested in Weblate: This is as strong if not stronger than ever &lt;a href=https://bcialis.mom&gt;generic 5mg cialis best price&lt;/a&gt;
 Suggested in Weblate: Moreover, it has been shown that TGFОІ can contribute to the invasive potential of malignant cells 6, 7, for example, through the induction of epithelial mesenchymal transition 8 &lt;a href=https://buylasixon.com/&gt;iv lasix side effects&lt;/a&gt;
 Suggested in Weblate: [url=https://bestadalafil.com/]buy cialis canada pharmacy[/url] Keflex Joint Pain Obqaar Pgpxxc &lt;a href="https://bestadalafil.com/"&gt;tadalista vs cialis&lt;/a&gt; generic cialis price Fmcnyo Nghkwx https://bestadalafil.com/ - Cialis</t>
         </is>
       </c>
+      <c r="H317" t="inlineStr"/>
+    </row>
+    <row r="318">
+      <c r="A318" t="inlineStr"/>
+      <c r="B318" t="inlineStr">
+        <is>
+          <t>Getting started</t>
+        </is>
+      </c>
+      <c r="C318" t="inlineStr">
+        <is>
+          <t>Kom i gang</t>
+        </is>
+      </c>
+      <c r="D318" t="inlineStr"/>
+      <c r="E318" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F318" t="inlineStr">
+        <is>
+          <t>.sidebar.getting_started</t>
+        </is>
+      </c>
+      <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr"/>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Getting started</t>
+          <t>Installed items</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Kom i gang</t>
+          <t>Installerte gjenstander</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>.sidebar.getting_started</t>
-[...2 lines deleted...]
-      <c r="G319" t="inlineStr"/>
+          <t>.sidebar.installed</t>
+        </is>
+      </c>
+      <c r="G319" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Installerte elementer</t>
+        </is>
+      </c>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr"/>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Installed items</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>Installerte gjenstander</t>
+          <t>Logg ut</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>.sidebar.installed</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.log_out</t>
+        </is>
+      </c>
+      <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr"/>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>New tab</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Logg ut</t>
+          <t>Ny fane</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>.sidebar.log_out</t>
+          <t>.sidebar.new_tab</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr"/>
       <c r="B322" t="inlineStr">
         <is>
-          <t>New tab</t>
+          <t>Owned items</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Ny fane</t>
+          <t>Gjenstander du eier</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>.sidebar.new_tab</t>
-[...2 lines deleted...]
-      <c r="G322" t="inlineStr"/>
+          <t>.sidebar.owned</t>
+        </is>
+      </c>
+      <c r="G322" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Elementer du eier</t>
+        </is>
+      </c>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr"/>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Owned items</t>
+          <t>Things you have bought or installed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Gjenstander du eier</t>
+          <t>Ting du har kjøpt eller installert</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>.sidebar.owned</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.owned_subtitle</t>
+        </is>
+      </c>
+      <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr"/>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Things you have bought or installed</t>
+          <t>Preferences</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>Ting du har kjøpt eller installert</t>
+          <t>Alternativer</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>.sidebar.owned_subtitle</t>
+          <t>.sidebar.preferences</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr"/>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Preferences</t>
+          <t>View community profile</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>Alternativer</t>
+          <t>Vis samfunnsprofil</t>
         </is>
       </c>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>.sidebar.preferences</t>
+          <t>.sidebar.view_community_profile</t>
         </is>
       </c>
       <c r="G325" t="inlineStr"/>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr"/>
       <c r="B326" t="inlineStr">
         <is>
-          <t>View community profile</t>
+          <t>View creator profile</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>Vis samfunnsprofil</t>
+          <t>Vis skaperprofil</t>
         </is>
       </c>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>.sidebar.view_community_profile</t>
+          <t>.sidebar.view_creator_profile</t>
         </is>
       </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr"/>
       <c r="B327" t="inlineStr">
         <is>
-          <t>View creator profile</t>
+          <t>A new version of itch is available!</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Vis skaperprofil</t>
+          <t>En ny versjon av itch er tilgjengelig!</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>.sidebar.view_creator_profile</t>
+          <t>.status.available</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr"/>
       <c r="B328" t="inlineStr">
         <is>
-          <t>A new version of itch is available!</t>
+          <t>Looking for updates…</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>En ny versjon av itch er tilgjengelig!</t>
+          <t>Ser etter oppdateringer…</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>.status.available</t>
+          <t>.status.checking</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr"/>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Looking for updates…</t>
+          <t>Copied to clipboard!</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Ser etter oppdateringer…</t>
+          <t>Kopiert til utklippstavlen!</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>.status.checking</t>
+          <t>.status.copied_to_clipboard</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr"/>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Copied to clipboard!</t>
+          <t>Click to restart &amp; apply update!</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Kopiert til utklippstavlen!</t>
+          <t>Klikk for omstart og aktivering av oppdateringen!</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>.status.copied_to_clipboard</t>
+          <t>.status.downloaded</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Click to restart &amp; apply update!</t>
+          <t>Downloading update…</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Klikk for omstart og aktivering av oppdateringen!</t>
+          <t>Laster ned oppdatering…</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>.status.downloaded</t>
+          <t>.status.downloading</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Downloading update…</t>
+          <t>Active download</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>Laster ned oppdatering…</t>
+          <t>Aktiv nedlasting</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>.status.downloading</t>
+          <t>.status.downloads.category.active</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr"/>
       <c r="B333" t="inlineStr">
         <is>
-          <t>Active download</t>
+          <t>Finished downloads</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>Aktiv nedlasting</t>
+          <t>Fullførte nedlastinger</t>
         </is>
       </c>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>.status.downloads.category.active</t>
+          <t>.status.downloads.category.finished</t>
         </is>
       </c>
       <c r="G333" t="inlineStr"/>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr"/>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Finished downloads</t>
+          <t>Queued downloads</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>Fullførte nedlastinger</t>
+          <t>Nedlastinger i kø</t>
         </is>
       </c>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>.status.downloads.category.finished</t>
+          <t>.status.downloads.category.queued</t>
         </is>
       </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr"/>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Queued downloads</t>
+          <t>Clear all</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Nedlastinger i kø</t>
+          <t>Fjern alle</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>.status.downloads.category.queued</t>
+          <t>.status.downloads.clear_all_finished</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr"/>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Clear all</t>
+          <t>Clear</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Fjern alle</t>
+          <t>Fjern</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_all_finished</t>
+          <t>.status.downloads.clear_finished</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr"/>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Clear</t>
+          <t>Click to manage downloads</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Fjern</t>
+          <t>Klikk for å håndtere nedlastinger</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_finished</t>
+          <t>.status.downloads.click_to_manage</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr"/>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Click to manage downloads</t>
+          <t>Download error</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Klikk for å håndtere nedlastinger</t>
+          <t>Nedlastingsfeil</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>.status.downloads.click_to_manage</t>
+          <t>.status.downloads.download_error</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr"/>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Download error</t>
+          <t>No active downloads</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Nedlastingsfeil</t>
+          <t>Ingen aktive nedlastinger</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>.status.downloads.download_error</t>
+          <t>.status.downloads.no_active_downloads</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr"/>
       <c r="B340" t="inlineStr">
         <is>
-          <t>No active downloads</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Ingen aktive nedlastinger</t>
+          <t>Ukjent</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads</t>
+          <t>.status.downloads.unknown_size</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr"/>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Could not check for updates: {{err}}</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Ukjent</t>
+          <t>Kunne ikke se etter oppdateringer: {{err}}</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>.status.downloads.unknown_size</t>
+          <t>.status.game_update.check_failed</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr"/>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Could not check for updates: {{err}}</t>
+          <t>Found new version of {{title}}!</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Kunne ikke se etter oppdateringer: {{err}}</t>
+          <t>Fant ny versjon av {{title}}!</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>.status.game_update.check_failed</t>
+          <t>.status.game_update.found</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr"/>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Found new version of {{title}}!</t>
+          <t>{{title}} is up-to-date.</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Fant ny versjon av {{title}}!</t>
+          <t>{{title}} er oppdatert.</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>.status.game_update.found</t>
+          <t>.status.game_update.not_found</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr"/>
       <c r="B344" t="inlineStr">
         <is>
-          <t>{{title}} is up-to-date.</t>
+          <t>{{title}} can't be updated because it's running.</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>{{title}} er oppdatert.</t>
+          <t>{{title}} kan ikke oppdateres fordi den kjører.</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>.status.game_update.not_found</t>
+          <t>.status.game_update.busy</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr"/>
       <c r="B345" t="inlineStr">
         <is>
-          <t>{{title}} can't be updated because it's running.</t>
+          <t>{{title}} can't be uninstalled because it's running.</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>{{title}} kan ikke oppdateres fordi den kjører.</t>
+          <t>{{title}} kan ikke avinstalleres fordi den kjører.</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>.status.game_update.busy</t>
+          <t>.status.uninstall.busy</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr"/>
       <c r="B346" t="inlineStr">
         <is>
-          <t>{{title}} can't be uninstalled because it's running.</t>
+          <t>{{title}} can't be reinstalled because it's running.</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>{{title}} kan ikke avinstalleres fordi den kjører.</t>
+          <t>{{title}} kan ikke installeres på nytt fordi den kjører.</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>.status.uninstall.busy</t>
+          <t>.status.reinstall.busy</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr"/>
       <c r="B347" t="inlineStr">
         <is>
-          <t>{{title}} can't be reinstalled because it's running.</t>
+          <t>Offline mode enabled</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>{{title}} kan ikke installeres på nytt fordi den kjører.</t>
+          <t>Frakoblet modus aktivert</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>.status.reinstall.busy</t>
+          <t>.status.offline_mode.active</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr"/>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Offline mode enabled</t>
+          <t>Click to enable offline mode</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Frakoblet modus aktivert</t>
+          <t>Klikk for å aktivere frakoblet modus</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>.status.offline_mode.active</t>
+          <t>.status.offline_mode.inactive</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr"/>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Click to enable offline mode</t>
+          <t>Your itch is up-to-date!</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Klikk for å aktivere frakoblet modus</t>
+          <t>Din itch er oppdatert!</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>.status.offline_mode.inactive</t>
+          <t>.status.uptodate</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr"/>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Your itch is up-to-date!</t>
+          <t>A collection of assets</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Din itch er oppdatert!</t>
+          <t>En samling av ressurser</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>.status.uptodate</t>
+          <t>.usage_stats.description.assets</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr"/>
       <c r="B351" t="inlineStr">
         <is>
-          <t>A collection of assets</t>
+          <t>A book</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>En samling av ressurser</t>
+          <t>En bok</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>.usage_stats.description.assets</t>
+          <t>.usage_stats.description.book</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr"/>
       <c r="B352" t="inlineStr">
         <is>
-          <t>A book</t>
+          <t>Acquired {{time_ago}}</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>En bok</t>
+          <t>Anskaffet {{time_ago}}</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>.usage_stats.description.book</t>
+          <t>.usage_stats.description.bought_time_ago</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr"/>
       <c r="B353" t="inlineStr">
         <is>
-          <t>Acquired {{time_ago}}</t>
+          <t>A comic</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Anskaffet {{time_ago}}</t>
+          <t>En tegneserie</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>.usage_stats.description.bought_time_ago</t>
+          <t>.usage_stats.description.comic</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr"/>
       <c r="B354" t="inlineStr">
         <is>
-          <t>A comic</t>
+          <t>Free download</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>En tegneserie</t>
+          <t>Gratis nedlasting</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>.usage_stats.description.comic</t>
+          <t>.usage_stats.description.free_download</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr"/>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Free download</t>
+          <t>A game</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Gratis nedlasting</t>
+          <t>Et spill</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>.usage_stats.description.free_download</t>
+          <t>.usage_stats.description.game</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr"/>
       <c r="B356" t="inlineStr">
         <is>
-          <t>A game</t>
+          <t>A game mod</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Et spill</t>
+          <t>En spillmodifikasjon</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game</t>
+          <t>.usage_stats.description.game_mod</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr"/>
       <c r="B357" t="inlineStr">
         <is>
-          <t>A game mod</t>
+          <t>A thing</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>En spillmodifikasjon</t>
+          <t>En ting</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game_mod</t>
+          <t>.usage_stats.description.other</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr"/>
       <c r="B358" t="inlineStr">
         <is>
-          <t>A thing</t>
+          <t>A physical game</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>En ting</t>
+          <t>Et fysisk spill</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>.usage_stats.description.other</t>
+          <t>.usage_stats.description.physical_game</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr"/>
       <c r="B359" t="inlineStr">
         <is>
-          <t>A physical game</t>
+          <t>for {{platforms}}</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Et fysisk spill</t>
+          <t>for {{platforms}}</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>.usage_stats.description.physical_game</t>
+          <t>.usage_stats.description.platforms</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr"/>
       <c r="B360" t="inlineStr">
         <is>
-          <t>for {{platforms}}</t>
+          <t>Available for {{price}} or more</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>for {{platforms}}</t>
+          <t>Tilgjengelig for {{price}} eller mer</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>.usage_stats.description.platforms</t>
+          <t>.usage_stats.description.price</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr"/>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Available for {{price}} or more</t>
+          <t>A soundtrack</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Tilgjengelig for {{price}} eller mer</t>
+          <t>Et lydspor</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>.usage_stats.description.price</t>
+          <t>.usage_stats.description.soundtrack</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr"/>
       <c r="B362" t="inlineStr">
         <is>
-          <t>A soundtrack</t>
+          <t>A tool</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Et lydspor</t>
+          <t>Et verktøy</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>.usage_stats.description.soundtrack</t>
+          <t>.usage_stats.description.tool</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr"/>
       <c r="B363" t="inlineStr">
         <is>
-          <t>A tool</t>
+          <t>Played</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Et verktøy</t>
+          <t>Spilt</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>.usage_stats.description.tool</t>
+          <t>.usage_stats.has_played_for_duration</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr"/>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Played</t>
+          <t>Used</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>Spilt</t>
+          <t>Brukt</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>.usage_stats.has_played_for_duration</t>
+          <t>.usage_stats.has_used_for_duration</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr"/>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Used</t>
+          <t>Last opened {{time_ago}}</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>Brukt</t>
+          <t>Sist åpnet {{time_ago}}</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>.usage_stats.has_used_for_duration</t>
+          <t>.usage_stats.last_opened_time_ago</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr"/>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Last opened {{time_ago}}</t>
+          <t>Last played {{time_ago}}</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Sist åpnet {{time_ago}}</t>
+          <t>Sist spilt {{time_ago}}</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>.usage_stats.last_opened_time_ago</t>
+          <t>.usage_stats.last_played_time_ago</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr"/>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Last played {{time_ago}}</t>
+          <t>Last used {{time_ago}}</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>Sist spilt {{time_ago}}</t>
+          <t>Sist brukt {{time_ago}}</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>.usage_stats.last_played_time_ago</t>
+          <t>.usage_stats.last_used_time_ago</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr"/>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Last used {{time_ago}}</t>
+          <t>Never opened</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>Sist brukt {{time_ago}}</t>
+          <t>Aldri åpnet</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>.usage_stats.last_used_time_ago</t>
+          <t>.usage_stats.never_opened</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr"/>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Never opened</t>
+          <t>Never played</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>Aldri åpnet</t>
+          <t>Aldri spilt</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>.usage_stats.never_opened</t>
+          <t>.usage_stats.never_played</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr"/>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Never played</t>
+          <t>Never used</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>Aldri spilt</t>
+          <t>Aldri brukt</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>.usage_stats.never_played</t>
+          <t>.usage_stats.never_used</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr"/>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Never used</t>
+          <t>{{app_name}} Setup</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Aldri brukt</t>
+          <t>{{app_name}} Oppsett</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>.usage_stats.never_used</t>
-[...2 lines deleted...]
-      <c r="G371" t="inlineStr"/>
+          <t>.setup.window.title</t>
+        </is>
+      </c>
+      <c r="G371" t="inlineStr">
+        <is>
+          <t>Is this string working with windows tray icon's tooltip? Or is there one completely different?</t>
+        </is>
+      </c>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr"/>
       <c r="B372" t="inlineStr">
         <is>
-          <t>{{app_name}} Setup</t>
+          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>{{app_name}} Oppsett</t>
+          <t>Velkommen til {{app_name}}-installeringsprogrammet! Finn deg noe å drikke, velg et installasjonsområde og gå videre til neste trinn.</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>.setup.window.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.setup.window.welcome</t>
+        </is>
+      </c>
+      <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr"/>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
+          <t>Click to change the install location</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Velkommen til {{app_name}}-installeringsprogrammet! Finn deg noe å drikke, velg et installasjonsområde og gå videre til neste trinn.</t>
+          <t>Klikk for å endre installasjonsområde</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>.setup.window.welcome</t>
+          <t>.setup.tooltip.location</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr"/>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Click to change the install location</t>
+          <t>Choose where the app should be installed</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Klikk for å endre installasjonsområde</t>
+          <t>Velg hvor applikasjonen skal bli installert</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>.setup.tooltip.location</t>
+          <t>.setup.location.message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr"/>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Choose where the app should be installed</t>
+          <t>Install now</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Velg hvor applikasjonen skal bli installert</t>
+          <t>Installer nå</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>.setup.location.message</t>
+          <t>.setup.action.install</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr"/>
       <c r="B376" t="inlineStr">
         <is>
-          <t>Install now</t>
+          <t>Warming up...</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>Installer nå</t>
+          <t>Varmer opp...</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>.setup.action.install</t>
+          <t>.setup.status.preparing</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr"/>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Warming up...</t>
+          <t>{{percent}} done</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Varmer opp...</t>
+          <t>{{percent}} ferdig</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>.setup.status.preparing</t>
+          <t>.setup.status.progress</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr"/>
       <c r="B378" t="inlineStr">
         <is>
-          <t>{{percent}} done</t>
+          <t>Downloading and installing @ {{speed}}</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>{{percent}} ferdig</t>
+          <t>Laster ned og installerer @ {{speed}}</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>.setup.status.progress</t>
+          <t>.setup.status.installing</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr"/>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Downloading and installing @ {{speed}}</t>
+          <t>All done!</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Laster ned og installerer @ {{speed}}</t>
+          <t>Alt klart!</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>.setup.status.installing</t>
+          <t>.setup.status.done</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr"/>
       <c r="B380" t="inlineStr">
         <is>
-          <t>All done!</t>
+          <t>The installation went well, {{app_name}} is now starting up!</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Alt klart!</t>
+          <t>Installasjonen gikk bra, {{app_name}} starter nå opp!</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>.setup.status.done</t>
+          <t>.setup.status.notification</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr"/>
       <c r="B381" t="inlineStr">
         <is>
-          <t>The installation went well, {{app_name}} is now starting up!</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Installasjonen gikk bra, {{app_name}} starter nå opp!</t>
+          <t>Noe gikk galt</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>.setup.status.notification</t>
+          <t>.setup.error_dialog.title</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr"/>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Cut</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Noe gikk galt</t>
+          <t>Klipp ut</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>.setup.error_dialog.title</t>
+          <t>.web.context_menu.cut</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr"/>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Cut</t>
+          <t>Copy</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Klipp ut</t>
+          <t>Kopier</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>.web.context_menu.cut</t>
+          <t>.web.context_menu.copy</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr"/>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Copy</t>
+          <t>Paste</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>Kopier</t>
+          <t>Lim inn</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy</t>
+          <t>.web.context_menu.paste</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr"/>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Paste</t>
+          <t>Open in new tab</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>Lim inn</t>
+          <t>Åpne i ny fane</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>.web.context_menu.paste</t>
+          <t>.web.context_menu.open_in_new_tab</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr"/>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Open in new tab</t>
+          <t>Copy link</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Åpne i ny fane</t>
+          <t>Kopier lenke</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>.web.context_menu.open_in_new_tab</t>
+          <t>.web.context_menu.copy_link</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr"/>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Copy link</t>
+          <t>Retry setup</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Kopier lenke</t>
+          <t>Forsøk å sette opp på nytt</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy_link</t>
+          <t>.login.action.retry_setup</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr"/>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Retry setup</t>
+          <t>Developer logs</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Forsøk å sette opp på nytt</t>
+          <t>Utviklerlogger</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>.login.action.retry_setup</t>
+          <t>.new_tab.devlogs</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr"/>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Developer logs</t>
+          <t>Uninstall error</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Utviklerlogger</t>
+          <t>Avinstalleringsfeil</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>.new_tab.devlogs</t>
+          <t>.prompt.uninstall_error.title</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr"/>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Uninstall error</t>
+          <t>The uninstall failed. Remove the entry anyway?</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Avinstalleringsfeil</t>
+          <t>Avinstalleringen feilet. Fjerne oppføringen likevel?</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.title</t>
+          <t>.prompt.uninstall_error.message</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr"/>
       <c r="B391" t="inlineStr">
         <is>
-          <t>The uninstall failed. Remove the entry anyway?</t>
+          <t>Continue</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>Avinstalleringen feilet. Fjerne oppføringen likevel?</t>
+          <t>Fortsett</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message</t>
+          <t>.prompt.action.continue</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr"/>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Continue</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>Fortsett</t>
+          <t>Installert</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>.prompt.action.continue</t>
+          <t>.grid.item.status.installed</t>
         </is>
       </c>
       <c r="G392" t="inlineStr"/>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr"/>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>A collection of {{itemCount}} items</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>Installert</t>
+          <t>En samling av {{itemCount}} artikler</t>
         </is>
       </c>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>.grid.item.status.installed</t>
+          <t>.collection.summary</t>
         </is>
       </c>
       <c r="G393" t="inlineStr"/>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr"/>
       <c r="B394" t="inlineStr">
         <is>
-          <t>A collection of {{itemCount}} items</t>
+          <t>Not available on this platform</t>
         </is>
       </c>
       <c r="C394" t="inlineStr">
         <is>
-          <t>En samling av {{itemCount}} artikler</t>
+          <t>Ikke tilgjengelig på denne plattformen</t>
         </is>
       </c>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>.collection.summary</t>
+          <t>.grid.item.not_compatible</t>
         </is>
       </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr"/>
       <c r="B395" t="inlineStr">
         <is>
-          <t>Not available on this platform</t>
+          <t>Administrator privileges are required for managing {{title}}</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>Ikke tilgjengelig på denne plattformen</t>
+          <t>Administratorrettigheter er påkrevd for å håndtere {{title}}</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>.grid.item.not_compatible</t>
+          <t>.prompt.blessing.message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr"/>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Administrator privileges are required for managing {{title}}</t>
+          <t>Proceed only if you trust the author.</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>Administratorrettigheter er påkrevd for å håndtere {{title}}</t>
+          <t>Fortsett bare hvis du stoler på forfatteren.</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>.prompt.blessing.message</t>
-[...2 lines deleted...]
-      <c r="G396" t="inlineStr"/>
+          <t>.prompt.blessing.detail</t>
+        </is>
+      </c>
+      <c r="G396" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Bare fortsett hvis du stoler på forfatteren.</t>
+        </is>
+      </c>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr"/>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Proceed only if you trust the author.</t>
+          <t>The operation has been cancelled.</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Fortsett bare hvis du stoler på forfatteren.</t>
+          <t>Operasjonen har blitt avbrutt.</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>.prompt.blessing.detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.cancelled.message</t>
+        </is>
+      </c>
+      <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr"/>
       <c r="B398" t="inlineStr">
         <is>
-          <t>The operation has been cancelled.</t>
+          <t>The installation failed.</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Operasjonen har blitt avbrutt.</t>
+          <t>Installasjonen feilet.</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>.status.cancelled.message</t>
+          <t>.prompt.install_error.message</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr"/>
       <c r="B399" t="inlineStr">
         <is>
-          <t>The installation failed.</t>
+          <t>to install</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Installasjonen feilet.</t>
+          <t>for førstegangs installasjon</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>.prompt.install_error.message</t>
-[...2 lines deleted...]
-      <c r="G399" t="inlineStr"/>
+          <t>.download.reason.install</t>
+        </is>
+      </c>
+      <c r="G399" t="inlineStr">
+        <is>
+          <t>shouldn't this be 'installing' ?</t>
+        </is>
+      </c>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr"/>
       <c r="B400" t="inlineStr">
         <is>
-          <t>to install</t>
+          <t>installed</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>for førstegangs installasjon</t>
+          <t>installert</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>.download.reason.install</t>
-[...6 lines deleted...]
-      </c>
+          <t>.download.outcome.installed</t>
+        </is>
+      </c>
+      <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr"/>
       <c r="B401" t="inlineStr">
         <is>
-          <t>installed</t>
+          <t>updated to the latest version</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>installert</t>
+          <t>oppdatert til siste versjon</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>.download.outcome.installed</t>
+          <t>.download.outcome.updated</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr"/>
       <c r="B402" t="inlineStr">
         <is>
-          <t>updated to the latest version</t>
+          <t>re-installed</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>oppdatert til siste versjon</t>
+          <t>gjeninstallert</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>.download.outcome.updated</t>
+          <t>.download.outcome.reinstalled</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr"/>
       <c r="B403" t="inlineStr">
         <is>
-          <t>re-installed</t>
+          <t>switched to another version</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t>gjeninstallert</t>
+          <t>byttet til en annen versjon</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>.download.outcome.reinstalled</t>
+          <t>.download.outcome.reverted</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr"/>
       <c r="B404" t="inlineStr">
         <is>
-          <t>switched to another version</t>
+          <t>verified and repaired</t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>byttet til en annen versjon</t>
+          <t>verifisert og reparert</t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>.download.outcome.reverted</t>
+          <t>.download.outcome.healed</t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr"/>
       <c r="B405" t="inlineStr">
         <is>
-          <t>verified and repaired</t>
+          <t>Recent activity</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>verifisert og reparert</t>
+          <t>Nylig aktivitet</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>.download.outcome.healed</t>
+          <t>.status.downloads.category.recent_activity</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr"/>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Recent activity</t>
+          <t>The message we got was: {{errorMessage}}</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Nylig aktivitet</t>
+          <t>Meldingen vi fikk var: {{errorMessage}}</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>.status.downloads.category.recent_activity</t>
+          <t>.game.install.could_not_launch.message</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr"/>
       <c r="B407" t="inlineStr">
         <is>
-          <t>The message we got was: {{errorMessage}}</t>
+          <t>Sending us a report is the best way to make sure this gets fixed!</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Meldingen vi fikk var: {{errorMessage}}</t>
+          <t>Å sende oss en rapport er det beste du kan gjøre for å sikre at dette blir fikset!</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.message</t>
-[...2 lines deleted...]
-      <c r="G407" t="inlineStr"/>
+          <t>.game.install.could_not_launch.detail</t>
+        </is>
+      </c>
+      <c r="G407" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Å sende oss en rapport er den beste måten for at vi kan fikse de!</t>
+        </is>
+      </c>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr"/>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Sending us a report is the best way to make sure this gets fixed!</t>
+          <t>Close other tabs</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Å sende oss en rapport er det beste du kan gjøre for å sikre at dette blir fikset!</t>
+          <t>Lukk andre faner</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.menu.file.close_other_tabs</t>
+        </is>
+      </c>
+      <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr"/>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Close other tabs</t>
+          <t>Close tabs below</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Lukk andre faner</t>
+          <t>Lukk fanene under</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>.menu.file.close_other_tabs</t>
+          <t>.menu.file.close_tabs_below</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr"/>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Close tabs below</t>
+          <t>Open folder in explorer</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>Lukk fanene under</t>
+          <t>Åpne mappe i utforsker</t>
         </is>
       </c>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>.menu.file.close_tabs_below</t>
+          <t>.grid.item.open_file_location.windows</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr"/>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Open folder in explorer</t>
+          <t>Show in file manager</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Åpne mappe i utforsker</t>
+          <t>Vis i filutforsker</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.windows</t>
+          <t>.grid.item.open_file_location.linux</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr"/>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Show in file manager</t>
+          <t>Show in Finder</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Vis i filutforsker</t>
+          <t>Vis i Finder</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.linux</t>
+          <t>.grid.item.open_file_location.osx</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr"/>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Show in Finder</t>
+          <t>Size</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Vis i Finder</t>
+          <t>Størrelse</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.osx</t>
+          <t>.table.column.installed_size</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr"/>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Size</t>
+          <t>View the contents of this location</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Størrelse</t>
+          <t>Vis innholdet til dette området</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>.table.column.installed_size</t>
-[...2 lines deleted...]
-      <c r="G414" t="inlineStr"/>
+          <t>.preferences.install_location.navigate</t>
+        </is>
+      </c>
+      <c r="G414" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Vis innholdet under dette området</t>
+        </is>
+      </c>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr"/>
       <c r="B415" t="inlineStr">
         <is>
-          <t>View the contents of this location</t>
+          <t>{{size}} on disk</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Vis innholdet til dette området</t>
+          <t>{{size}} på disken</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>.preferences.install_location.navigate</t>
-[...6 lines deleted...]
-      </c>
+          <t>.install_location.property.size_on_disk</t>
+        </is>
+      </c>
+      <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr"/>
       <c r="B416" t="inlineStr">
         <is>
-          <t>{{size}} on disk</t>
+          <t>Uninstall or re-install…</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>{{size}} på disken</t>
+          <t>Avinstaller eller gjeninstaller…</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>.install_location.property.size_on_disk</t>
+          <t>.grid.item.uninstall_request</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr"/>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Uninstall or re-install…</t>
+          <t xml:space="preserve">Filter by: </t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Avinstaller eller gjeninstaller…</t>
+          <t xml:space="preserve">Filtrer på: </t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>.grid.item.uninstall_request</t>
+          <t>.grid.criterion.filter_by</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr"/>
       <c r="B418" t="inlineStr">
         <is>
-          <t xml:space="preserve">Filter by: </t>
+          <t>Discard download</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t xml:space="preserve">Filtrer på: </t>
+          <t>Fjern nedlasting</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>.grid.criterion.filter_by</t>
+          <t>.grid.item.discard_download</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr"/>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Discard download</t>
+          <t>Nevermind</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Fjern nedlasting</t>
+          <t>Bare glem det</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>.grid.item.discard_download</t>
+          <t>.prompt.action.nevermind</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr"/>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Nevermind</t>
+          <t>Force program closure?</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Bare glem det</t>
+          <t>Tving programmet til å avslutte?</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>.prompt.action.nevermind</t>
+          <t>.prompt.force_close_game.title</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr"/>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Force program closure?</t>
+          <t>Do you want to force {{title}} to close?</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Tving programmet til å avslutte?</t>
+          <t>Vil du tvinge {{title}} til å avslutte?</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.title</t>
+          <t>.prompt.force_close_game.message</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr"/>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Do you want to force {{title}} to close?</t>
+          <t>Are you sure you want to stop downloading {{title}}?</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Vil du tvinge {{title}} til å avslutte?</t>
+          <t>Er du sikker på at du ønsker å stoppe nedlasting av {{title}}?</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.message</t>
+          <t>.prompt.discard_download.message</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr"/>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Are you sure you want to stop downloading {{title}}?</t>
+          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Er du sikker på at du ønsker å stoppe nedlasting av {{title}}?</t>
+          <t>Du kan installere {{title}} på nytt når som helst, men da vil den begynne helt på nytt.</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.message</t>
+          <t>.prompt.discard_download.detail</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr"/>
       <c r="B424" t="inlineStr">
         <is>
-          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
+          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Du kan installere {{title}} på nytt når som helst, men da vil den begynne helt på nytt.</t>
+          <t>Enkelte filer ble ikke slettet for {{title}}. Prøve igjen som administrator?</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.detail</t>
+          <t>.prompt.uninstall_error.message_permissions</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr"/>
       <c r="B425" t="inlineStr">
         <is>
-          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
+          <t>Remove as administrator</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Enkelte filer ble ikke slettet for {{title}}. Prøve igjen som administrator?</t>
+          <t>Fjern som administrator</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message_permissions</t>
+          <t>.prompt.uninstall_error.action_permissions</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr"/>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Remove as administrator</t>
+          <t>Installing {{title}}…</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Fjern som administrator</t>
+          <t>Installerer {{title}}…</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.action_permissions</t>
+          <t>.download.ongoing.install</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr"/>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Installing {{title}}…</t>
+          <t>Updating {{title}}…</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Installerer {{title}}…</t>
+          <t>Oppdaterer {{title}}…</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>.download.ongoing.install</t>
+          <t>.download.ongoing.update</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr"/>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Updating {{title}}…</t>
+          <t>Re-installing {{title}}…</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Oppdaterer {{title}}…</t>
+          <t>Gjeninstallerer {{title}}…</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>.download.ongoing.update</t>
+          <t>.download.ongoing.reinstall</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr"/>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Re-installing {{title}}…</t>
+          <t>Switching {{title}} to another version…</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Gjeninstallerer {{title}}…</t>
+          <t>Bytter {{title}} til en annen versjon…</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>.download.ongoing.reinstall</t>
+          <t>.download.ongoing.revert</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr"/>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Switching {{title}} to another version…</t>
+          <t>Repairing {{title}}…</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Bytter {{title}} til en annen versjon…</t>
+          <t>Reparerer {{title}}…</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>.download.ongoing.revert</t>
-[...2 lines deleted...]
-      <c r="G430" t="inlineStr"/>
+          <t>.download.ongoing.heal</t>
+        </is>
+      </c>
+      <c r="G430" t="inlineStr">
+        <is>
+          <t>```{{title}``` has a bad format, should be ``` {{title}}```
+Suggested in Weblate: Reparerer {{title}}…</t>
+        </is>
+      </c>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr"/>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Repairing {{title}}…</t>
+          <t>Stop download</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>Reparerer {{title}}…</t>
+          <t>Stopp nedlasting</t>
         </is>
       </c>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>.download.ongoing.heal</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.discard_download.action.stop_download</t>
+        </is>
+      </c>
+      <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr"/>
       <c r="B432" t="inlineStr">
         <is>
-          <t>Stop download</t>
+          <t>Continue download</t>
         </is>
       </c>
       <c r="C432" t="inlineStr">
         <is>
-          <t>Stopp nedlasting</t>
+          <t>Fortsett nedlasting</t>
         </is>
       </c>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.stop_download</t>
+          <t>.prompt.discard_download.action.continue_download</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr"/>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Continue download</t>
+          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Fortsett nedlasting</t>
+          <t>Hvis du stopper denne nedlastingen vil {{title}} havne i en uforutsigbar tilstand.</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.continue_download</t>
-[...2 lines deleted...]
-      <c r="G433" t="inlineStr"/>
+          <t>.prompt.dangerous_discard_download.message</t>
+        </is>
+      </c>
+      <c r="G433" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Å stoppe denne nedlastingen vil sette {{title}} i en uforutsigbar tilstand.</t>
+        </is>
+      </c>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr"/>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
+          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Hvis du stopper denne nedlastingen vil {{title}} havne i en uforutsigbar tilstand.</t>
+          <t>Vi vil tilbakestille {{title}} til siste versjon neste gang du prøver å bruke den.</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.dangerous_discard_download.detail</t>
+        </is>
+      </c>
+      <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr"/>
       <c r="B435" t="inlineStr">
         <is>
-          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
+          <t>version {{version}}</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Vi vil tilbakestille {{title}} til siste versjon neste gang du prøver å bruke den.</t>
+          <t>versjon {{version}}</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.detail</t>
+          <t>.prompt.revert.version</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr"/>
       <c r="B436" t="inlineStr">
         <is>
-          <t>version {{version}}</t>
+          <t>{{title}} needs to finish updating before it can be opened</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>versjon {{version}}</t>
+          <t>{{title}} må fullføre oppdatering før den kan åpnes</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>.prompt.revert.version</t>
+          <t>.status.repairing_game</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr"/>
       <c r="B437" t="inlineStr">
         <is>
-          <t>{{title}} needs to finish updating before it can be opened</t>
+          <t>Things you install or download will show up here</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>{{title}} må fullføre oppdatering før den kan åpnes</t>
+          <t>Ting du installerer eller laster ned vil dukke opp her</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>.status.repairing_game</t>
+          <t>.status.downloads.no_active_downloads_subtext</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr"/>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Things you install or download will show up here</t>
+          <t>Download some stuff!</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Ting du installerer eller laster ned vil dukke opp her</t>
+          <t>Last ned et eller annet!</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads_subtext</t>
+          <t>.status.downloads.find_games_button</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr"/>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Download some stuff!</t>
+          <t>Everything's filtered away...</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Last ned et eller annet!</t>
+          <t>Alt er filtrert bort...</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>.status.downloads.find_games_button</t>
+          <t>.grid.empty_state.leader</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr"/>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Everything's filtered away...</t>
+          <t>Your filters are hiding everything here</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Alt er filtrert bort...</t>
+          <t>Filtrene dine skjuler alt her</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>.grid.empty_state.leader</t>
+          <t>.grid.empty_state.explanation</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr"/>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Your filters are hiding everything here</t>
+          <t>Manage</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Filtrene dine skjuler alt her</t>
+          <t>Tilpass</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>.grid.empty_state.explanation</t>
+          <t>.grid.item.manage</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr"/>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Manage</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Tilpass</t>
+          <t>Start {{title}}</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>.grid.item.manage</t>
+          <t>.prompt.launch.title</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr"/>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Which do you want to open?</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Start {{title}}</t>
+          <t>Hvilken vil du åpne?</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>.prompt.launch.title</t>
+          <t>.prompt.launch.message</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr"/>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Which do you want to open?</t>
+          <t>Manage {{title}}</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Hvilken vil du åpne?</t>
+          <t>Administrer {{title}}</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>.prompt.launch.message</t>
+          <t>.prompt.manage_game.title</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr"/>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Manage {{title}}</t>
+          <t>The following items are installed:</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Administrer {{title}}</t>
+          <t>Følgende gjenstander er installert:</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.title</t>
+          <t>.prompt.manage_game.installed_uploads</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr"/>
       <c r="B446" t="inlineStr">
         <is>
-          <t>The following items are installed:</t>
+          <t>These items are also available:</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Følgende gjenstander er installert:</t>
+          <t>Disse gjenstandene er også tilgjengelige:</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.installed_uploads</t>
+          <t>.prompt.manage_game.available_uploads</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr"/>
       <c r="B447" t="inlineStr">
         <is>
-          <t>These items are also available:</t>
+          <t>No other items are currently available.</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Disse gjenstandene er også tilgjengelige:</t>
+          <t>Ingen andre gjenstander er tilgjengelige nå.</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.available_uploads</t>
+          <t>.prompt.manage_game.no_other_uploads</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr"/>
       <c r="B448" t="inlineStr">
         <is>
-          <t>No other items are currently available.</t>
+          <t>Prefer optimized patches</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Ingen andre gjenstander er tilgjengelige nå.</t>
+          <t>Foretrekk optimaliserte patcher</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.no_other_uploads</t>
+          <t>.preferences.advanced.prefer_optimized_patches</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr"/>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Prefer optimized patches</t>
+          <t>{{x}} seconds</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Foretrekk optimaliserte patcher</t>
+          <t>{{x}} sekunder</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>.preferences.advanced.prefer_optimized_patches</t>
+          <t>.duration.seconds</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr"/>
       <c r="B450" t="inlineStr">
         <is>
-          <t>{{x}} seconds</t>
+          <t>Application log</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>{{x}} sekunder</t>
+          <t>Applikasjonslogg</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>.duration.seconds</t>
+          <t>.sidebar.applog</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr"/>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Application log</t>
+          <t>{{count}} items</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Applikasjonslogg</t>
+          <t>{{count}} elementer</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>.sidebar.applog</t>
+          <t>.grid.item_count</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr"/>
       <c r="B452" t="inlineStr">
         <is>
-          <t>{{count}} items</t>
+          <t>The itch web browser is disabled</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>{{count}} elementer</t>
+          <t>Itch-nettleseren er deaktivert</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>.grid.item_count</t>
+          <t>.browser.disabled</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr"/>
       <c r="B453" t="inlineStr">
         <is>
-          <t>The itch web browser is disabled</t>
+          <t>Re-enable</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Itch-nettleseren er deaktivert</t>
+          <t>Reaktiver</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>.browser.disabled</t>
+          <t>.browser.reenable</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr"/>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Re-enable</t>
+          <t>Disable web browser</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Reaktiver</t>
+          <t>Deaktiver nettleser</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>.browser.reenable</t>
+          <t>.preferences.advanced.disable_browser</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr"/>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Disable web browser</t>
+          <t>You currently have no collections</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Deaktiver nettleser</t>
+          <t>Du har for øyeblikket ingen samlinger</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_browser</t>
+          <t>.collections.empty</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr"/>
       <c r="B456" t="inlineStr">
         <is>
-          <t>You currently have no collections</t>
+          <t>Browse for some games and add them to a new collection!</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Du har for øyeblikket ingen samlinger</t>
+          <t>Søk etter noen spill og legg dem til en ny samling!</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>.collections.empty</t>
+          <t>.collections.empty_sub</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
       <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr"/>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Browse for some games and add them to a new collection!</t>
+          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Søk etter noen spill og legg dem til en ny samling!</t>
+          <t>Deaktiver maskinvareakselerasjon (fikser noen kræsjer på Linux)</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>.collections.empty_sub</t>
-[...2 lines deleted...]
-      <c r="G457" t="inlineStr"/>
+          <t>.preferences.advanced.disable_hardware_acceleration</t>
+        </is>
+      </c>
+      <c r="G457" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Deaktiver maskinvareakselerasjoner (løser noen krasjer på Linux)</t>
+        </is>
+      </c>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr"/>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Deaktiver maskinvareakselerasjon (fikser noen kræsjer på Linux)</t>
+          <t>Forbereder…</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_hardware_acceleration</t>
+          <t>.prereq.status.pending</t>
         </is>
       </c>
       <c r="G458" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Deaktiver maskinvareakselerasjoner (løser noen krasjer på Linux)</t>
+          <t>Suggested in Weblate: Klargjør …
+Suggested in Weblate: Klargjør...</t>
         </is>
       </c>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr"/>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Updates available</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Forbereder…</t>
+          <t>Oppdateringer tilgjengelig</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>.prereq.status.pending</t>
-[...7 lines deleted...]
-      </c>
+          <t>.status.downloads.updates_available</t>
+        </is>
+      </c>
+      <c r="G459" t="inlineStr"/>
       <c r="H459" t="inlineStr"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr"/>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Updates available</t>
+          <t>Update all</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Oppdateringer tilgjengelig</t>
+          <t>Oppdater alle</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>.status.downloads.updates_available</t>
+          <t>.status.downloads.update_all</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr"/>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Update all</t>
+          <t>There's nothing here...</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Oppdater alle</t>
+          <t>Det er ingenting her...</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>.status.downloads.update_all</t>
-[...2 lines deleted...]
-      <c r="G461" t="inlineStr"/>
+          <t>.grid.really_empty_state.leader</t>
+        </is>
+      </c>
+      <c r="G461" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Det er ingenting der...
+Suggested in Weblate: Det er ingenting her …</t>
+        </is>
+      </c>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr"/>
       <c r="B462" t="inlineStr">
         <is>
-          <t>There's nothing here...</t>
+          <t>...yet!</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Det er ingenting her...</t>
+          <t>...ennå!</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.leader</t>
+          <t>.grid.really_empty_state.explanation</t>
         </is>
       </c>
       <c r="G462" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Det er ingenting der...
-Suggested in Weblate: Det er ingenting her …</t>
+          <t>Suggested in Weblate: ...enda!
+Suggested in Weblate: … ennå!</t>
         </is>
       </c>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr"/>
       <c r="B463" t="inlineStr">
         <is>
-          <t>...yet!</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>...ennå!</t>
+          <t>Forbereder…</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.explanation</t>
+          <t>.grid.item.running.prepare</t>
         </is>
       </c>
       <c r="G463" t="inlineStr">
-        <is>
-[...29 lines deleted...]
-      <c r="G464" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Forbereder...
 Suggested in Weblate: Gjør klar …
 Suggested in Weblate: Klargjør …
 Suggested in Weblate: Klargjører...</t>
         </is>
       </c>
+      <c r="H463" t="inlineStr"/>
+    </row>
+    <row r="464">
+      <c r="A464" t="inlineStr"/>
+      <c r="B464" t="inlineStr">
+        <is>
+          <t>Cleaning up…</t>
+        </is>
+      </c>
+      <c r="C464" t="inlineStr">
+        <is>
+          <t>Rydder opp …</t>
+        </is>
+      </c>
+      <c r="D464" t="inlineStr"/>
+      <c r="E464" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F464" t="inlineStr">
+        <is>
+          <t>.grid.item.running.clean</t>
+        </is>
+      </c>
+      <c r="G464" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Rydder opp...</t>
+        </is>
+      </c>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr"/>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Cleaning up…</t>
+          <t>Disk usage</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Rydder opp …</t>
+          <t>Diskforbruk</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>.grid.item.running.clean</t>
+          <t>.preferences.install_location.disk_usage</t>
         </is>
       </c>
       <c r="G465" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Rydder opp...</t>
+          <t>Suggested in Weblate: Diskbruk</t>
         </is>
       </c>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr"/>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Disk usage</t>
+          <t>Finalizing installation…</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Diskforbruk</t>
+          <t>Fullfører installasjon …</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>.preferences.install_location.disk_usage</t>
-[...6 lines deleted...]
-      </c>
+          <t>.login.status.finalizing_installation</t>
+        </is>
+      </c>
+      <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr"/>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Finalizing installation…</t>
+          <t>Antivirus software may interfere with itch.</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Fullfører installasjon …</t>
+          <t>Antivirusprogramvare kan forstyrre itch.</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>.login.status.finalizing_installation</t>
+          <t>.login.status.antivirus_warning</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr"/>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Antivirus software may interfere with itch.</t>
+          <t>The install folder disappeared</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Antivirusprogramvare kan forstyrre itch.</t>
+          <t>Installasjonsmappen forsvant</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>.login.status.antivirus_warning</t>
+          <t>.butlerd.codes.404</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr"/>
       <c r="B469" t="inlineStr">
         <is>
-          <t>The install folder disappeared</t>
+          <t>No compatible uploads were found for this title</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Installasjonsmappen forsvant</t>
+          <t>Ingen kompatible opplastinger ble funnet for denne tittelen</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>.butlerd.codes.404</t>
+          <t>.butlerd.codes.2001</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr"/>
       <c r="B470" t="inlineStr">
         <is>
-          <t>No compatible uploads were found for this title</t>
+          <t>How can I help?</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Ingen kompatible opplastinger ble funnet for denne tittelen</t>
+          <t>Hvordan kan jeg hjelpe?</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>.butlerd.codes.2001</t>
-[...2 lines deleted...]
-      <c r="G470" t="inlineStr"/>
+          <t>.docs.how_to_help</t>
+        </is>
+      </c>
+      <c r="G470" t="inlineStr">
+        <is>
+          <t>This is the latter, "How can I/the user help out/contribute?"
+This needs context because source sentence could be a customer service thing "How can I/itch help you?" or a "How can I/the user help out/contribute?"
+Suggested in Weblate: Hvordan kan jeg være til hjelp?</t>
+        </is>
+      </c>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr"/>
       <c r="B471" t="inlineStr">
         <is>
-          <t>How can I help?</t>
+          <t>Queuing…</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>Hvordan kan jeg hjelpe?</t>
+          <t>Legger i kø …</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>.docs.how_to_help</t>
-[...8 lines deleted...]
-      </c>
+          <t>.grid.item.queueing</t>
+        </is>
+      </c>
+      <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr"/>
       <c r="B472" t="inlineStr">
         <is>
-          <t>Queuing…</t>
+          <t>Details for nerds</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>Legger i kø …</t>
+          <t>Detaljer for nerder</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>.grid.item.queueing</t>
+          <t>.prompt.show_error.details_for_nerds</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr"/>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Details for nerds</t>
+          <t>Event log</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Detaljer for nerder</t>
+          <t>Hendelseslogg</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds</t>
+          <t>.prompt.show_error.details_for_nerds.event_log</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr"/>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Event log</t>
+          <t>Stack trace</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Hendelseslogg</t>
+          <t>Stack trace</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.event_log</t>
+          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr"/>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Stack trace</t>
+          <t>Send a report to help resolve this issue</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>Stack trace</t>
+          <t>Send en rapport for å løse dette problemet</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
+          <t>.prompt.show_error.send_report</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr"/>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Send a report to help resolve this issue</t>
+          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Send en rapport for å løse dette problemet</t>
+          <t>Denne tittelen er pakket på en måte som ikke er kompatibel med itch.io-appen.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>.prompt.show_error.send_report</t>
+          <t>.butlerd.codes.3000</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr"/>
       <c r="B477" t="inlineStr">
         <is>
-          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
+          <t>Nothing that can be launched was found.</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>Denne tittelen er pakket på en måte som ikke er kompatibel med itch.io-appen.</t>
+          <t>Fant ingenting som kan kjøres.</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>.butlerd.codes.3000</t>
+          <t>.butlerd.codes.5000</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr"/>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Nothing that can be launched was found.</t>
+          <t>There is no Internet connection.</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Fant ingenting som kan kjøres.</t>
+          <t>Du er ikke tilkoblet internett.</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>.butlerd.codes.5000</t>
+          <t>.butlerd.codes.9000</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr"/>
       <c r="B479" t="inlineStr">
         <is>
-          <t>There is no Internet connection.</t>
+          <t>{{installedSize}} used by games</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Du er ikke tilkoblet internett.</t>
+          <t>{{installedSize}} brukt av spill</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>.butlerd.codes.9000</t>
+          <t>.preferences.install_location.size_used_by_games</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr"/>
       <c r="B480" t="inlineStr">
         <is>
-          <t>{{installedSize}} used by games</t>
+          <t>{{freeSize}} free of {{totalSize}}</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>{{installedSize}} brukt av spill</t>
+          <t>{{freeSize}} ledig av {{totalSize}}</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>.preferences.install_location.size_used_by_games</t>
+          <t>.preferences.install_location.free_of_total</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr"/>
       <c r="B481" t="inlineStr">
         <is>
-          <t>{{freeSize}} free of {{totalSize}}</t>
+          <t>Scan install locations for games</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>{{freeSize}} ledig av {{totalSize}}</t>
+          <t>Søk etter spill i installasjonslokasjoner</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_of_total</t>
+          <t>.preferences.scan_install_locations</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr"/>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Scan install locations for games</t>
+          <t>Confirm import</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Søk etter spill i installasjonslokasjoner</t>
+          <t>Bekreft import</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations</t>
+          <t>.preferences.scan_install_locations.confirm_import</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr"/>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Confirm import</t>
+          <t>Import {{numItems}} items</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Bekreft import</t>
+          <t>Importer {{numItems}} elementer</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.confirm_import</t>
+          <t>.preferences.scan_install_locations.import_items</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr"/>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Import {{numItems}} items</t>
+          <t>{{numImportedItems}} items were successfully imported</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Importer {{numItems}} elementer</t>
+          <t>{{numImportedItems}} gjenstander ble importert</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.import_items</t>
-[...2 lines deleted...]
-      <c r="G484" t="inlineStr"/>
+          <t>.preferences.scan_install_locations.items_imported</t>
+        </is>
+      </c>
+      <c r="G484" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{numImportedItems}} elementer ble vellykket importert</t>
+        </is>
+      </c>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr"/>
       <c r="B485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} items were successfully imported</t>
+          <t>Looking for games...</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} gjenstander ble importert</t>
+          <t>Leter etter spill …</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.items_imported</t>
+          <t>.preferences.scan_install_locations.looking_for_games</t>
         </is>
       </c>
       <c r="G485" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{numImportedItems}} elementer ble vellykket importert</t>
+          <t>Suggested in Weblate: Leter etter spill...</t>
         </is>
       </c>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr"/>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Looking for games...</t>
+          <t>The following items can be imported:</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Leter etter spill …</t>
+          <t>Følgende elementer kan importeres:</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.looking_for_games</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.scan_install_locations.message</t>
+        </is>
+      </c>
+      <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr"/>
       <c r="B487" t="inlineStr">
         <is>
-          <t>The following items can be imported:</t>
+          <t>No additional items found in install locations</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Følgende elementer kan importeres:</t>
+          <t>Ingen andre gjenstander funnet på installasjonslokasjonene</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.message</t>
+          <t>.preferences.scan_install_locations.no_items_found</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr"/>
       <c r="B488" t="inlineStr">
         <is>
-          <t>No additional items found in install locations</t>
+          <t>Scanning...</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Ingen andre gjenstander funnet på installasjonslokasjonene</t>
+          <t>Søker…</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.no_items_found</t>
-[...2 lines deleted...]
-      <c r="G488" t="inlineStr"/>
+          <t>.preferences.scan_install_locations.title</t>
+        </is>
+      </c>
+      <c r="G488" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Skanner …</t>
+        </is>
+      </c>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr"/>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Scanning...</t>
+          <t>Check for game updates</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Søker…</t>
+          <t>Se etter spilloppdateringer</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.advanced.check_game_updates</t>
+        </is>
+      </c>
+      <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr"/>
       <c r="B490" t="inlineStr">
         <is>
-          <t>Check for game updates</t>
+          <t>Resume downloads</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Se etter spilloppdateringer</t>
+          <t>Gjenoppta nedlastinger</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>.preferences.advanced.check_game_updates</t>
-[...2 lines deleted...]
-      <c r="G490" t="inlineStr"/>
+          <t>.status.downloads.resume_downloads</t>
+        </is>
+      </c>
+      <c r="G490" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Fortsett nedlastinger</t>
+        </is>
+      </c>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr"/>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Resume downloads</t>
+          <t>Pause downloads</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Gjenoppta nedlastinger</t>
+          <t>Sett nedlastinger på pause</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>.status.downloads.resume_downloads</t>
+          <t>.status.downloads.pause_downloads</t>
         </is>
       </c>
       <c r="G491" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Fortsett nedlastinger</t>
+          <t>Suggested in Weblate: Pause nedlastinger</t>
         </is>
       </c>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr"/>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Pause downloads</t>
+          <t>Components</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Sett nedlastinger på pause</t>
+          <t>Komponenter</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>.status.downloads.pause_downloads</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.advanced.components</t>
+        </is>
+      </c>
+      <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr"/>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Components</t>
+          <t>New version available</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>Komponenter</t>
+          <t>Ny versjon tilgjengelig</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>.preferences.advanced.components</t>
+          <t>.prompt.self_update_ready.short</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr"/>
       <c r="B494" t="inlineStr">
         <is>
-          <t>New version available</t>
+          <t>No other version is available.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Ny versjon tilgjengelig</t>
+          <t>Ingen andre versjoner er tilgjengelige.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.short</t>
+          <t>.prompt.revert.no_other_version</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr"/>
       <c r="B495" t="inlineStr">
         <is>
-          <t>No other version is available.</t>
+          <t>Skip update</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>Ingen andre versjoner er tilgjengelige.</t>
+          <t>Hopp over oppdatering</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>.prompt.revert.no_other_version</t>
+          <t>.pick_update_upload.buttons.skip_update</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr"/>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Skip update</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>Hopp over oppdatering</t>
+          <t>Start {{title}}</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.skip_update</t>
+          <t>.grid.item.launch_title</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr"/>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Open {{title}}</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>Start {{title}}</t>
+          <t>Åpne {{title}}</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>.grid.item.launch_title</t>
+          <t>.grid.item.open_title</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr"/>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Open {{title}}</t>
+          <t>views</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Åpne {{title}}</t>
+          <t>visninger</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>.grid.item.open_title</t>
+          <t>.dashboard.game_stats.views</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr"/>
       <c r="B499" t="inlineStr">
         <is>
-          <t>views</t>
+          <t>downloads</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>visninger</t>
+          <t>nedlastinger</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.views</t>
+          <t>.dashboard.game_stats.downloads</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr"/>
       <c r="B500" t="inlineStr">
         <is>
-          <t>downloads</t>
+          <t>purchases</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>nedlastinger</t>
+          <t>kjøp</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.downloads</t>
+          <t>.dashboard.game_stats.purchases</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr"/>
       <c r="B501" t="inlineStr">
         <is>
-          <t>purchases</t>
+          <t>Open page</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>kjøp</t>
+          <t>Åpne side</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.purchases</t>
+          <t>.grid.item.open_page</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr"/>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Open page</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Åpne side</t>
+          <t>Utilgjengelig</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>.grid.item.open_page</t>
+          <t>.grid.item.not_available</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr"/>
       <c r="B503" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>View all...</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>Utilgjengelig</t>
+          <t>Vis alle …</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>.grid.item.not_available</t>
+          <t>.game_stripe.view_all</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr"/>
       <c r="B504" t="inlineStr">
         <is>
-          <t>View all...</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Vis alle …</t>
+          <t>Installert</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>.game_stripe.view_all</t>
+          <t>.table.column.installed</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr"/>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Powered by</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Installert</t>
+          <t>Drevet av</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>.table.column.installed</t>
+          <t>.table.column.powered_by</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr"/>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Powered by</t>
+          <t>Enable tabs</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Drevet av</t>
+          <t>Aktiver faner</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>.table.column.powered_by</t>
+          <t>.preferences.behavior.enable_tabs</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr"/>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Enable tabs</t>
+          <t>Acquired recently</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Aktiver faner</t>
+          <t>Nylig anskaffet</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>.preferences.behavior.enable_tabs</t>
+          <t>.sort_by.games.acquired_at</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr"/>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Acquired recently</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Nylig anskaffet</t>
+          <t>Tittel</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>.sort_by.games.acquired_at</t>
+          <t>.sort_by.games.title</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr"/>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Views</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Tittel</t>
+          <t>Visninger</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>.sort_by.games.title</t>
+          <t>.sort_by.games.views</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr"/>
       <c r="B510" t="inlineStr">
         <is>
-          <t>Views</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Visninger</t>
+          <t>Nedlastinger</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>.sort_by.games.views</t>
+          <t>.sort_by.games.downloads</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr"/>
       <c r="B511" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Purchases</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>Nedlastinger</t>
+          <t>Kjøp</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>.sort_by.games.downloads</t>
+          <t>.sort_by.games.purchases</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr"/>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Purchases</t>
+          <t>Play time</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Kjøp</t>
+          <t>Spilletid</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>.sort_by.games.purchases</t>
+          <t>.sort_by.games.play_time</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr"/>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Play time</t>
+          <t>Last touched</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Spilletid</t>
+          <t>Sist rørt</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>.sort_by.games.play_time</t>
+          <t>.sort_by.games.last_touched</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr"/>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Last touched</t>
+          <t>Size on disk</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Sist rørt</t>
+          <t>Størrelse på disk</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>.sort_by.games.last_touched</t>
+          <t>.sort_by.games.size_on_disk</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr"/>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Size on disk</t>
+          <t>Install date</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Størrelse på disk</t>
+          <t>Installasjonsdato</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>.sort_by.games.size_on_disk</t>
+          <t>.sort_by.games.install_date</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr"/>
       <c r="B516" t="inlineStr">
         <is>
-          <t>Install date</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>Installasjonsdato</t>
+          <t>Spill</t>
         </is>
       </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>.sort_by.games.install_date</t>
+          <t>.filter_by.games.classification.games</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr"/>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Tools</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Spill</t>
+          <t>Verktøy</t>
         </is>
       </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.games</t>
+          <t>.filter_by.games.classification.tools</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr"/>
       <c r="B518" t="inlineStr">
         <is>
-          <t>Tools</t>
+          <t>Game assets</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>Verktøy</t>
+          <t>Spillressurser</t>
         </is>
       </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.tools</t>
+          <t>.filter_by.games.classification.assets</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr"/>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Game assets</t>
+          <t>Comics</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Spillressurser</t>
+          <t>Tegneserier</t>
         </is>
       </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.assets</t>
+          <t>.filter_by.games.classification.comics</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr"/>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Comics</t>
+          <t>Books</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Tegneserier</t>
+          <t>Bøker</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.comics</t>
+          <t>.filter_by.games.classification.books</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr"/>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Books</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Bøker</t>
+          <t>Installert</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.books</t>
+          <t>.filter_by.games.status.installed</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr"/>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Free</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Installert</t>
+          <t>Gratis</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>.filter_by.games.status.installed</t>
+          <t>.filter_by.games.paid_status.free</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr"/>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Free</t>
+          <t>Paid</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Gratis</t>
+          <t>Betalt</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.free</t>
+          <t>.filter_by.games.paid_status.paid</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr"/>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Paid</t>
+          <t>Draft</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Betalt</t>
+          <t>Kladd</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.paid</t>
+          <t>.filter_by.games.visibility.draft</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr"/>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Draft</t>
+          <t>Published</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Kladd</t>
+          <t>Publisert</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.draft</t>
+          <t>.filter_by.games.visibility.published</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr"/>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Published</t>
+          <t>Level</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Publisert</t>
+          <t>Nivå</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.published</t>
+          <t>.log.level</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr"/>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Level</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Nivå</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>.log.level</t>
+          <t>.log.level.debug</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr"/>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>.log.level.debug</t>
+          <t>.log.level.info</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr"/>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Warning</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Advarsel</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>.log.level.info</t>
+          <t>.log.level.warning</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr"/>
       <c r="B530" t="inlineStr">
         <is>
-          <t>Warning</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>Advarsel</t>
+          <t>Feil</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>.log.level.warning</t>
+          <t>.log.level.error</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr"/>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Error</t>
+          <t>Nothing to see here</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Feil</t>
+          <t>Ingenting å se her</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>.log.level.error</t>
+          <t>.empty_state.nothing_to_see_here</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr"/>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Nothing to see here</t>
+          <t>{{itemCount}} items</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Ingenting å se her</t>
+          <t>{{itemCount}} elementer</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>.empty_state.nothing_to_see_here</t>
-[...2 lines deleted...]
-      <c r="G532" t="inlineStr"/>
+          <t>.collection.item_count</t>
+        </is>
+      </c>
+      <c r="G532" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: enheter</t>
+        </is>
+      </c>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr"/>
       <c r="B533" t="inlineStr">
         <is>
-          <t>{{itemCount}} items</t>
+          <t>No description</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>{{itemCount}} elementer</t>
+          <t>Ingen beskrivelse</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>.collection.item_count</t>
-[...6 lines deleted...]
-      </c>
+          <t>.search.results.game.no_description</t>
+        </is>
+      </c>
+      <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr"/>
       <c r="B534" t="inlineStr">
         <is>
-          <t>No description</t>
+          <t>Explore</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Ingen beskrivelse</t>
+          <t>Utforsk</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>.search.results.game.no_description</t>
+          <t>.sidebar.explore</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr"/>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Explore</t>
+          <t>Library</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Utforsk</t>
+          <t>Bibliotek</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>.sidebar.explore</t>
+          <t>.sidebar.library</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr"/>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Library</t>
+          <t>Install for {{title}} cancelled!</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Bibliotek</t>
+          <t>Installasjon av {{title}} avbrutt!</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>.sidebar.library</t>
+          <t>.status.installing_game.cancelled</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr"/>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Install for {{title}} cancelled!</t>
+          <t>Manage install locations</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Installasjon av {{title}} avbrutt!</t>
+          <t>Administrer installasjonssteder</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>.status.installing_game.cancelled</t>
+          <t>.install_locations.manage</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr"/>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Manage install locations</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Administrer installasjonssteder</t>
+          <t>Oppdatert</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>.install_locations.manage</t>
+          <t>.collection.info.updated</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr"/>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Oppdatert</t>
+          <t>Send tilbakemelding</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>.collection.info.updated</t>
+          <t>.send_feedback.title</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr"/>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>Please describe what you were trying to do when the issue happened:</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Send tilbakemelding</t>
+          <t>Vennligst beskriv hva du prøvde å gjøre da problemet oppsto:</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>.send_feedback.title</t>
+          <t>.send_feedback.describe_issue</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr"/>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Please describe what you were trying to do when the issue happened:</t>
+          <t>A few reminders:</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Vennligst beskriv hva du prøvde å gjøre da problemet oppsto:</t>
+          <t>Et par påminnelser:</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>.send_feedback.describe_issue</t>
+          <t>.send_feedback.reminders.header</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr"/>
       <c r="B542" t="inlineStr">
         <is>
-          <t>A few reminders:</t>
+          <t>Whatever you write will be read by humans.</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Et par påminnelser:</t>
+          <t>Det du skriver her vil bli lest av mennesker.</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.header</t>
+          <t>.send_feedback.reminders.we_are_humans</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr"/>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Whatever you write will be read by humans.</t>
+          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Det du skriver her vil bli lest av mennesker.</t>
+          <t>Vær så nøyaktig som mulig. Vi ønsker å løse problemet like mye som du gjør!</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.we_are_humans</t>
+          <t>.send_feedback.reminders.be_precise</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr"/>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
+          <t>Include steps to reproduce the issue if you can.</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Vær så nøyaktig som mulig. Vi ønsker å løse problemet like mye som du gjør!</t>
+          <t>Ta med stegene for å gjenskape problemet hvis du kan.</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.be_precise</t>
+          <t>.send_feedback.reminders.include_reproduce_steps</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr"/>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Include steps to reproduce the issue if you can.</t>
+          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>Ta med stegene for å gjenskape problemet hvis du kan.</t>
+          <t>Nevn itch.io-brukernavnet og/eller siden som ga deg problemer, hvis det er relevant.</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.include_reproduce_steps</t>
+          <t>.send_feedback.reminders.mention_itchio_account</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr"/>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
+          <t>Thanks for sending us feedback!</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>Nevn itch.io-brukernavnet og/eller siden som ga deg problemer, hvis det er relevant.</t>
+          <t>Takk for tilbakemeldingen!</t>
         </is>
       </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.mention_itchio_account</t>
+          <t>.send_feedback.reminders.thanks</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr"/>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Thanks for sending us feedback!</t>
+          <t>Where does my report go?</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Takk for tilbakemeldingen!</t>
+          <t>Hvor havner rapporten min?</t>
         </is>
       </c>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.thanks</t>
+          <t>.send_feedback.questions.where_does_report_go</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr"/>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Where does my report go?</t>
+          <t>Review the information below to make sure you're comfortable with it being sent:</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>Hvor havner rapporten min?</t>
+          <t>Se gjennom informasjonen under for å være sikker på at du er komfortabel med at det sendes:</t>
         </is>
       </c>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>.send_feedback.questions.where_does_report_go</t>
+          <t>.send_feedback.consent.please_review</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
       <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr"/>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Review the information below to make sure you're comfortable with it being sent:</t>
+          <t>redacted</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Se gjennom informasjonen under for å være sikker på at du er komfortabel med at det sendes:</t>
+          <t>sensurert</t>
         </is>
       </c>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.please_review</t>
+          <t>.send_feedback.consent.redacted</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
       <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr"/>
       <c r="B550" t="inlineStr">
         <is>
-          <t>redacted</t>
+          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>sensurert</t>
+          <t>Hvis du vet omtrent hvordan oppsettet ditt er, kan det hjelpe oss med å finne kilden til problemet.</t>
         </is>
       </c>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.redacted</t>
+          <t>.send_feedback.consent.system_info_helps_us</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
       <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr"/>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
+          <t>Include this information in the report</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Hvis du vet omtrent hvordan oppsettet ditt er, kan det hjelpe oss med å finne kilden til problemet.</t>
+          <t>Inkluder denne informasjonen i rapporten</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.system_info_helps_us</t>
+          <t>.send_feedback.consent.include_in_report</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
       <c r="H551" t="inlineStr"/>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr"/>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Include this information in the report</t>
+          <t>A secret URL will be generated for your report.</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Inkluder denne informasjonen i rapporten</t>
+          <t>En hemmelig URL vil bli generert for din rapport.</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.include_in_report</t>
+          <t>.send_feedback.send.secret_url</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
       <c r="H552" t="inlineStr"/>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr"/>
       <c r="B553" t="inlineStr">
         <is>
-          <t>A secret URL will be generated for your report.</t>
+          <t>From that page, you will be able to:</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>En hemmelig URL vil bli generert for din rapport.</t>
+          <t>Fra den siden vil du kunne:</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url</t>
+          <t>.send_feedback.send.secret_url.feature_list</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
       <c r="H553" t="inlineStr"/>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr"/>
       <c r="B554" t="inlineStr">
         <is>
-          <t>From that page, you will be able to:</t>
+          <t>See everything we see about the report</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>Fra den siden vil du kunne:</t>
+          <t>Se alt vi kan se om rapporten</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list</t>
+          <t>.send_feedback.send.secret_url.feature_list.view</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr"/>
       <c r="B555" t="inlineStr">
         <is>
-          <t>See everything we see about the report</t>
+          <t>Delete it if you decide to.</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Se alt vi kan se om rapporten</t>
+          <t>Slette den, hvis du bestemmer deg for det.</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.view</t>
+          <t>.send_feedback.send.secret_url.feature_list.delete</t>
         </is>
       </c>
       <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr"/>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Delete it if you decide to.</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Slette den, hvis du bestemmer deg for det.</t>
+          <t>Send rapport</t>
         </is>
       </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.delete</t>
+          <t>.send_feedback.send.do_send</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr"/>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Nevermind, take me out of here</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Send rapport</t>
+          <t>Glem det, få meg bort herfra</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>.send_feedback.send.do_send</t>
+          <t>.send_feedback.send.dont_send</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr"/>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Nevermind, take me out of here</t>
+          <t>Sending...</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Glem det, få meg bort herfra</t>
+          <t>Sender …</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>.send_feedback.send.dont_send</t>
+          <t>.send_feedback.send.sending</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr"/>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Sending...</t>
+          <t>Thank you for sending a report, it helps everyone!</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Sender …</t>
+          <t>Takk for at du sendte en rapport, det hjelper alle!</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>.send_feedback.send.sending</t>
+          <t>.send_feedback.final_thanks</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr"/>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Thank you for sending a report, it helps everyone!</t>
+          <t>Your report was sent successfully!</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Takk for at du sendte en rapport, det hjelper alle!</t>
+          <t>Rapporten din ble sendt!</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>.send_feedback.final_thanks</t>
+          <t>.send_feedback.success.intro</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr"/>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Your report was sent successfully!</t>
+          <t>View report</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Rapporten din ble sendt!</t>
+          <t>Vis rapport</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>.send_feedback.success.intro</t>
+          <t>.send_feedback.success.view_report</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr"/>
       <c r="B562" t="inlineStr">
         <is>
-          <t>View report</t>
+          <t>(You can delete it from this page)</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Vis rapport</t>
+          <t>(Du kan slette den fra denne siden)</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report</t>
+          <t>.send_feedback.success.view_report.delete</t>
         </is>
       </c>
       <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr"/>
       <c r="B563" t="inlineStr">
         <is>
-          <t>(You can delete it from this page)</t>
+          <t>Thanks for your feedback</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>(Du kan slette den fra denne siden)</t>
+          <t>Takk for tilbakemeldingen</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report.delete</t>
+          <t>.send_feedback.success.thanks</t>
         </is>
       </c>
       <c r="G563" t="inlineStr"/>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr"/>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Thanks for your feedback</t>
+          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Takk for tilbakemeldingen</t>
+          <t>Den vil bli sett gjennom så snart vi kan, gjort om til en oppgave, og forhåpentligvis fikset i en framtidig versjon.</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>.send_feedback.success.thanks</t>
+          <t>.send_feedback.success.promise</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr"/>
       <c r="B565" t="inlineStr">
         <is>
-          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
+          <t>Sorry, we could not send your report.</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>Den vil bli sett gjennom så snart vi kan, gjort om til en oppgave, og forhåpentligvis fikset i en framtidig versjon.</t>
+          <t>Beklager, vi kunne ikke sende rapporten din.</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>.send_feedback.success.promise</t>
+          <t>.send_feedback.error.intro</t>
         </is>
       </c>
       <c r="G565" t="inlineStr"/>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr"/>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Sorry, we could not send your report.</t>
+          <t>Previous</t>
         </is>
       </c>
       <c r="C566" t="inlineStr">
         <is>
-          <t>Beklager, vi kunne ikke sende rapporten din.</t>
+          <t>Forrige</t>
         </is>
       </c>
       <c r="D566" t="inlineStr"/>
       <c r="E566" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F566" t="inlineStr">
         <is>
-          <t>.send_feedback.error.intro</t>
+          <t>.send_feedback.nav.previous</t>
         </is>
       </c>
       <c r="G566" t="inlineStr"/>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr"/>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Previous</t>
+          <t>Next</t>
         </is>
       </c>
       <c r="C567" t="inlineStr">
         <is>
-          <t>Forrige</t>
+          <t>Neste</t>
         </is>
       </c>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.previous</t>
+          <t>.send_feedback.nav.next</t>
         </is>
       </c>
       <c r="G567" t="inlineStr"/>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr"/>
       <c r="B568" t="inlineStr">
         <is>
-          <t>Next</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C568" t="inlineStr">
         <is>
-          <t>Neste</t>
+          <t>Lukk</t>
         </is>
       </c>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.next</t>
+          <t>.send_feedback.nav.close</t>
         </is>
       </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr"/>
       <c r="B569" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Your message</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>Lukk</t>
+          <t>Din melding</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.close</t>
+          <t>.send_feedback.steps.your_message</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr"/>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Your message</t>
+          <t>System information</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Din melding</t>
+          <t>Systeminformasjon</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.your_message</t>
+          <t>.send_feedback.steps.system_info</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr"/>
       <c r="B571" t="inlineStr">
         <is>
-          <t>System information</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Systeminformasjon</t>
+          <t>Send rapport</t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.system_info</t>
+          <t>.send_feedback.steps.send</t>
         </is>
       </c>
       <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr"/>
       <c r="B572" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Browse</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Send rapport</t>
+          <t>Bla gjennom</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.send</t>
+          <t>.setup.action.browse</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr"/>
       <c r="B573" t="inlineStr">
         <is>
-          <t>Browse</t>
+          <t>Install {{title}}</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Bla gjennom</t>
+          <t>Installer {{title}}</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>.setup.action.browse</t>
+          <t>.grid.item.install_title</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr"/>
       <c r="B574" t="inlineStr">
         <is>
-          <t>Install {{title}}</t>
+          <t>Open developer tools</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>Installer {{title}}</t>
+          <t>Åpne utviklerverktøy</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>.grid.item.install_title</t>
+          <t>.browser.open_devtools</t>
         </is>
       </c>
       <c r="G574" t="inlineStr"/>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr"/>
       <c r="B575" t="inlineStr">
         <is>
-          <t>Open developer tools</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Åpne utviklerverktøy</t>
+          <t>Tilbake</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>.browser.open_devtools</t>
+          <t>.prompt.action.back</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr"/>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Reveal password</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Tilbake</t>
+          <t>Vis passord</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>.prompt.action.back</t>
+          <t>.login.action.reveal_password</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr"/>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Reveal password</t>
+          <t>Hide password</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Vis passord</t>
+          <t>Skjul passord</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>.login.action.reveal_password</t>
+          <t>.login.action.hide_password</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr"/>
       <c r="B578" t="inlineStr">
         <is>
-          <t>Hide password</t>
+          <t>Inspect</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Skjul passord</t>
+          <t>Inspiser</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>.login.action.hide_password</t>
+          <t>.web.context_menu.inspect</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr"/>
       <c r="B579" t="inlineStr">
         <is>
-          <t>Inspect</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Inspiser</t>
+          <t>Tittel</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>.web.context_menu.inspect</t>
+          <t>.sort_by.collections.title</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr"/>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Tittel</t>
+          <t>Oppdatert</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>.sort_by.collections.title</t>
+          <t>.sort_by.collections.updated_at</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr"/>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Are you sure you want to quit?</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Oppdatert</t>
+          <t>Er du sikker på at du vil avslutte?</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>.sort_by.collections.updated_at</t>
+          <t>.prompt.confirm_quit.title</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr"/>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Are you sure you want to quit?</t>
+          <t>All running games and applications will be closed.</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Er du sikker på at du vil avslutte?</t>
+          <t>Alle kjørende spill og applikasjoner vil bli lukket.</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.title</t>
+          <t>.prompt.confirm_quit.message</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr"/>
       <c r="B583" t="inlineStr">
         <is>
-          <t>All running games and applications will be closed.</t>
+          <t>Quit and close all</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Alle kjørende spill og applikasjoner vil bli lukket.</t>
+          <t>Avslutt og lukk alle</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.message</t>
+          <t>.prompt.action.quit_and_close_all</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr"/>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Quit and close all</t>
+          <t>Empty</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Avslutt og lukk alle</t>
+          <t>Tom</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>.prompt.action.quit_and_close_all</t>
+          <t>.preferences.install_location.empty</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr"/>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Empty</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C585" t="inlineStr">
         <is>
-          <t>Tom</t>
+          <t>Noe gikk galt</t>
         </is>
       </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>.preferences.install_location.empty</t>
+          <t>.prompt.show_error.generic_message</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr"/>
       <c r="B586" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Computing space requirements</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>Noe gikk galt</t>
+          <t>Beregner nødvendig diskplass</t>
         </is>
       </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>.prompt.show_error.generic_message</t>
+          <t>.plan_install.computing_space_requirements</t>
         </is>
       </c>
       <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr"/>
       <c r="B587" t="inlineStr">
         <is>
-          <t>Computing space requirements</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Beregner nødvendig diskplass</t>
+          <t>Installer</t>
         </is>
       </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>.plan_install.computing_space_requirements</t>
+          <t>.plan_install.select_upload</t>
         </is>
       </c>
       <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr"/>
       <c r="B588" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>To location</t>
         </is>
       </c>
       <c r="C588" t="inlineStr">
         <is>
-          <t>Installer</t>
+          <t>Til plasseringen</t>
         </is>
       </c>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>.plan_install.select_upload</t>
+          <t>.plan_install.select_install_location</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr"/>
       <c r="B589" t="inlineStr">
         <is>
-          <t>To location</t>
+          <t>Disk space required</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Til plasseringen</t>
+          <t>Nødvendig diskplass</t>
         </is>
       </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>.plan_install.select_install_location</t>
+          <t>.plan_install.disk_space_required</t>
         </is>
       </c>
       <c r="G589" t="inlineStr"/>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr"/>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Disk space required</t>
+          <t>Disk space available</t>
         </is>
       </c>
       <c r="C590" t="inlineStr">
         <is>
-          <t>Nødvendig diskplass</t>
+          <t>Tilgjengelig diskplass</t>
         </is>
       </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_required</t>
-[...2 lines deleted...]
-      <c r="G590" t="inlineStr"/>
+          <t>.plan_install.disk_space_available</t>
+        </is>
+      </c>
+      <c r="G590" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Lagringsplass tilgjengelig</t>
+        </is>
+      </c>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr"/>
       <c r="B591" t="inlineStr">
         <is>
-          <t>Disk space available</t>
+          <t>Software License Agreement</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>Tilgjengelig diskplass</t>
+          <t>Lisensavtale for programvare</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_available</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.sla.title</t>
+        </is>
+      </c>
+      <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr"/>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Software License Agreement</t>
+          <t>To use this software, you need to accept the terms of this license agreement:</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Lisensavtale for programvare</t>
+          <t>For å bruke dette programmet må du godta vilkårene i denne lisensavtalen:</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>.prompt.sla.title</t>
+          <t>.prompt.sla.message</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr"/>
       <c r="B593" t="inlineStr">
         <is>
-          <t>To use this software, you need to accept the terms of this license agreement:</t>
+          <t>Accept terms</t>
         </is>
       </c>
       <c r="C593" t="inlineStr">
         <is>
-          <t>For å bruke dette programmet må du godta vilkårene i denne lisensavtalen:</t>
+          <t>Godta vilkår</t>
         </is>
       </c>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>.prompt.sla.message</t>
+          <t>.prompt.sla.accept</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr"/>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Accept terms</t>
-[...6 lines deleted...]
-      </c>
+          <t>Physical Games</t>
+        </is>
+      </c>
+      <c r="C594" t="inlineStr"/>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>.prompt.sla.accept</t>
-[...2 lines deleted...]
-      <c r="G594" t="inlineStr"/>
+          <t>.filter_by.games.classification.physical_game</t>
+        </is>
+      </c>
+      <c r="G594" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Fysiske spill</t>
+        </is>
+      </c>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr"/>
       <c r="B595" t="inlineStr">
         <is>
-          <t>Physical Games</t>
+          <t>1 hour 1 minute</t>
         </is>
       </c>
       <c r="C595" t="inlineStr"/>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.physical_game</t>
+          <t>.duration.precise.hour_minute</t>
         </is>
       </c>
       <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr"/>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr"/>
+      <c r="D596" t="inlineStr"/>
+      <c r="E596" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F596" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G596" t="inlineStr"/>
+      <c r="H596" t="inlineStr"/>
+    </row>
+    <row r="597">
+      <c r="A597" t="inlineStr"/>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C597" t="inlineStr"/>
+      <c r="D597" t="inlineStr"/>
+      <c r="E597" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F597" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G597" t="inlineStr"/>
+      <c r="H597" t="inlineStr"/>
+    </row>
+    <row r="598">
+      <c r="A598" t="inlineStr"/>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C598" t="inlineStr"/>
+      <c r="D598" t="inlineStr"/>
+      <c r="E598" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F598" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G598" t="inlineStr"/>
+      <c r="H598" t="inlineStr"/>
+    </row>
+    <row r="599">
+      <c r="A599" t="inlineStr"/>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C599" t="inlineStr"/>
+      <c r="D599" t="inlineStr"/>
+      <c r="E599" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F599" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G599" t="inlineStr"/>
+      <c r="H599" t="inlineStr"/>
+    </row>
+    <row r="600">
+      <c r="A600" t="inlineStr"/>
+      <c r="B600" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C600" t="inlineStr"/>
+      <c r="D600" t="inlineStr"/>
+      <c r="E600" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F600" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G600" t="inlineStr"/>
+      <c r="H600" t="inlineStr"/>
+    </row>
+    <row r="601">
+      <c r="A601" t="inlineStr"/>
+      <c r="B601" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C601" t="inlineStr"/>
+      <c r="D601" t="inlineStr"/>
+      <c r="E601" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F601" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G601" t="inlineStr"/>
+      <c r="H601" t="inlineStr"/>
+    </row>
+    <row r="602">
+      <c r="A602" t="inlineStr"/>
+      <c r="B602" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C602" t="inlineStr"/>
+      <c r="D602" t="inlineStr"/>
+      <c r="E602" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F602" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G602" t="inlineStr"/>
+      <c r="H602" t="inlineStr"/>
+    </row>
+    <row r="603">
+      <c r="A603" t="inlineStr"/>
+      <c r="B603" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C603" t="inlineStr"/>
+      <c r="D603" t="inlineStr"/>
+      <c r="E603" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F603" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G603" t="inlineStr"/>
+      <c r="H603" t="inlineStr"/>
+    </row>
+    <row r="604">
+      <c r="A604" t="inlineStr"/>
+      <c r="B604" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C604" t="inlineStr"/>
+      <c r="D604" t="inlineStr"/>
+      <c r="E604" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F604" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G604" t="inlineStr"/>
+      <c r="H604" t="inlineStr"/>
+    </row>
+    <row r="605">
+      <c r="A605" t="inlineStr"/>
+      <c r="B605" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C605" t="inlineStr"/>
+      <c r="D605" t="inlineStr"/>
+      <c r="E605" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F605" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G605" t="inlineStr"/>
+      <c r="H605" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>