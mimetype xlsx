--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H595"/>
+  <dimension ref="A1:H605"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -4318,12475 +4318,12691 @@
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>Best verkocht</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>.new_tab.top_sellers</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Popular on Twitter</t>
+          <t>itch is now running in the background. Use the menu to quit it completely.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>Populair op Twitter</t>
+          <t>itch draait nu op de achtergrond. Gebruik het menu om itch volledig af te sluiten.</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.new_tab.twitter</t>
+          <t>.notification.see_you_soon.message</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>itch is now running in the background. Use the menu to quit it completely.</t>
+          <t>See you soon!</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>itch draait nu op de achtergrond. Gebruik het menu om itch volledig af te sluiten.</t>
+          <t>Tot snel!</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.message</t>
+          <t>.notification.see_you_soon.title</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>See you soon!</t>
+          <t>You just purchased {{title}}!</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>Tot snel!</t>
+          <t>Je hebt net {{title}} gekocht!</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.title</t>
+          <t>.notification.purchase_complete.just_bought</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>You just purchased {{title}}!</t>
+          <t>You just donated to {{title}}!</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>Je hebt net {{title}} gekocht!</t>
+          <t>Je hebt zojuist aan {{title}} gedoneerd!</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_bought</t>
+          <t>.notification.purchase_complete.just_donated</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>You just donated to {{title}}!</t>
+          <t>You can now install it anytime!</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>Je hebt zojuist aan {{title}} gedoneerd!</t>
+          <t>Je kunt het nu op elk moment installeren!</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_donated</t>
-[...2 lines deleted...]
-      <c r="G150" t="inlineStr"/>
+          <t>.notification.purchase_complete.may_install_now</t>
+        </is>
+      </c>
+      <c r="G150" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Je kunt het nu altijd installeren!</t>
+        </is>
+      </c>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t>You can now install it anytime!</t>
+          <t>Thanks for your support!</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>Je kunt het nu op elk moment installeren!</t>
+          <t>Bedankt voor je steun!</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.may_install_now</t>
-[...6 lines deleted...]
-      </c>
+          <t>.notification.purchase_complete.thanks_for_support</t>
+        </is>
+      </c>
+      <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Thanks for your support!</t>
+          <t>{{title}} was installed!</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>Bedankt voor je steun!</t>
+          <t>{{title}} werdt geïnstalleerd!</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.thanks_for_support</t>
+          <t>.notification.download_installed</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
-          <t>{{title}} was installed!</t>
+          <t>{{title}} was updated!</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>{{title}} werdt geïnstalleerd!</t>
+          <t>{{title}} is geüpdatet!</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>.notification.download_installed</t>
+          <t>.notification.download_updated</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>{{title}} was updated!</t>
+          <t>{{title}} was switched to {{version}}!</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>{{title}} is geüpdatet!</t>
+          <t>{{title}} is omgezet naar versie {{version}}!</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>.notification.download_updated</t>
-[...2 lines deleted...]
-      <c r="G154" t="inlineStr"/>
+          <t>.notification.download_reverted</t>
+        </is>
+      </c>
+      <c r="G154" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{title}} is teruggezet naar {{version}}!
+Suggested in Weblate: {{title}} is veranderd naar versie {{version}}!</t>
+        </is>
+      </c>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
-          <t>{{title}} was switched to {{version}}!</t>
+          <t>{{title}} verified and repaired!</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>{{title}} is omgezet naar versie {{version}}!</t>
+          <t>{{title}} is geverifieerd en gerepareerd!</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>.notification.download_reverted</t>
-[...7 lines deleted...]
-      </c>
+          <t>.notification.download_healed</t>
+        </is>
+      </c>
+      <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
-          <t>{{title}} verified and repaired!</t>
+          <t>Keep in mind this is a pre-alpha</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>{{title}} is geverifieerd en gerepareerd!</t>
+          <t>Let op dat dit een pre-alpha is</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>.notification.download_healed</t>
-[...2 lines deleted...]
-      <c r="G156" t="inlineStr"/>
+          <t>.onboarding.caved.prealpha_reminder</t>
+        </is>
+      </c>
+      <c r="G156" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Denk eraan dat dit een pre-alpha is</t>
+        </is>
+      </c>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Keep in mind this is a pre-alpha</t>
+          <t>Take your pick</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>Let op dat dit een pre-alpha is</t>
+          <t>Maak je keuze</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>.onboarding.caved.prealpha_reminder</t>
-[...6 lines deleted...]
-      </c>
+          <t>.onboarding.caved.title_pick</t>
+        </is>
+      </c>
+      <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Take your pick</t>
+          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>Maak je keuze</t>
+          <t>Als iets kapot gaat, klik dan op {{report}} om het te melden, of op {{probe}} om het te onderzoeken.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>.onboarding.caved.title_pick</t>
-[...2 lines deleted...]
-      <c r="G158" t="inlineStr"/>
+          <t>.onboarding.caved.troubleshoot_advice</t>
+        </is>
+      </c>
+      <c r="G158" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Als iets kapot is, klik dan op {{report}} om het te melden, of op {{probe}} om het te onderzoeken.</t>
+        </is>
+      </c>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
+          <t>Watch games quietly download, install, and run.</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>Als iets kapot gaat, klik dan op {{report}} om het te melden, of op {{probe}} om het te onderzoeken.</t>
+          <t>Zie spellen stilletjes downloaden, installeren en starten.</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>.onboarding.caved.troubleshoot_advice</t>
-[...6 lines deleted...]
-      </c>
+          <t>.onboarding.caved.usage</t>
+        </is>
+      </c>
+      <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Watch games quietly download, install, and run.</t>
+          <t>Your games will be here when you come back.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>Zie spellen stilletjes downloaden, installeren en starten.</t>
+          <t>Je spellen zullen hier zijn wanneer je terug komt.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>.onboarding.caved.usage</t>
+          <t>.onboarding.collections.auto_sync</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Your games will be here when you come back.</t>
+          <t>Let's browse</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>Je spellen zullen hier zijn wanneer je terug komt.</t>
+          <t>Laten we gaan bladeren</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>.onboarding.collections.auto_sync</t>
+          <t>.onboarding.collections.lets_shop</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Let's browse</t>
+          <t>Mix &amp; match</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>Laten we gaan bladeren</t>
+          <t>Mix &amp; match</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>.onboarding.collections.lets_shop</t>
+          <t>.onboarding.collections.title_mix</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Mix &amp; match</t>
+          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>Mix &amp; match</t>
+          <t>Bekijk de site een beetje, en gebruik dan {{add_to_collection}} om te beginnen met organiseren.</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>.onboarding.collections.title_mix</t>
+          <t>.onboarding.collections.usage</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>Bekijk de site een beetje, en gebruik dan {{add_to_collection}} om te beginnen met organiseren.</t>
+          <t>Meer info</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>.onboarding.collections.usage</t>
+          <t>.onboarding.dashboard.docs_link</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>We've tried to make it the comfiest.</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>Meer info</t>
+          <t>We hebben geprobeerd het zo comfortabel mogelijk te maken.</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.docs_link</t>
+          <t>.onboarding.dashboard.mission_statement</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>We've tried to make it the comfiest.</t>
+          <t>Instant set-up, and as few barriers as we can manage.</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>We hebben geprobeerd het zo comfortabel mogelijk te maken.</t>
+          <t>Onmiddellijk geïnstalleerd, met het minimum aantal barrières wat mogelijk is.</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.mission_statement</t>
-[...2 lines deleted...]
-      <c r="G166" t="inlineStr"/>
+          <t>.onboarding.dashboard.selling_points</t>
+        </is>
+      </c>
+      <c r="G166" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Onmiddellijk geïnstalleerd, en zo weinig mogelijk barrières.</t>
+        </is>
+      </c>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Instant set-up, and as few barriers as we can manage.</t>
+          <t>Welcome home</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>Onmiddellijk geïnstalleerd, met het minimum aantal barrières wat mogelijk is.</t>
+          <t>Welkom thuis</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.selling_points</t>
-[...6 lines deleted...]
-      </c>
+          <t>.onboarding.dashboard.welcome_home</t>
+        </is>
+      </c>
+      <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Welcome home</t>
+          <t>We've put together a few collections so you can start playing right away.</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>Welkom thuis</t>
+          <t>We hebben een paar verzamelingen samengesteld zodat je meteen kunt beginnen met spelen.</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.welcome_home</t>
+          <t>.onboarding.owned.batteries_included</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>We've put together a few collections so you can start playing right away.</t>
+          <t>Click the labels on your left to navigate around the app</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>We hebben een paar verzamelingen samengesteld zodat je meteen kunt beginnen met spelen.</t>
+          <t>Klik de labels aan de linkerkant om door de app te navigeren</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>.onboarding.owned.batteries_included</t>
+          <t>.onboarding.owned.navigation_hint</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Click the labels on your left to navigate around the app</t>
+          <t>Things are looking a bit empty right now, but no worries!</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>Klik de labels aan de linkerkant om door de app te navigeren</t>
+          <t>Het ziet er op het moment een beetje leeg uit, maar geen zorgen!</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>.onboarding.owned.navigation_hint</t>
+          <t>.onboarding.owned.reassuring_comment</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Things are looking a bit empty right now, but no worries!</t>
+          <t>You made it!</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>Het ziet er op het moment een beetje leeg uit, maar geen zorgen!</t>
+          <t>Het is je gelukt!</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>.onboarding.owned.reassuring_comment</t>
+          <t>.onboarding.owned.title_warm_welcome</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t>You made it!</t>
+          <t>Open dashboard</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>Het is je gelukt!</t>
+          <t>Dashboard openen</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>.onboarding.owned.title_warm_welcome</t>
+          <t>.outlinks.open_dashboard</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Open dashboard</t>
+          <t>Manage collections</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>Dashboard openen</t>
+          <t>Verzamelingen beheren</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>.outlinks.open_dashboard</t>
+          <t>.outlinks.manage_collections</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Manage collections</t>
+          <t>itch.io sandbox setup</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>Verzamelingen beheren</t>
+          <t>itch.io sandbox-installatie</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>.outlinks.manage_collections</t>
+          <t>.sandbox.setup.title</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
-          <t>itch.io sandbox setup</t>
+          <t>Proceed</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>itch.io sandbox-installatie</t>
+          <t>Doorgaan</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>.sandbox.setup.title</t>
+          <t>.sandbox.setup.proceed</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Proceed</t>
+          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>Doorgaan</t>
+          <t>Om spellen te kunnen draaien in de itch.io sandbox, moet een eenmalige installatie-procedure uitgevoerd worden als Administrator.</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>.sandbox.setup.proceed</t>
+          <t>.sandbox.setup.windows.message</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
+          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>Om spellen te kunnen draaien in de itch.io sandbox, moet een eenmalige installatie-procedure uitgevoerd worden als Administrator.</t>
+          <t>Nadat je op 'Verdergaan' hebt gedrukt, zal er misschien een toestemmingsprompt verschijnen die om jouw goedkeuring zal vragen. Dit zal een 'itch-player'-gebruikersaccount toevoegen om je games te beschermen van de rest van je systeem.</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.message</t>
+          <t>.sandbox.setup.windows.detail</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
+          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>Nadat je op 'Verdergaan' hebt gedrukt, zal er misschien een toestemmingsprompt verschijnen die om jouw goedkeuring zal vragen. Dit zal een 'itch-player'-gebruikersaccount toevoegen om je games te beschermen van de rest van je systeem.</t>
+          <t>Om spellen te draaien in de itch.io sandbox, is een eenmalige installatie-procedure nodig die als root uitgevoerd moet worden.</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.detail</t>
+          <t>.sandbox.setup.linux.message</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
+          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>Om spellen te draaien in de itch.io sandbox, is een eenmalige installatie-procedure nodig die als root uitgevoerd moet worden.</t>
+          <t>Nadat je op 'Verdergaan' hebt geklikt, zal er een prompt verschijnen die je om je wachtwoord zal vragen. Dit is alleen nodig als je de sandbox voor het eerst opstart op updatet, je wachtwoord wordt nooit onthouden.</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.message</t>
+          <t>.sandbox.setup.linux.detail</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
+          <t>Security &amp; privacy</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>Nadat je op 'Verdergaan' hebt geklikt, zal er een prompt verschijnen die je om je wachtwoord zal vragen. Dit is alleen nodig als je de sandbox voor het eerst opstart op updatet, je wachtwoord wordt nooit onthouden.</t>
+          <t>Beveiliging &amp; privacy</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.detail</t>
+          <t>.preferences.security</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Security &amp; privacy</t>
+          <t>Enable itch.io sandbox</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>Beveiliging &amp; privacy</t>
+          <t>itch.io sandbox inschakelen</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>.preferences.security</t>
+          <t>.preferences.security.sandbox.title</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Enable itch.io sandbox</t>
+          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>itch.io sandbox inschakelen</t>
+          <t>De itch.io sandbox zal proberen te voorkomen dat de gedownloade spellen geen schade verrichten of gevoelige data stelen. Alhoewel het geen complete veiligheid garandeert, is het veel veiliger om spellen in de itch.io sandbox uit te voeren.</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.title</t>
+          <t>.preferences.security.sandbox.description</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
+          <t>Add location</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>De itch.io sandbox zal proberen te voorkomen dat de gedownloade spellen geen schade verrichten of gevoelige data stelen. Alhoewel het geen complete veiligheid garandeert, is het veel veiliger om spellen in de itch.io sandbox uit te voeren.</t>
+          <t>Locatie toevoegen</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.description</t>
+          <t>.preferences.install_location.add</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Add location</t>
+          <t>Remove this install location</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>Locatie toevoegen</t>
+          <t>Verwijder deze installatielocatie</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>.preferences.install_location.add</t>
-[...2 lines deleted...]
-      <c r="G184" t="inlineStr"/>
+          <t>.preferences.install_location.delete</t>
+        </is>
+      </c>
+      <c r="G184" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Verwijder deze installatie locatie</t>
+        </is>
+      </c>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Remove this install location</t>
+          <t>Free space</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>Verwijder deze installatielocatie</t>
+          <t>Vrije ruimte</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>.preferences.install_location.delete</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.install_location.free_space</t>
+        </is>
+      </c>
+      <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Free space</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>Vrije ruimte</t>
+          <t>Standaard</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_space</t>
+          <t>.preferences.install_location.is_default_short</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Make default</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>Standaard</t>
+          <t>Als standaard instellen</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default_short</t>
+          <t>.preferences.install_location.make_default_short</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Make default</t>
+          <t>New items will install to this location by default.</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>Als standaard instellen</t>
+          <t>Nieuwe items zullen standaard hier geïnstalleerd worden.</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default_short</t>
+          <t>.preferences.install_location.is_default</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t>New items will install to this location by default.</t>
+          <t># of items</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>Nieuwe items zullen standaard hier geïnstalleerd worden.</t>
+          <t>Aantal items</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default</t>
+          <t>.preferences.install_location.item_count</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t># of items</t>
+          <t>Set this as the default install location</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>Aantal items</t>
+          <t>Dit als de standaard installatielocatie instellen</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>.preferences.install_location.item_count</t>
+          <t>.preferences.install_location.make_default</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Set this as the default install location</t>
+          <t>Location</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>Dit als de standaard installatielocatie instellen</t>
+          <t>Locatie</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default</t>
+          <t>.preferences.install_location.path</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Location</t>
+          <t>Used space</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>Locatie</t>
+          <t>Gebruikte ruimte</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>.preferences.install_location.path</t>
+          <t>.preferences.install_location.used_space</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Used space</t>
+          <t>Install locations</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>Gebruikte ruimte</t>
+          <t>Installeerlocaties</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>.preferences.install_location.used_space</t>
+          <t>.preferences.install_locations</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Install locations</t>
+          <t>Behavior</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>Installeerlocaties</t>
+          <t>Gedrag</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>.preferences.install_locations</t>
+          <t>.preferences.behavior</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Behavior</t>
+          <t>Keep app in tray when closing window</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>Gedrag</t>
+          <t>Houdt de app in je systeemvak wanneer je het venster sluit</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>.preferences.behavior</t>
+          <t>.preferences.behavior.close_to_tray</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Keep app in tray when closing window</t>
+          <t>Run itch when my computer starts</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>Houdt de app in je systeemvak wanneer je het venster sluit</t>
+          <t>Start itch samen met mijn computer op</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>.preferences.behavior.close_to_tray</t>
+          <t>.preferences.behavior.open_at_login</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Run itch when my computer starts</t>
+          <t>Open itch as hidden on startup</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>Start itch samen met mijn computer op</t>
+          <t>Laat itch op de achtergrond draaien bij het opstarten</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login</t>
-[...2 lines deleted...]
-      <c r="G197" t="inlineStr"/>
+          <t>.preferences.behavior.open_as_hidden</t>
+        </is>
+      </c>
+      <c r="G197" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Laat Itch op de achtergrond draaien bij het opstarten van de computer.</t>
+        </is>
+      </c>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr"/>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Open itch as hidden on startup</t>
+          <t>Auto-start settings could not be applied: {{cause}}</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>Laat itch op de achtergrond draaien bij het opstarten</t>
+          <t>Instelling voor automatisch opstarten kon niet worden toegepast: {{cause}}</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_as_hidden</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.behavior.open_at_login.error</t>
+        </is>
+      </c>
+      <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr"/>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Auto-start settings could not be applied: {{cause}}</t>
+          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>Instelling voor automatisch opstarten kon niet worden toegepast: {{cause}}</t>
+          <t>Geen .desktop bestand gevonden. Dit is normaal wanneer je niet installeert via een systeempakket. Zie {{linux_install_page}} voor meer informatie.</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.error</t>
+          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr"/>
       <c r="B200" t="inlineStr">
         <is>
-          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
+          <t>Ask before updating anything</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>Geen .desktop bestand gevonden. Dit is normaal wanneer je niet installeert via een systeempakket. Zie {{linux_install_page}} voor meer informatie.</t>
+          <t>Altijd vragen voordat je iets updatet</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
-[...24 lines deleted...]
-        <is>
           <t>.preferences.behavior.manual_game_updates</t>
         </is>
       </c>
-      <c r="G201" t="inlineStr">
+      <c r="G200" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: Vraag alvorens iets te updaten
 Suggested in Weblate: Vraag bevestiging voor het updaten
 Suggested in Weblate: vragen voor instaleren
 Suggested in Weblate: Vraag het me voor dat er geupdate wordt. </t>
         </is>
       </c>
-      <c r="H201" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B202" t="inlineStr">
+      <c r="H200" t="inlineStr"/>
+    </row>
+    <row r="201">
+      <c r="A201" t="inlineStr"/>
+      <c r="B201" t="inlineStr">
         <is>
           <t>Prevent display sleep while playing</t>
         </is>
       </c>
-      <c r="C202" t="inlineStr">
+      <c r="C201" t="inlineStr">
         <is>
           <t>Voorkom dat je beeldscherm in slaapstand gaat tijdens het spelen</t>
         </is>
       </c>
-      <c r="D202" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F202" t="inlineStr">
+      <c r="D201" t="inlineStr"/>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F201" t="inlineStr">
         <is>
           <t>.preferences.behavior.prevent_display_sleep</t>
         </is>
       </c>
-      <c r="G202" t="inlineStr">
+      <c r="G201" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: Voorkom dat de monitor in slaapstand gaat tijdens het spelen
 Suggested in Weblate: laat het scherm niet uitschakelen tijdens het spelen
 Suggested in Weblate: Voorkom je monitor om in slaapstand te gaan tijdens het spelen
 Suggested in Weblate: Voorkom slaapstand van de monitor tijdens het spelen. </t>
         </is>
       </c>
+      <c r="H201" t="inlineStr"/>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr"/>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>Notifications</t>
+        </is>
+      </c>
+      <c r="C202" t="inlineStr">
+        <is>
+          <t>Notificaties</t>
+        </is>
+      </c>
+      <c r="D202" t="inlineStr"/>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F202" t="inlineStr">
+        <is>
+          <t>.preferences.notifications</t>
+        </is>
+      </c>
+      <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr"/>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Notify me when a download has been installed or updated</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>Notificaties</t>
+          <t>Informeer mij wanneer een download is geïnstalleerd of bijgewerkt</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>.preferences.notifications</t>
-[...2 lines deleted...]
-      <c r="G203" t="inlineStr"/>
+          <t>.preferences.notifications.ready_notification</t>
+        </is>
+      </c>
+      <c r="G203" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: Meld me wanneer een download geïnstalleerd of geüpdated is
+Suggested in Weblate: stuur mij een bericht wanneer een download geïnstaleerd of bijgewerkt is
+Suggested in Weblate: Bericht mij als een download is geïnstalleerd of geupdate. </t>
+        </is>
+      </c>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr"/>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Notify me when a download has been installed or updated</t>
+          <t>Language</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>Informeer mij wanneer een download is geïnstalleerd of bijgewerkt</t>
+          <t>Taal</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>.preferences.notifications.ready_notification</t>
-[...8 lines deleted...]
-      </c>
+          <t>.preferences.language</t>
+        </is>
+      </c>
+      <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr"/>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Language</t>
+          <t>System language ({{language}})</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>Taal</t>
+          <t>Systeemtaal ({{language}})</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>.preferences.language</t>
-[...2 lines deleted...]
-      <c r="G205" t="inlineStr"/>
+          <t>.preferences.language.auto</t>
+        </is>
+      </c>
+      <c r="G205" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: systeem taal ({{language}})
+Suggested in Weblate: Systeemtaal is: {{language}}</t>
+        </is>
+      </c>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr"/>
       <c r="B206" t="inlineStr">
         <is>
-          <t>System language ({{language}})</t>
+          <t>Help translate {{name}} in your language!</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>Systeemtaal ({{language}})</t>
+          <t>Help {{name}} naar jouw taal te vertalen!</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>.preferences.language.auto</t>
-[...7 lines deleted...]
-      </c>
+          <t>.preferences.language.get_involved</t>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr"/>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Help translate {{name}} in your language!</t>
+          <t>Advanced</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>Help {{name}} naar jouw taal te vertalen!</t>
+          <t>Geavanceerd</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>.preferences.language.get_involved</t>
+          <t>.preferences.advanced</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr"/>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Advanced</t>
+          <t>Open app log</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>Geavanceerd</t>
+          <t>App-log openen</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>.preferences.advanced</t>
+          <t>.preferences.advanced.open_app_log</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr"/>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Open app log</t>
+          <t>Clear browsing data</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>App-log openen</t>
+          <t>Navigatiegegevens wissen</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>.preferences.advanced.open_app_log</t>
-[...2 lines deleted...]
-      <c r="G209" t="inlineStr"/>
+          <t>.preferences.advanced.clear_browsing_data</t>
+        </is>
+      </c>
+      <c r="G209" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: Wis browsegeschiedenis
+Suggested in Weblate: browser data verwijderen
+Suggested in Weblate: Zoekgeschiedenis verwijderen </t>
+        </is>
+      </c>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr"/>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Clear browsing data</t>
+          <t>HTTPS Proxy</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>Navigatiegegevens wissen</t>
+          <t>HTTPS Proxy</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>.preferences.advanced.clear_browsing_data</t>
-[...8 lines deleted...]
-      </c>
+          <t>.preferences.proxy_server_address</t>
+        </is>
+      </c>
+      <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr"/>
       <c r="B211" t="inlineStr">
         <is>
-          <t>HTTPS Proxy</t>
+          <t>Direct (no proxy)</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>HTTPS Proxy</t>
+          <t>Direct (geen proxy)</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_address</t>
+          <t>.preferences.proxy_server_source.direct</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr"/>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Direct (no proxy)</t>
+          <t>Multiple downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>Direct (geen proxy)</t>
+          <t>Meerdere downloads zijn beschikbaar voor {{title}}</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_source.direct</t>
-[...2 lines deleted...]
-      <c r="G212" t="inlineStr"/>
+          <t>.pick_install_upload.title</t>
+        </is>
+      </c>
+      <c r="G212" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: meerdere updates zijn mogelijk voor {{title}}
+Suggested in Weblate: Er zijn meerdere downloads voor {{title}}</t>
+        </is>
+      </c>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr"/>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Multiple downloads are available for {{title}}</t>
+          <t>Which file do you want to download for {{title}}?</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>Meerdere downloads zijn beschikbaar voor {{title}}</t>
+          <t>Welk bestand wil je downloaden voor {{title}}?</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>.pick_install_upload.title</t>
-[...7 lines deleted...]
-      </c>
+          <t>.pick_install_upload.message</t>
+        </is>
+      </c>
+      <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr"/>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Which file do you want to download for {{title}}?</t>
+          <t>We'll ask you again when new downloads are available.</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>Welk bestand wil je downloaden voor {{title}}?</t>
+          <t>We zullen het je weer vragen als er nieuwe downloads beschikbaar zijn.</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>.pick_install_upload.message</t>
-[...2 lines deleted...]
-      <c r="G214" t="inlineStr"/>
+          <t>.pick_install_upload.detail</t>
+        </is>
+      </c>
+      <c r="G214" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: We zullen je opnieuw vragen wanneer er nieuwe downloads beschikbaar zijn
+Suggested in Weblate: we vragen jou opnieuw wanneer er nieuwe donwloads beschikbaar zijn.</t>
+        </is>
+      </c>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr"/>
       <c r="B215" t="inlineStr">
         <is>
-          <t>We'll ask you again when new downloads are available.</t>
+          <t>New downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>We zullen het je weer vragen als er nieuwe downloads beschikbaar zijn.</t>
+          <t>Nieuwe downloads zijn beschikbaar voor {{title}}</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>.pick_install_upload.detail</t>
+          <t>.pick_update_upload.title</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: We zullen je opnieuw vragen wanneer er nieuwe downloads beschikbaar zijn
-Suggested in Weblate: we vragen jou opnieuw wanneer er nieuwe donwloads beschikbaar zijn.</t>
+          <t>Suggested in Weblate: nieuwe downloads zijn beschikbaar voor {{title}}</t>
         </is>
       </c>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr"/>
       <c r="B216" t="inlineStr">
         <is>
-          <t>New downloads are available for {{title}}</t>
+          <t>Which file do you want to update to for {{title}}?</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>Nieuwe downloads zijn beschikbaar voor {{title}}</t>
+          <t>Naar welk bestand wil je updaten voor {{title}}?</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>.pick_update_upload.title</t>
+          <t>.pick_update_upload.message</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: nieuwe downloads zijn beschikbaar voor {{title}}</t>
+          <t>Suggested in Weblate: Welk bestand wil je naar updaten voor {{title}}?
+Suggested in Weblate: naar welk bestand wil je {{title}} updaten</t>
         </is>
       </c>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr"/>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Which file do you want to update to for {{title}}?</t>
+          <t>We only ask because you hand-picked a file at install time.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>Naar welk bestand wil je updaten voor {{title}}?</t>
+          <t>We vragen dit omdat je tijdens het installeren zelf een bestand hebt gekozen.</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>.pick_update_upload.message</t>
-[...7 lines deleted...]
-      </c>
+          <t>.pick_update_upload.detail</t>
+        </is>
+      </c>
+      <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr"/>
       <c r="B218" t="inlineStr">
         <is>
-          <t>We only ask because you hand-picked a file at install time.</t>
+          <t>A new version of {{title}} is available</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>We vragen dit omdat je tijdens het installeren zelf een bestand hebt gekozen.</t>
+          <t>Een nieuwe versie van {{title}} is beschikbaar</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>.pick_update_upload.detail</t>
+          <t>.pick_update_upload.single.title</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr"/>
       <c r="B219" t="inlineStr">
         <is>
-          <t>A new version of {{title}} is available</t>
+          <t>You can choose to update now or later.</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>Een nieuwe versie van {{title}} is beschikbaar</t>
+          <t>Je kunt kiezen of je nu of later wilt updaten.</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.title</t>
-[...2 lines deleted...]
-      <c r="G219" t="inlineStr"/>
+          <t>.pick_update_upload.single.message</t>
+        </is>
+      </c>
+      <c r="G219" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Je kan er voor kiezen om nu of later te updaten.
+Suggested in Weblate: je kan kiezen om nu bij te werken of later</t>
+        </is>
+      </c>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr"/>
       <c r="B220" t="inlineStr">
         <is>
-          <t>You can choose to update now or later.</t>
+          <t>Note: you can enable automatic updates in the Preferences tab</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>Je kunt kiezen of je nu of later wilt updaten.</t>
+          <t>Let op: je kunt automatische updates inschakelen in het tabblad 'Voorkeuren'</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.message</t>
+          <t>.pick_update_upload.single.detail</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Je kan er voor kiezen om nu of later te updaten.
-Suggested in Weblate: je kan kiezen om nu bij te werken of later</t>
+          <t>Suggested in Weblate: Merk op: je kan automatisch updates inschakelen in de Voorkeuren-tab.
+Suggested in Weblate: note: je kan automatisch bijwerken inschakelen in het preferenties tabblad</t>
         </is>
       </c>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr"/>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Note: you can enable automatic updates in the Preferences tab</t>
+          <t>Update now</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>Let op: je kunt automatische updates inschakelen in het tabblad 'Voorkeuren'</t>
+          <t>Nu bijwerken</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.detail</t>
+          <t>.pick_update_upload.buttons.update</t>
         </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Merk op: je kan automatisch updates inschakelen in de Voorkeuren-tab.
-Suggested in Weblate: note: je kan automatisch bijwerken inschakelen in het preferenties tabblad</t>
+          <t>Suggested in Weblate: Nu updaten
+Suggested in Weblate: nu bijwerken</t>
         </is>
       </c>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr"/>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Update now</t>
+          <t>Just launch</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>Nu bijwerken</t>
+          <t>Normaal opstarten</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.update</t>
+          <t>.pick_update_upload.buttons.just_launch</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nu updaten
-Suggested in Weblate: nu bijwerken</t>
+          <t>Suggested in Weblate: Start nu
+Suggested in Weblate: juist opstarten</t>
         </is>
       </c>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr"/>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Just launch</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>Normaal opstarten</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.just_launch</t>
-[...7 lines deleted...]
-      </c>
+          <t>.pick_update_upload.tags.demo</t>
+        </is>
+      </c>
+      <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr"/>
       <c r="B224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Annuleren</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>.pick_update_upload.tags.demo</t>
+          <t>.prompt.action.cancel</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr"/>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>Annuleren</t>
+          <t>Sluiten</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>.prompt.action.cancel</t>
+          <t>.prompt.action.close</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr"/>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Proceed with removal</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>Sluiten</t>
+          <t>Verdergaan met verwijderen</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>.prompt.action.close</t>
+          <t>.prompt.action.confirm_removal</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr"/>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Proceed with removal</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>Verdergaan met verwijderen</t>
+          <t>Installeren</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>.prompt.action.confirm_removal</t>
+          <t>.prompt.action.install</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr"/>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>Ok</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>Installeren</t>
+          <t>Oké</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>.prompt.action.install</t>
+          <t>.prompt.action.ok</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr"/>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Ok</t>
+          <t>Force close</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>Oké</t>
+          <t>Geforceerd sluiten</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>.prompt.action.ok</t>
-[...2 lines deleted...]
-      <c r="G229" t="inlineStr"/>
+          <t>.prompt.action.force_close</t>
+        </is>
+      </c>
+      <c r="G229" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Sluiten forceren
+Suggested in Weblate: geforceerd sluiten</t>
+        </is>
+      </c>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr"/>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Force close</t>
+          <t>...but you could still buy a copy for a friend!
+Do you want to make another purchase?</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>Geforceerd sluiten</t>
+          <t>...maar je kunt dit nog voor een vriend kopen!
+Wil je nog een aankoop maken?</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>.prompt.action.force_close</t>
-[...7 lines deleted...]
-      </c>
+          <t>.prompt.additional_purchase.detail</t>
+        </is>
+      </c>
+      <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr"/>
       <c r="B231" t="inlineStr">
         <is>
-          <t>...but you could still buy a copy for a friend!
-Do you want to make another purchase?</t>
+          <t>You already own a copy of {{title}}.</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>...maar je kunt dit nog voor een vriend kopen!
-Wil je nog een aankoop maken?</t>
+          <t>Je bezit al een exemplaar van {{title}}.</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.detail</t>
+          <t>.prompt.additional_purchase.message</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr"/>
       <c r="B232" t="inlineStr">
         <is>
-          <t>You already own a copy of {{title}}.</t>
+          <t>Purchase again</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>Je bezit al een exemplaar van {{title}}.</t>
+          <t>Nogmaals kopen</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.message</t>
+          <t>.prompt.additional_purchase.purchase_again</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr"/>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Purchase again</t>
+          <t>You already own this!</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>Nogmaals kopen</t>
+          <t>Je hebt dit al!</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.purchase_again</t>
+          <t>.prompt.additional_purchase.title</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr"/>
       <c r="B234" t="inlineStr">
         <is>
-          <t>You already own this!</t>
+          <t>Clear data</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>Je hebt dit al!</t>
+          <t>Data wissen</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.title</t>
-[...2 lines deleted...]
-      <c r="G234" t="inlineStr"/>
+          <t>.prompt.clear_browsing_data.clear</t>
+        </is>
+      </c>
+      <c r="G234" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Gegevens wissen</t>
+        </is>
+      </c>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr"/>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Clear data</t>
+          <t>Cached images and files</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>Data wissen</t>
+          <t>Gecachde afbeeldingen en bestanden</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.clear</t>
+          <t>.prompt.clear_browsing_data.category.cache</t>
         </is>
       </c>
       <c r="G235" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Gegevens wissen</t>
+          <t>Suggested in Weblate: Opgeslagen afbeeldingen en bestanden
+Suggested in Weblate: Gebufferde afbeeldingen en bestanden</t>
         </is>
       </c>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr"/>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Cached images and files</t>
+          <t>Retrieving cache size...</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>Gecachde afbeeldingen en bestanden</t>
+          <t>Cachegrootte aan het ophalen...</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cache</t>
+          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
         </is>
       </c>
       <c r="G236" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Opgeslagen afbeeldingen en bestanden
-Suggested in Weblate: Gebufferde afbeeldingen en bestanden</t>
+          <t>Suggested in Weblate: Bestandsgrootte opvragen...
+Suggested in Weblate: Buffergrootte bepalen…</t>
         </is>
       </c>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr"/>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Retrieving cache size...</t>
+          <t>Cache is currently using {{size}} on disk</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>Cachegrootte aan het ophalen...</t>
+          <t>Cache gebruikt momenteel {{size}} op schijf</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
+          <t>.prompt.clear_browsing_data.cache_size_used</t>
         </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Bestandsgrootte opvragen...
-Suggested in Weblate: Buffergrootte bepalen…</t>
+          <t>Suggested in Weblate: De opslag gebruikt {{size}} op de schijf
+Suggested in Weblate: Buffer gebruikt op het moment {{size}} schijfruimte</t>
         </is>
       </c>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr"/>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Cache is currently using {{size}} on disk</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>Cache gebruikt momenteel {{size}} op schijf</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cache_size_used</t>
-[...7 lines deleted...]
-      </c>
+          <t>.prompt.clear_browsing_data.category.cookies</t>
+        </is>
+      </c>
+      <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr"/>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>This will log you out from all websites you've logged into from the itch app.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>Dit zal je uitloggen van alle websites waar je via de itch-app bij ingelogd bent.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cookies</t>
+          <t>.prompt.clear_browsing_data.cookies_info</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr"/>
       <c r="B240" t="inlineStr">
         <is>
-          <t>This will log you out from all websites you've logged into from the itch app.</t>
+          <t>Browsing data cleared!</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>Dit zal je uitloggen van alle websites waar je via de itch-app bij ingelogd bent.</t>
+          <t>Browsing-data opgeruimd!</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cookies_info</t>
-[...2 lines deleted...]
-      <c r="G240" t="inlineStr"/>
+          <t>.prompt.clear_browsing_data.notification</t>
+        </is>
+      </c>
+      <c r="G240" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Navigatiegegevens gewist!</t>
+        </is>
+      </c>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr"/>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Browsing data cleared!</t>
+          <t>A crash log has been written to {{location}}.</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>Browsing-data opgeruimd!</t>
+          <t>Een crash log is naar {{location}} geschreven.</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.notification</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.crash_reporter.detail</t>
+        </is>
+      </c>
+      <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr"/>
       <c r="B242" t="inlineStr">
         <is>
-          <t>A crash log has been written to {{location}}.</t>
+          <t>The application has crashed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>Een crash log is naar {{location}} geschreven.</t>
+          <t>De applicatie is vastgelopen</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.detail</t>
+          <t>.prompt.crash_reporter.message</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr"/>
       <c r="B243" t="inlineStr">
         <is>
-          <t>The application has crashed</t>
+          <t>Open crash log</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>De applicatie is vastgelopen</t>
+          <t>Crash log openen</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.message</t>
+          <t>.prompt.crash_reporter.open_crash_log</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr"/>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Open crash log</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>Crash log openen</t>
+          <t>Feedback versturen</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.open_crash_log</t>
+          <t>.prompt.crash_reporter.report_issue</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr"/>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>Feedback versturen</t>
+          <t>itch kan alleen draagbare versies van Linux-applicaties installeren.</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.report_issue</t>
+          <t>.prompt.deb_policy.detail</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr"/>
       <c r="B246" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>itch kan alleen draagbare versies van Linux-applicaties installeren.</t>
+          <t>{{title}} gebruikt het .deb-pakketformaat, en kan niet gebruikt worden met itch totdat het opnieuw wordt verpakt.</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.detail</t>
-[...2 lines deleted...]
-      <c r="G246" t="inlineStr"/>
+          <t>.prompt.deb_policy.message</t>
+        </is>
+      </c>
+      <c r="G246" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{title}} gebruikt het .deb-pakketformaat, en kan niet geïnstalleerd worden met itch totdat het opnieuw is samengesteld.</t>
+        </is>
+      </c>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr"/>
       <c r="B247" t="inlineStr">
         <is>
-          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>APT packages are not supported</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>{{title}} gebruikt het .deb-pakketformaat, en kan niet gebruikt worden met itch totdat het opnieuw wordt verpakt.</t>
+          <t>APT-pakketten worden niet ondersteund</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.deb_policy.title</t>
+        </is>
+      </c>
+      <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr"/>
       <c r="B248" t="inlineStr">
         <is>
-          <t>APT packages are not supported</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>APT-pakketten worden niet ondersteund</t>
+          <t>Sessie vergeten</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.title</t>
+          <t>.prompt.forget_session.action</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr"/>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>You can always add it back later.</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>Sessie vergeten</t>
+          <t>Je kunt het altijd later weer toevoegen.</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.action</t>
-[...2 lines deleted...]
-      <c r="G249" t="inlineStr"/>
+          <t>.prompt.forget_session.detail</t>
+        </is>
+      </c>
+      <c r="G249" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Je kan het altijd later terugplaatsen.</t>
+        </is>
+      </c>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr"/>
       <c r="B250" t="inlineStr">
         <is>
-          <t>You can always add it back later.</t>
+          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>Je kunt het altijd later weer toevoegen.</t>
+          <t>Weet je zeker dat je '{{username}}' uit je opgeslagen sessies wilt verwijderen?</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.detail</t>
+          <t>.prompt.forget_session.message</t>
         </is>
       </c>
       <c r="G250" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Je kan het altijd later terugplaatsen.</t>
+          <t>Suggested in Weblate: Weet je zeker dat je '{{username}}' wil verwijderen van je opgeslagen sessies?</t>
         </is>
       </c>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr"/>
       <c r="B251" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>Weet je zeker dat je '{{username}}' uit je opgeslagen sessies wilt verwijderen?</t>
+          <t>Sessie vergeten</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.message</t>
+          <t>.prompt.forget_session.title</t>
         </is>
       </c>
       <c r="G251" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Weet je zeker dat je '{{username}}' wil verwijderen van je opgeslagen sessies?</t>
+          <t>Suggested in Weblate: Vergeet sessie</t>
         </is>
       </c>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr"/>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>Pick a new install location</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>Sessie vergeten</t>
+          <t>Kies een nieuwe installeerlocatie</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.install_location_add.title</t>
+        </is>
+      </c>
+      <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr"/>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Pick a new install location</t>
+          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>Kies een nieuwe installeerlocatie</t>
+          <t>Alle bestanden die geïnstalleerd zijn in {{location}} zullen niet langer door de app beheerd worden.</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>.prompt.install_location_add.title</t>
-[...2 lines deleted...]
-      <c r="G253" t="inlineStr"/>
+          <t>.prompt.install_location_remove.detail</t>
+        </is>
+      </c>
+      <c r="G253" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Alle bestanden die geïnstalleerd zijn in {{location}} zullen niet langer meer beheerd worden door de app</t>
+        </is>
+      </c>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr"/>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
+          <t>Are you sure you want to remove this location?</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>Alle bestanden die geïnstalleerd zijn in {{location}} zullen niet langer door de app beheerd worden.</t>
+          <t>Weet je zeker dat je deze locatie wilt verwijderen?</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.install_location_remove.message</t>
+        </is>
+      </c>
+      <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr"/>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove this location?</t>
+          <t>Removing an install location</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>Weet je zeker dat je deze locatie wilt verwijderen?</t>
+          <t>Een installeerlocatie verwijderen</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.message</t>
+          <t>.prompt.install_location_remove.title</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr"/>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Removing an install location</t>
+          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>Een installeerlocatie verwijderen</t>
+          <t>Dit is de enige overgebleven installeerlocatie, en kan niet worden verwijderd totdat een andere wordt toegevoegd.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.title</t>
+          <t>.prompt.last_remaining_install_location.content</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr"/>
       <c r="B257" t="inlineStr">
         <is>
-          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
+          <t>Cannot remove install location</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>Dit is de enige overgebleven installeerlocatie, en kan niet worden verwijderd totdat een andere wordt toegevoegd.</t>
+          <t>Installeerlocatie kan niet verwijderd worden</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.content</t>
+          <t>.prompt.last_remaining_install_location.title</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr"/>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Cannot remove install location</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>Installeerlocatie kan niet verwijderd worden</t>
+          <t>Uitloggen</t>
         </is>
       </c>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.title</t>
+          <t>.prompt.logout_action</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr"/>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Uitloggen</t>
+          <t>Weet je zeker dat je wilt uit loggen?</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>.prompt.logout_action</t>
+          <t>.prompt.logout_confirm</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr"/>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>In-progress downloads will be paused until you log in again.</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Weet je zeker dat je wilt uit loggen?</t>
+          <t>Downloads die nu bezig zijn, zullen gepauzeerd worden totdat je weer inlogt.</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>.prompt.logout_confirm</t>
-[...2 lines deleted...]
-      <c r="G260" t="inlineStr"/>
+          <t>.prompt.logout_detail</t>
+        </is>
+      </c>
+      <c r="G260" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Onvoltooide downloads worden gepauzeerd totdat je weer inlogt.</t>
+        </is>
+      </c>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr"/>
       <c r="B261" t="inlineStr">
         <is>
-          <t>In-progress downloads will be paused until you log in again.</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Downloads die nu bezig zijn, zullen gepauzeerd worden totdat je weer inlogt.</t>
+          <t>Uitloggen</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>.prompt.logout_detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.logout_title</t>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr"/>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>Uitloggen</t>
+          <t>Misschien is deze {{classification}} er nog niet compatibel mee?</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>.prompt.logout_title</t>
+          <t>.prompt.no_compatible_version.detail</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr"/>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
+          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>Misschien is deze {{classification}} er nog niet compatibel mee?</t>
+          <t>We konden geen versie van {{title}} voor {{platform}} vinden.</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.detail</t>
+          <t>.prompt.no_compatible_version.message</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr"/>
       <c r="B264" t="inlineStr">
         <is>
-          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
+          <t>{{title}} on {{platform}}</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>We konden geen versie van {{title}} voor {{platform}} vinden.</t>
+          <t>{{title}} voor {{platform}}</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.message</t>
+          <t>.prompt.no_compatible_version.title</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr"/>
       <c r="B265" t="inlineStr">
         <is>
-          <t>{{title}} on {{platform}}</t>
+          <t>An error occurred during installation</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>{{title}} voor {{platform}}</t>
+          <t>Er ging iets mis tijdens het installeren</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.title</t>
+          <t>.prompt.install_error.title</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr"/>
       <c r="B266" t="inlineStr">
         <is>
-          <t>An error occurred during installation</t>
+          <t>While searching for a download: {{message}}</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Er ging iets mis tijdens het installeren</t>
+          <t>Tijdens het zoeken naar een download: {{message}}</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>.prompt.install_error.title</t>
+          <t>.prompt.install_error.find_upload</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr"/>
       <c r="B267" t="inlineStr">
         <is>
-          <t>While searching for a download: {{message}}</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Tijdens het zoeken naar een download: {{message}}</t>
+          <t>Meer info</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>.prompt.install_error.find_upload</t>
-[...2 lines deleted...]
-      <c r="G267" t="inlineStr"/>
+          <t>.prompt.packaging_policy.learn_more</t>
+        </is>
+      </c>
+      <c r="G267" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Leer meer</t>
+        </is>
+      </c>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr"/>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>Open web page for {{title}}</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Meer info</t>
+          <t>Webpagina openen voor {{title}}</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.learn_more</t>
+          <t>.prompt.packaging_policy.open_web_page</t>
         </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Leer meer</t>
+          <t>Suggested in Weblate: Open webpagina voor {{title}}</t>
         </is>
       </c>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr"/>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Open web page for {{title}}</t>
+          <t>Maybe you can find another way to support them?</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Webpagina openen voor {{title}}</t>
+          <t>Misschien kun je hun op een andere manier steunen?</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.open_web_page</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.payments_disabled.detail</t>
+        </is>
+      </c>
+      <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr"/>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Maybe you can find another way to support them?</t>
+          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Misschien kun je hun op een andere manier steunen?</t>
+          <t>Helaas accepteert de ontwikkelaar van {{title}} geen betalingen voor deze titel.</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.detail</t>
+          <t>.prompt.payments_disabled.message</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr"/>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
+          <t>Open web page</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Helaas accepteert de ontwikkelaar van {{title}} geen betalingen voor deze titel.</t>
+          <t>Open webpagina</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.message</t>
+          <t>.prompt.payments_disabled.open_web_page</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr"/>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Open web page</t>
+          <t>Payments disabled</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Open webpagina</t>
+          <t>Betalingen uitgezet</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.open_web_page</t>
+          <t>.prompt.payments_disabled.title</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr"/>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Payments disabled</t>
+          <t>Switch {{title}} to another version</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Betalingen uitgezet</t>
+          <t>Wissel {{title}} naar andere versie</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.title</t>
+          <t>.prompt.revert.title</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr"/>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Switch {{title}} to another version</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Wissel {{title}} naar andere versie</t>
+          <t>itch kan alleen draagbare versies van Linux-applicaties installeren.</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>.prompt.revert.title</t>
-[...2 lines deleted...]
-      <c r="G274" t="inlineStr"/>
+          <t>.prompt.rpm_policy.detail</t>
+        </is>
+      </c>
+      <c r="G274" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: itch kan alleen “portable” versies van Linuxapplicaties installeren.</t>
+        </is>
+      </c>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr"/>
       <c r="B275" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>itch kan alleen draagbare versies van Linux-applicaties installeren.</t>
+          <t>{{title}} gebruikt het .rpm-pakketformaat, en kan niet geïnstalleerd worden met itch totdat het opnieuw verpakt wordt.</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.detail</t>
+          <t>.prompt.rpm_policy.message</t>
         </is>
       </c>
       <c r="G275" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: itch kan alleen “portable” versies van Linuxapplicaties installeren.</t>
+          <t>Suggested in Weblate: {{title}} gebruikt het .rpm-pakketformaat, en kan niet worden geïnstalleerd met itch totdat het opnieuw is samengesteld.</t>
         </is>
       </c>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr"/>
       <c r="B276" t="inlineStr">
         <is>
-          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>YUM packages are not supported</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>{{title}} gebruikt het .rpm-pakketformaat, en kan niet geïnstalleerd worden met itch totdat het opnieuw verpakt wordt.</t>
+          <t>YUM-pakketten worden niet ondersteund</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.rpm_policy.title</t>
+        </is>
+      </c>
+      <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr"/>
       <c r="B277" t="inlineStr">
         <is>
-          <t>YUM packages are not supported</t>
+          <t>Dismiss</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>YUM-pakketten worden niet ondersteund</t>
+          <t>Negeren</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.title</t>
-[...2 lines deleted...]
-      <c r="G277" t="inlineStr"/>
+          <t>.prompt.self_update.action.dismiss</t>
+        </is>
+      </c>
+      <c r="G277" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Overslaan</t>
+        </is>
+      </c>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr"/>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Dismiss</t>
+          <t>Download now</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Negeren</t>
+          <t>Nu downloaden</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.dismiss</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.self_update.action.download</t>
+        </is>
+      </c>
+      <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr"/>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Download now</t>
+          <t>Open in browser</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Nu downloaden</t>
+          <t>In browser openen</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.download</t>
-[...2 lines deleted...]
-      <c r="G279" t="inlineStr"/>
+          <t>.prompt.self_update.action.view</t>
+        </is>
+      </c>
+      <c r="G279" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Open in browser</t>
+        </is>
+      </c>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr"/>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Open in browser</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>In browser openen</t>
+          <t>{{notes}}
+:date: Gepubliceerd op {{pubDate}}.</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.view</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.self_update.detail</t>
+        </is>
+      </c>
+      <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr"/>
       <c r="B281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Gepubliceerd op {{pubDate}}.</t>
+          <t>Je kan het handmatig downloaden, of de pakketmanager van je distributie gebruiken om te upgraden: ga naar de website voor meer informatie.</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>.prompt.self_update.detail</t>
+          <t>.prompt.self_update.message.linux</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr"/>
       <c r="B282" t="inlineStr">
         <is>
-          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
+          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Je kan het handmatig downloaden, of de pakketmanager van je distributie gebruiken om te upgraden: ga naar de website voor meer informatie.</t>
+          <t>Kies 'Nu downloaden' om het automatisch te installeren, of ga naar de website voor meer informatie.</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.linux</t>
+          <t>.prompt.self_update.message.osx</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr"/>
       <c r="B283" t="inlineStr">
         <is>
           <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
           <t>Kies 'Nu downloaden' om het automatisch te installeren, of ga naar de website voor meer informatie.</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.osx</t>
+          <t>.prompt.self_update.message.windows</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr"/>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
+          <t>itch v{{version}} is available for download</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Kies 'Nu downloaden' om het automatisch te installeren, of ga naar de website voor meer informatie.</t>
+          <t>itch v{{version}} beschikbaar voor download</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.windows</t>
-[...2 lines deleted...]
-      <c r="G284" t="inlineStr"/>
+          <t>.prompt.self_update.title</t>
+        </is>
+      </c>
+      <c r="G284" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: itch v{{version}} kan gedownload worden</t>
+        </is>
+      </c>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr"/>
       <c r="B285" t="inlineStr">
         <is>
-          <t>itch v{{version}} is available for download</t>
+          <t>Restart now</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>itch v{{version}} beschikbaar voor download</t>
+          <t>Nu herstarten</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>.prompt.self_update.title</t>
+          <t>.prompt.self_update_ready.action.restart</t>
         </is>
       </c>
       <c r="G285" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: itch v{{version}} kan gedownload worden</t>
+          <t>Suggested in Weblate: Herstart nu</t>
         </is>
       </c>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr"/>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Restart now</t>
+          <t>Snooze</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Nu herstarten</t>
+          <t>Herinner me later</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.restart</t>
+          <t>.prompt.self_update_ready.action.snooze</t>
         </is>
       </c>
       <c r="G286" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Herstart nu</t>
+          <t>Suggested in Weblate: Herinner</t>
         </is>
       </c>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr"/>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Snooze</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Herinner me later</t>
+          <t>{{notes}}
+:date: Gepubliceerd op {{pubDate}}.</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.snooze</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.self_update_ready.detail</t>
+        </is>
+      </c>
+      <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr"/>
       <c r="B288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>Choose '{{restart}}' to apply the update immediately.
+If you don't, the update will be active the next time the app is restarted.</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Gepubliceerd op {{pubDate}}.</t>
+          <t>Kies '{{restart}}' om de update onmiddellijk toe te passen.
+Als je dat niet doet, dan zal de update de volgende keer dat de app wordt gestart actief worden.</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.detail</t>
+          <t>.prompt.self_update_ready.message</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr"/>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Choose '{{restart}}' to apply the update immediately.
-If you don't, the update will be active the next time the app is restarted.</t>
+          <t>An update has been downloaded and installed</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Kies '{{restart}}' om de update onmiddellijk toe te passen.
-Als je dat niet doet, dan zal de update de volgende keer dat de app wordt gestart actief worden.</t>
+          <t>Een update is gedownload en geïnstalleerd</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.message</t>
+          <t>.prompt.self_update_ready.title</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr"/>
       <c r="B290" t="inlineStr">
         <is>
-          <t>An update has been downloaded and installed</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>Een update is gedownload en geïnstalleerd</t>
+          <t>Annuleren</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.title</t>
+          <t>.prompt.uninstall.cancel</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr"/>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Are you sure you want to uninstall {{title}}?</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Annuleren</t>
+          <t>Weet je zeker dat je {{title}} wilt deïnstalleren?</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.cancel</t>
+          <t>.prompt.uninstall.message</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Are you sure you want to uninstall {{title}}?</t>
+          <t>Re-install</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Weet je zeker dat je {{title}} wilt deïnstalleren?</t>
+          <t>Opnieuw installeren</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.message</t>
-[...2 lines deleted...]
-      <c r="G292" t="inlineStr"/>
+          <t>.prompt.uninstall.reinstall</t>
+        </is>
+      </c>
+      <c r="G292" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Herinstalleer</t>
+        </is>
+      </c>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Re-install</t>
+          <t>Uninstall now</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Opnieuw installeren</t>
+          <t>Nu deïnstalleren</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.reinstall</t>
+          <t>.prompt.uninstall.uninstall</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Herinstalleer</t>
+          <t>Suggested in Weblate: Deïnstalleer nu</t>
         </is>
       </c>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr"/>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Uninstall now</t>
+          <t>A {{classification}} by {{username}}</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Nu deïnstalleren</t>
+          <t>Een {{classification}} van {{username}}</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.uninstall</t>
+          <t>.prompt.url_install.credit</t>
         </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Deïnstalleer nu</t>
+          <t>Suggested in Weblate: Een {{onderverdeling}} van {{gebruikersnaam}}</t>
         </is>
       </c>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr"/>
       <c r="B295" t="inlineStr">
         <is>
-          <t>A {{classification}} by {{username}}</t>
+          <t>Do you want to install {{title}}?</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>Een {{classification}} van {{username}}</t>
+          <t>Wil je {{title}} installeren?</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>.prompt.url_install.credit</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.url_install.message</t>
+        </is>
+      </c>
+      <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr"/>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Do you want to install {{title}}?</t>
+          <t>Install request</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>Wil je {{title}} installeren?</t>
+          <t>Installatieverzoek</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>.prompt.url_install.message</t>
+          <t>.prompt.url_install.title</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr"/>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Install request</t>
+          <t>Search results for '{{query}}'</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Installatieverzoek</t>
+          <t>Zoekresultaten voor '{{query}}'</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>.prompt.url_install.title</t>
+          <t>.search.results.title</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr"/>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search results for '{{query}}'</t>
+          <t>Local</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Zoekresultaten voor '{{query}}'</t>
+          <t>Lokaal</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>.search.results.title</t>
+          <t>.search.results.local</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr"/>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Local</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>Lokaal</t>
+          <t>Spellen</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>.search.results.local</t>
+          <t>.search.results.games</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr"/>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Creators</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>Spellen</t>
+          <t>Makers</t>
         </is>
       </c>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>.search.results.games</t>
-[...2 lines deleted...]
-      <c r="G300" t="inlineStr"/>
+          <t>.search.results.creators</t>
+        </is>
+      </c>
+      <c r="G300" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ontwikkelaars</t>
+        </is>
+      </c>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr"/>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Creators</t>
+          <t>No results found</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Makers</t>
+          <t>Geen resultaten gevonden</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>.search.results.creators</t>
-[...6 lines deleted...]
-      </c>
+          <t>.search.empty.no_results</t>
+        </is>
+      </c>
+      <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr"/>
       <c r="B302" t="inlineStr">
         <is>
-          <t>No results found</t>
+          <t>Need inspiration? Try searching for '{{example}}'</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Geen resultaten gevonden</t>
+          <t>Inspiratie nodig? Zoek eens op '{{example}}'</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>.search.empty.no_results</t>
+          <t>.search.empty.tagline</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr"/>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Need inspiration? Try searching for '{{example}}'</t>
+          <t>Open as tab</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Inspiratie nodig? Zoek eens op '{{example}}'</t>
+          <t>Openen als tabblad</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>.search.empty.tagline</t>
+          <t>.search.open_as_tab</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr"/>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Open as tab</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Openen als tabblad</t>
+          <t>Zoeken</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>.search.open_as_tab</t>
-[...2 lines deleted...]
-      <c r="G304" t="inlineStr"/>
+          <t>.search.placeholder</t>
+        </is>
+      </c>
+      <c r="G304" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Zoek</t>
+        </is>
+      </c>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr"/>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Aw, snap!</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Zoeken</t>
+          <t>Oh nee!</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>.search.placeholder</t>
+          <t>.sidebar.aw_snap</t>
         </is>
       </c>
       <c r="G305" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Zoek</t>
+          <t>Suggested in Weblate: Oeps!</t>
         </is>
       </c>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr"/>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Aw, snap!</t>
+          <t>Loading...</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Oh nee!</t>
+          <t>Aan het laden...</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>.sidebar.aw_snap</t>
+          <t>.sidebar.loading</t>
         </is>
       </c>
       <c r="G306" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Oeps!</t>
+          <t>Suggested in Weblate: Laden…</t>
         </is>
       </c>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr"/>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Loading...</t>
+          <t>Out of order</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Aan het laden...</t>
+          <t>Buiten bedrijf</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>.sidebar.loading</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.broken</t>
+        </is>
+      </c>
+      <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr"/>
       <c r="B308" t="inlineStr">
         <is>
-          <t>Out of order</t>
+          <t>Close all tabs</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Buiten bedrijf</t>
+          <t>Alle tabbladen sluiten</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>.sidebar.broken</t>
+          <t>.sidebar.close_all_tabs</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr"/>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Close all tabs</t>
+          <t>Essentials</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Alle tabbladen sluiten</t>
+          <t>Essentieël</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>.sidebar.close_all_tabs</t>
-[...2 lines deleted...]
-      <c r="G309" t="inlineStr"/>
+          <t>.sidebar.category.basics</t>
+        </is>
+      </c>
+      <c r="G309" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Onmisbaar</t>
+        </is>
+      </c>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr"/>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Essentials</t>
+          <t>Tabs</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Essentieël</t>
+          <t>Tabbladen</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>.sidebar.category.basics</t>
+          <t>.sidebar.category.tabs</t>
         </is>
       </c>
       <c r="G310" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Onmisbaar</t>
+          <t>Suggested in Weblate: Tabs</t>
         </is>
       </c>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr"/>
       <c r="B311" t="inlineStr">
         <is>
-          <t>Tabs</t>
+          <t>Collections</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Tabbladen</t>
+          <t>Collecties</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>.sidebar.category.tabs</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.collection</t>
+        </is>
+      </c>
+      <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr"/>
       <c r="B312" t="inlineStr">
         <is>
           <t>Collections</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>Collecties</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>.sidebar.collection</t>
+          <t>.sidebar.collections</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr"/>
       <c r="B313" t="inlineStr">
         <is>
-          <t>Collections</t>
+          <t>My creations</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Collecties</t>
+          <t>Mijn creaties</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>.sidebar.collections</t>
+          <t>.sidebar.dashboard</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr"/>
       <c r="B314" t="inlineStr">
         <is>
-          <t>My creations</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Mijn creaties</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>.sidebar.dashboard</t>
+          <t>.sidebar.downloads</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr"/>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Let's go!</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Laten we gaan!</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>.sidebar.downloads</t>
-[...2 lines deleted...]
-      <c r="G315" t="inlineStr"/>
+          <t>.sidebar.empty</t>
+        </is>
+      </c>
+      <c r="G315" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ga!</t>
+        </is>
+      </c>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr"/>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Let's go!</t>
+          <t>Featured</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Laten we gaan!</t>
+          <t>Aanbevolen</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>.sidebar.empty</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.featured</t>
+        </is>
+      </c>
+      <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr"/>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Featured</t>
+          <t>Your portal to the indie game universe</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Aanbevolen</t>
+          <t>Jouw portaal naar het indiegame-universum</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>.sidebar.featured</t>
+          <t>.sidebar.itchio</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr"/>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Your portal to the indie game universe</t>
+          <t>Getting started</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Jouw portaal naar het indiegame-universum</t>
+          <t>Aan de slag gaan</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>.sidebar.itchio</t>
+          <t>.sidebar.getting_started</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr"/>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Getting started</t>
+          <t>Installed items</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Aan de slag gaan</t>
+          <t>Geïnstalleerde voorwerpen</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>.sidebar.getting_started</t>
-[...2 lines deleted...]
-      <c r="G319" t="inlineStr"/>
+          <t>.sidebar.installed</t>
+        </is>
+      </c>
+      <c r="G319" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Items geïnstalleerd.
+Suggested in Weblate: Geïnstalleerde items</t>
+        </is>
+      </c>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr"/>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Installed items</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>Geïnstalleerde voorwerpen</t>
+          <t>Uitloggen</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>.sidebar.installed</t>
-[...7 lines deleted...]
-      </c>
+          <t>.sidebar.log_out</t>
+        </is>
+      </c>
+      <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr"/>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>New tab</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Uitloggen</t>
+          <t>Nieuwe tabblad</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>.sidebar.log_out</t>
+          <t>.sidebar.new_tab</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr"/>
       <c r="B322" t="inlineStr">
         <is>
-          <t>New tab</t>
+          <t>Owned items</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Nieuwe tabblad</t>
+          <t>Bezittingen</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>.sidebar.new_tab</t>
+          <t>.sidebar.owned</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr"/>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Owned items</t>
+          <t>Things you have bought or installed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Bezittingen</t>
+          <t>Dingen die je hebt gekocht of geïnstalleerd</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>.sidebar.owned</t>
+          <t>.sidebar.owned_subtitle</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr"/>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Things you have bought or installed</t>
+          <t>Preferences</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>Dingen die je hebt gekocht of geïnstalleerd</t>
+          <t>Voorkeuren</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>.sidebar.owned_subtitle</t>
+          <t>.sidebar.preferences</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr"/>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Preferences</t>
+          <t>View community profile</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>Voorkeuren</t>
+          <t>Bekijk communityprofiel</t>
         </is>
       </c>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>.sidebar.preferences</t>
+          <t>.sidebar.view_community_profile</t>
         </is>
       </c>
       <c r="G325" t="inlineStr"/>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr"/>
       <c r="B326" t="inlineStr">
         <is>
-          <t>View community profile</t>
+          <t>View creator profile</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>Bekijk communityprofiel</t>
+          <t>Bekijk ontwikkelaarsprofiel</t>
         </is>
       </c>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>.sidebar.view_community_profile</t>
+          <t>.sidebar.view_creator_profile</t>
         </is>
       </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr"/>
       <c r="B327" t="inlineStr">
         <is>
-          <t>View creator profile</t>
+          <t>A new version of itch is available!</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Bekijk ontwikkelaarsprofiel</t>
+          <t>Een nieuwe versie van itch is beschikbaar!</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>.sidebar.view_creator_profile</t>
+          <t>.status.available</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr"/>
       <c r="B328" t="inlineStr">
         <is>
-          <t>A new version of itch is available!</t>
+          <t>Looking for updates…</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Een nieuwe versie van itch is beschikbaar!</t>
+          <t>Aan het zoeken naar updates…</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>.status.available</t>
+          <t>.status.checking</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr"/>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Looking for updates…</t>
+          <t>Copied to clipboard!</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Aan het zoeken naar updates…</t>
+          <t>Gekopieerd naar het klembord!</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>.status.checking</t>
+          <t>.status.copied_to_clipboard</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr"/>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Copied to clipboard!</t>
+          <t>Click to restart &amp; apply update!</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Gekopieerd naar het klembord!</t>
+          <t>Klik om te herstarten en de update toe te passen!</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>.status.copied_to_clipboard</t>
+          <t>.status.downloaded</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Click to restart &amp; apply update!</t>
+          <t>Downloading update…</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Klik om te herstarten en de update toe te passen!</t>
+          <t>Update aan het downloaden…</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>.status.downloaded</t>
+          <t>.status.downloading</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Downloading update…</t>
+          <t>Active download</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>Update aan het downloaden…</t>
+          <t>Actieve download</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>.status.downloading</t>
+          <t>.status.downloads.category.active</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr"/>
       <c r="B333" t="inlineStr">
         <is>
-          <t>Active download</t>
+          <t>Finished downloads</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>Actieve download</t>
+          <t>Voltooide downloads</t>
         </is>
       </c>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>.status.downloads.category.active</t>
+          <t>.status.downloads.category.finished</t>
         </is>
       </c>
       <c r="G333" t="inlineStr"/>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr"/>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Finished downloads</t>
+          <t>Queued downloads</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>Voltooide downloads</t>
+          <t>Downloadwachtrij</t>
         </is>
       </c>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>.status.downloads.category.finished</t>
+          <t>.status.downloads.category.queued</t>
         </is>
       </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr"/>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Queued downloads</t>
+          <t>Clear all</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Downloadwachtrij</t>
+          <t>Alles opruimen</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>.status.downloads.category.queued</t>
+          <t>.status.downloads.clear_all_finished</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr"/>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Clear all</t>
+          <t>Clear</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Alles opruimen</t>
+          <t>Opruimen</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_all_finished</t>
-[...2 lines deleted...]
-      <c r="G336" t="inlineStr"/>
+          <t>.status.downloads.clear_finished</t>
+        </is>
+      </c>
+      <c r="G336" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Wissen</t>
+        </is>
+      </c>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr"/>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Clear</t>
+          <t>Click to manage downloads</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Opruimen</t>
+          <t>Klik om downloads te beheren</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_finished</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.downloads.click_to_manage</t>
+        </is>
+      </c>
+      <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr"/>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Click to manage downloads</t>
+          <t>Download error</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Klik om downloads te beheren</t>
+          <t>Downloadfoutmelding</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>.status.downloads.click_to_manage</t>
+          <t>.status.downloads.download_error</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr"/>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Download error</t>
+          <t>No active downloads</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Downloadfoutmelding</t>
+          <t>Geen actieve downloads</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>.status.downloads.download_error</t>
+          <t>.status.downloads.no_active_downloads</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr"/>
       <c r="B340" t="inlineStr">
         <is>
-          <t>No active downloads</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Geen actieve downloads</t>
+          <t>Onbekend</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads</t>
+          <t>.status.downloads.unknown_size</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr"/>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Could not check for updates: {{err}}</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Onbekend</t>
+          <t>Kon niet voor updates controleren: {{err}}</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>.status.downloads.unknown_size</t>
+          <t>.status.game_update.check_failed</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr"/>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Could not check for updates: {{err}}</t>
+          <t>Found new version of {{title}}!</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Kon niet voor updates controleren: {{err}}</t>
+          <t>Nieuwe versie van {{title}} gevonden!</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>.status.game_update.check_failed</t>
+          <t>.status.game_update.found</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr"/>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Found new version of {{title}}!</t>
+          <t>{{title}} is up-to-date.</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Nieuwe versie van {{title}} gevonden!</t>
+          <t>{{title}} is up-to-date.</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>.status.game_update.found</t>
+          <t>.status.game_update.not_found</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr"/>
       <c r="B344" t="inlineStr">
         <is>
-          <t>{{title}} is up-to-date.</t>
+          <t>{{title}} can't be updated because it's running.</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>{{title}} is up-to-date.</t>
+          <t>{{title}} kan niet bijgewerkt worden, omdat deze momenteel wordt uitgevoerd.</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>.status.game_update.not_found</t>
+          <t>.status.game_update.busy</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr"/>
       <c r="B345" t="inlineStr">
         <is>
-          <t>{{title}} can't be updated because it's running.</t>
+          <t>{{title}} can't be uninstalled because it's running.</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>{{title}} kan niet bijgewerkt worden, omdat deze momenteel wordt uitgevoerd.</t>
+          <t>{{title}} kan niet geïnstalleerd worden, omdat het actief is.</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>.status.game_update.busy</t>
+          <t>.status.uninstall.busy</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr"/>
       <c r="B346" t="inlineStr">
         <is>
-          <t>{{title}} can't be uninstalled because it's running.</t>
+          <t>{{title}} can't be reinstalled because it's running.</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>{{title}} kan niet geïnstalleerd worden, omdat het actief is.</t>
+          <t>{{title}} kan niet geherinstalleerd worden, omdat het actief is.</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>.status.uninstall.busy</t>
+          <t>.status.reinstall.busy</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr"/>
       <c r="B347" t="inlineStr">
         <is>
-          <t>{{title}} can't be reinstalled because it's running.</t>
+          <t>Offline mode enabled</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>{{title}} kan niet geherinstalleerd worden, omdat het actief is.</t>
+          <t>Offlinemodus ingeschakeld</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>.status.reinstall.busy</t>
+          <t>.status.offline_mode.active</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr"/>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Offline mode enabled</t>
+          <t>Click to enable offline mode</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Offlinemodus ingeschakeld</t>
+          <t>Klik om offlinemodus te activeren</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>.status.offline_mode.active</t>
+          <t>.status.offline_mode.inactive</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr"/>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Click to enable offline mode</t>
+          <t>Your itch is up-to-date!</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Klik om offlinemodus te activeren</t>
+          <t>Jouw itch is up-to-date!</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>.status.offline_mode.inactive</t>
+          <t>.status.uptodate</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr"/>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Your itch is up-to-date!</t>
+          <t>A collection of assets</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Jouw itch is up-to-date!</t>
+          <t>Een verzameling van assets</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>.status.uptodate</t>
+          <t>.usage_stats.description.assets</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr"/>
       <c r="B351" t="inlineStr">
         <is>
-          <t>A collection of assets</t>
+          <t>A book</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Een verzameling van assets</t>
+          <t>Een boek</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>.usage_stats.description.assets</t>
+          <t>.usage_stats.description.book</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr"/>
       <c r="B352" t="inlineStr">
         <is>
-          <t>A book</t>
+          <t>Acquired {{time_ago}}</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Een boek</t>
+          <t>{{time_ago}} verkregen</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>.usage_stats.description.book</t>
+          <t>.usage_stats.description.bought_time_ago</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr"/>
       <c r="B353" t="inlineStr">
         <is>
-          <t>Acquired {{time_ago}}</t>
+          <t>A comic</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>{{time_ago}} verkregen</t>
+          <t>Een stripverhaal</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>.usage_stats.description.bought_time_ago</t>
+          <t>.usage_stats.description.comic</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr"/>
       <c r="B354" t="inlineStr">
         <is>
-          <t>A comic</t>
+          <t>Free download</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Een stripverhaal</t>
+          <t>Gratis download</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>.usage_stats.description.comic</t>
+          <t>.usage_stats.description.free_download</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr"/>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Free download</t>
+          <t>A game</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Gratis download</t>
+          <t>Een spel</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>.usage_stats.description.free_download</t>
+          <t>.usage_stats.description.game</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr"/>
       <c r="B356" t="inlineStr">
         <is>
-          <t>A game</t>
+          <t>A game mod</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Een spel</t>
+          <t>Een spelaanpassing</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game</t>
+          <t>.usage_stats.description.game_mod</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr"/>
       <c r="B357" t="inlineStr">
         <is>
-          <t>A game mod</t>
+          <t>A thing</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Een spelaanpassing</t>
+          <t>Een ding</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game_mod</t>
+          <t>.usage_stats.description.other</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr"/>
       <c r="B358" t="inlineStr">
         <is>
-          <t>A thing</t>
+          <t>A physical game</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Een ding</t>
+          <t>Een fysiek spel</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>.usage_stats.description.other</t>
+          <t>.usage_stats.description.physical_game</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr"/>
       <c r="B359" t="inlineStr">
         <is>
-          <t>A physical game</t>
+          <t>for {{platforms}}</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Een fysiek spel</t>
+          <t>voor {{platforms}}</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>.usage_stats.description.physical_game</t>
+          <t>.usage_stats.description.platforms</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr"/>
       <c r="B360" t="inlineStr">
         <is>
-          <t>for {{platforms}}</t>
+          <t>Available for {{price}} or more</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>voor {{platforms}}</t>
+          <t>Verkrijgbaar voor {{price}} of meer</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>.usage_stats.description.platforms</t>
-[...2 lines deleted...]
-      <c r="G360" t="inlineStr"/>
+          <t>.usage_stats.description.price</t>
+        </is>
+      </c>
+      <c r="G360" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Beschikbaar voor {{price}} of meer</t>
+        </is>
+      </c>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr"/>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Available for {{price}} or more</t>
+          <t>A soundtrack</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Verkrijgbaar voor {{price}} of meer</t>
+          <t>Een soundtrack</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>.usage_stats.description.price</t>
-[...6 lines deleted...]
-      </c>
+          <t>.usage_stats.description.soundtrack</t>
+        </is>
+      </c>
+      <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr"/>
       <c r="B362" t="inlineStr">
         <is>
-          <t>A soundtrack</t>
+          <t>A tool</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Een soundtrack</t>
+          <t>Een hulpmiddel</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>.usage_stats.description.soundtrack</t>
+          <t>.usage_stats.description.tool</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr"/>
       <c r="B363" t="inlineStr">
         <is>
-          <t>A tool</t>
+          <t>Played</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Een hulpmiddel</t>
+          <t>Gespeeld</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>.usage_stats.description.tool</t>
+          <t>.usage_stats.has_played_for_duration</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr"/>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Played</t>
+          <t>Used</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>Gespeeld</t>
+          <t>Gebruikt</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>.usage_stats.has_played_for_duration</t>
+          <t>.usage_stats.has_used_for_duration</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr"/>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Used</t>
+          <t>Last opened {{time_ago}}</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>Gebruikt</t>
+          <t>Laatst geopend {{time_ago}}</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>.usage_stats.has_used_for_duration</t>
+          <t>.usage_stats.last_opened_time_ago</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr"/>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Last opened {{time_ago}}</t>
+          <t>Last played {{time_ago}}</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Laatst geopend {{time_ago}}</t>
+          <t>Laatst gespeeld {{time_ago}}</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>.usage_stats.last_opened_time_ago</t>
+          <t>.usage_stats.last_played_time_ago</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr"/>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Last played {{time_ago}}</t>
+          <t>Last used {{time_ago}}</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>Laatst gespeeld {{time_ago}}</t>
+          <t>Laatst gebruikt {{time_ago}}</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>.usage_stats.last_played_time_ago</t>
+          <t>.usage_stats.last_used_time_ago</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr"/>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Last used {{time_ago}}</t>
+          <t>Never opened</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>Laatst gebruikt {{time_ago}}</t>
+          <t>Nooit geopend</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>.usage_stats.last_used_time_ago</t>
+          <t>.usage_stats.never_opened</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr"/>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Never opened</t>
+          <t>Never played</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>Nooit geopend</t>
+          <t>Nooit gespeeld</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>.usage_stats.never_opened</t>
+          <t>.usage_stats.never_played</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr"/>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Never played</t>
+          <t>Never used</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>Nooit gespeeld</t>
+          <t>Nooit gebruikt</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>.usage_stats.never_played</t>
+          <t>.usage_stats.never_used</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr"/>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Never used</t>
+          <t>{{app_name}} Setup</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Nooit gebruikt</t>
+          <t>{{app_name}}-installatie</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>.usage_stats.never_used</t>
-[...2 lines deleted...]
-      <c r="G371" t="inlineStr"/>
+          <t>.setup.window.title</t>
+        </is>
+      </c>
+      <c r="G371" t="inlineStr">
+        <is>
+          <t>Is this string working with windows tray icon's tooltip? Or is there one completely different?</t>
+        </is>
+      </c>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr"/>
       <c r="B372" t="inlineStr">
         <is>
-          <t>{{app_name}} Setup</t>
+          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>{{app_name}}-installatie</t>
+          <t>Welkom bij de installatie van {{app_name}}! Pak iets te drinken, kies een installeerlocatie en ga verder.</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>.setup.window.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.setup.window.welcome</t>
+        </is>
+      </c>
+      <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr"/>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
+          <t>Click to change the install location</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Welkom bij de installatie van {{app_name}}! Pak iets te drinken, kies een installeerlocatie en ga verder.</t>
+          <t>Klik om de installeerlocatie te veranderen</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>.setup.window.welcome</t>
+          <t>.setup.tooltip.location</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr"/>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Click to change the install location</t>
+          <t>Choose where the app should be installed</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Klik om de installeerlocatie te veranderen</t>
+          <t>Kies waar de app moet worden geïnstalleerd</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>.setup.tooltip.location</t>
+          <t>.setup.location.message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr"/>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Choose where the app should be installed</t>
+          <t>Install now</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Kies waar de app moet worden geïnstalleerd</t>
+          <t>Nu installeren</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>.setup.location.message</t>
-[...2 lines deleted...]
-      <c r="G375" t="inlineStr"/>
+          <t>.setup.action.install</t>
+        </is>
+      </c>
+      <c r="G375" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Installeer nu</t>
+        </is>
+      </c>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr"/>
       <c r="B376" t="inlineStr">
         <is>
-          <t>Install now</t>
+          <t>Warming up...</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>Nu installeren</t>
+          <t>Aan het opwarmen...</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>.setup.action.install</t>
+          <t>.setup.status.preparing</t>
         </is>
       </c>
       <c r="G376" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Installeer nu</t>
+          <t>Suggested in Weblate: Opwarmen…</t>
         </is>
       </c>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr"/>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Warming up...</t>
+          <t>{{percent}} done</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Aan het opwarmen...</t>
+          <t>{{percent}} voltooid</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>.setup.status.preparing</t>
+          <t>.setup.status.progress</t>
         </is>
       </c>
       <c r="G377" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Opwarmen…</t>
+          <t>Suggested in Weblate: {{percent}} voortgang</t>
         </is>
       </c>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr"/>
       <c r="B378" t="inlineStr">
         <is>
-          <t>{{percent}} done</t>
+          <t>Downloading and installing @ {{speed}}</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>{{percent}} voltooid</t>
+          <t>Aan het downloaden en installeren met {{speed}}</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>.setup.status.progress</t>
+          <t>.setup.status.installing</t>
         </is>
       </c>
       <c r="G378" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{percent}} voortgang</t>
+          <t>Suggested in Weblate: Downloaden en installeren @ {{speed}}</t>
         </is>
       </c>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr"/>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Downloading and installing @ {{speed}}</t>
+          <t>All done!</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Aan het downloaden en installeren met {{speed}}</t>
+          <t>Klaar!</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>.setup.status.installing</t>
-[...6 lines deleted...]
-      </c>
+          <t>.setup.status.done</t>
+        </is>
+      </c>
+      <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr"/>
       <c r="B380" t="inlineStr">
         <is>
-          <t>All done!</t>
+          <t>The installation went well, {{app_name}} is now starting up!</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Klaar!</t>
+          <t>De installatie is gelukt, {{app_name}} is nu aan het opstarten!</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>.setup.status.done</t>
-[...2 lines deleted...]
-      <c r="G380" t="inlineStr"/>
+          <t>.setup.status.notification</t>
+        </is>
+      </c>
+      <c r="G380" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: De installatie ging goed, {{app_name}} start nu!</t>
+        </is>
+      </c>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr"/>
       <c r="B381" t="inlineStr">
         <is>
-          <t>The installation went well, {{app_name}} is now starting up!</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>De installatie is gelukt, {{app_name}} is nu aan het opstarten!</t>
+          <t>Er is iets misgegaan</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>.setup.status.notification</t>
+          <t>.setup.error_dialog.title</t>
         </is>
       </c>
       <c r="G381" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: De installatie ging goed, {{app_name}} start nu!</t>
+          <t>Suggested in Weblate: Er ging iets fout</t>
         </is>
       </c>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr"/>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Cut</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Er is iets misgegaan</t>
+          <t>Knippen</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>.setup.error_dialog.title</t>
+          <t>.web.context_menu.cut</t>
         </is>
       </c>
       <c r="G382" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Er ging iets fout</t>
+          <t>Suggested in Weblate: Knip</t>
         </is>
       </c>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr"/>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Cut</t>
+          <t>Copy</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Knippen</t>
+          <t>Kopiëren</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>.web.context_menu.cut</t>
+          <t>.web.context_menu.copy</t>
         </is>
       </c>
       <c r="G383" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Knip</t>
+          <t>Suggested in Weblate: Kopieer</t>
         </is>
       </c>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr"/>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Copy</t>
+          <t>Paste</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>Kopiëren</t>
+          <t>Plakken</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy</t>
+          <t>.web.context_menu.paste</t>
         </is>
       </c>
       <c r="G384" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kopieer</t>
+          <t>Suggested in Weblate: Plak</t>
         </is>
       </c>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr"/>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Paste</t>
+          <t>Open in new tab</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>Plakken</t>
+          <t>In nieuw tabblad openen</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>.web.context_menu.paste</t>
+          <t>.web.context_menu.open_in_new_tab</t>
         </is>
       </c>
       <c r="G385" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Plak</t>
+          <t>Suggested in Weblate: Open in nieuwe tab</t>
         </is>
       </c>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr"/>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Open in new tab</t>
+          <t>Copy link</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>In nieuw tabblad openen</t>
+          <t>Link kopiëren</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>.web.context_menu.open_in_new_tab</t>
+          <t>.web.context_menu.copy_link</t>
         </is>
       </c>
       <c r="G386" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Open in nieuwe tab</t>
+          <t>Suggested in Weblate: Kopieer link</t>
         </is>
       </c>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr"/>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Copy link</t>
+          <t>Retry setup</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Link kopiëren</t>
+          <t>Set-up opnieuw proberen</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy_link</t>
-[...6 lines deleted...]
-      </c>
+          <t>.login.action.retry_setup</t>
+        </is>
+      </c>
+      <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr"/>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Retry setup</t>
+          <t>Developer logs</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Set-up opnieuw proberen</t>
+          <t>Ontwikkelaar-logs</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>.login.action.retry_setup</t>
-[...2 lines deleted...]
-      <c r="G388" t="inlineStr"/>
+          <t>.new_tab.devlogs</t>
+        </is>
+      </c>
+      <c r="G388" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ontwikkelaars logboek</t>
+        </is>
+      </c>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr"/>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Developer logs</t>
+          <t>Uninstall error</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Ontwikkelaar-logs</t>
+          <t>Deïnstallatie-foutmelding</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>.new_tab.devlogs</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.uninstall_error.title</t>
+        </is>
+      </c>
+      <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr"/>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Uninstall error</t>
+          <t>The uninstall failed. Remove the entry anyway?</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Deïnstallatie-foutmelding</t>
+          <t>De deïnstallatie is mislukt. De vermelding toch verwijderen?</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.title</t>
+          <t>.prompt.uninstall_error.message</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr"/>
       <c r="B391" t="inlineStr">
         <is>
-          <t>The uninstall failed. Remove the entry anyway?</t>
+          <t>Continue</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>De deïnstallatie is mislukt. De vermelding toch verwijderen?</t>
+          <t>Verder</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message</t>
-[...2 lines deleted...]
-      <c r="G391" t="inlineStr"/>
+          <t>.prompt.action.continue</t>
+        </is>
+      </c>
+      <c r="G391" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Volgende
+Suggested in Weblate: verder gaan</t>
+        </is>
+      </c>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr"/>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Continue</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>Verder</t>
+          <t>Geïnstalleerd</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>.prompt.action.continue</t>
-[...7 lines deleted...]
-      </c>
+          <t>.grid.item.status.installed</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr"/>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr"/>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>A collection of {{itemCount}} items</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>Geïnstalleerd</t>
+          <t>Een verzameling met {{itemCount}} voorwerpen</t>
         </is>
       </c>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>.grid.item.status.installed</t>
-[...24 lines deleted...]
-        <is>
           <t>.collection.summary</t>
         </is>
       </c>
-      <c r="G394" t="inlineStr">
+      <c r="G393" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Een verzameling van {{itemCount}} items
 Suggested in Weblate: Een collectie van {{itemCount}} voorwerpen
 Suggested in Weblate: A collection of {{itemCount}} items
 Suggested in Weblate: Een collectie met {{itemCount}} items
 Suggested in Weblate: Een collectie van {{itemCount}} items
 Suggested in Weblate: een collectie van {{itemCount}} items
 Suggested in Weblate: Een collectie van {{itemCount}} artikelen
 Suggested in Weblate: Een verzameling van {{itemCount}} voorwerpen
 Suggested in Weblate: Een verzameling van {{itemCount}} dingen
 Suggested in Weblate: Een verzameling van {{itemCount}} artikelen
 Suggested in Weblate: Een verzameling van {{itemCount}} onderdelen</t>
         </is>
       </c>
+      <c r="H393" t="inlineStr"/>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr"/>
+      <c r="B394" t="inlineStr">
+        <is>
+          <t>Not available on this platform</t>
+        </is>
+      </c>
+      <c r="C394" t="inlineStr">
+        <is>
+          <t>Niet beschikbaar voor dit platform</t>
+        </is>
+      </c>
+      <c r="D394" t="inlineStr"/>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
+        <is>
+          <t>.grid.item.not_compatible</t>
+        </is>
+      </c>
+      <c r="G394" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Niet verkrijgbaar op dit platform</t>
+        </is>
+      </c>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr"/>
       <c r="B395" t="inlineStr">
         <is>
-          <t>Not available on this platform</t>
+          <t>Administrator privileges are required for managing {{title}}</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>Niet beschikbaar voor dit platform</t>
+          <t>Administratorrechten zijn vereist om {{title}} te beheren</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>.grid.item.not_compatible</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.blessing.message</t>
+        </is>
+      </c>
+      <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr"/>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Administrator privileges are required for managing {{title}}</t>
+          <t>Proceed only if you trust the author.</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>Administratorrechten zijn vereist om {{title}} te beheren</t>
+          <t>Ga alleen verder als je de ontwikkelaar vertrouwt.</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>.prompt.blessing.message</t>
+          <t>.prompt.blessing.detail</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr"/>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Proceed only if you trust the author.</t>
+          <t>The operation has been cancelled.</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Ga alleen verder als je de ontwikkelaar vertrouwt.</t>
+          <t>De bewerking is geannuleerd.</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>.prompt.blessing.detail</t>
+          <t>.status.cancelled.message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr"/>
       <c r="B398" t="inlineStr">
         <is>
-          <t>The operation has been cancelled.</t>
+          <t>The installation failed.</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>De bewerking is geannuleerd.</t>
+          <t>De installatie is mislukt.</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>.status.cancelled.message</t>
+          <t>.prompt.install_error.message</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr"/>
       <c r="B399" t="inlineStr">
         <is>
-          <t>The installation failed.</t>
+          <t>to install</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>De installatie is mislukt.</t>
+          <t>om te installeren</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>.prompt.install_error.message</t>
-[...24 lines deleted...]
-        <is>
           <t>.download.reason.install</t>
         </is>
       </c>
-      <c r="G400" t="inlineStr">
+      <c r="G399" t="inlineStr">
         <is>
           <t>shouldn't this be 'installing' ?
 Suggested in Weblate: installeren
 Suggested in Weblate: Installeren
 Suggested in Weblate: Instaleren
 Suggested in Weblate: te installeren
 Suggested in Weblate: downloaden</t>
         </is>
       </c>
-      <c r="H400" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B401" t="inlineStr">
+      <c r="H399" t="inlineStr"/>
+    </row>
+    <row r="400">
+      <c r="A400" t="inlineStr"/>
+      <c r="B400" t="inlineStr">
         <is>
           <t>installed</t>
         </is>
       </c>
-      <c r="C401" t="inlineStr">
+      <c r="C400" t="inlineStr">
         <is>
           <t>geïnstalleerd</t>
         </is>
       </c>
-      <c r="D401" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F401" t="inlineStr">
+      <c r="D400" t="inlineStr"/>
+      <c r="E400" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F400" t="inlineStr">
         <is>
           <t>.download.outcome.installed</t>
         </is>
       </c>
-      <c r="G401" t="inlineStr">
+      <c r="G400" t="inlineStr">
         <is>
           <t>Suggested in Weblate: geïnstaleerd
 Suggested in Weblate: Geïnstalleerd
 Suggested in Weblate: geinstalleerd
 Suggested in Weblate: Geinstalleerd</t>
         </is>
       </c>
-      <c r="H401" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B402" t="inlineStr">
+      <c r="H400" t="inlineStr"/>
+    </row>
+    <row r="401">
+      <c r="A401" t="inlineStr"/>
+      <c r="B401" t="inlineStr">
         <is>
           <t>updated to the latest version</t>
         </is>
       </c>
-      <c r="C402" t="inlineStr">
+      <c r="C401" t="inlineStr">
         <is>
           <t>naar de laatste versie bijgewerkt</t>
         </is>
       </c>
-      <c r="D402" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F402" t="inlineStr">
+      <c r="D401" t="inlineStr"/>
+      <c r="E401" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F401" t="inlineStr">
         <is>
           <t>.download.outcome.updated</t>
         </is>
       </c>
-      <c r="G402" t="inlineStr">
+      <c r="G401" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ge-update naar de nieuwste versie
 Suggested in Weblate: geupdatet naar laatste versie
 Suggested in Weblate: bijgewerkt naar de laatste versie
 Suggested in Weblate: Geupdate naar laatste versie
 Suggested in Weblate: geupdatet naar de nieuwste versie
 Suggested in Weblate: bijgewerkt naar de nieuwste versie
 Suggested in Weblate: geupdated naar de laatste versie
 Suggested in Weblate: Ge-update naar laatste versie
 Suggested in Weblate: geupdatet naar de laatste versie
 Suggested in Weblate: Zorg dat je update naar de nieuwste versie.</t>
         </is>
       </c>
-      <c r="H402" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B403" t="inlineStr">
+      <c r="H401" t="inlineStr"/>
+    </row>
+    <row r="402">
+      <c r="A402" t="inlineStr"/>
+      <c r="B402" t="inlineStr">
         <is>
           <t>re-installed</t>
         </is>
       </c>
-      <c r="C403" t="inlineStr">
+      <c r="C402" t="inlineStr">
         <is>
           <t>opnieuw geïnstalleerd</t>
         </is>
       </c>
-      <c r="D403" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F403" t="inlineStr">
+      <c r="D402" t="inlineStr"/>
+      <c r="E402" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F402" t="inlineStr">
         <is>
           <t>.download.outcome.reinstalled</t>
         </is>
       </c>
-      <c r="G403" t="inlineStr">
+      <c r="G402" t="inlineStr">
         <is>
           <t>Suggested in Weblate: opnieuw geinstalleerd
 Suggested in Weblate: geherinstalleerd
 Suggested in Weblate: hergeïnstalleerd
 Suggested in Weblate: herinstalleerd
 Suggested in Weblate: Herinstalleerd
 Suggested in Weblate: Her-installeerd
 Suggested in Weblate: Opnieuw geïnstalleerd</t>
         </is>
       </c>
-      <c r="H403" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B404" t="inlineStr">
+      <c r="H402" t="inlineStr"/>
+    </row>
+    <row r="403">
+      <c r="A403" t="inlineStr"/>
+      <c r="B403" t="inlineStr">
         <is>
           <t>switched to another version</t>
         </is>
       </c>
-      <c r="C404" t="inlineStr">
+      <c r="C403" t="inlineStr">
         <is>
           <t>naar een andere versie gewisseld</t>
         </is>
       </c>
-      <c r="D404" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F404" t="inlineStr">
+      <c r="D403" t="inlineStr"/>
+      <c r="E403" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F403" t="inlineStr">
         <is>
           <t>.download.outcome.reverted</t>
         </is>
       </c>
-      <c r="G404" t="inlineStr">
+      <c r="G403" t="inlineStr">
         <is>
           <t>Suggested in Weblate: omgewisseld met andere versie
 Suggested in Weblate: verandert naar een andere versie
 Suggested in Weblate: veranderd naar een andere versie
 Suggested in Weblate: naar andere versie veranderd
 Suggested in Weblate: Naar een andere versie overgeschakeld</t>
         </is>
       </c>
-      <c r="H404" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B405" t="inlineStr">
+      <c r="H403" t="inlineStr"/>
+    </row>
+    <row r="404">
+      <c r="A404" t="inlineStr"/>
+      <c r="B404" t="inlineStr">
         <is>
           <t>verified and repaired</t>
         </is>
       </c>
-      <c r="C405" t="inlineStr">
+      <c r="C404" t="inlineStr">
         <is>
           <t>geverifiëerd en gerepareerd</t>
         </is>
       </c>
-      <c r="D405" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F405" t="inlineStr">
+      <c r="D404" t="inlineStr"/>
+      <c r="E404" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F404" t="inlineStr">
         <is>
           <t>.download.outcome.healed</t>
         </is>
       </c>
-      <c r="G405" t="inlineStr">
+      <c r="G404" t="inlineStr">
         <is>
           <t>Suggested in Weblate: geverifieerd en hersteld
 Suggested in Weblate: geverifieerd en gerepareerd
 Suggested in Weblate: geverifieerd en gerepareed
 Suggested in Weblate: gecontrolleerd en gerepareerd</t>
         </is>
       </c>
+      <c r="H404" t="inlineStr"/>
+    </row>
+    <row r="405">
+      <c r="A405" t="inlineStr"/>
+      <c r="B405" t="inlineStr">
+        <is>
+          <t>Recent activity</t>
+        </is>
+      </c>
+      <c r="C405" t="inlineStr">
+        <is>
+          <t>Recente activiteit</t>
+        </is>
+      </c>
+      <c r="D405" t="inlineStr"/>
+      <c r="E405" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F405" t="inlineStr">
+        <is>
+          <t>.status.downloads.category.recent_activity</t>
+        </is>
+      </c>
+      <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr"/>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Recent activity</t>
+          <t>The message we got was: {{errorMessage}}</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Recente activiteit</t>
+          <t>De melding die we kregen was: {{errorMessage}}</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>.status.downloads.category.recent_activity</t>
+          <t>.game.install.could_not_launch.message</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr"/>
       <c r="B407" t="inlineStr">
         <is>
-          <t>The message we got was: {{errorMessage}}</t>
+          <t>Sending us a report is the best way to make sure this gets fixed!</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>De melding die we kregen was: {{errorMessage}}</t>
+          <t>Ons een melding sturen is de beste manier om te zorgen dat dit wordt opgelost!</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.message</t>
-[...2 lines deleted...]
-      <c r="G407" t="inlineStr"/>
+          <t>.game.install.could_not_launch.detail</t>
+        </is>
+      </c>
+      <c r="G407" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ons een rapport sturen is de beste manier om ervoor te zorgen dat dit wordt opgelost!</t>
+        </is>
+      </c>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr"/>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Sending us a report is the best way to make sure this gets fixed!</t>
+          <t>Close other tabs</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Ons een melding sturen is de beste manier om te zorgen dat dit wordt opgelost!</t>
+          <t>Andere tabbladen sluiten</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.menu.file.close_other_tabs</t>
+        </is>
+      </c>
+      <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr"/>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Close other tabs</t>
+          <t>Close tabs below</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Andere tabbladen sluiten</t>
+          <t>Tabbladen hieronder sluiten</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>.menu.file.close_other_tabs</t>
-[...2 lines deleted...]
-      <c r="G409" t="inlineStr"/>
+          <t>.menu.file.close_tabs_below</t>
+        </is>
+      </c>
+      <c r="G409" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Hieronder tabbladen sluiten
+Suggested in Weblate: onderstaande tabbladen sluiten</t>
+        </is>
+      </c>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr"/>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Close tabs below</t>
+          <t>Open folder in explorer</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>Tabbladen hieronder sluiten</t>
+          <t>Map openen in Verkenner</t>
         </is>
       </c>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>.menu.file.close_tabs_below</t>
+          <t>.grid.item.open_file_location.windows</t>
         </is>
       </c>
       <c r="G410" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Hieronder tabbladen sluiten
-Suggested in Weblate: onderstaande tabbladen sluiten</t>
+          <t>Suggested in Weblate: folder in verkenner openen</t>
         </is>
       </c>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr"/>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Open folder in explorer</t>
+          <t>Show in file manager</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Map openen in Verkenner</t>
+          <t>Weergeven in bestandsverkenner</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.windows</t>
+          <t>.grid.item.open_file_location.linux</t>
         </is>
       </c>
       <c r="G411" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G412" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Tonen in bestandsbeheer
 Suggested in Weblate: Laat zien in verkenner
 Suggested in Weblate: tonen in bestandbeheerder
 Suggested in Weblate: Laat zien in de verkenner</t>
         </is>
       </c>
+      <c r="H411" t="inlineStr"/>
+    </row>
+    <row r="412">
+      <c r="A412" t="inlineStr"/>
+      <c r="B412" t="inlineStr">
+        <is>
+          <t>Show in Finder</t>
+        </is>
+      </c>
+      <c r="C412" t="inlineStr">
+        <is>
+          <t>Weergeven in Finder</t>
+        </is>
+      </c>
+      <c r="D412" t="inlineStr"/>
+      <c r="E412" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F412" t="inlineStr">
+        <is>
+          <t>.grid.item.open_file_location.osx</t>
+        </is>
+      </c>
+      <c r="G412" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Laat zien in Finder
+Suggested in Weblate: tonen in verkenner
+Suggested in Weblate: Laat zien in Zoeken</t>
+        </is>
+      </c>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr"/>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Show in Finder</t>
+          <t>Size</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Weergeven in Finder</t>
+          <t>Grootte</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.osx</t>
-[...8 lines deleted...]
-      </c>
+          <t>.table.column.installed_size</t>
+        </is>
+      </c>
+      <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr"/>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Size</t>
+          <t>View the contents of this location</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Grootte</t>
+          <t>Inhoud van deze locatie bekijken</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>.table.column.installed_size</t>
-[...2 lines deleted...]
-      <c r="G414" t="inlineStr"/>
+          <t>.preferences.install_location.navigate</t>
+        </is>
+      </c>
+      <c r="G414" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: De inhoud van deze locatie bekijken
+Suggested in Weblate: Bekijk de inhoud van deze locatie</t>
+        </is>
+      </c>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr"/>
       <c r="B415" t="inlineStr">
         <is>
-          <t>View the contents of this location</t>
+          <t>{{size}} on disk</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Inhoud van deze locatie bekijken</t>
+          <t>{{size}} op schijf</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>.preferences.install_location.navigate</t>
-[...7 lines deleted...]
-      </c>
+          <t>.install_location.property.size_on_disk</t>
+        </is>
+      </c>
+      <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr"/>
       <c r="B416" t="inlineStr">
         <is>
-          <t>{{size}} on disk</t>
+          <t>Uninstall or re-install…</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>{{size}} op schijf</t>
+          <t>Deïnstalleren of herinstalleren…</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>.install_location.property.size_on_disk</t>
-[...24 lines deleted...]
-        <is>
           <t>.grid.item.uninstall_request</t>
         </is>
       </c>
-      <c r="G417" t="inlineStr">
+      <c r="G416" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Deïnstaleren of opnieuw instaleren...
 Suggested in Weblate: Deïnstalleren of herinstalleren...
 Suggested in Weblate: deïnstaleren of opnieuw instaleren...
 Suggested in Weblate: Verwijderen of herinstalleren</t>
         </is>
       </c>
-      <c r="H417" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B418" t="inlineStr">
+      <c r="H416" t="inlineStr"/>
+    </row>
+    <row r="417">
+      <c r="A417" t="inlineStr"/>
+      <c r="B417" t="inlineStr">
         <is>
           <t xml:space="preserve">Filter by: </t>
         </is>
       </c>
-      <c r="C418" t="inlineStr">
+      <c r="C417" t="inlineStr">
         <is>
           <t xml:space="preserve">Filteren op: </t>
         </is>
       </c>
-      <c r="D418" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F418" t="inlineStr">
+      <c r="D417" t="inlineStr"/>
+      <c r="E417" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F417" t="inlineStr">
         <is>
           <t>.grid.criterion.filter_by</t>
         </is>
       </c>
-      <c r="G418" t="inlineStr">
+      <c r="G417" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Filter aan de hand van:
 Suggested in Weblate: Filter op: 
 Suggested in Weblate: Filteren door: 
 Suggested in Weblate: Sorteren op:</t>
         </is>
       </c>
-      <c r="H418" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B419" t="inlineStr">
+      <c r="H417" t="inlineStr"/>
+    </row>
+    <row r="418">
+      <c r="A418" t="inlineStr"/>
+      <c r="B418" t="inlineStr">
         <is>
           <t>Discard download</t>
         </is>
       </c>
-      <c r="C419" t="inlineStr">
+      <c r="C418" t="inlineStr">
         <is>
           <t>Download opruimen</t>
         </is>
       </c>
-      <c r="D419" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F419" t="inlineStr">
+      <c r="D418" t="inlineStr"/>
+      <c r="E418" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F418" t="inlineStr">
         <is>
           <t>.grid.item.discard_download</t>
         </is>
       </c>
-      <c r="G419" t="inlineStr">
+      <c r="G418" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Download weggooien
 Suggested in Weblate: Download uitsluiten
 Suggested in Weblate: Downloaden stoppen
 Suggested in Weblate: Download verwijderen</t>
         </is>
       </c>
+      <c r="H418" t="inlineStr"/>
+    </row>
+    <row r="419">
+      <c r="A419" t="inlineStr"/>
+      <c r="B419" t="inlineStr">
+        <is>
+          <t>Nevermind</t>
+        </is>
+      </c>
+      <c r="C419" t="inlineStr">
+        <is>
+          <t>Laat maar</t>
+        </is>
+      </c>
+      <c r="D419" t="inlineStr"/>
+      <c r="E419" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F419" t="inlineStr">
+        <is>
+          <t>.prompt.action.nevermind</t>
+        </is>
+      </c>
+      <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr"/>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Nevermind</t>
+          <t>Force program closure?</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Laat maar</t>
+          <t>Geforceerd het programma afsluiten?</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>.prompt.action.nevermind</t>
-[...2 lines deleted...]
-      <c r="G420" t="inlineStr"/>
+          <t>.prompt.force_close_game.title</t>
+        </is>
+      </c>
+      <c r="G420" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Afsluiten forceren?
+Suggested in Weblate: geforceerd afsluiten?</t>
+        </is>
+      </c>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr"/>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Force program closure?</t>
+          <t>Do you want to force {{title}} to close?</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Geforceerd het programma afsluiten?</t>
+          <t>Wil je {{title}} geforceerd afsluiten?</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.title</t>
+          <t>.prompt.force_close_game.message</t>
         </is>
       </c>
       <c r="G421" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Afsluiten forceren?
-Suggested in Weblate: geforceerd afsluiten?</t>
+          <t>Suggested in Weblate: Wil je {{title}} forceren te sluiten?</t>
         </is>
       </c>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr"/>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Do you want to force {{title}} to close?</t>
+          <t>Are you sure you want to stop downloading {{title}}?</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Wil je {{title}} geforceerd afsluiten?</t>
+          <t>Weet je zeker dat je wilt stoppen met het downloaden van {{title}}?</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.message</t>
+          <t>.prompt.discard_download.message</t>
         </is>
       </c>
       <c r="G422" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Wil je {{title}} forceren te sluiten?</t>
+          <t>Suggested in Weblate: ben je zeker dat je wilt stoppen met het downloaden van {{title}}?</t>
         </is>
       </c>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr"/>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Are you sure you want to stop downloading {{title}}?</t>
+          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Weet je zeker dat je wilt stoppen met het downloaden van {{title}}?</t>
+          <t>Je zult {{title}} op elk moment weer kunnen installeren, maar het zal vanaf nul beginnen.</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.message</t>
+          <t>.prompt.discard_download.detail</t>
         </is>
       </c>
       <c r="G423" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ben je zeker dat je wilt stoppen met het downloaden van {{title}}?</t>
+          <t>Suggested in Weblate: het zal mogelijk zijn om {{title}} wanneer dan ook te installeeren, maar het zal van in het begin herbeginnen.</t>
         </is>
       </c>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr"/>
       <c r="B424" t="inlineStr">
         <is>
-          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
+          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Je zult {{title}} op elk moment weer kunnen installeren, maar het zal vanaf nul beginnen.</t>
+          <t>Sommige bestanden konden niet verwijderd worden voor {{title}}. Wil je het opnieuw proberen als administrator?</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.uninstall_error.message_permissions</t>
+        </is>
+      </c>
+      <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr"/>
       <c r="B425" t="inlineStr">
         <is>
-          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
+          <t>Remove as administrator</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Sommige bestanden konden niet verwijderd worden voor {{title}}. Wil je het opnieuw proberen als administrator?</t>
+          <t>Verwijderen als administrator</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message_permissions</t>
+          <t>.prompt.uninstall_error.action_permissions</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr"/>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Remove as administrator</t>
+          <t>Installing {{title}}…</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Verwijderen als administrator</t>
+          <t>{{title}} aan het installeren…</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.action_permissions</t>
-[...24 lines deleted...]
-        <is>
           <t>.download.ongoing.install</t>
         </is>
       </c>
-      <c r="G427" t="inlineStr">
+      <c r="G426" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: {{title}} instaleren...
 Suggested in Weblate: Bezig met installeren van {{title}}...
 Suggested in Weblate: {{title}} aan het installeren
 Suggested in Weblate: {{title}} installeren...
 Suggested in Weblate: Bezig met {{title}} te installeren...
 Suggested in Weblate: {{title}} aan het downloaden...
 Suggested in Weblate: {{title}} aan het installeren...
 Suggested in Weblate: Installeren {{Title}}...
 Suggested in Weblate: {{title}} instaleren…
 Suggested in Weblate: {{title}} Installeren...
 Suggested in Weblate: {{title}} aan het installeren. </t>
         </is>
       </c>
-      <c r="H427" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B428" t="inlineStr">
+      <c r="H426" t="inlineStr"/>
+    </row>
+    <row r="427">
+      <c r="A427" t="inlineStr"/>
+      <c r="B427" t="inlineStr">
         <is>
           <t>Updating {{title}}…</t>
         </is>
       </c>
-      <c r="C428" t="inlineStr">
+      <c r="C427" t="inlineStr">
         <is>
           <t>{{title}} aan het bijwerken…</t>
         </is>
       </c>
-      <c r="D428" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F428" t="inlineStr">
+      <c r="D427" t="inlineStr"/>
+      <c r="E427" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F427" t="inlineStr">
         <is>
           <t>.download.ongoing.update</t>
         </is>
       </c>
-      <c r="G428" t="inlineStr">
+      <c r="G427" t="inlineStr">
         <is>
           <t>Suggested in Weblate: {{title}} Updaten…
 Suggested in Weblate: Bezig met updaten van {{title}}...
 Suggested in Weblate: {{title}} aan het updaten…
 Suggested in Weblate: {{title}} aan het updaten
 Suggested in Weblate: {{title}} aan het updaten...
 Suggested in Weblate: {{title}} updaten
 Suggested in Weblate: {{title}} bijwerken...
 Suggested in Weblate: {{title}} aan het bijwerken...
 Suggested in Weblate: Updaten {{title}}...
 Suggested in Weblate: {{title}} updaten...
 Suggested in Weblate: {{title}} aan het vernieuwen</t>
         </is>
       </c>
-      <c r="H428" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B429" t="inlineStr">
+      <c r="H427" t="inlineStr"/>
+    </row>
+    <row r="428">
+      <c r="A428" t="inlineStr"/>
+      <c r="B428" t="inlineStr">
         <is>
           <t>Re-installing {{title}}…</t>
         </is>
       </c>
-      <c r="C429" t="inlineStr">
+      <c r="C428" t="inlineStr">
         <is>
           <t>{{title}} aan het herinstalleren…</t>
         </is>
       </c>
-      <c r="D429" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F429" t="inlineStr">
+      <c r="D428" t="inlineStr"/>
+      <c r="E428" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F428" t="inlineStr">
         <is>
           <t>.download.ongoing.reinstall</t>
         </is>
       </c>
-      <c r="G429" t="inlineStr">
+      <c r="G428" t="inlineStr">
         <is>
           <t>Suggested in Weblate: {{title}} opnieuw instaleren…
 Suggested in Weblate: Bezig met herinstalleren van {{title}}...
 Suggested in Weblate: {{title}} aan het her-installeren
 Suggested in Weblate: {{title}} opnieuw installeren...
 Suggested in Weblate: {{title}} herinstalleren...
 Suggested in Weblate: {{title}} opnieuw aan het installeren...
 Suggested in Weblate: {{title}} aan het herinstalleren...
 Suggested in Weblate: Her-installeren {{title}}...
 Suggested in Weblate: {{title}} aan het herinstalleren</t>
         </is>
       </c>
-      <c r="H429" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B430" t="inlineStr">
+      <c r="H428" t="inlineStr"/>
+    </row>
+    <row r="429">
+      <c r="A429" t="inlineStr"/>
+      <c r="B429" t="inlineStr">
         <is>
           <t>Switching {{title}} to another version…</t>
         </is>
       </c>
-      <c r="C430" t="inlineStr">
+      <c r="C429" t="inlineStr">
         <is>
           <t>{{title}} naar een andere versie aan het wisselen…</t>
         </is>
       </c>
-      <c r="D430" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F430" t="inlineStr">
+      <c r="D429" t="inlineStr"/>
+      <c r="E429" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F429" t="inlineStr">
         <is>
           <t>.download.ongoing.revert</t>
         </is>
       </c>
-      <c r="G430" t="inlineStr">
+      <c r="G429" t="inlineStr">
         <is>
           <t>Suggested in Weblate: {{title}} naar een andere versie wisselen…
 Suggested in Weblate: {{title}} naar een andere versie aan het veranderen…
 Suggested in Weblate: {{title}} veranderen naar een andere versie
 Suggested in Weblate: {{title}} naar een andere versie aan het wisselen...
 Suggested in Weblate: {{title}} naar ander versie veranderen...
 Suggested in Weblate: {{title}} overschakelen naar een andere versie</t>
         </is>
       </c>
-      <c r="H430" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B431" t="inlineStr">
+      <c r="H429" t="inlineStr"/>
+    </row>
+    <row r="430">
+      <c r="A430" t="inlineStr"/>
+      <c r="B430" t="inlineStr">
         <is>
           <t>Repairing {{title}}…</t>
         </is>
       </c>
-      <c r="C431" t="inlineStr">
+      <c r="C430" t="inlineStr">
         <is>
           <t>{{title} aan het repareren…</t>
         </is>
       </c>
-      <c r="D431" t="inlineStr"/>
-      <c r="E431" t="inlineStr">
+      <c r="D430" t="inlineStr"/>
+      <c r="E430" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
-      <c r="F431" t="inlineStr">
+      <c r="F430" t="inlineStr">
         <is>
           <t>.download.ongoing.heal</t>
         </is>
       </c>
-      <c r="G431" t="inlineStr">
+      <c r="G430" t="inlineStr">
         <is>
           <t>```{{title}``` has a bad format, should be ``` {{title}}```
 Suggested in Weblate: {{title} aan het repareren…
 Suggested in Weblate: {{title}} herstellen…
 Suggested in Weblate: {{title} herstellen…
 Suggested in Weblate: {{title}} aan het herstellen…
 Suggested in Weblate: {{title}} aan het repareren…
 Suggested in Weblate: {{title}} repareren…
 Suggested in Weblate: Bezig met repareren van {{title}}...
 Suggested in Weblate: {{title}} herstellen...
 Suggested in Weblate: {{title}} aan het repareren...
 Suggested in Weblate: Repareren {{title}}..
 Suggested in Weblate: {{title}} wordt gerepareerd</t>
         </is>
       </c>
+      <c r="H430" t="inlineStr"/>
+    </row>
+    <row r="431">
+      <c r="A431" t="inlineStr"/>
+      <c r="B431" t="inlineStr">
+        <is>
+          <t>Stop download</t>
+        </is>
+      </c>
+      <c r="C431" t="inlineStr">
+        <is>
+          <t>Download stopzetten</t>
+        </is>
+      </c>
+      <c r="D431" t="inlineStr"/>
+      <c r="E431" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F431" t="inlineStr">
+        <is>
+          <t>.prompt.discard_download.action.stop_download</t>
+        </is>
+      </c>
+      <c r="G431" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: download stoppen</t>
+        </is>
+      </c>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr"/>
       <c r="B432" t="inlineStr">
         <is>
-          <t>Stop download</t>
+          <t>Continue download</t>
         </is>
       </c>
       <c r="C432" t="inlineStr">
         <is>
-          <t>Download stopzetten</t>
+          <t>Download hervatten</t>
         </is>
       </c>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.stop_download</t>
+          <t>.prompt.discard_download.action.continue_download</t>
         </is>
       </c>
       <c r="G432" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: download stoppen</t>
+          <t>Suggested in Weblate: download verderzetten</t>
         </is>
       </c>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr"/>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Continue download</t>
+          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Download hervatten</t>
+          <t>Het stoppen van deze download zal {{title}} in een inconsistente conditie achterlaten.</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.continue_download</t>
+          <t>.prompt.dangerous_discard_download.message</t>
         </is>
       </c>
       <c r="G433" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: download verderzetten</t>
+          <t>Suggested in Weblate: het stoppen van de donwload zal {{title}} in een onbruikbare status achterlaten</t>
         </is>
       </c>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr"/>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
+          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Het stoppen van deze download zal {{title}} in een inconsistente conditie achterlaten.</t>
+          <t>De volgende keer dat je probeert het te gebruiken, zullen we {{title}} herstellen naar de laatste versie.</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.dangerous_discard_download.detail</t>
+        </is>
+      </c>
+      <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr"/>
       <c r="B435" t="inlineStr">
         <is>
-          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
+          <t>version {{version}}</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>De volgende keer dat je probeert het te gebruiken, zullen we {{title}} herstellen naar de laatste versie.</t>
+          <t>versie {{version}}</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.detail</t>
+          <t>.prompt.revert.version</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr"/>
       <c r="B436" t="inlineStr">
         <is>
-          <t>version {{version}}</t>
+          <t>{{title}} needs to finish updating before it can be opened</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>versie {{version}}</t>
+          <t>{{title}} moet klaar zijn met bijwerken voordat het geopend kan worden</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>.prompt.revert.version</t>
+          <t>.status.repairing_game</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr"/>
       <c r="B437" t="inlineStr">
         <is>
-          <t>{{title}} needs to finish updating before it can be opened</t>
+          <t>Things you install or download will show up here</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>{{title}} moet klaar zijn met bijwerken voordat het geopend kan worden</t>
+          <t>Dingen die je installeert of download zullen hier verschijnen</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>.status.repairing_game</t>
+          <t>.status.downloads.no_active_downloads_subtext</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr"/>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Things you install or download will show up here</t>
+          <t>Download some stuff!</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Dingen die je installeert of download zullen hier verschijnen</t>
+          <t>Laten we iets downloaden!</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads_subtext</t>
+          <t>.status.downloads.find_games_button</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr"/>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Download some stuff!</t>
+          <t>Everything's filtered away...</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Laten we iets downloaden!</t>
+          <t>Alles is weggefilterd...</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>.status.downloads.find_games_button</t>
-[...24 lines deleted...]
-        <is>
           <t>.grid.empty_state.leader</t>
         </is>
       </c>
-      <c r="G440" t="inlineStr">
+      <c r="G439" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Alles is weg gefilterd
 Suggested in Weblate: Alles is weg gefilterd...
 Suggested in Weblate: Alles is gefilterd...
 Suggested in Weblate: Alles wordt weggelaten</t>
         </is>
       </c>
+      <c r="H439" t="inlineStr"/>
+    </row>
+    <row r="440">
+      <c r="A440" t="inlineStr"/>
+      <c r="B440" t="inlineStr">
+        <is>
+          <t>Your filters are hiding everything here</t>
+        </is>
+      </c>
+      <c r="C440" t="inlineStr">
+        <is>
+          <t>Je filters verbergen alle resultaten hier</t>
+        </is>
+      </c>
+      <c r="D440" t="inlineStr"/>
+      <c r="E440" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F440" t="inlineStr">
+        <is>
+          <t>.grid.empty_state.explanation</t>
+        </is>
+      </c>
+      <c r="G440" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Door jouw filters zie je hier niks
+Suggested in Weblate: Uw filters verbergen alles hier
+Suggested in Weblate: Je filters verbergen alles hier</t>
+        </is>
+      </c>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr"/>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Your filters are hiding everything here</t>
+          <t>Manage</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Je filters verbergen alle resultaten hier</t>
+          <t>Beheren</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>.grid.empty_state.explanation</t>
-[...8 lines deleted...]
-      </c>
+          <t>.grid.item.manage</t>
+        </is>
+      </c>
+      <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr"/>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Manage</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Beheren</t>
+          <t>{{title}} opstarten</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>.grid.item.manage</t>
+          <t>.prompt.launch.title</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr"/>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Which do you want to open?</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>{{title}} opstarten</t>
+          <t>Welke wil je openen?</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>.prompt.launch.title</t>
+          <t>.prompt.launch.message</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr"/>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Which do you want to open?</t>
+          <t>Manage {{title}}</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Welke wil je openen?</t>
+          <t>{{title}} beheren</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>.prompt.launch.message</t>
-[...2 lines deleted...]
-      <c r="G444" t="inlineStr"/>
+          <t>.prompt.manage_game.title</t>
+        </is>
+      </c>
+      <c r="G444" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Beheer {{title}}</t>
+        </is>
+      </c>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr"/>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Manage {{title}}</t>
+          <t>The following items are installed:</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>{{title}} beheren</t>
+          <t>De volgende voorwerpen zijn geïnstalleerd:</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.manage_game.installed_uploads</t>
+        </is>
+      </c>
+      <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr"/>
       <c r="B446" t="inlineStr">
         <is>
-          <t>The following items are installed:</t>
+          <t>These items are also available:</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>De volgende voorwerpen zijn geïnstalleerd:</t>
+          <t>Deze voorwerpen zijn ook beschikbaar:</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.installed_uploads</t>
+          <t>.prompt.manage_game.available_uploads</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr"/>
       <c r="B447" t="inlineStr">
         <is>
-          <t>These items are also available:</t>
+          <t>No other items are currently available.</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Deze voorwerpen zijn ook beschikbaar:</t>
+          <t>Geen andere voorwerpen zijn momenteel beschikbaar.</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.available_uploads</t>
+          <t>.prompt.manage_game.no_other_uploads</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr"/>
       <c r="B448" t="inlineStr">
         <is>
-          <t>No other items are currently available.</t>
+          <t>Prefer optimized patches</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Geen andere voorwerpen zijn momenteel beschikbaar.</t>
+          <t>Voorkeur geven aan geoptimaliseerde patches</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.no_other_uploads</t>
-[...2 lines deleted...]
-      <c r="G448" t="inlineStr"/>
+          <t>.preferences.advanced.prefer_optimized_patches</t>
+        </is>
+      </c>
+      <c r="G448" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Geef voorkeur aan geoptimaliseerde versies</t>
+        </is>
+      </c>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr"/>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Prefer optimized patches</t>
+          <t>{{x}} seconds</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Voorkeur geven aan geoptimaliseerde patches</t>
+          <t>{{x}} seconden</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>.preferences.advanced.prefer_optimized_patches</t>
+          <t>.duration.seconds</t>
         </is>
       </c>
       <c r="G449" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Geef voorkeur aan geoptimaliseerde versies</t>
+          <t>Suggested in Weblate: nog {{x}} seconden</t>
         </is>
       </c>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr"/>
       <c r="B450" t="inlineStr">
         <is>
-          <t>{{x}} seconds</t>
+          <t>Application log</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>{{x}} seconden</t>
+          <t>Applicatie-log</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>.duration.seconds</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.applog</t>
+        </is>
+      </c>
+      <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr"/>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Application log</t>
+          <t>{{count}} items</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Applicatie-log</t>
+          <t>{{count}} voorwerpen</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>.sidebar.applog</t>
-[...2 lines deleted...]
-      <c r="G451" t="inlineStr"/>
+          <t>.grid.item_count</t>
+        </is>
+      </c>
+      <c r="G451" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{count}} items
+Suggested in Weblate: {{count}} dingen</t>
+        </is>
+      </c>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr"/>
       <c r="B452" t="inlineStr">
         <is>
-          <t>{{count}} items</t>
+          <t>The itch web browser is disabled</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>{{count}} voorwerpen</t>
+          <t>De itch-webbrowser is uitgeschakeld</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>.grid.item_count</t>
+          <t>.browser.disabled</t>
         </is>
       </c>
       <c r="G452" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{count}} items
-Suggested in Weblate: {{count}} dingen</t>
+          <t>Suggested in Weblate: De itch webbrowser is uitgeschakeld
+Suggested in Weblate: De Itch webbrowser werkt niet meer</t>
         </is>
       </c>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr"/>
       <c r="B453" t="inlineStr">
         <is>
-          <t>The itch web browser is disabled</t>
+          <t>Re-enable</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>De itch-webbrowser is uitgeschakeld</t>
+          <t>Opnieuw inschakelen</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>.browser.disabled</t>
+          <t>.browser.reenable</t>
         </is>
       </c>
       <c r="G453" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: De itch webbrowser is uitgeschakeld
-Suggested in Weblate: De Itch webbrowser werkt niet meer</t>
+          <t>Suggested in Weblate: Opnieuw aanzetten
+Suggested in Weblate: Heractiveren</t>
         </is>
       </c>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr"/>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Re-enable</t>
+          <t>Disable web browser</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Opnieuw inschakelen</t>
+          <t>Webbrowser uitschakelen</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>.browser.reenable</t>
-[...7 lines deleted...]
-      </c>
+          <t>.preferences.advanced.disable_browser</t>
+        </is>
+      </c>
+      <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr"/>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Disable web browser</t>
+          <t>You currently have no collections</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Webbrowser uitschakelen</t>
+          <t>Je hebt momenteel geen verzamelingen</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_browser</t>
-[...24 lines deleted...]
-        <is>
           <t>.collections.empty</t>
         </is>
       </c>
-      <c r="G456" t="inlineStr">
+      <c r="G455" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Je hebt op dit moment geen collecties
 Suggested in Weblate: Je hebt momenteel geen collecties
 Suggested in Weblate: U hebt momenteel geen collecties
 Suggested in Weblate: Je hebt geen collecties op dit moment
 Suggested in Weblate: U heeft op dit moment geen collecties
 Suggested in Weblate: Je hebt nu geen collecties
 Suggested in Weblate: Op het moment heb je geen collecties
 Suggested in Weblate: Je hebt nu geen verzameling</t>
         </is>
       </c>
-      <c r="H456" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B457" t="inlineStr">
+      <c r="H455" t="inlineStr"/>
+    </row>
+    <row r="456">
+      <c r="A456" t="inlineStr"/>
+      <c r="B456" t="inlineStr">
         <is>
           <t>Browse for some games and add them to a new collection!</t>
         </is>
       </c>
-      <c r="C457" t="inlineStr">
+      <c r="C456" t="inlineStr">
         <is>
           <t>Blader door wat spellen en voeg ze toe aan een nieuwe verzameling!</t>
         </is>
       </c>
-      <c r="D457" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F457" t="inlineStr">
+      <c r="D456" t="inlineStr"/>
+      <c r="E456" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F456" t="inlineStr">
         <is>
           <t>.collections.empty_sub</t>
         </is>
       </c>
-      <c r="G457" t="inlineStr">
+      <c r="G456" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Browse voor een paar games en voeg ze aan een nieuwe collectie toe!
 Suggested in Weblate: Blader door een aantal spellen en voeg toe aan uw nieuwe collectie!
 Suggested in Weblate: Zoek voor games en voeg ze toe aan je bibliotheek!
 Suggested in Weblate: Kijk rond voor wat games en voeg ze toe aan een nieuwe collectie!
 Suggested in Weblate: Zoek naar een aantal spelen en voeg ze toe aan een nieuwe verzameling!
 Suggested in Weblate: Kijk voor wat games en voeg die toe aan je collectie
 Suggested in Weblate: Blader door wat spellen en voeg ze toe aan een nieuwe collectie!
 Suggested in Weblate: Zoek naar spellen en voeg ze toe aan een nieuwe verzameling!
 Suggested in Weblate: Blader door wat games en voeg ze toe aan een nieuwe collectie!
 Suggested in Weblate: Kijk rond voor wat games en voeg ze toe aan een nieuwe verzameling!
 Suggested in Weblate: Verken een aantal spellen en voeg ze toe aan een nieuwe collectie!
 Suggested in Weblate: Blader door een aantal games en voeg ze toe aan je verzameling!
 Suggested in Weblate: Zoek spellen en voeg ze toe aan je verzameling!
 Suggested in Weblate: Zoek voor een paar games en voeg ze toe in een nieuwe collectie</t>
         </is>
       </c>
+      <c r="H456" t="inlineStr"/>
+    </row>
+    <row r="457">
+      <c r="A457" t="inlineStr"/>
+      <c r="B457" t="inlineStr">
+        <is>
+          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
+        </is>
+      </c>
+      <c r="C457" t="inlineStr">
+        <is>
+          <t>Hardwareversnellingen uitschakelen (lost sommige Linux-specifieke crashes op)</t>
+        </is>
+      </c>
+      <c r="D457" t="inlineStr"/>
+      <c r="E457" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F457" t="inlineStr">
+        <is>
+          <t>.preferences.advanced.disable_hardware_acceleration</t>
+        </is>
+      </c>
+      <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr"/>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Hardwareversnellingen uitschakelen (lost sommige Linux-specifieke crashes op)</t>
+          <t>Aan het voorbereiden…</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_hardware_acceleration</t>
-[...2 lines deleted...]
-      <c r="G458" t="inlineStr"/>
+          <t>.prereq.status.pending</t>
+        </is>
+      </c>
+      <c r="G458" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Voorbereiden...
+Suggested in Weblate: Voorbereiden</t>
+        </is>
+      </c>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr"/>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Updates available</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Aan het voorbereiden…</t>
+          <t>Updates beschikbaar</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>.prereq.status.pending</t>
-[...7 lines deleted...]
-      </c>
+          <t>.status.downloads.updates_available</t>
+        </is>
+      </c>
+      <c r="G459" t="inlineStr"/>
       <c r="H459" t="inlineStr"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr"/>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Updates available</t>
+          <t>Update all</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Updates beschikbaar</t>
+          <t>Alles updaten</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>.status.downloads.updates_available</t>
+          <t>.status.downloads.update_all</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr"/>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Update all</t>
+          <t>There's nothing here...</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Alles updaten</t>
+          <t>Er is niets hier...</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>.status.downloads.update_all</t>
-[...2 lines deleted...]
-      <c r="G461" t="inlineStr"/>
+          <t>.grid.really_empty_state.leader</t>
+        </is>
+      </c>
+      <c r="G461" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Niets te zien hier...
+Suggested in Weblate: Er is hier niets ...</t>
+        </is>
+      </c>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr"/>
       <c r="B462" t="inlineStr">
         <is>
-          <t>There's nothing here...</t>
+          <t>...yet!</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Er is niets hier...</t>
+          <t>...tot op heden!</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.leader</t>
+          <t>.grid.really_empty_state.explanation</t>
         </is>
       </c>
       <c r="G462" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Niets te zien hier...
-Suggested in Weblate: Er is hier niets ...</t>
+          <t>Suggested in Weblate: Niets!</t>
         </is>
       </c>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr"/>
       <c r="B463" t="inlineStr">
         <is>
-          <t>...yet!</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>...tot op heden!</t>
+          <t>Aan het voorbereiden…</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.explanation</t>
+          <t>.grid.item.running.prepare</t>
         </is>
       </c>
       <c r="G463" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Niets!</t>
+          <t>Suggested in Weblate: Voorbereiden…
+Suggested in Weblate: Voor bereiden…
+Suggested in Weblate: Voorbereiden</t>
         </is>
       </c>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr"/>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Cleaning up…</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Aan het voorbereiden…</t>
+          <t>Aan het opruimen…</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>.grid.item.running.prepare</t>
+          <t>.grid.item.running.clean</t>
         </is>
       </c>
       <c r="G464" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Voorbereiden…
-[...1 lines deleted...]
-Suggested in Weblate: Voorbereiden</t>
+          <t>Suggested in Weblate: Schoonmaken…
+Suggested in Weblate: Aan het opruimen</t>
         </is>
       </c>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr"/>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Cleaning up…</t>
+          <t>Disk usage</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Aan het opruimen…</t>
+          <t>Schijfgebruik</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>.grid.item.running.clean</t>
-[...7 lines deleted...]
-      </c>
+          <t>.preferences.install_location.disk_usage</t>
+        </is>
+      </c>
+      <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr"/>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Disk usage</t>
+          <t>Finalizing installation…</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Schijfgebruik</t>
+          <t>Bezig met installatie afronden…</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>.preferences.install_location.disk_usage</t>
-[...2 lines deleted...]
-      <c r="G466" t="inlineStr"/>
+          <t>.login.status.finalizing_installation</t>
+        </is>
+      </c>
+      <c r="G466" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Afronden instalatie...</t>
+        </is>
+      </c>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr"/>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Finalizing installation…</t>
+          <t>Antivirus software may interfere with itch.</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Bezig met installatie afronden…</t>
+          <t>Antivirus-software blokkeert mogelijk met itch.</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>.login.status.finalizing_installation</t>
+          <t>.login.status.antivirus_warning</t>
         </is>
       </c>
       <c r="G467" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Afronden instalatie...</t>
+          <t>Suggested in Weblate: Antivirussoftware zou itch kunnen hinderen.
+Suggested in Weblate: Antivirus Software kan ervaringen met Itch beïnlvoeden</t>
         </is>
       </c>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr"/>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Antivirus software may interfere with itch.</t>
+          <t>The install folder disappeared</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Antivirus-software blokkeert mogelijk met itch.</t>
+          <t>De installatiemap is verdwenen</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>.login.status.antivirus_warning</t>
-[...7 lines deleted...]
-      </c>
+          <t>.butlerd.codes.404</t>
+        </is>
+      </c>
+      <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr"/>
       <c r="B469" t="inlineStr">
         <is>
-          <t>The install folder disappeared</t>
+          <t>No compatible uploads were found for this title</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>De installatiemap is verdwenen</t>
+          <t>Geen compatibele uploads werden gevonden voor deze titel</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>.butlerd.codes.404</t>
+          <t>.butlerd.codes.2001</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr"/>
       <c r="B470" t="inlineStr">
         <is>
-          <t>No compatible uploads were found for this title</t>
+          <t>How can I help?</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Geen compatibele uploads werden gevonden voor deze titel</t>
+          <t>Hoe kan ik helpen?</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>.butlerd.codes.2001</t>
-[...24 lines deleted...]
-        <is>
           <t>.docs.how_to_help</t>
         </is>
       </c>
-      <c r="G471" t="inlineStr">
+      <c r="G470" t="inlineStr">
         <is>
           <t>This is the latter, "How can I/the user help out/contribute?"
 This needs context because source sentence could be a customer service thing "How can I/itch help you?" or a "How can I/the user help out/contribute?"
 Suggested in Weblate: Hoe kan ik je helpen?
 Suggested in Weblate: Hoe kan ik je helpen
 Suggested in Weblate: Hoe kan ik je helpen? 
 Suggested in Weblate: Hoe kan ik u helpen?</t>
         </is>
       </c>
+      <c r="H470" t="inlineStr"/>
+    </row>
+    <row r="471">
+      <c r="A471" t="inlineStr"/>
+      <c r="B471" t="inlineStr">
+        <is>
+          <t>Queuing…</t>
+        </is>
+      </c>
+      <c r="C471" t="inlineStr">
+        <is>
+          <t>In de wachtrij…</t>
+        </is>
+      </c>
+      <c r="D471" t="inlineStr"/>
+      <c r="E471" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F471" t="inlineStr">
+        <is>
+          <t>.grid.item.queueing</t>
+        </is>
+      </c>
+      <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr"/>
       <c r="B472" t="inlineStr">
         <is>
-          <t>Queuing…</t>
+          <t>Details for nerds</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>In de wachtrij…</t>
+          <t>Details voor nerds</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>.grid.item.queueing</t>
+          <t>.prompt.show_error.details_for_nerds</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr"/>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Details for nerds</t>
+          <t>Event log</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Details voor nerds</t>
+          <t>Gebeurtenissen-log</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds</t>
+          <t>.prompt.show_error.details_for_nerds.event_log</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr"/>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Event log</t>
+          <t>Stack trace</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Gebeurtenissen-log</t>
+          <t>Stapeltracering</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.event_log</t>
+          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr"/>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Stack trace</t>
+          <t>Send a report to help resolve this issue</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>Stapeltracering</t>
+          <t>Stuur een melding om te helpen dit probleem op te lossen</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
+          <t>.prompt.show_error.send_report</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr"/>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Send a report to help resolve this issue</t>
+          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Stuur een melding om te helpen dit probleem op te lossen</t>
+          <t>Deze titel is verpakt op een manier die niet compatibel is met de itch.io-app.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>.prompt.show_error.send_report</t>
+          <t>.butlerd.codes.3000</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr"/>
       <c r="B477" t="inlineStr">
         <is>
-          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
+          <t>Nothing that can be launched was found.</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>Deze titel is verpakt op een manier die niet compatibel is met de itch.io-app.</t>
+          <t>Er is niets gevonden wat opgestart kon worden.</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>.butlerd.codes.3000</t>
+          <t>.butlerd.codes.5000</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr"/>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Nothing that can be launched was found.</t>
+          <t>There is no Internet connection.</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Er is niets gevonden wat opgestart kon worden.</t>
+          <t>Er is geen internetverbinding.</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>.butlerd.codes.5000</t>
+          <t>.butlerd.codes.9000</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr"/>
       <c r="B479" t="inlineStr">
         <is>
-          <t>There is no Internet connection.</t>
+          <t>{{installedSize}} used by games</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Er is geen internetverbinding.</t>
+          <t>{{installedSize}} gebruikt door spellen</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>.butlerd.codes.9000</t>
+          <t>.preferences.install_location.size_used_by_games</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr"/>
       <c r="B480" t="inlineStr">
         <is>
-          <t>{{installedSize}} used by games</t>
+          <t>{{freeSize}} free of {{totalSize}}</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>{{installedSize}} gebruikt door spellen</t>
+          <t>{{freeSize}} beschikbaar van {{totalSize}}</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>.preferences.install_location.size_used_by_games</t>
+          <t>.preferences.install_location.free_of_total</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr"/>
       <c r="B481" t="inlineStr">
         <is>
-          <t>{{freeSize}} free of {{totalSize}}</t>
+          <t>Scan install locations for games</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>{{freeSize}} beschikbaar van {{totalSize}}</t>
+          <t>Installeerlocaties op spellen scannen</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_of_total</t>
-[...2 lines deleted...]
-      <c r="G481" t="inlineStr"/>
+          <t>.preferences.scan_install_locations</t>
+        </is>
+      </c>
+      <c r="G481" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Scan alle mappen voor spellen</t>
+        </is>
+      </c>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr"/>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Scan install locations for games</t>
+          <t>Confirm import</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Installeerlocaties op spellen scannen</t>
+          <t>Importeren bevestigen</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations</t>
+          <t>.preferences.scan_install_locations.confirm_import</t>
         </is>
       </c>
       <c r="G482" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Scan alle mappen voor spellen</t>
+          <t>Suggested in Weblate: Bevestig importeren</t>
         </is>
       </c>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr"/>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Confirm import</t>
+          <t>Import {{numItems}} items</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Importeren bevestigen</t>
+          <t>Importeer {{numItems}} voorwerpen</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.confirm_import</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.scan_install_locations.import_items</t>
+        </is>
+      </c>
+      <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr"/>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Import {{numItems}} items</t>
+          <t>{{numImportedItems}} items were successfully imported</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Importeer {{numItems}} voorwerpen</t>
+          <t>{{numImportedItems}} werden succesvol geimporteerd</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.import_items</t>
+          <t>.preferences.scan_install_locations.items_imported</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr"/>
       <c r="B485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} items were successfully imported</t>
+          <t>Looking for games...</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} werden succesvol geimporteerd</t>
+          <t>Naar spellen aan het zoeken...</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.items_imported</t>
-[...2 lines deleted...]
-      <c r="G485" t="inlineStr"/>
+          <t>.preferences.scan_install_locations.looking_for_games</t>
+        </is>
+      </c>
+      <c r="G485" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Zoeken naar spellen...</t>
+        </is>
+      </c>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr"/>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Looking for games...</t>
+          <t>The following items can be imported:</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Naar spellen aan het zoeken...</t>
+          <t>De volgende voorwerpen kunnen geimporteerd worden:</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.looking_for_games</t>
+          <t>.preferences.scan_install_locations.message</t>
         </is>
       </c>
       <c r="G486" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Zoeken naar spellen...</t>
+          <t>Suggested in Weblate: De volgende bestanden kunnen geïmporteerd worden:</t>
         </is>
       </c>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr"/>
       <c r="B487" t="inlineStr">
         <is>
-          <t>The following items can be imported:</t>
+          <t>No additional items found in install locations</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>De volgende voorwerpen kunnen geimporteerd worden:</t>
+          <t>Geen extra items gevonden op installeerlocaties</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.message</t>
+          <t>.preferences.scan_install_locations.no_items_found</t>
         </is>
       </c>
       <c r="G487" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: De volgende bestanden kunnen geïmporteerd worden:</t>
+          <t>Suggested in Weblate: Er zijn geen andere bestanden gevonden in de installatiemappen</t>
         </is>
       </c>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr"/>
       <c r="B488" t="inlineStr">
         <is>
-          <t>No additional items found in install locations</t>
+          <t>Scanning...</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Geen extra items gevonden op installeerlocaties</t>
+          <t>Aan het scannen...</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.no_items_found</t>
+          <t>.preferences.scan_install_locations.title</t>
         </is>
       </c>
       <c r="G488" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Er zijn geen andere bestanden gevonden in de installatiemappen</t>
+          <t>Suggested in Weblate: Scannen...
+Suggested in Weblate: Zoeken...</t>
         </is>
       </c>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr"/>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Scanning...</t>
+          <t>Check for game updates</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Aan het scannen...</t>
+          <t>Controleren op game-updates</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.title</t>
+          <t>.preferences.advanced.check_game_updates</t>
         </is>
       </c>
       <c r="G489" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Scannen...
-Suggested in Weblate: Zoeken...</t>
+          <t>Suggested in Weblate: Naar updates zoeken</t>
         </is>
       </c>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr"/>
       <c r="B490" t="inlineStr">
         <is>
-          <t>Check for game updates</t>
+          <t>Resume downloads</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Controleren op game-updates</t>
+          <t>Downloads voortzetten</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>.preferences.advanced.check_game_updates</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.downloads.resume_downloads</t>
+        </is>
+      </c>
+      <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr"/>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Resume downloads</t>
+          <t>Pause downloads</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Downloads voortzetten</t>
+          <t>Downloads pauzeren</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>.status.downloads.resume_downloads</t>
+          <t>.status.downloads.pause_downloads</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr"/>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Pause downloads</t>
+          <t>Components</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Downloads pauzeren</t>
+          <t>Componenten</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>.status.downloads.pause_downloads</t>
-[...2 lines deleted...]
-      <c r="G492" t="inlineStr"/>
+          <t>.preferences.advanced.components</t>
+        </is>
+      </c>
+      <c r="G492" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Onderdelen</t>
+        </is>
+      </c>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr"/>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Components</t>
+          <t>New version available</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>Componenten</t>
+          <t>Nieuwe versie beschikbaar</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>.preferences.advanced.components</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.self_update_ready.short</t>
+        </is>
+      </c>
+      <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr"/>
       <c r="B494" t="inlineStr">
         <is>
-          <t>New version available</t>
+          <t>No other version is available.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Nieuwe versie beschikbaar</t>
+          <t>Geen andere versie is beschikbaar.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.short</t>
+          <t>.prompt.revert.no_other_version</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr"/>
       <c r="B495" t="inlineStr">
         <is>
-          <t>No other version is available.</t>
+          <t>Skip update</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>Geen andere versie is beschikbaar.</t>
+          <t>Update overslaan</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>.prompt.revert.no_other_version</t>
+          <t>.pick_update_upload.buttons.skip_update</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr"/>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Skip update</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>Update overslaan</t>
+          <t>{{title}} opstarten</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.skip_update</t>
+          <t>.grid.item.launch_title</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr"/>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Open {{title}}</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>{{title}} opstarten</t>
+          <t>{{title}} openen</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>.grid.item.launch_title</t>
+          <t>.grid.item.open_title</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr"/>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Open {{title}}</t>
+          <t>views</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>{{title}} openen</t>
+          <t>keer bekeken</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>.grid.item.open_title</t>
-[...2 lines deleted...]
-      <c r="G498" t="inlineStr"/>
+          <t>.dashboard.game_stats.views</t>
+        </is>
+      </c>
+      <c r="G498" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Beeld</t>
+        </is>
+      </c>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr"/>
       <c r="B499" t="inlineStr">
         <is>
-          <t>views</t>
+          <t>downloads</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>keer bekeken</t>
+          <t>downloads</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.views</t>
+          <t>.dashboard.game_stats.downloads</t>
         </is>
       </c>
       <c r="G499" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Beeld</t>
+          <t>Suggested in Weblate: keer gedownload</t>
         </is>
       </c>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr"/>
       <c r="B500" t="inlineStr">
         <is>
-          <t>downloads</t>
+          <t>purchases</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>downloads</t>
+          <t>aankopen</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.downloads</t>
+          <t>.dashboard.game_stats.purchases</t>
         </is>
       </c>
       <c r="G500" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: keer gedownload</t>
+          <t>Suggested in Weblate: Al je aankopen</t>
         </is>
       </c>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr"/>
       <c r="B501" t="inlineStr">
         <is>
-          <t>purchases</t>
+          <t>Open page</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>aankopen</t>
+          <t>Pagina openen</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.purchases</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.open_page</t>
+        </is>
+      </c>
+      <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr"/>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Open page</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Pagina openen</t>
+          <t>Niet beschikbaar</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>.grid.item.open_page</t>
+          <t>.grid.item.not_available</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr"/>
       <c r="B503" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>View all...</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>Niet beschikbaar</t>
+          <t>Alles bekijken...</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>.grid.item.not_available</t>
+          <t>.game_stripe.view_all</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr"/>
       <c r="B504" t="inlineStr">
         <is>
-          <t>View all...</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Alles bekijken...</t>
+          <t>Geïnstalleerd</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>.game_stripe.view_all</t>
+          <t>.table.column.installed</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr"/>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Powered by</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Geïnstalleerd</t>
+          <t>Aangedreven door</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>.table.column.installed</t>
-[...2 lines deleted...]
-      <c r="G505" t="inlineStr"/>
+          <t>.table.column.powered_by</t>
+        </is>
+      </c>
+      <c r="G505" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mogelijk gemaakt door
+Suggested in Weblate: Mede mogelijk gemaakt door {{name}}</t>
+        </is>
+      </c>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr"/>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Powered by</t>
+          <t>Enable tabs</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Aangedreven door</t>
+          <t>Tabbladen aanzetten</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>.table.column.powered_by</t>
+          <t>.preferences.behavior.enable_tabs</t>
         </is>
       </c>
       <c r="G506" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mogelijk gemaakt door
-Suggested in Weblate: Mede mogelijk gemaakt door {{name}}</t>
+          <t>Suggested in Weblate: Tabs aanzetten</t>
         </is>
       </c>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr"/>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Enable tabs</t>
+          <t>Acquired recently</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Tabbladen aanzetten</t>
+          <t>Recent verkregen</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>.preferences.behavior.enable_tabs</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sort_by.games.acquired_at</t>
+        </is>
+      </c>
+      <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr"/>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Acquired recently</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Recent verkregen</t>
+          <t>Titel</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>.sort_by.games.acquired_at</t>
+          <t>.sort_by.games.title</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr"/>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Views</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Titel</t>
+          <t>Views</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>.sort_by.games.title</t>
+          <t>.sort_by.games.views</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr"/>
       <c r="B510" t="inlineStr">
         <is>
-          <t>Views</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Views</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>.sort_by.games.views</t>
+          <t>.sort_by.games.downloads</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr"/>
       <c r="B511" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Purchases</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Aankopen</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>.sort_by.games.downloads</t>
+          <t>.sort_by.games.purchases</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr"/>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Purchases</t>
+          <t>Play time</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Aankopen</t>
+          <t>Speeltijd</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>.sort_by.games.purchases</t>
+          <t>.sort_by.games.play_time</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr"/>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Play time</t>
+          <t>Last touched</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Speeltijd</t>
+          <t>Laatste keer aangeraakt</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>.sort_by.games.play_time</t>
+          <t>.sort_by.games.last_touched</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr"/>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Last touched</t>
+          <t>Size on disk</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Laatste keer aangeraakt</t>
+          <t>Grootte op schijf</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>.sort_by.games.last_touched</t>
+          <t>.sort_by.games.size_on_disk</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr"/>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Size on disk</t>
+          <t>Install date</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Grootte op schijf</t>
+          <t>Installatiedatum</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>.sort_by.games.size_on_disk</t>
+          <t>.sort_by.games.install_date</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr"/>
       <c r="B516" t="inlineStr">
         <is>
-          <t>Install date</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>Installatiedatum</t>
+          <t>Spellen</t>
         </is>
       </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>.sort_by.games.install_date</t>
+          <t>.filter_by.games.classification.games</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr"/>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Tools</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Spellen</t>
+          <t>Hulpmiddelen</t>
         </is>
       </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.games</t>
+          <t>.filter_by.games.classification.tools</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr"/>
       <c r="B518" t="inlineStr">
         <is>
-          <t>Tools</t>
+          <t>Game assets</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>Hulpmiddelen</t>
+          <t>Spelassets</t>
         </is>
       </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.tools</t>
+          <t>.filter_by.games.classification.assets</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr"/>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Game assets</t>
+          <t>Comics</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Spelassets</t>
+          <t>Stripverhalen</t>
         </is>
       </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.assets</t>
+          <t>.filter_by.games.classification.comics</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr"/>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Comics</t>
+          <t>Books</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Stripverhalen</t>
+          <t>Boeken</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.comics</t>
+          <t>.filter_by.games.classification.books</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr"/>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Books</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Boeken</t>
+          <t>Geïnstalleerd</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.books</t>
+          <t>.filter_by.games.status.installed</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr"/>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Free</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Geïnstalleerd</t>
+          <t>Gratis</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>.filter_by.games.status.installed</t>
+          <t>.filter_by.games.paid_status.free</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr"/>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Free</t>
+          <t>Paid</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Gratis</t>
+          <t>Betaald</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.free</t>
+          <t>.filter_by.games.paid_status.paid</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr"/>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Paid</t>
+          <t>Draft</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Betaald</t>
+          <t>Concept</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.paid</t>
+          <t>.filter_by.games.visibility.draft</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr"/>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Draft</t>
+          <t>Published</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Concept</t>
+          <t>Gepubliceerd</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.draft</t>
+          <t>.filter_by.games.visibility.published</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr"/>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Published</t>
+          <t>Level</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Gepubliceerd</t>
+          <t>Niveau</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.published</t>
+          <t>.log.level</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr"/>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Level</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Niveau</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>.log.level</t>
+          <t>.log.level.debug</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr"/>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>.log.level.debug</t>
+          <t>.log.level.info</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr"/>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Warning</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Waarschuwing</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>.log.level.info</t>
+          <t>.log.level.warning</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr"/>
       <c r="B530" t="inlineStr">
         <is>
-          <t>Warning</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>Waarschuwing</t>
+          <t>Foutmelding</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>.log.level.warning</t>
+          <t>.log.level.error</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr"/>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Error</t>
+          <t>Nothing to see here</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Foutmelding</t>
+          <t>Niets te zien hier</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>.log.level.error</t>
+          <t>.empty_state.nothing_to_see_here</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr"/>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Nothing to see here</t>
+          <t>{{itemCount}} items</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Niets te zien hier</t>
+          <t>{{itemCount}} voorwerpen</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>.empty_state.nothing_to_see_here</t>
-[...2 lines deleted...]
-      <c r="G532" t="inlineStr"/>
+          <t>.collection.item_count</t>
+        </is>
+      </c>
+      <c r="G532" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Voorwerpen
+Suggested in Weblate: {{itemCount}} artikels</t>
+        </is>
+      </c>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr"/>
       <c r="B533" t="inlineStr">
         <is>
-          <t>{{itemCount}} items</t>
+          <t>No description</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>{{itemCount}} voorwerpen</t>
+          <t>Geen omschrijving</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>.collection.item_count</t>
-[...7 lines deleted...]
-      </c>
+          <t>.search.results.game.no_description</t>
+        </is>
+      </c>
+      <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr"/>
       <c r="B534" t="inlineStr">
         <is>
-          <t>No description</t>
+          <t>Explore</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Geen omschrijving</t>
+          <t>Verkennen</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>.search.results.game.no_description</t>
+          <t>.sidebar.explore</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr"/>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Explore</t>
+          <t>Library</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Verkennen</t>
+          <t>Verzameling</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>.sidebar.explore</t>
+          <t>.sidebar.library</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr"/>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Library</t>
+          <t>Install for {{title}} cancelled!</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Verzameling</t>
+          <t>Installatie voor {{title}} is geannuleerd!</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>.sidebar.library</t>
+          <t>.status.installing_game.cancelled</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr"/>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Install for {{title}} cancelled!</t>
+          <t>Manage install locations</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Installatie voor {{title}} is geannuleerd!</t>
+          <t>Installeerlocaties beheren</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>.status.installing_game.cancelled</t>
+          <t>.install_locations.manage</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr"/>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Manage install locations</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Installeerlocaties beheren</t>
+          <t>Geüpdatet</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>.install_locations.manage</t>
+          <t>.collection.info.updated</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr"/>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Geüpdatet</t>
+          <t>Feedback versturen</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>.collection.info.updated</t>
+          <t>.send_feedback.title</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr"/>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>Please describe what you were trying to do when the issue happened:</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Feedback versturen</t>
+          <t>Omschrijf alsjeblieft wat je probeerde te doen toen het probleem voorkwam:</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>.send_feedback.title</t>
+          <t>.send_feedback.describe_issue</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr"/>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Please describe what you were trying to do when the issue happened:</t>
+          <t>A few reminders:</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Omschrijf alsjeblieft wat je probeerde te doen toen het probleem voorkwam:</t>
+          <t>Een paar herinneringen:</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>.send_feedback.describe_issue</t>
+          <t>.send_feedback.reminders.header</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr"/>
       <c r="B542" t="inlineStr">
         <is>
-          <t>A few reminders:</t>
+          <t>Whatever you write will be read by humans.</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Een paar herinneringen:</t>
+          <t>Wat je schrijft zal door mensen gelezen worden.</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.header</t>
+          <t>.send_feedback.reminders.we_are_humans</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr"/>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Whatever you write will be read by humans.</t>
+          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Wat je schrijft zal door mensen gelezen worden.</t>
+          <t>Wees zo gedetailleerd als je kunt zijn. We willen het probleem net zo graag als jou oplossen!</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.we_are_humans</t>
+          <t>.send_feedback.reminders.be_precise</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr"/>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
+          <t>Include steps to reproduce the issue if you can.</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Wees zo gedetailleerd als je kunt zijn. We willen het probleem net zo graag als jou oplossen!</t>
+          <t>Voeg stappen toe om het probleem te reproduceren als je dat kunt.</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.be_precise</t>
+          <t>.send_feedback.reminders.include_reproduce_steps</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr"/>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Include steps to reproduce the issue if you can.</t>
+          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>Voeg stappen toe om het probleem te reproduceren als je dat kunt.</t>
+          <t>Benoem je itch.io-accountnaam en/of de pagina die je problemen gaf, indien relevant.</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.include_reproduce_steps</t>
+          <t>.send_feedback.reminders.mention_itchio_account</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr"/>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
+          <t>Thanks for sending us feedback!</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>Benoem je itch.io-accountnaam en/of de pagina die je problemen gaf, indien relevant.</t>
+          <t>Bedankt dat je ons je feedback stuurt!</t>
         </is>
       </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.mention_itchio_account</t>
+          <t>.send_feedback.reminders.thanks</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr"/>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Thanks for sending us feedback!</t>
+          <t>Where does my report go?</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Bedankt dat je ons je feedback stuurt!</t>
+          <t>Waar gaat mijn melding heen?</t>
         </is>
       </c>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.thanks</t>
+          <t>.send_feedback.questions.where_does_report_go</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr"/>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Where does my report go?</t>
+          <t>Review the information below to make sure you're comfortable with it being sent:</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>Waar gaat mijn melding heen?</t>
+          <t>Bekijk de informatie hieronder om zeker te zijn dat je het eens bent met de informatie die verstuurd zal worden:</t>
         </is>
       </c>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>.send_feedback.questions.where_does_report_go</t>
+          <t>.send_feedback.consent.please_review</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
       <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr"/>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Review the information below to make sure you're comfortable with it being sent:</t>
+          <t>redacted</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Bekijk de informatie hieronder om zeker te zijn dat je het eens bent met de informatie die verstuurd zal worden:</t>
+          <t>geredigeerd</t>
         </is>
       </c>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.please_review</t>
+          <t>.send_feedback.consent.redacted</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
       <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr"/>
       <c r="B550" t="inlineStr">
         <is>
-          <t>redacted</t>
+          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>geredigeerd</t>
+          <t>Een algemeen idee hebben van je computer-setup kan ons helpen de bron van een probleem te identificeren.</t>
         </is>
       </c>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.redacted</t>
+          <t>.send_feedback.consent.system_info_helps_us</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
       <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr"/>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
+          <t>Include this information in the report</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Een algemeen idee hebben van je computer-setup kan ons helpen de bron van een probleem te identificeren.</t>
+          <t>Voeg deze informatie aan de melding toe</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.system_info_helps_us</t>
+          <t>.send_feedback.consent.include_in_report</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
       <c r="H551" t="inlineStr"/>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr"/>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Include this information in the report</t>
+          <t>A secret URL will be generated for your report.</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Voeg deze informatie aan de melding toe</t>
+          <t>Een geheime URL zal gegenereerd worden voor je melding.</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.include_in_report</t>
+          <t>.send_feedback.send.secret_url</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
       <c r="H552" t="inlineStr"/>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr"/>
       <c r="B553" t="inlineStr">
         <is>
-          <t>A secret URL will be generated for your report.</t>
+          <t>From that page, you will be able to:</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Een geheime URL zal gegenereerd worden voor je melding.</t>
+          <t>Vanaf die pagina kan je:</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url</t>
+          <t>.send_feedback.send.secret_url.feature_list</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
       <c r="H553" t="inlineStr"/>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr"/>
       <c r="B554" t="inlineStr">
         <is>
-          <t>From that page, you will be able to:</t>
+          <t>See everything we see about the report</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>Vanaf die pagina kan je:</t>
+          <t>Alles zien wat wij ook kunnen zien over je melding</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list</t>
+          <t>.send_feedback.send.secret_url.feature_list.view</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr"/>
       <c r="B555" t="inlineStr">
         <is>
-          <t>See everything we see about the report</t>
+          <t>Delete it if you decide to.</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Alles zien wat wij ook kunnen zien over je melding</t>
+          <t>Het verwijderen als je dat wilt.</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.view</t>
+          <t>.send_feedback.send.secret_url.feature_list.delete</t>
         </is>
       </c>
       <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr"/>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Delete it if you decide to.</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Het verwijderen als je dat wilt.</t>
+          <t>Melding versturen</t>
         </is>
       </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.delete</t>
+          <t>.send_feedback.send.do_send</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr"/>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Nevermind, take me out of here</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Melding versturen</t>
+          <t>Laat maar, haal me hier weg</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>.send_feedback.send.do_send</t>
+          <t>.send_feedback.send.dont_send</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr"/>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Nevermind, take me out of here</t>
+          <t>Sending...</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Laat maar, haal me hier weg</t>
+          <t>Aan het verzenden...</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>.send_feedback.send.dont_send</t>
+          <t>.send_feedback.send.sending</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr"/>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Sending...</t>
+          <t>Thank you for sending a report, it helps everyone!</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Aan het verzenden...</t>
+          <t>Bedankt voor het insturen van je melding, het helpt voor iedereen!</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>.send_feedback.send.sending</t>
+          <t>.send_feedback.final_thanks</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr"/>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Thank you for sending a report, it helps everyone!</t>
+          <t>Your report was sent successfully!</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Bedankt voor het insturen van je melding, het helpt voor iedereen!</t>
+          <t>Je melding werd succesvol verstuurd!</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>.send_feedback.final_thanks</t>
+          <t>.send_feedback.success.intro</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr"/>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Your report was sent successfully!</t>
+          <t>View report</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Je melding werd succesvol verstuurd!</t>
+          <t>Melding bekijken</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>.send_feedback.success.intro</t>
+          <t>.send_feedback.success.view_report</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr"/>
       <c r="B562" t="inlineStr">
         <is>
-          <t>View report</t>
+          <t>(You can delete it from this page)</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Melding bekijken</t>
+          <t>(Je kunt het vanaf deze pagina verwijderen)</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report</t>
+          <t>.send_feedback.success.view_report.delete</t>
         </is>
       </c>
       <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr"/>
       <c r="B563" t="inlineStr">
         <is>
-          <t>(You can delete it from this page)</t>
+          <t>Thanks for your feedback</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>(Je kunt het vanaf deze pagina verwijderen)</t>
+          <t>Bedankt voor je feedback</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report.delete</t>
+          <t>.send_feedback.success.thanks</t>
         </is>
       </c>
       <c r="G563" t="inlineStr"/>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr"/>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Thanks for your feedback</t>
+          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Bedankt voor je feedback</t>
+          <t>We zullen het zo snel mogelijk beoordelen, omzetten in een werkbare taak, en hopelijk oplossen in een toekomstige versie.</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>.send_feedback.success.thanks</t>
+          <t>.send_feedback.success.promise</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr"/>
       <c r="B565" t="inlineStr">
         <is>
-          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
+          <t>Sorry, we could not send your report.</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>We zullen het zo snel mogelijk beoordelen, omzetten in een werkbare taak, en hopelijk oplossen in een toekomstige versie.</t>
+          <t>Sorry, we konden je melding niet versturen.</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>.send_feedback.success.promise</t>
+          <t>.send_feedback.error.intro</t>
         </is>
       </c>
       <c r="G565" t="inlineStr"/>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr"/>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Sorry, we could not send your report.</t>
+          <t>Previous</t>
         </is>
       </c>
       <c r="C566" t="inlineStr">
         <is>
-          <t>Sorry, we konden je melding niet versturen.</t>
+          <t>Vorige</t>
         </is>
       </c>
       <c r="D566" t="inlineStr"/>
       <c r="E566" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F566" t="inlineStr">
         <is>
-          <t>.send_feedback.error.intro</t>
+          <t>.send_feedback.nav.previous</t>
         </is>
       </c>
       <c r="G566" t="inlineStr"/>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr"/>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Previous</t>
+          <t>Next</t>
         </is>
       </c>
       <c r="C567" t="inlineStr">
         <is>
-          <t>Vorige</t>
+          <t>Volgende</t>
         </is>
       </c>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.previous</t>
+          <t>.send_feedback.nav.next</t>
         </is>
       </c>
       <c r="G567" t="inlineStr"/>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr"/>
       <c r="B568" t="inlineStr">
         <is>
-          <t>Next</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C568" t="inlineStr">
         <is>
-          <t>Volgende</t>
+          <t>Sluiten</t>
         </is>
       </c>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.next</t>
-[...2 lines deleted...]
-      <c r="G568" t="inlineStr"/>
+          <t>.send_feedback.nav.close</t>
+        </is>
+      </c>
+      <c r="G568" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Sluit</t>
+        </is>
+      </c>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr"/>
       <c r="B569" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Your message</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>Sluiten</t>
+          <t>Jouw bericht</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.close</t>
+          <t>.send_feedback.steps.your_message</t>
         </is>
       </c>
       <c r="G569" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sluit</t>
+          <t>Suggested in Weblate: Uw berichten</t>
         </is>
       </c>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr"/>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Your message</t>
+          <t>System information</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Jouw bericht</t>
+          <t>Systeeminformatie</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.your_message</t>
+          <t>.send_feedback.steps.system_info</t>
         </is>
       </c>
       <c r="G570" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Uw berichten</t>
+          <t>Suggested in Weblate: Systeem informatie</t>
         </is>
       </c>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr"/>
       <c r="B571" t="inlineStr">
         <is>
-          <t>System information</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Systeeminformatie</t>
+          <t>Melding verzenden</t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.system_info</t>
+          <t>.send_feedback.steps.send</t>
         </is>
       </c>
       <c r="G571" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Systeem informatie</t>
+          <t>Suggested in Weblate: Zend verslag</t>
         </is>
       </c>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr"/>
       <c r="B572" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Browse</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Melding verzenden</t>
+          <t>Bladeren</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.send</t>
-[...6 lines deleted...]
-      </c>
+          <t>.setup.action.browse</t>
+        </is>
+      </c>
+      <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr"/>
       <c r="B573" t="inlineStr">
         <is>
-          <t>Browse</t>
+          <t>Install {{title}}</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Bladeren</t>
+          <t>{{title}} installeren</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>.setup.action.browse</t>
+          <t>.grid.item.install_title</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr"/>
       <c r="B574" t="inlineStr">
         <is>
-          <t>Install {{title}}</t>
+          <t>Open developer tools</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>{{title}} installeren</t>
+          <t>Ontwikkelaarshulpmiddelen openen</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>.grid.item.install_title</t>
-[...2 lines deleted...]
-      <c r="G574" t="inlineStr"/>
+          <t>.browser.open_devtools</t>
+        </is>
+      </c>
+      <c r="G574" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Open ontwikkelaarstools
+Suggested in Weblate: Open de ontwikkelaarsmode</t>
+        </is>
+      </c>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr"/>
       <c r="B575" t="inlineStr">
         <is>
-          <t>Open developer tools</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Ontwikkelaarshulpmiddelen openen</t>
+          <t>Terug</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>.browser.open_devtools</t>
-[...7 lines deleted...]
-      </c>
+          <t>.prompt.action.back</t>
+        </is>
+      </c>
+      <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr"/>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Reveal password</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Terug</t>
+          <t>Wachtwoord onthullen</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>.prompt.action.back</t>
-[...2 lines deleted...]
-      <c r="G576" t="inlineStr"/>
+          <t>.login.action.reveal_password</t>
+        </is>
+      </c>
+      <c r="G576" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Paswoord tonen
+Suggested in Weblate: Wachtwoord laten zien</t>
+        </is>
+      </c>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr"/>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Reveal password</t>
+          <t>Hide password</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Wachtwoord onthullen</t>
+          <t>Wachtwoord verbergen</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>.login.action.reveal_password</t>
+          <t>.login.action.hide_password</t>
         </is>
       </c>
       <c r="G577" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Paswoord tonen
-Suggested in Weblate: Wachtwoord laten zien</t>
+          <t>Suggested in Weblate: Paswoord verstoppen</t>
         </is>
       </c>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr"/>
       <c r="B578" t="inlineStr">
         <is>
-          <t>Hide password</t>
+          <t>Inspect</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Wachtwoord verbergen</t>
+          <t>Inspecteren</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>.login.action.hide_password</t>
-[...6 lines deleted...]
-      </c>
+          <t>.web.context_menu.inspect</t>
+        </is>
+      </c>
+      <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr"/>
       <c r="B579" t="inlineStr">
         <is>
-          <t>Inspect</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Inspecteren</t>
+          <t>Titel</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>.web.context_menu.inspect</t>
+          <t>.sort_by.collections.title</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr"/>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Titel</t>
+          <t>Geüpdatet</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>.sort_by.collections.title</t>
+          <t>.sort_by.collections.updated_at</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr"/>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Are you sure you want to quit?</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Geüpdatet</t>
+          <t>Ben je zeker dat je wilt stoppen?</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>.sort_by.collections.updated_at</t>
+          <t>.prompt.confirm_quit.title</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr"/>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Are you sure you want to quit?</t>
+          <t>All running games and applications will be closed.</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Ben je zeker dat je wilt stoppen?</t>
+          <t>Alle actieve games en applicaties worden gesloten.</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.title</t>
+          <t>.prompt.confirm_quit.message</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr"/>
       <c r="B583" t="inlineStr">
         <is>
-          <t>All running games and applications will be closed.</t>
+          <t>Quit and close all</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Alle actieve games en applicaties worden gesloten.</t>
+          <t>Stoppen en alles sluiten</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.message</t>
+          <t>.prompt.action.quit_and_close_all</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr"/>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Quit and close all</t>
+          <t>Empty</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Stoppen en alles sluiten</t>
+          <t>Leeg</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>.prompt.action.quit_and_close_all</t>
+          <t>.preferences.install_location.empty</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr"/>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Empty</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C585" t="inlineStr">
         <is>
-          <t>Leeg</t>
+          <t>Er ging iets mis</t>
         </is>
       </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>.preferences.install_location.empty</t>
+          <t>.prompt.show_error.generic_message</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr"/>
       <c r="B586" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Computing space requirements</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>Er ging iets mis</t>
+          <t>Benodigde ruimte aan het berekenen</t>
         </is>
       </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>.prompt.show_error.generic_message</t>
-[...2 lines deleted...]
-      <c r="G586" t="inlineStr"/>
+          <t>.plan_install.computing_space_requirements</t>
+        </is>
+      </c>
+      <c r="G586" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Bereken ruimte nodig</t>
+        </is>
+      </c>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr"/>
       <c r="B587" t="inlineStr">
         <is>
-          <t>Computing space requirements</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Benodigde ruimte aan het berekenen</t>
+          <t>Installeer</t>
         </is>
       </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>.plan_install.computing_space_requirements</t>
+          <t>.plan_install.select_upload</t>
         </is>
       </c>
       <c r="G587" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Bereken ruimte nodig</t>
+          <t>Suggested in Weblate: Installeren</t>
         </is>
       </c>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr"/>
       <c r="B588" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>To location</t>
         </is>
       </c>
       <c r="C588" t="inlineStr">
         <is>
-          <t>Installeer</t>
+          <t>Naar locatie</t>
         </is>
       </c>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>.plan_install.select_upload</t>
-[...6 lines deleted...]
-      </c>
+          <t>.plan_install.select_install_location</t>
+        </is>
+      </c>
+      <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr"/>
       <c r="B589" t="inlineStr">
         <is>
-          <t>To location</t>
+          <t>Disk space required</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Naar locatie</t>
+          <t>Ruimte op schijf nodig</t>
         </is>
       </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>.plan_install.select_install_location</t>
+          <t>.plan_install.disk_space_required</t>
         </is>
       </c>
       <c r="G589" t="inlineStr"/>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr"/>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Disk space required</t>
+          <t>Disk space available</t>
         </is>
       </c>
       <c r="C590" t="inlineStr">
         <is>
-          <t>Ruimte op schijf nodig</t>
+          <t>Ruimte op schijf beschikbaar</t>
         </is>
       </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_required</t>
+          <t>.plan_install.disk_space_available</t>
         </is>
       </c>
       <c r="G590" t="inlineStr"/>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr"/>
       <c r="B591" t="inlineStr">
         <is>
-          <t>Disk space available</t>
+          <t>Software License Agreement</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>Ruimte op schijf beschikbaar</t>
+          <t>Software-licentieovereenkomst</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_available</t>
+          <t>.prompt.sla.title</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr"/>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Software License Agreement</t>
+          <t>To use this software, you need to accept the terms of this license agreement:</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Software-licentieovereenkomst</t>
+          <t>Om deze software te gebruiken, moet je de voorwaarden van deze licentieovereenkomst accepteren:</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>.prompt.sla.title</t>
+          <t>.prompt.sla.message</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr"/>
       <c r="B593" t="inlineStr">
         <is>
-          <t>To use this software, you need to accept the terms of this license agreement:</t>
+          <t>Accept terms</t>
         </is>
       </c>
       <c r="C593" t="inlineStr">
         <is>
-          <t>Om deze software te gebruiken, moet je de voorwaarden van deze licentieovereenkomst accepteren:</t>
+          <t>Voorwaarden accepteren</t>
         </is>
       </c>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>.prompt.sla.message</t>
+          <t>.prompt.sla.accept</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr"/>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Accept terms</t>
-[...6 lines deleted...]
-      </c>
+          <t>Physical Games</t>
+        </is>
+      </c>
+      <c r="C594" t="inlineStr"/>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>.prompt.sla.accept</t>
-[...20 lines deleted...]
-        <is>
           <t>.filter_by.games.classification.physical_game</t>
         </is>
       </c>
-      <c r="G595" t="inlineStr">
+      <c r="G594" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: natuurkundige spellen
 Suggested in Weblate: fysieke spellen
 Suggested in Weblate: Fysieke Spellen
 Suggested in Weblate: Fysieke spellen
 Suggested in Weblate: Fysieken spellen
 </t>
         </is>
       </c>
+      <c r="H594" t="inlineStr"/>
+    </row>
+    <row r="595">
+      <c r="A595" t="inlineStr"/>
+      <c r="B595" t="inlineStr">
+        <is>
+          <t>1 hour 1 minute</t>
+        </is>
+      </c>
+      <c r="C595" t="inlineStr"/>
+      <c r="D595" t="inlineStr"/>
+      <c r="E595" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F595" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minute</t>
+        </is>
+      </c>
+      <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr"/>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr"/>
+      <c r="D596" t="inlineStr"/>
+      <c r="E596" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F596" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G596" t="inlineStr"/>
+      <c r="H596" t="inlineStr"/>
+    </row>
+    <row r="597">
+      <c r="A597" t="inlineStr"/>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C597" t="inlineStr"/>
+      <c r="D597" t="inlineStr"/>
+      <c r="E597" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F597" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G597" t="inlineStr"/>
+      <c r="H597" t="inlineStr"/>
+    </row>
+    <row r="598">
+      <c r="A598" t="inlineStr"/>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C598" t="inlineStr"/>
+      <c r="D598" t="inlineStr"/>
+      <c r="E598" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F598" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G598" t="inlineStr"/>
+      <c r="H598" t="inlineStr"/>
+    </row>
+    <row r="599">
+      <c r="A599" t="inlineStr"/>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C599" t="inlineStr"/>
+      <c r="D599" t="inlineStr"/>
+      <c r="E599" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F599" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G599" t="inlineStr"/>
+      <c r="H599" t="inlineStr"/>
+    </row>
+    <row r="600">
+      <c r="A600" t="inlineStr"/>
+      <c r="B600" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C600" t="inlineStr"/>
+      <c r="D600" t="inlineStr"/>
+      <c r="E600" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F600" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G600" t="inlineStr"/>
+      <c r="H600" t="inlineStr"/>
+    </row>
+    <row r="601">
+      <c r="A601" t="inlineStr"/>
+      <c r="B601" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C601" t="inlineStr"/>
+      <c r="D601" t="inlineStr"/>
+      <c r="E601" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F601" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G601" t="inlineStr"/>
+      <c r="H601" t="inlineStr"/>
+    </row>
+    <row r="602">
+      <c r="A602" t="inlineStr"/>
+      <c r="B602" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C602" t="inlineStr"/>
+      <c r="D602" t="inlineStr"/>
+      <c r="E602" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F602" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G602" t="inlineStr"/>
+      <c r="H602" t="inlineStr"/>
+    </row>
+    <row r="603">
+      <c r="A603" t="inlineStr"/>
+      <c r="B603" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C603" t="inlineStr"/>
+      <c r="D603" t="inlineStr"/>
+      <c r="E603" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F603" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G603" t="inlineStr"/>
+      <c r="H603" t="inlineStr"/>
+    </row>
+    <row r="604">
+      <c r="A604" t="inlineStr"/>
+      <c r="B604" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C604" t="inlineStr"/>
+      <c r="D604" t="inlineStr"/>
+      <c r="E604" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F604" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G604" t="inlineStr"/>
+      <c r="H604" t="inlineStr"/>
+    </row>
+    <row r="605">
+      <c r="A605" t="inlineStr"/>
+      <c r="B605" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C605" t="inlineStr"/>
+      <c r="D605" t="inlineStr"/>
+      <c r="E605" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F605" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G605" t="inlineStr"/>
+      <c r="H605" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>