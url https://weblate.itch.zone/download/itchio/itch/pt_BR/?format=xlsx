--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H595"/>
+  <dimension ref="A1:H605"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -989,51 +989,52 @@
     <row r="22">
       <c r="A22" t="inlineStr"/>
       <c r="B22" t="inlineStr">
         <is>
           <t>An error occurred while launching {{title}}</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Um erro aconteceu inicializando {{title}}</t>
         </is>
       </c>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>.game.install.could_not_launch</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Um erro aconteceu ao iniciar {{title}}
+          <t>Suggested in Weblate: Ocorreu um erro ao iniciar {{title}}
+Suggested in Weblate: Um erro aconteceu ao iniciar {{title}}
 Suggested in Weblate: Ocorreu um erro ao iniciar o {{title}}
 Suggested in Weblate: Ocorreu um erro ao inicializar {{title}}</t>
         </is>
       </c>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr"/>
       <c r="B23" t="inlineStr">
         <is>
           <t>It requires Java which was not found on your system.</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Requer Java, o qual não foi encontrado no seu sistema.</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
@@ -4464,12807 +4465,13064 @@
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>Mais vendidos</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>.new_tab.top_sellers</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Popular on Twitter</t>
+          <t>itch is now running in the background. Use the menu to quit it completely.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>Popular no Twitter</t>
+          <t>itch está rodando em segundo plano. Use o menu para sair completamente.</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.new_tab.twitter</t>
-[...2 lines deleted...]
-      <c r="G146" t="inlineStr"/>
+          <t>.notification.see_you_soon.message</t>
+        </is>
+      </c>
+      <c r="G146" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: O itch está em segundo plano. Use o menu do SO para sair completamente.</t>
+        </is>
+      </c>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>itch is now running in the background. Use the menu to quit it completely.</t>
+          <t>See you soon!</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>itch está rodando em segundo plano. Use o menu para sair completamente.</t>
+          <t>Nos vemos em breve!</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.notification.see_you_soon.title</t>
+        </is>
+      </c>
+      <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>See you soon!</t>
+          <t>You just purchased {{title}}!</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>Nos vemos em breve!</t>
+          <t>Você comprou {{title}}!</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.title</t>
+          <t>.notification.purchase_complete.just_bought</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>You just purchased {{title}}!</t>
+          <t>You just donated to {{title}}!</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>Você comprou {{title}}!</t>
+          <t>Você acaba de doar para {{title}}!</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_bought</t>
-[...2 lines deleted...]
-      <c r="G149" t="inlineStr"/>
+          <t>.notification.purchase_complete.just_donated</t>
+        </is>
+      </c>
+      <c r="G149" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Você doou para {{title}}!</t>
+        </is>
+      </c>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>You just donated to {{title}}!</t>
+          <t>You can now install it anytime!</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>Você acaba de doar para {{title}}!</t>
+          <t>Agora você pode instalá-lo a qualquer momento!</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_donated</t>
-[...6 lines deleted...]
-      </c>
+          <t>.notification.purchase_complete.may_install_now</t>
+        </is>
+      </c>
+      <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t>You can now install it anytime!</t>
+          <t>Thanks for your support!</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>Agora você pode instalá-lo a qualquer momento!</t>
+          <t>Obrigado por seu apoio!</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.may_install_now</t>
+          <t>.notification.purchase_complete.thanks_for_support</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Thanks for your support!</t>
+          <t>{{title}} was installed!</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>Obrigado por seu apoio!</t>
+          <t>{{title}} foi instalado!</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.thanks_for_support</t>
-[...2 lines deleted...]
-      <c r="G152" t="inlineStr"/>
+          <t>.notification.download_installed</t>
+        </is>
+      </c>
+      <c r="G152" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{Title}} foi instalado!</t>
+        </is>
+      </c>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
-          <t>{{title}} was installed!</t>
+          <t>{{title}} was updated!</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>{{title}} foi instalado!</t>
+          <t>{{title}} foi atualizado!</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>.notification.download_installed</t>
+          <t>.notification.download_updated</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{Title}} foi instalado!</t>
+          <t>Suggested in Weblate: {{Title}} foi atualizado!</t>
         </is>
       </c>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>{{title}} was updated!</t>
+          <t>{{title}} was switched to {{version}}!</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>{{title}} foi atualizado!</t>
+          <t>{{title}} foi alterado para a {{version}}!</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>.notification.download_updated</t>
+          <t>.notification.download_reverted</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{Title}} foi atualizado!</t>
+          <t>Suggested in Weblate: {{title}} foi alterado para versão {{version}}!</t>
         </is>
       </c>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
-          <t>{{title}} was switched to {{version}}!</t>
+          <t>{{title}} verified and repaired!</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>{{title}} foi alterado para a {{version}}!</t>
+          <t>{{title}} Verificado e reparado!</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>.notification.download_reverted</t>
+          <t>.notification.download_healed</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G156" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: {{title}} ]verificado e reparado!
 Suggested in Weblate: {{Title}} verificado e concertado!
 Suggested in Weblate: {{title}} verificado e reparado!
 Suggested in Weblate: {{title}} verificado e concertado! </t>
         </is>
       </c>
+      <c r="H155" t="inlineStr"/>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr"/>
+      <c r="B156" t="inlineStr">
+        <is>
+          <t>Keep in mind this is a pre-alpha</t>
+        </is>
+      </c>
+      <c r="C156" t="inlineStr">
+        <is>
+          <t>Tenha em mente que esta é uma versão pré-alfa</t>
+        </is>
+      </c>
+      <c r="D156" t="inlineStr"/>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F156" t="inlineStr">
+        <is>
+          <t>.onboarding.caved.prealpha_reminder</t>
+        </is>
+      </c>
+      <c r="G156" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Esta ainda não é a versão oficial do game, é o estágio pre-alpha, portanto, pode ter bugs.
+Suggested in Weblate: Mantenha em mente que esta é uma versão pré-alfa</t>
+        </is>
+      </c>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Keep in mind this is a pre-alpha</t>
+          <t>Take your pick</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>Tenha em mente que esta é uma versão pré-alfa</t>
+          <t>Faça sua escolha</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>.onboarding.caved.prealpha_reminder</t>
-[...7 lines deleted...]
-      </c>
+          <t>.onboarding.caved.title_pick</t>
+        </is>
+      </c>
+      <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Take your pick</t>
+          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>Faça sua escolha</t>
+          <t>Se algo quebrar, clique em {{report}} para reportar, ou {{probe}} para investigar.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>.onboarding.caved.title_pick</t>
+          <t>.onboarding.caved.troubleshoot_advice</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
+          <t>Watch games quietly download, install, and run.</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>Se algo quebrar, clique em {{report}} para reportar, ou {{probe}} para investigar.</t>
+          <t>Veja os jogos serem baixados, instalados e executados silenciosamente.</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>.onboarding.caved.troubleshoot_advice</t>
+          <t>.onboarding.caved.usage</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Watch games quietly download, install, and run.</t>
+          <t>Your games will be here when you come back.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>Veja os jogos serem baixados, instalados e executados silenciosamente.</t>
+          <t>Seu jogos estarão aqui quando você retornar.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>.onboarding.caved.usage</t>
-[...2 lines deleted...]
-      <c r="G160" t="inlineStr"/>
+          <t>.onboarding.collections.auto_sync</t>
+        </is>
+      </c>
+      <c r="G160" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Seus jogos estarão aqui quando você retornar.</t>
+        </is>
+      </c>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Your games will be here when you come back.</t>
+          <t>Let's browse</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>Seu jogos estarão aqui quando você retornar.</t>
+          <t>Vamos dar uma olhada</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>.onboarding.collections.auto_sync</t>
-[...6 lines deleted...]
-      </c>
+          <t>.onboarding.collections.lets_shop</t>
+        </is>
+      </c>
+      <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Let's browse</t>
+          <t>Mix &amp; match</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>Vamos dar uma olhada</t>
+          <t>Misturar e combinar</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>.onboarding.collections.lets_shop</t>
+          <t>.onboarding.collections.title_mix</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Mix &amp; match</t>
+          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>Misturar e combinar</t>
+          <t>Navegue um pouco pelo site e depois use {{add_to_collection}} para começar a organizar.</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>.onboarding.collections.title_mix</t>
+          <t>.onboarding.collections.usage</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>Navegue um pouco pelo site e depois use {{add_to_collection}} para começar a organizar.</t>
+          <t>Saiba mais</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>.onboarding.collections.usage</t>
+          <t>.onboarding.dashboard.docs_link</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>We've tried to make it the comfiest.</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>Saiba mais</t>
+          <t>Nós tentamos fazê-lo o mais confortável possível.</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.docs_link</t>
+          <t>.onboarding.dashboard.mission_statement</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>We've tried to make it the comfiest.</t>
+          <t>Instant set-up, and as few barriers as we can manage.</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>Nós tentamos fazê-lo o mais confortável possível.</t>
+          <t>Configuração instantânea, e o mínimo de barreiras possível.</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.mission_statement</t>
+          <t>.onboarding.dashboard.selling_points</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Instant set-up, and as few barriers as we can manage.</t>
+          <t>Welcome home</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>Configuração instantânea, e o mínimo de barreiras possível.</t>
+          <t>Bem-vindo</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.selling_points</t>
-[...2 lines deleted...]
-      <c r="G167" t="inlineStr"/>
+          <t>.onboarding.dashboard.welcome_home</t>
+        </is>
+      </c>
+      <c r="G167" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Bem vindo</t>
+        </is>
+      </c>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Welcome home</t>
+          <t>We've put together a few collections so you can start playing right away.</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>Bem-vindo</t>
+          <t>Nós listamos algumas coleções para que você já possa começar a jogar.</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.welcome_home</t>
-[...6 lines deleted...]
-      </c>
+          <t>.onboarding.owned.batteries_included</t>
+        </is>
+      </c>
+      <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>We've put together a few collections so you can start playing right away.</t>
+          <t>Click the labels on your left to navigate around the app</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>Nós listamos algumas coleções para que você já possa começar a jogar.</t>
+          <t>Clique nos rótulos à esquerda para navegar pelo app</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>.onboarding.owned.batteries_included</t>
-[...2 lines deleted...]
-      <c r="G169" t="inlineStr"/>
+          <t>.onboarding.owned.navigation_hint</t>
+        </is>
+      </c>
+      <c r="G169" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Clique nos ícones à esquerda para navegar pelo app</t>
+        </is>
+      </c>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Click the labels on your left to navigate around the app</t>
+          <t>Things are looking a bit empty right now, but no worries!</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>Clique nos rótulos à esquerda para navegar pelo app</t>
+          <t>As coisas estão um pouco vazias no momento, mas não se preocupe!</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>.onboarding.owned.navigation_hint</t>
-[...6 lines deleted...]
-      </c>
+          <t>.onboarding.owned.reassuring_comment</t>
+        </is>
+      </c>
+      <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Things are looking a bit empty right now, but no worries!</t>
+          <t>You made it!</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>As coisas estão um pouco vazias no momento, mas não se preocupe!</t>
+          <t>Você conseguiu!</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>.onboarding.owned.reassuring_comment</t>
+          <t>.onboarding.owned.title_warm_welcome</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t>You made it!</t>
+          <t>Open dashboard</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>Você conseguiu!</t>
+          <t>Abrir painel</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>.onboarding.owned.title_warm_welcome</t>
+          <t>.outlinks.open_dashboard</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Open dashboard</t>
+          <t>Manage collections</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>Abrir painel</t>
+          <t>Gerenciar coleções</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>.outlinks.open_dashboard</t>
+          <t>.outlinks.manage_collections</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Manage collections</t>
+          <t>itch.io sandbox setup</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>Gerenciar coleções</t>
+          <t>itch.io modo sandbox</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>.outlinks.manage_collections</t>
-[...2 lines deleted...]
-      <c r="G174" t="inlineStr"/>
+          <t>.sandbox.setup.title</t>
+        </is>
+      </c>
+      <c r="G174" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: Configuração da sandbox do itch.io
+Suggested in Weblate: itch.io sandbox configuração
+Suggested in Weblate: Instalação do itch.io sandbox </t>
+        </is>
+      </c>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
-          <t>itch.io sandbox setup</t>
+          <t>Proceed</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>itch.io modo sandbox</t>
+          <t>Prosseguir</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>.sandbox.setup.title</t>
+          <t>.sandbox.setup.proceed</t>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: itch.io sandbox configuração
-Suggested in Weblate: Instalação do itch.io sandbox </t>
+          <t>Suggested in Weblate: Proceguir</t>
         </is>
       </c>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Proceed</t>
+          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>Prosseguir</t>
+          <t>Para jogar games no itch.io modo sandbox, é preciso fazer uma configuração como Administrador, apenas desta vez.</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>.sandbox.setup.proceed</t>
+          <t>.sandbox.setup.windows.message</t>
         </is>
       </c>
       <c r="G176" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Proceguir</t>
+          <t>Suggested in Weblate: Para jogar games na sandbox do itch.io, um procedimento de configuração única precisa ser executado como Administrador.
+Suggested in Weblate: Para jogar games no itch.io modo sandbox, é preciso fazer uma configuração como Administrador primeiro, depois, você poderá jogar livremente.
+Suggested in Weblate: Para executar jogos no sandbox itch.io, é necessário executar um procedimento de configuração única como Administrador.</t>
         </is>
       </c>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
+          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>Para jogar games no itch.io modo sandbox, é preciso fazer uma configuração como Administrador, apenas desta vez.</t>
+          <t>Depois de clicar em 'Prosseguir', uma janela pode aparecer pedindo sua aprovação. Isto vai adicionar um usuário chamado 'itch-player' para separar seus jogos do resto do sistema.</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.message</t>
+          <t>.sandbox.setup.windows.detail</t>
         </is>
       </c>
       <c r="G177" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Para jogar games no itch.io modo sandbox, é preciso fazer uma configuração como Administrador primeiro, depois, você poderá jogar livremente.
-Suggested in Weblate: Para executar jogos no sandbox itch.io, é necessário executar um procedimento de configuração única como Administrador.</t>
+          <t>Suggested in Weblate: Após clicar em 'Prosseguir', um aviso de permissão poderá aparecer solicitando sua aprovação. Isso criará uma conta de usuário `itch-jogador` para proteger seu sistema contra os jogos.
+Suggested in Weblate: Após clicar em "Prosseguir" uma janela de permissão pode aparecer, pedindo sua aprovação. Isso adiconará uma conta de usuário "jogador-tch" para proteger seus jogos do resto do sistema.
+Suggested in Weblate: Depois de clicar em 'Prosseguir', uma janela pode aparecer, perguntando por sua aprovação. Isto vai adicionar um 'itch-player' como uma conta, para separar seus jogos do resto do sistema, com objetivo de protegê-los.
+Suggested in Weblate: Após clicar em 'Proceder', um pedido de permissão pode aparecer pedindo sua confirmação. Isto irá adicionar uma conta 'itch-player' para proteger seus jogos do resto do sistema. 
+Suggested in Weblate: Depois de clicar em 'Proceguir', uma janela pode aparecer, perguntando por sua aprovação. Isto vai adicionar um 'itch-player' como uma conta, para separar seus jogos do resto do sistema, com objetivo de protegê-los.</t>
         </is>
       </c>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
+          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>Depois de clicar em 'Prosseguir', uma janela pode aparecer pedindo sua aprovação. Isto vai adicionar um usuário chamado 'itch-player' para separar seus jogos do resto do sistema.</t>
+          <t>Para inicializar os jogos no itch.io sandbox, um script de instalação deverá ser executado como root.</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.detail</t>
+          <t>.sandbox.setup.linux.message</t>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Após clicar em "Prosseguir" uma janela de permissão pode aparecer, pedindo sua aprovação. Isso adiconará uma conta de usuário "jogador-tch" para proteger seus jogos do resto do sistema.
-[...2 lines deleted...]
-Suggested in Weblate: Depois de clicar em 'Proceguir', uma janela pode aparecer, perguntando por sua aprovação. Isto vai adicionar um 'itch-player' como uma conta, para separar seus jogos do resto do sistema, com objetivo de protegê-los.</t>
+          <t>Suggested in Weblate: Com a finalidade de executar os jogos no itch.io sandbbox, um script de configuração tem que ser executado como raíz.
+Suggested in Weblate: Para jogar jogos no itch.io modo sandbox, um script precisa ser executado como raiz(root).
+Suggested in Weblate: Para poder rodar jogos na sandbox do itch.io, um script de configuração tem que rodar como root.</t>
         </is>
       </c>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
+          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>Para inicializar os jogos no itch.io sandbox, um script de instalação deverá ser executado como root.</t>
+          <t>Após clicar em 'Prosseguir', uma janela aparecerá pedindo sua senha. Isto é apenas necessário quando o sandbox é acessado pela primeira vez ou atualizado, e sua senha nunca será lembrada.</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.message</t>
-[...8 lines deleted...]
-      </c>
+          <t>.sandbox.setup.linux.detail</t>
+        </is>
+      </c>
+      <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
+          <t>Security &amp; privacy</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>Após clicar em 'Prosseguir', uma janela aparecerá pedindo sua senha. Isto é apenas necessário quando o sandbox é acessado pela primeira vez ou atualizado, e sua senha nunca será lembrada.</t>
+          <t>Segurança &amp; privacidade</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.detail</t>
-[...2 lines deleted...]
-      <c r="G180" t="inlineStr"/>
+          <t>.preferences.security</t>
+        </is>
+      </c>
+      <c r="G180" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Segurança e privacidade</t>
+        </is>
+      </c>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Security &amp; privacy</t>
+          <t>Enable itch.io sandbox</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>Segurança &amp; privacidade</t>
+          <t>Habilitar o sandbox itch.io</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>.preferences.security</t>
+          <t>.preferences.security.sandbox.title</t>
         </is>
       </c>
       <c r="G181" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Segurança e privacidade</t>
+          <t>Suggested in Weblate: Habilitar o modo sandbox do itch.io</t>
         </is>
       </c>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Enable itch.io sandbox</t>
+          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>Habilitar o sandbox itch.io</t>
+          <t>O sandbox itch.io vai tentar evitar que jogos que você tenha baixado façam coisas nocivas ou roubem seus dados. Ainda que não seja uma garantia total de segurança, rodar jogos no sandbox itch.io é muito mais seguro.</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.title</t>
+          <t>.preferences.security.sandbox.description</t>
         </is>
       </c>
       <c r="G182" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Habilitar o modo sandbox do itch.io</t>
+          <t>Suggested in Weblate: O sandbox do itch.io vai tentar evitar que jogos que você tenha baixado façam coisas nocivas ou roubem seus dados. Ainda que não seja uma garantia total de segurança, rodar jogos no sandbox itch.io é muito mais seguro.</t>
         </is>
       </c>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
+          <t>Add location</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>O sandbox itch.io vai tentar evitar que jogos que você tenha baixado façam coisas nocivas ou roubem seus dados. Ainda que não seja uma garantia total de segurança, rodar jogos no sandbox itch.io é muito mais seguro.</t>
+          <t>Adicionar local de instalação</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.description</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.install_location.add</t>
+        </is>
+      </c>
+      <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Add location</t>
+          <t>Remove this install location</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>Adicionar local de instalação</t>
+          <t>Remover este local de instalação</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>.preferences.install_location.add</t>
+          <t>.preferences.install_location.delete</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Remove this install location</t>
+          <t>Free space</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>Remover este local de instalação</t>
+          <t>Espaço disponível</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>.preferences.install_location.delete</t>
+          <t>.preferences.install_location.free_space</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Free space</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>Espaço disponível</t>
+          <t>Padrão</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_space</t>
+          <t>.preferences.install_location.is_default_short</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Make default</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>Padrão</t>
+          <t>Tornar padrão</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default_short</t>
+          <t>.preferences.install_location.make_default_short</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Make default</t>
+          <t>New items will install to this location by default.</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>Tornar padrão</t>
+          <t>Novos itens serão instalados neste local por padrão.</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default_short</t>
+          <t>.preferences.install_location.is_default</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t>New items will install to this location by default.</t>
+          <t># of items</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>Novos itens serão instalados neste local por padrão.</t>
+          <t># de itens</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default</t>
+          <t>.preferences.install_location.item_count</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t># of items</t>
+          <t>Set this as the default install location</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t># de itens</t>
+          <t>Definir este como o local de instalação padrão</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>.preferences.install_location.item_count</t>
+          <t>.preferences.install_location.make_default</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Set this as the default install location</t>
+          <t>Location</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>Definir este como o local de instalação padrão</t>
+          <t>Local</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default</t>
+          <t>.preferences.install_location.path</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Location</t>
+          <t>Used space</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>Local</t>
+          <t>Espaço utilizado</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>.preferences.install_location.path</t>
+          <t>.preferences.install_location.used_space</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Used space</t>
+          <t>Install locations</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>Espaço utilizado</t>
+          <t>Locais de instalação</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>.preferences.install_location.used_space</t>
+          <t>.preferences.install_locations</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Install locations</t>
+          <t>Behavior</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>Locais de instalação</t>
+          <t>Comportamento</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>.preferences.install_locations</t>
+          <t>.preferences.behavior</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Behavior</t>
+          <t>Keep app in tray when closing window</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>Comportamento</t>
+          <t>Manter ícone na barra de tarefas ao fechar a janela</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>.preferences.behavior</t>
-[...2 lines deleted...]
-      <c r="G195" t="inlineStr"/>
+          <t>.preferences.behavior.close_to_tray</t>
+        </is>
+      </c>
+      <c r="G195" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Manter app na barra de tarefas ao fechar a janela</t>
+        </is>
+      </c>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Keep app in tray when closing window</t>
+          <t>Run itch when my computer starts</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>Manter ícone na barra de tarefas ao fechar a janela</t>
+          <t>Abrir o itch quando meu computador iniciar</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>.preferences.behavior.close_to_tray</t>
+          <t>.preferences.behavior.open_at_login</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Manter app na barra de tarefas ao fechar a janela</t>
+          <t>Suggested in Weblate: Abrir o aplicativo itch quando meu computador iniciar</t>
         </is>
       </c>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Run itch when my computer starts</t>
+          <t>Open itch as hidden on startup</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>Abrir o itch quando meu computador iniciar</t>
+          <t>Abrir o itch como oculto ao iniciar</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login</t>
+          <t>.preferences.behavior.open_as_hidden</t>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Abrir o aplicativo itch quando meu computador iniciar</t>
+          <t>Suggested in Weblate: Abrir o aplicativo itch em segundo plano ao iniciar o SO
+Suggested in Weblate: Abrir o aplicativo itch como oculto ao iniciar</t>
         </is>
       </c>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr"/>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Open itch as hidden on startup</t>
+          <t>Auto-start settings could not be applied: {{cause}}</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>Abrir o itch como oculto ao iniciar</t>
+          <t>Não foi possível aplicar as configurações de inicialização automática: {{cause}}</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_as_hidden</t>
-[...7 lines deleted...]
-      </c>
+          <t>.preferences.behavior.open_at_login.error</t>
+        </is>
+      </c>
+      <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr"/>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Auto-start settings could not be applied: {{cause}}</t>
+          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>Não foi possível aplicar as configurações de inicialização automática: {{cause}}</t>
+          <t>Nenhum arquivo .desktop encontrado. Isto é normal se você não tiver instalado a partir de um pacote de sistema. Leia {{linux_install_page}} para mais informações.</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.error</t>
-[...2 lines deleted...]
-      <c r="G199" t="inlineStr"/>
+          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
+        </is>
+      </c>
+      <c r="G199" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: Nenhum arquivo encontrado no desktop. Isso é normal se você não instalou de um pacote de sistema. Veja {{linux_install_page}} para mais informações.
+</t>
+        </is>
+      </c>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr"/>
       <c r="B200" t="inlineStr">
         <is>
-          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
+          <t>Ask before updating anything</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>Nenhum arquivo .desktop encontrado. Isto é normal se você não tiver instalado a partir de um pacote de sistema. Leia {{linux_install_page}} para mais informações.</t>
+          <t>Perguntar antes de atualizar qualquer coisa</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
-[...7 lines deleted...]
-      </c>
+          <t>.preferences.behavior.manual_game_updates</t>
+        </is>
+      </c>
+      <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr"/>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Ask before updating anything</t>
+          <t>Prevent display sleep while playing</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>Perguntar antes de atualizar qualquer coisa</t>
+          <t>Impedir descanso de tela enquanto estiver jogando</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>.preferences.behavior.manual_game_updates</t>
-[...2 lines deleted...]
-      <c r="G201" t="inlineStr"/>
+          <t>.preferences.behavior.prevent_display_sleep</t>
+        </is>
+      </c>
+      <c r="G201" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Impedir modo de descanso do monitor enquanto estiver jogando
+Suggested in Weblate: Prevenir que a tela entre em modo de repouso enquanto joga
+Suggested in Weblate: Prevenir a hibernação do monitor enquanto joga</t>
+        </is>
+      </c>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr"/>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Prevent display sleep while playing</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>Impedir descanso de tela enquanto estiver jogando</t>
+          <t>Notificações</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>.preferences.behavior.prevent_display_sleep</t>
-[...8 lines deleted...]
-      </c>
+          <t>.preferences.notifications</t>
+        </is>
+      </c>
+      <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr"/>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Notify me when a download has been installed or updated</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>Notificações</t>
+          <t>Notifique-me quando um download for instalado ou atualizado</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>.preferences.notifications</t>
+          <t>.preferences.notifications.ready_notification</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr"/>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Notify me when a download has been installed or updated</t>
+          <t>Language</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>Notifique-me quando um download for instalado ou atualizado</t>
+          <t>Idioma</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>.preferences.notifications.ready_notification</t>
+          <t>.preferences.language</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr"/>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Language</t>
+          <t>System language ({{language}})</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>Idioma</t>
+          <t>Idioma do sistema ({{language}})</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>.preferences.language</t>
+          <t>.preferences.language.auto</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr"/>
       <c r="B206" t="inlineStr">
         <is>
-          <t>System language ({{language}})</t>
+          <t>Help translate {{name}} in your language!</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>Idioma do sistema ({{language}})</t>
+          <t>Ajude a traduzir {{name}} para o seu idioma!</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>.preferences.language.auto</t>
+          <t>.preferences.language.get_involved</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr"/>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Help translate {{name}} in your language!</t>
+          <t>Advanced</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>Ajude a traduzir {{name}} para o seu idioma!</t>
+          <t>Avançado</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>.preferences.language.get_involved</t>
+          <t>.preferences.advanced</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr"/>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Advanced</t>
+          <t>Open app log</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>Avançado</t>
+          <t>Abrir registro do aplicativo</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>.preferences.advanced</t>
-[...2 lines deleted...]
-      <c r="G208" t="inlineStr"/>
+          <t>.preferences.advanced.open_app_log</t>
+        </is>
+      </c>
+      <c r="G208" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Abrir log do app
+Suggested in Weblate: Abrir o Registro do Aplicativo
+Suggested in Weblate: Abrir log do aplicativo</t>
+        </is>
+      </c>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr"/>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Open app log</t>
+          <t>Clear browsing data</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>Abrir registro do aplicativo</t>
+          <t>Limpar dados de navegação</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>.preferences.advanced.open_app_log</t>
-[...8 lines deleted...]
-      </c>
+          <t>.preferences.advanced.clear_browsing_data</t>
+        </is>
+      </c>
+      <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr"/>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Clear browsing data</t>
+          <t>HTTPS Proxy</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>Limpar dados de navegação</t>
+          <t>Proxy HTTPS</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>.preferences.advanced.clear_browsing_data</t>
+          <t>.preferences.proxy_server_address</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr"/>
       <c r="B211" t="inlineStr">
         <is>
-          <t>HTTPS Proxy</t>
+          <t>Direct (no proxy)</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>Proxy HTTPS</t>
+          <t>Direto (sem proxy)</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_address</t>
+          <t>.preferences.proxy_server_source.direct</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr"/>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Direct (no proxy)</t>
+          <t>Multiple downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>Direto (sem proxy)</t>
+          <t>Há múltiplos downloads disponíveis para {{title}}</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_source.direct</t>
+          <t>.pick_install_upload.title</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr"/>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Multiple downloads are available for {{title}}</t>
+          <t>Which file do you want to download for {{title}}?</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>Há múltiplos downloads disponíveis para {{title}}</t>
+          <t>Qual arquivo deseja baixar para {{title}}?</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>.pick_install_upload.title</t>
+          <t>.pick_install_upload.message</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr"/>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Which file do you want to download for {{title}}?</t>
+          <t>We'll ask you again when new downloads are available.</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>Qual arquivo deseja baixar para {{title}}?</t>
+          <t>Perguntaremos novamente quando novos downloads estiverem disponíveis.</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>.pick_install_upload.message</t>
-[...2 lines deleted...]
-      <c r="G214" t="inlineStr"/>
+          <t>.pick_install_upload.detail</t>
+        </is>
+      </c>
+      <c r="G214" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Perguntaremos de novo quando novos downloads estiverem disponíveis
+Suggested in Weblate: Nós vamos lhe perguntar novamente quando novos downloads estiverem disponíveis.</t>
+        </is>
+      </c>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr"/>
       <c r="B215" t="inlineStr">
         <is>
-          <t>We'll ask you again when new downloads are available.</t>
+          <t>New downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>Perguntaremos novamente quando novos downloads estiverem disponíveis.</t>
+          <t>Novos downloads estão disponíveis para {{title}}</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>.pick_install_upload.detail</t>
-[...7 lines deleted...]
-      </c>
+          <t>.pick_update_upload.title</t>
+        </is>
+      </c>
+      <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr"/>
       <c r="B216" t="inlineStr">
         <is>
-          <t>New downloads are available for {{title}}</t>
+          <t>Which file do you want to update to for {{title}}?</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>Novos downloads estão disponíveis para {{title}}</t>
+          <t>Qual arquivo deseja atualizar para {{title}}?</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>.pick_update_upload.title</t>
-[...2 lines deleted...]
-      <c r="G216" t="inlineStr"/>
+          <t>.pick_update_upload.message</t>
+        </is>
+      </c>
+      <c r="G216" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Qual arquivo você deseja atualizar para {{title}}?
+Suggested in Weblate: Para qual arquivo você quer atualizar para {{title}}?</t>
+        </is>
+      </c>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr"/>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Which file do you want to update to for {{title}}?</t>
+          <t>We only ask because you hand-picked a file at install time.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>Qual arquivo deseja atualizar para {{title}}?</t>
+          <t>Estamos apenas perguntando porque você escolheu um arquivo específico durante a instalação.</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>.pick_update_upload.message</t>
-[...7 lines deleted...]
-      </c>
+          <t>.pick_update_upload.detail</t>
+        </is>
+      </c>
+      <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr"/>
       <c r="B218" t="inlineStr">
         <is>
-          <t>We only ask because you hand-picked a file at install time.</t>
+          <t>A new version of {{title}} is available</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>Estamos apenas perguntando porque você escolheu um arquivo específico durante a instalação.</t>
+          <t>Uma nova versão de {{title}} está disponível</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>.pick_update_upload.detail</t>
+          <t>.pick_update_upload.single.title</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr"/>
       <c r="B219" t="inlineStr">
         <is>
-          <t>A new version of {{title}} is available</t>
+          <t>You can choose to update now or later.</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>Uma nova versão de {{title}} está disponível</t>
+          <t>Você pode escolher atualizar agora ou mais tarde.</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.title</t>
+          <t>.pick_update_upload.single.message</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr"/>
       <c r="B220" t="inlineStr">
         <is>
-          <t>You can choose to update now or later.</t>
+          <t>Note: you can enable automatic updates in the Preferences tab</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>Você pode escolher atualizar agora ou mais tarde.</t>
+          <t>Nota: você pode habilitar atualizações automáticas na aba Preferências</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.message</t>
+          <t>.pick_update_upload.single.detail</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr"/>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Note: you can enable automatic updates in the Preferences tab</t>
+          <t>Update now</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>Nota: você pode habilitar atualizações automáticas na aba Preferências</t>
+          <t>Atualizar agora</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.detail</t>
+          <t>.pick_update_upload.buttons.update</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr"/>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Update now</t>
+          <t>Just launch</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>Atualizar agora</t>
+          <t>Apenas iniciar</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.update</t>
-[...2 lines deleted...]
-      <c r="G222" t="inlineStr"/>
+          <t>.pick_update_upload.buttons.just_launch</t>
+        </is>
+      </c>
+      <c r="G222" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Apenas lançar</t>
+        </is>
+      </c>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr"/>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Just launch</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>Apenas iniciar</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.just_launch</t>
+          <t>.pick_update_upload.tags.demo</t>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Apenas lançar</t>
+          <t>Suggested in Weblate: demonstração</t>
         </is>
       </c>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr"/>
       <c r="B224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Cancelar</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>.pick_update_upload.tags.demo</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.action.cancel</t>
+        </is>
+      </c>
+      <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr"/>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>Cancelar</t>
+          <t>Fechar</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>.prompt.action.cancel</t>
+          <t>.prompt.action.close</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr"/>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Proceed with removal</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>Fechar</t>
+          <t>Continuar a remoção</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>.prompt.action.close</t>
+          <t>.prompt.action.confirm_removal</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr"/>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Proceed with removal</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>Continuar a remoção</t>
+          <t>Instalar</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>.prompt.action.confirm_removal</t>
+          <t>.prompt.action.install</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr"/>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>Ok</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>Instalar</t>
+          <t>Ok</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>.prompt.action.install</t>
+          <t>.prompt.action.ok</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr"/>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Ok</t>
+          <t>Force close</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>Ok</t>
+          <t>Forçar encerramento</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>.prompt.action.ok</t>
-[...2 lines deleted...]
-      <c r="G229" t="inlineStr"/>
+          <t>.prompt.action.force_close</t>
+        </is>
+      </c>
+      <c r="G229" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Forçar a encerrar
+Suggested in Weblate: Fechamento forçado
+Suggested in Weblate: Fechar forçadamente</t>
+        </is>
+      </c>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr"/>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Force close</t>
+          <t>...but you could still buy a copy for a friend!
+Do you want to make another purchase?</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>Forçar encerramento</t>
+          <t>...mas você ainda pode comprar uma cópia para um amigo!
+Gostaria de fazer outra compra?</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>.prompt.action.force_close</t>
-[...8 lines deleted...]
-      </c>
+          <t>.prompt.additional_purchase.detail</t>
+        </is>
+      </c>
+      <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr"/>
       <c r="B231" t="inlineStr">
         <is>
-          <t>...but you could still buy a copy for a friend!
-Do you want to make another purchase?</t>
+          <t>You already own a copy of {{title}}.</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>...mas você ainda pode comprar uma cópia para um amigo!
-Gostaria de fazer outra compra?</t>
+          <t>Você já possui uma cópia de {{title}}.</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.detail</t>
+          <t>.prompt.additional_purchase.message</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr"/>
       <c r="B232" t="inlineStr">
         <is>
-          <t>You already own a copy of {{title}}.</t>
+          <t>Purchase again</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>Você já possui uma cópia de {{title}}.</t>
+          <t>Comprar novamente</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.message</t>
+          <t>.prompt.additional_purchase.purchase_again</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr"/>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Purchase again</t>
+          <t>You already own this!</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>Comprar novamente</t>
+          <t>Você já possui isso!</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.purchase_again</t>
+          <t>.prompt.additional_purchase.title</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr"/>
       <c r="B234" t="inlineStr">
         <is>
-          <t>You already own this!</t>
+          <t>Clear data</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>Você já possui isso!</t>
+          <t>Limpar dados</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.title</t>
+          <t>.prompt.clear_browsing_data.clear</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr"/>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Clear data</t>
+          <t>Cached images and files</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>Limpar dados</t>
+          <t>Imagens e arquivos em cache</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.clear</t>
-[...2 lines deleted...]
-      <c r="G235" t="inlineStr"/>
+          <t>.prompt.clear_browsing_data.category.cache</t>
+        </is>
+      </c>
+      <c r="G235" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Imagens e arquivos armazenados</t>
+        </is>
+      </c>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr"/>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Cached images and files</t>
+          <t>Retrieving cache size...</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>Imagens e arquivos em cache</t>
+          <t>Recuperando o tamanho do cache...</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cache</t>
+          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
         </is>
       </c>
       <c r="G236" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Imagens e arquivos armazenados</t>
+          <t>Suggested in Weblate: Recuperar tamanho da cache...</t>
         </is>
       </c>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr"/>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Retrieving cache size...</t>
+          <t>Cache is currently using {{size}} on disk</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>Recuperando o tamanho do cache...</t>
+          <t>O cache está utilizando {{size}} do espaço em disco no momento</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
+          <t>.prompt.clear_browsing_data.cache_size_used</t>
         </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Recuperar tamanho da cache...</t>
+          <t>Suggested in Weblate: Cache está atualmente usando {{size}} em disco</t>
         </is>
       </c>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr"/>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Cache is currently using {{size}} on disk</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>O cache está utilizando {{size}} do espaço em disco no momento</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cache_size_used</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.clear_browsing_data.category.cookies</t>
+        </is>
+      </c>
+      <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr"/>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>This will log you out from all websites you've logged into from the itch app.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>Isso irá deslogar você de todos os sites que logou pelo aplicativo do itch.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cookies</t>
-[...2 lines deleted...]
-      <c r="G239" t="inlineStr"/>
+          <t>.prompt.clear_browsing_data.cookies_info</t>
+        </is>
+      </c>
+      <c r="G239" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Isto vai deslogar você de todos os web sites que você se logou no aplicativo itch</t>
+        </is>
+      </c>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr"/>
       <c r="B240" t="inlineStr">
         <is>
-          <t>This will log you out from all websites you've logged into from the itch app.</t>
+          <t>Browsing data cleared!</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>Isso irá deslogar você de todos os sites que logou pelo aplicativo do itch.</t>
+          <t>Dados de navegação apagados!</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cookies_info</t>
+          <t>.prompt.clear_browsing_data.notification</t>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Isto vai deslogar você de todos os web sites que você se logou no aplicativo itch</t>
+          <t>Suggested in Weblate: Dados de navegação limpados!</t>
         </is>
       </c>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr"/>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Browsing data cleared!</t>
+          <t>A crash log has been written to {{location}}.</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>Dados de navegação apagados!</t>
+          <t>Um log de erro foi salvo em {{location}}.</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.notification</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.crash_reporter.detail</t>
+        </is>
+      </c>
+      <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr"/>
       <c r="B242" t="inlineStr">
         <is>
-          <t>A crash log has been written to {{location}}.</t>
+          <t>The application has crashed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>Um log de erro foi salvo em {{location}}.</t>
+          <t>A aplicação apresentou um erro</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.detail</t>
+          <t>.prompt.crash_reporter.message</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr"/>
       <c r="B243" t="inlineStr">
         <is>
-          <t>The application has crashed</t>
+          <t>Open crash log</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>A aplicação apresentou um erro</t>
+          <t>Abrir log de erro</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.message</t>
+          <t>.prompt.crash_reporter.open_crash_log</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr"/>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Open crash log</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>Abrir log de erro</t>
+          <t>Reportar problema</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.open_crash_log</t>
+          <t>.prompt.crash_reporter.report_issue</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr"/>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>Reportar problema</t>
+          <t>itch só pode instalar versões portáteis de aplicações Linux.</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.report_issue</t>
+          <t>.prompt.deb_policy.detail</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr"/>
       <c r="B246" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>itch só pode instalar versões portáteis de aplicações Linux.</t>
+          <t>{{title}} usa o formato .deb de pacotes e não pode ser instalado pelo itch até que seja reempacotado.</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.detail</t>
+          <t>.prompt.deb_policy.message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr"/>
       <c r="B247" t="inlineStr">
         <is>
-          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>APT packages are not supported</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>{{title}} usa o formato .deb de pacotes e não pode ser instalado pelo itch até que seja reempacotado.</t>
+          <t>Pacotes APT não suportados</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.message</t>
+          <t>.prompt.deb_policy.title</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr"/>
       <c r="B248" t="inlineStr">
         <is>
-          <t>APT packages are not supported</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>Pacotes APT não suportados</t>
+          <t>Esquecer sessão</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.title</t>
+          <t>.prompt.forget_session.action</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr"/>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>You can always add it back later.</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>Esquecer sessão</t>
+          <t>Você sempre pode adicionar de novo depois.</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.action</t>
+          <t>.prompt.forget_session.detail</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr"/>
       <c r="B250" t="inlineStr">
         <is>
-          <t>You can always add it back later.</t>
+          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>Você sempre pode adicionar de novo depois.</t>
+          <t>Tem certeza de que quer remover '{{username}}' das suas sessões salvas?</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.detail</t>
+          <t>.prompt.forget_session.message</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr"/>
       <c r="B251" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>Tem certeza de que quer remover '{{username}}' das suas sessões salvas?</t>
+          <t>Esquecer sessão</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.message</t>
+          <t>.prompt.forget_session.title</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr"/>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>Pick a new install location</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>Esquecer sessão</t>
+          <t>Escolha um novo local de instalação</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.title</t>
+          <t>.prompt.install_location_add.title</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr"/>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Pick a new install location</t>
+          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>Escolha um novo local de instalação</t>
+          <t>Quaisquer itens instalados em {{location}} não serão mais gerenciados pelo aplicativo.</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>.prompt.install_location_add.title</t>
-[...2 lines deleted...]
-      <c r="G253" t="inlineStr"/>
+          <t>.prompt.install_location_remove.detail</t>
+        </is>
+      </c>
+      <c r="G253" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Todos os itens instalados em {{location}} não serão mais usados pelo aplicativo.</t>
+        </is>
+      </c>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr"/>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
+          <t>Are you sure you want to remove this location?</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>Quaisquer itens instalados em {{location}} não serão mais gerenciados pelo aplicativo.</t>
+          <t>Você realmente deseja remover este local?</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.install_location_remove.message</t>
+        </is>
+      </c>
+      <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr"/>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove this location?</t>
+          <t>Removing an install location</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>Você realmente deseja remover este local?</t>
+          <t>Removendo um local de instalação</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.message</t>
+          <t>.prompt.install_location_remove.title</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr"/>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Removing an install location</t>
+          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>Removendo um local de instalação</t>
+          <t>Este é o único local de instalação, e ele não poderá ser removido até que outro seja adicionado.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.title</t>
+          <t>.prompt.last_remaining_install_location.content</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr"/>
       <c r="B257" t="inlineStr">
         <is>
-          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
+          <t>Cannot remove install location</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>Este é o único local de instalação, e ele não poderá ser removido até que outro seja adicionado.</t>
+          <t>Não é possível remover o local de instalação</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.content</t>
+          <t>.prompt.last_remaining_install_location.title</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr"/>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Cannot remove install location</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>Não é possível remover o local de instalação</t>
+          <t>Fazer logout</t>
         </is>
       </c>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.title</t>
+          <t>.prompt.logout_action</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr"/>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Fazer logout</t>
+          <t>Tem certeza de que deseja fazer logout?</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>.prompt.logout_action</t>
+          <t>.prompt.logout_confirm</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr"/>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>In-progress downloads will be paused until you log in again.</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Tem certeza de que deseja fazer logout?</t>
+          <t>Downloads em progresso serão pausados até que você faça login novamente.</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>.prompt.logout_confirm</t>
+          <t>.prompt.logout_detail</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr"/>
       <c r="B261" t="inlineStr">
         <is>
-          <t>In-progress downloads will be paused until you log in again.</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Downloads em progresso serão pausados até que você faça login novamente.</t>
+          <t>Fazer logout</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>.prompt.logout_detail</t>
+          <t>.prompt.logout_title</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr"/>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>Fazer logout</t>
+          <t>Talvez esta {{classification}} não seja compatível com a plataforma ainda?</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>.prompt.logout_title</t>
-[...24 lines deleted...]
-        <is>
           <t>.prompt.no_compatible_version.detail</t>
         </is>
       </c>
-      <c r="G263" t="inlineStr">
+      <c r="G262" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Talvez essa {{classification}} ainda não seja compatível com a plataforma?
 Suggested in Weblate: Talvez esta {{classification}} ainda não seja compatível com a plataforma?
 Suggested in Weblate: Talvez esta {{classificação}} ainda não seja compatível com ela?
 Suggested in Weblate: Talvez esta {{classification}} não seja compatível com a plataforma ainda. :/
 Suggested in Weblate: Talvez esta {{classificação}} não seja compatível com a plataforma ainda?
 Suggested in Weblate: Talvez este {{classification}} não seja compatível com a plataforma ainda?</t>
         </is>
       </c>
+      <c r="H262" t="inlineStr"/>
+    </row>
+    <row r="263">
+      <c r="A263" t="inlineStr"/>
+      <c r="B263" t="inlineStr">
+        <is>
+          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
+        </is>
+      </c>
+      <c r="C263" t="inlineStr">
+        <is>
+          <t>Não foi possível encontrar uma versão de {{title}} para {{platform}}.</t>
+        </is>
+      </c>
+      <c r="D263" t="inlineStr"/>
+      <c r="E263" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F263" t="inlineStr">
+        <is>
+          <t>.prompt.no_compatible_version.message</t>
+        </is>
+      </c>
+      <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr"/>
       <c r="B264" t="inlineStr">
         <is>
-          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
+          <t>{{title}} on {{platform}}</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Não foi possível encontrar uma versão de {{title}} para {{platform}}.</t>
+          <t>{{title}} para {{platform}}</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.message</t>
+          <t>.prompt.no_compatible_version.title</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr"/>
       <c r="B265" t="inlineStr">
         <is>
-          <t>{{title}} on {{platform}}</t>
+          <t>An error occurred during installation</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>{{title}} para {{platform}}</t>
+          <t>Ocorreu um erro durante a instalação</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.title</t>
-[...2 lines deleted...]
-      <c r="G265" t="inlineStr"/>
+          <t>.prompt.install_error.title</t>
+        </is>
+      </c>
+      <c r="G265" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Um erro ocorreu durante a instalação</t>
+        </is>
+      </c>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr"/>
       <c r="B266" t="inlineStr">
         <is>
-          <t>An error occurred during installation</t>
+          <t>While searching for a download: {{message}}</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Ocorreu um erro durante a instalação</t>
+          <t>Enquanto busca por um download: {{message}}</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>.prompt.install_error.title</t>
+          <t>.prompt.install_error.find_upload</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Um erro ocorreu durante a instalação</t>
+          <t>Suggested in Weblate: Durante busca por um download: {{message}}
+Suggested in Weblate: Enquanto procurava por um download: {{message}}</t>
         </is>
       </c>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr"/>
       <c r="B267" t="inlineStr">
         <is>
-          <t>While searching for a download: {{message}}</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Enquanto busca por um download: {{message}}</t>
+          <t>Saiba mais</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>.prompt.install_error.find_upload</t>
-[...7 lines deleted...]
-      </c>
+          <t>.prompt.packaging_policy.learn_more</t>
+        </is>
+      </c>
+      <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr"/>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>Open web page for {{title}}</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Saiba mais</t>
+          <t>Abrir página de {{title}}</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.learn_more</t>
+          <t>.prompt.packaging_policy.open_web_page</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr"/>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Open web page for {{title}}</t>
+          <t>Maybe you can find another way to support them?</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Abrir página de {{title}}</t>
+          <t>Talvez você possa encontrar uma outra maneira de apoiá-los?</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.open_web_page</t>
+          <t>.prompt.payments_disabled.detail</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr"/>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Maybe you can find another way to support them?</t>
+          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Talvez você possa encontrar uma outra maneira de apoiá-los?</t>
+          <t>Infelizmente o desenvolvedor de {{title}} não aceita pagamentos para este titulo.</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.detail</t>
+          <t>.prompt.payments_disabled.message</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr"/>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
+          <t>Open web page</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Infelizmente o desenvolvedor de {{title}} não aceita pagamentos para este titulo.</t>
+          <t>Abrir página web</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.message</t>
+          <t>.prompt.payments_disabled.open_web_page</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr"/>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Open web page</t>
+          <t>Payments disabled</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Abrir página web</t>
+          <t>Pagamentos desabilitados</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.open_web_page</t>
+          <t>.prompt.payments_disabled.title</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr"/>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Payments disabled</t>
+          <t>Switch {{title}} to another version</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Pagamentos desabilitados</t>
+          <t>Mudar {{title}} para outra versão</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.title</t>
-[...2 lines deleted...]
-      <c r="G273" t="inlineStr"/>
+          <t>.prompt.revert.title</t>
+        </is>
+      </c>
+      <c r="G273" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Alterne {{title}} para outra versão</t>
+        </is>
+      </c>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr"/>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Switch {{title}} to another version</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Mudar {{title}} para outra versão</t>
+          <t>itch só pode instalar versões portáteis de aplicativos Linux.</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>.prompt.revert.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.rpm_policy.detail</t>
+        </is>
+      </c>
+      <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr"/>
       <c r="B275" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>itch só pode instalar versões portáteis de aplicativos Linux.</t>
+          <t>{{title}} usa o formato .rpm de pacotes e não pode ser instalado até que seja reempacotado.</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.detail</t>
+          <t>.prompt.rpm_policy.message</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr"/>
       <c r="B276" t="inlineStr">
         <is>
-          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>YUM packages are not supported</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>{{title}} usa o formato .rpm de pacotes e não pode ser instalado até que seja reempacotado.</t>
+          <t>Pacotes YUM não são suportados</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.message</t>
+          <t>.prompt.rpm_policy.title</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr"/>
       <c r="B277" t="inlineStr">
         <is>
-          <t>YUM packages are not supported</t>
+          <t>Dismiss</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>Pacotes YUM não são suportados</t>
+          <t>Ignorar</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.title</t>
+          <t>.prompt.self_update.action.dismiss</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr"/>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Dismiss</t>
+          <t>Download now</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Ignorar</t>
+          <t>Baixar agora</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.dismiss</t>
+          <t>.prompt.self_update.action.download</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr"/>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Download now</t>
+          <t>Open in browser</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Baixar agora</t>
+          <t>Abrir no navegador</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.download</t>
+          <t>.prompt.self_update.action.view</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr"/>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Open in browser</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Abrir no navegador</t>
+          <t>{{notes}}
+:date: Publicado em {{pubDate}}.</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.view</t>
+          <t>.prompt.self_update.detail</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr"/>
       <c r="B281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Publicado em {{pubDate}}.</t>
+          <t>Você pode ou baixar manualmente ou usar o gerenciador de pacotes da sua distro para atualizar: visite o website para mais instruções.</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>.prompt.self_update.detail</t>
+          <t>.prompt.self_update.message.linux</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr"/>
       <c r="B282" t="inlineStr">
         <is>
-          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
+          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Você pode ou baixar manualmente ou usar o gerenciador de pacotes da sua distro para atualizar: visite o website para mais instruções.</t>
+          <t>Escolha 'Baixar agora' para instalar automaticamente, ou vá para o website para mais instruções.</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.linux</t>
+          <t>.prompt.self_update.message.osx</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr"/>
       <c r="B283" t="inlineStr">
         <is>
           <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>Escolha 'Baixar agora' para instalar automaticamente, ou vá para o website para mais instruções.</t>
+          <t>Escolha 'Baixar agora' para instalar automaticamente, ou vá para a página para mais instruções.</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.osx</t>
+          <t>.prompt.self_update.message.windows</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr"/>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
+          <t>itch v{{version}} is available for download</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Escolha 'Baixar agora' para instalar automaticamente, ou vá para a página para mais instruções.</t>
+          <t>itch v{{version}} está disponível para download</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.windows</t>
+          <t>.prompt.self_update.title</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr"/>
       <c r="B285" t="inlineStr">
         <is>
-          <t>itch v{{version}} is available for download</t>
+          <t>Restart now</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>itch v{{version}} está disponível para download</t>
+          <t>Reiniciar agora</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>.prompt.self_update.title</t>
+          <t>.prompt.self_update_ready.action.restart</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr"/>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Restart now</t>
+          <t>Snooze</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Reiniciar agora</t>
+          <t>Suspender</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.restart</t>
+          <t>.prompt.self_update_ready.action.snooze</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr"/>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Snooze</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Suspender</t>
+          <t>{{notes}}
+:date: Publicado em {{pubDate}}.</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.snooze</t>
+          <t>.prompt.self_update_ready.detail</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr"/>
       <c r="B288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>Choose '{{restart}}' to apply the update immediately.
+If you don't, the update will be active the next time the app is restarted.</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Publicado em {{pubDate}}.</t>
+          <t>Escolha '{{restart}}' para aplicar a atualização imediatamente.
+Caso contrário, a atualização estará ativa na próxima vez em que o aplicativo for reiniciado.</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.detail</t>
+          <t>.prompt.self_update_ready.message</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr"/>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Choose '{{restart}}' to apply the update immediately.
-If you don't, the update will be active the next time the app is restarted.</t>
+          <t>An update has been downloaded and installed</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Escolha '{{restart}}' para aplicar a atualização imediatamente.
-Caso contrário, a atualização estará ativa na próxima vez em que o aplicativo for reiniciado.</t>
+          <t>Uma atualização foi baixada e instalada</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.message</t>
+          <t>.prompt.self_update_ready.title</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr"/>
       <c r="B290" t="inlineStr">
         <is>
-          <t>An update has been downloaded and installed</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>Uma atualização foi baixada e instalada</t>
+          <t>Cancelar</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.title</t>
-[...2 lines deleted...]
-      <c r="G290" t="inlineStr"/>
+          <t>.prompt.uninstall.cancel</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: NAUM!</t>
+        </is>
+      </c>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr"/>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Are you sure you want to uninstall {{title}}?</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Cancelar</t>
+          <t>Você tem certeza que deseja desinstalar {{title}}?</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.cancel</t>
+          <t>.prompt.uninstall.message</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: NAUM!</t>
+          <t>Suggested in Weblate: Tem certeza que deseja desinstalar {{title}}?</t>
         </is>
       </c>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Are you sure you want to uninstall {{title}}?</t>
+          <t>Re-install</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Você tem certeza que deseja desinstalar {{title}}?</t>
+          <t>Reinstalar</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.message</t>
+          <t>.prompt.uninstall.reinstall</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tem certeza que deseja desinstalar {{title}}?</t>
+          <t>Suggested in Weblate: Reinstalar.</t>
         </is>
       </c>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Re-install</t>
+          <t>Uninstall now</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Reinstalar</t>
+          <t>Desinstalar agora</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.reinstall</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.uninstall.uninstall</t>
+        </is>
+      </c>
+      <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr"/>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Uninstall now</t>
+          <t>A {{classification}} by {{username}}</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Desinstalar agora</t>
+          <t>Uma {{classification}} por {{username}}</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.uninstall</t>
+          <t>.prompt.url_install.credit</t>
         </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Desinstalar agora.</t>
+          <t>Suggested in Weblate: Uma {{classificação}} por {{username}}
+Suggested in Weblate: Uma {{classification}} de {{username}}</t>
         </is>
       </c>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr"/>
       <c r="B295" t="inlineStr">
         <is>
-          <t>A {{classification}} by {{username}}</t>
+          <t>Do you want to install {{title}}?</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>Uma {{classification}} por {{username}}</t>
+          <t>Você deseja instalar {{title}}?</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>.prompt.url_install.credit</t>
-[...7 lines deleted...]
-      </c>
+          <t>.prompt.url_install.message</t>
+        </is>
+      </c>
+      <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr"/>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Do you want to install {{title}}?</t>
+          <t>Install request</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>Você deseja instalar {{title}}?</t>
+          <t>Requisição de instalação</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>.prompt.url_install.message</t>
-[...2 lines deleted...]
-      <c r="G296" t="inlineStr"/>
+          <t>.prompt.url_install.title</t>
+        </is>
+      </c>
+      <c r="G296" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Requisitar instalação</t>
+        </is>
+      </c>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr"/>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Install request</t>
+          <t>Search results for '{{query}}'</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Requisição de instalação</t>
+          <t>Resultados de busca para '{{query}}'</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>.prompt.url_install.title</t>
+          <t>.search.results.title</t>
         </is>
       </c>
       <c r="G297" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Requisitar instalação</t>
+          <t>Suggested in Weblate: Resultados da busca por '{{query}}'</t>
         </is>
       </c>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr"/>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search results for '{{query}}'</t>
+          <t>Local</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Resultados de busca para '{{query}}'</t>
+          <t>Local</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>.search.results.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.search.results.local</t>
+        </is>
+      </c>
+      <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr"/>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Local</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>Local</t>
+          <t>Jogos</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>.search.results.local</t>
+          <t>.search.results.games</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr"/>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Creators</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>Jogos</t>
+          <t>Criadores</t>
         </is>
       </c>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>.search.results.games</t>
+          <t>.search.results.creators</t>
         </is>
       </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr"/>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Creators</t>
+          <t>No results found</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Criadores</t>
+          <t>Nenhum resultado encontrado</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>.search.results.creators</t>
+          <t>.search.empty.no_results</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr"/>
       <c r="B302" t="inlineStr">
         <is>
-          <t>No results found</t>
+          <t>Need inspiration? Try searching for '{{example}}'</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Nenhum resultado encontrado</t>
+          <t>Precisa de inspiração? Tente procurar por '{{example}}'</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>.search.empty.no_results</t>
+          <t>.search.empty.tagline</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr"/>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Need inspiration? Try searching for '{{example}}'</t>
+          <t>Open as tab</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Precisa de inspiração? Tente procurar por '{{example}}'</t>
+          <t>Abrir como aba</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>.search.empty.tagline</t>
+          <t>.search.open_as_tab</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr"/>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Open as tab</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Abrir como aba</t>
+          <t>Procurar</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>.search.open_as_tab</t>
+          <t>.search.placeholder</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr"/>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Aw, snap!</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Procurar</t>
+          <t>Ah, não!</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>.search.placeholder</t>
+          <t>.sidebar.aw_snap</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr"/>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Aw, snap!</t>
+          <t>Loading...</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Ah, não!</t>
+          <t>Carregando...</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>.sidebar.aw_snap</t>
+          <t>.sidebar.loading</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr"/>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Loading...</t>
+          <t>Out of order</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Carregando...</t>
+          <t>Quebrado</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>.sidebar.loading</t>
+          <t>.sidebar.broken</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr"/>
       <c r="B308" t="inlineStr">
         <is>
-          <t>Out of order</t>
+          <t>Close all tabs</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Quebrado</t>
+          <t>Fechar todas as abas</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>.sidebar.broken</t>
+          <t>.sidebar.close_all_tabs</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr"/>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Close all tabs</t>
+          <t>Essentials</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Fechar todas as abas</t>
+          <t>Básico</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>.sidebar.close_all_tabs</t>
-[...2 lines deleted...]
-      <c r="G309" t="inlineStr"/>
+          <t>.sidebar.category.basics</t>
+        </is>
+      </c>
+      <c r="G309" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Básicos</t>
+        </is>
+      </c>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr"/>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Essentials</t>
+          <t>Tabs</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Básico</t>
+          <t>Abas</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>.sidebar.category.basics</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.category.tabs</t>
+        </is>
+      </c>
+      <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr"/>
       <c r="B311" t="inlineStr">
         <is>
-          <t>Tabs</t>
+          <t>Collections</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Abas</t>
+          <t>Coleções</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>.sidebar.category.tabs</t>
-[...2 lines deleted...]
-      <c r="G311" t="inlineStr"/>
+          <t>.sidebar.collection</t>
+        </is>
+      </c>
+      <c r="G311" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Coleção</t>
+        </is>
+      </c>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr"/>
       <c r="B312" t="inlineStr">
         <is>
           <t>Collections</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>Coleções</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>.sidebar.collection</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.collections</t>
+        </is>
+      </c>
+      <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr"/>
       <c r="B313" t="inlineStr">
         <is>
-          <t>Collections</t>
+          <t>My creations</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Coleções</t>
+          <t>Minhas criações</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>.sidebar.collections</t>
+          <t>.sidebar.dashboard</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr"/>
       <c r="B314" t="inlineStr">
         <is>
-          <t>My creations</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Minhas criações</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>.sidebar.dashboard</t>
+          <t>.sidebar.downloads</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr"/>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Let's go!</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Vamos nessa!</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>.sidebar.downloads</t>
+          <t>.sidebar.empty</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr"/>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Let's go!</t>
+          <t>Featured</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Vamos nessa!</t>
+          <t>Em destaque</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>.sidebar.empty</t>
+          <t>.sidebar.featured</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr"/>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Featured</t>
+          <t>Your portal to the indie game universe</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Em destaque</t>
+          <t>Seu portal para o universo dos indie games</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>.sidebar.featured</t>
-[...2 lines deleted...]
-      <c r="G317" t="inlineStr"/>
+          <t>.sidebar.itchio</t>
+        </is>
+      </c>
+      <c r="G317" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Seu portal para o universo dos jogos indies.</t>
+        </is>
+      </c>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr"/>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Your portal to the indie game universe</t>
+          <t>Getting started</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Seu portal para o universo dos indie games</t>
+          <t>Primeiros passos</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>.sidebar.itchio</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.getting_started</t>
+        </is>
+      </c>
+      <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr"/>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Getting started</t>
+          <t>Installed items</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Primeiros passos</t>
+          <t>itens instalados</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>.sidebar.getting_started</t>
-[...2 lines deleted...]
-      <c r="G319" t="inlineStr"/>
+          <t>.sidebar.installed</t>
+        </is>
+      </c>
+      <c r="G319" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Itens Instalados</t>
+        </is>
+      </c>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr"/>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Installed items</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>itens instalados</t>
+          <t>Fazer logout</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>.sidebar.installed</t>
+          <t>.sidebar.log_out</t>
         </is>
       </c>
       <c r="G320" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Itens Instalados</t>
+          <t>Suggested in Weblate: Sair</t>
         </is>
       </c>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr"/>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>New tab</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Fazer logout</t>
+          <t>Nova aba</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>.sidebar.log_out</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.new_tab</t>
+        </is>
+      </c>
+      <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr"/>
       <c r="B322" t="inlineStr">
         <is>
-          <t>New tab</t>
+          <t>Owned items</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Nova aba</t>
+          <t>Itens possuídos</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>.sidebar.new_tab</t>
-[...2 lines deleted...]
-      <c r="G322" t="inlineStr"/>
+          <t>.sidebar.owned</t>
+        </is>
+      </c>
+      <c r="G322" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Itens instalados</t>
+        </is>
+      </c>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr"/>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Owned items</t>
+          <t>Things you have bought or installed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Itens possuídos</t>
+          <t>Coisas que você comprou ou instalou</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>.sidebar.owned</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.owned_subtitle</t>
+        </is>
+      </c>
+      <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr"/>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Things you have bought or installed</t>
+          <t>Preferences</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>Coisas que você comprou ou instalou</t>
+          <t>Preferências</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>.sidebar.owned_subtitle</t>
+          <t>.sidebar.preferences</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr"/>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Preferences</t>
+          <t>View community profile</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>Preferências</t>
+          <t>Ver perfil da comunidade</t>
         </is>
       </c>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>.sidebar.preferences</t>
-[...2 lines deleted...]
-      <c r="G325" t="inlineStr"/>
+          <t>.sidebar.view_community_profile</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ver perfil na comunidade</t>
+        </is>
+      </c>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr"/>
       <c r="B326" t="inlineStr">
         <is>
-          <t>View community profile</t>
+          <t>View creator profile</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>Ver perfil da comunidade</t>
+          <t>Ver perfil do criador</t>
         </is>
       </c>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>.sidebar.view_community_profile</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.view_creator_profile</t>
+        </is>
+      </c>
+      <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr"/>
       <c r="B327" t="inlineStr">
         <is>
-          <t>View creator profile</t>
+          <t>A new version of itch is available!</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Ver perfil do criador</t>
+          <t>Uma nova versão do itch está disponível!</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>.sidebar.view_creator_profile</t>
+          <t>.status.available</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr"/>
       <c r="B328" t="inlineStr">
         <is>
-          <t>A new version of itch is available!</t>
+          <t>Looking for updates…</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Uma nova versão do itch está disponível!</t>
+          <t>Procurando por atualizações…</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>.status.available</t>
+          <t>.status.checking</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr"/>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Looking for updates…</t>
+          <t>Copied to clipboard!</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Procurando por atualizações…</t>
+          <t>Copiado para a área de transferência!</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>.status.checking</t>
+          <t>.status.copied_to_clipboard</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr"/>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Copied to clipboard!</t>
+          <t>Click to restart &amp; apply update!</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Copiado para a área de transferência!</t>
+          <t>Clique para reiniciar e aplicar a atualização!</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>.status.copied_to_clipboard</t>
-[...2 lines deleted...]
-      <c r="G330" t="inlineStr"/>
+          <t>.status.downloaded</t>
+        </is>
+      </c>
+      <c r="G330" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Clique para reiniciar e atualizar!</t>
+        </is>
+      </c>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Click to restart &amp; apply update!</t>
+          <t>Downloading update…</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Clique para reiniciar e aplicar a atualização!</t>
+          <t>Baixando a atualização…</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>.status.downloaded</t>
+          <t>.status.downloading</t>
         </is>
       </c>
       <c r="G331" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Clique para reiniciar e atualizar!</t>
+          <t>Suggested in Weblate: Baixando atualização…</t>
         </is>
       </c>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Downloading update…</t>
+          <t>Active download</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>Baixando a atualização…</t>
+          <t>Download ativo</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>.status.downloading</t>
+          <t>.status.downloads.category.active</t>
         </is>
       </c>
       <c r="G332" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Baixando atualização…</t>
+          <t>Suggested in Weblate: Downloads ativos</t>
         </is>
       </c>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr"/>
       <c r="B333" t="inlineStr">
         <is>
-          <t>Active download</t>
+          <t>Finished downloads</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>Download ativo</t>
+          <t>Downloads completados</t>
         </is>
       </c>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>.status.downloads.category.active</t>
+          <t>.status.downloads.category.finished</t>
         </is>
       </c>
       <c r="G333" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Downloads ativos</t>
+          <t>Suggested in Weblate: Downloads concluídos
+Suggested in Weblate: Downloads completos</t>
         </is>
       </c>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr"/>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Finished downloads</t>
+          <t>Queued downloads</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>Downloads completados</t>
+          <t>Downloads em fila</t>
         </is>
       </c>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>.status.downloads.category.finished</t>
+          <t>.status.downloads.category.queued</t>
         </is>
       </c>
       <c r="G334" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Downloads concluídos
-Suggested in Weblate: Downloads completos</t>
+          <t>Suggested in Weblate: Downloads na fila</t>
         </is>
       </c>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr"/>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Queued downloads</t>
+          <t>Clear all</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Downloads em fila</t>
+          <t>Limpar tudo</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>.status.downloads.category.queued</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.downloads.clear_all_finished</t>
+        </is>
+      </c>
+      <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr"/>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Clear all</t>
+          <t>Clear</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Limpar tudo</t>
+          <t>Limpar</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_all_finished</t>
+          <t>.status.downloads.clear_finished</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr"/>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Clear</t>
+          <t>Click to manage downloads</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Limpar</t>
+          <t>Clique para gerenciar downloads</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_finished</t>
+          <t>.status.downloads.click_to_manage</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr"/>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Click to manage downloads</t>
+          <t>Download error</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Clique para gerenciar downloads</t>
+          <t>Erro no download</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>.status.downloads.click_to_manage</t>
+          <t>.status.downloads.download_error</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr"/>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Download error</t>
+          <t>No active downloads</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Erro no download</t>
+          <t>Nenhum download ativo</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>.status.downloads.download_error</t>
+          <t>.status.downloads.no_active_downloads</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr"/>
       <c r="B340" t="inlineStr">
         <is>
-          <t>No active downloads</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Nenhum download ativo</t>
+          <t>Desconhecido</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads</t>
+          <t>.status.downloads.unknown_size</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr"/>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Could not check for updates: {{err}}</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Desconhecido</t>
+          <t>Não foi possível procurar por atualizações: {{err}}</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>.status.downloads.unknown_size</t>
+          <t>.status.game_update.check_failed</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr"/>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Could not check for updates: {{err}}</t>
+          <t>Found new version of {{title}}!</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Não foi possível procurar por atualizações: {{err}}</t>
+          <t>Encontrada nova versão de {{title}}!</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>.status.game_update.check_failed</t>
-[...2 lines deleted...]
-      <c r="G342" t="inlineStr"/>
+          <t>.status.game_update.found</t>
+        </is>
+      </c>
+      <c r="G342" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Encontrada uma nova versão de {{title}}!</t>
+        </is>
+      </c>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr"/>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Found new version of {{title}}!</t>
+          <t>{{title}} is up-to-date.</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Encontrada nova versão de {{title}}!</t>
+          <t>{{title}} está atualizado.</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>.status.game_update.found</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.game_update.not_found</t>
+        </is>
+      </c>
+      <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr"/>
       <c r="B344" t="inlineStr">
         <is>
-          <t>{{title}} is up-to-date.</t>
+          <t>{{title}} can't be updated because it's running.</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>{{title}} está atualizado.</t>
+          <t>{{title}} não pode ser atualizado por que está em execução.</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>.status.game_update.not_found</t>
-[...2 lines deleted...]
-      <c r="G344" t="inlineStr"/>
+          <t>.status.game_update.busy</t>
+        </is>
+      </c>
+      <c r="G344" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{title}} não pode ser atualizado porque está em execução.</t>
+        </is>
+      </c>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr"/>
       <c r="B345" t="inlineStr">
         <is>
-          <t>{{title}} can't be updated because it's running.</t>
+          <t>{{title}} can't be uninstalled because it's running.</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>{{title}} não pode ser atualizado por que está em execução.</t>
+          <t>{{title}} não pode ser desinstalado por que está em execução.</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>.status.game_update.busy</t>
+          <t>.status.uninstall.busy</t>
         </is>
       </c>
       <c r="G345" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} não pode ser atualizado porque está em execução.</t>
+          <t>Suggested in Weblate: {{title}} não pode ser desinstalado porque está em execução.</t>
         </is>
       </c>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr"/>
       <c r="B346" t="inlineStr">
         <is>
-          <t>{{title}} can't be uninstalled because it's running.</t>
+          <t>{{title}} can't be reinstalled because it's running.</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>{{title}} não pode ser desinstalado por que está em execução.</t>
+          <t>{{title}} não pode ser reinstalado por que está em execução.</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>.status.uninstall.busy</t>
+          <t>.status.reinstall.busy</t>
         </is>
       </c>
       <c r="G346" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} não pode ser desinstalado porque está em execução.</t>
+          <t>Suggested in Weblate: {{title}} não pode ser reinstalado porque está em execução.</t>
         </is>
       </c>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr"/>
       <c r="B347" t="inlineStr">
         <is>
-          <t>{{title}} can't be reinstalled because it's running.</t>
+          <t>Offline mode enabled</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>{{title}} não pode ser reinstalado por que está em execução.</t>
+          <t>Modo offline ativado</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>.status.reinstall.busy</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.offline_mode.active</t>
+        </is>
+      </c>
+      <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr"/>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Offline mode enabled</t>
+          <t>Click to enable offline mode</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Modo offline ativado</t>
+          <t>Clique para habilitar modo offline</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>.status.offline_mode.active</t>
+          <t>.status.offline_mode.inactive</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr"/>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Click to enable offline mode</t>
+          <t>Your itch is up-to-date!</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Clique para habilitar modo offline</t>
+          <t>Seu itch está atualizado!</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>.status.offline_mode.inactive</t>
+          <t>.status.uptodate</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr"/>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Your itch is up-to-date!</t>
+          <t>A collection of assets</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Seu itch está atualizado!</t>
+          <t>Uma coleção de assets</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>.status.uptodate</t>
+          <t>.usage_stats.description.assets</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr"/>
       <c r="B351" t="inlineStr">
         <is>
-          <t>A collection of assets</t>
+          <t>A book</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Uma coleção de assets</t>
+          <t>Um livro</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>.usage_stats.description.assets</t>
+          <t>.usage_stats.description.book</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr"/>
       <c r="B352" t="inlineStr">
         <is>
-          <t>A book</t>
+          <t>Acquired {{time_ago}}</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Um livro</t>
+          <t>Adquirido há {{time_ago}}</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>.usage_stats.description.book</t>
-[...2 lines deleted...]
-      <c r="G352" t="inlineStr"/>
+          <t>.usage_stats.description.bought_time_ago</t>
+        </is>
+      </c>
+      <c r="G352" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Adquirido á {{time_ago}}</t>
+        </is>
+      </c>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr"/>
       <c r="B353" t="inlineStr">
         <is>
-          <t>Acquired {{time_ago}}</t>
+          <t>A comic</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Adquirido há {{time_ago}}</t>
+          <t>Um quadrinho</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>.usage_stats.description.bought_time_ago</t>
-[...6 lines deleted...]
-      </c>
+          <t>.usage_stats.description.comic</t>
+        </is>
+      </c>
+      <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr"/>
       <c r="B354" t="inlineStr">
         <is>
-          <t>A comic</t>
+          <t>Free download</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Um quadrinho</t>
+          <t>Download gratuito</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>.usage_stats.description.comic</t>
+          <t>.usage_stats.description.free_download</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr"/>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Free download</t>
+          <t>A game</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Download gratuito</t>
+          <t>Um jogo</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>.usage_stats.description.free_download</t>
+          <t>.usage_stats.description.game</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr"/>
       <c r="B356" t="inlineStr">
         <is>
-          <t>A game</t>
+          <t>A game mod</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Um jogo</t>
+          <t>Um mod de um jogo</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game</t>
+          <t>.usage_stats.description.game_mod</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr"/>
       <c r="B357" t="inlineStr">
         <is>
-          <t>A game mod</t>
+          <t>A thing</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Um mod de um jogo</t>
+          <t>Algo difícil de descrever</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game_mod</t>
+          <t>.usage_stats.description.other</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr"/>
       <c r="B358" t="inlineStr">
         <is>
-          <t>A thing</t>
+          <t>A physical game</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Algo difícil de descrever</t>
+          <t>Um jogo físico</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>.usage_stats.description.other</t>
+          <t>.usage_stats.description.physical_game</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr"/>
       <c r="B359" t="inlineStr">
         <is>
-          <t>A physical game</t>
+          <t>for {{platforms}}</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Um jogo físico</t>
+          <t>para {{platforms}}</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>.usage_stats.description.physical_game</t>
+          <t>.usage_stats.description.platforms</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr"/>
       <c r="B360" t="inlineStr">
         <is>
-          <t>for {{platforms}}</t>
+          <t>Available for {{price}} or more</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>para {{platforms}}</t>
+          <t>Disponível por {{price}} ou mais</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>.usage_stats.description.platforms</t>
-[...2 lines deleted...]
-      <c r="G360" t="inlineStr"/>
+          <t>.usage_stats.description.price</t>
+        </is>
+      </c>
+      <c r="G360" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Disponível a partir de {{price}}</t>
+        </is>
+      </c>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr"/>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Available for {{price}} or more</t>
+          <t>A soundtrack</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Disponível por {{price}} ou mais</t>
+          <t>Uma trilha sonora</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>.usage_stats.description.price</t>
-[...6 lines deleted...]
-      </c>
+          <t>.usage_stats.description.soundtrack</t>
+        </is>
+      </c>
+      <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr"/>
       <c r="B362" t="inlineStr">
         <is>
-          <t>A soundtrack</t>
+          <t>A tool</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Uma trilha sonora</t>
+          <t>Uma ferramenta</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>.usage_stats.description.soundtrack</t>
+          <t>.usage_stats.description.tool</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr"/>
       <c r="B363" t="inlineStr">
         <is>
-          <t>A tool</t>
+          <t>Played</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Uma ferramenta</t>
+          <t>Jogado</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>.usage_stats.description.tool</t>
+          <t>.usage_stats.has_played_for_duration</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr"/>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Played</t>
+          <t>Used</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>Jogado</t>
+          <t>Usado por</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>.usage_stats.has_played_for_duration</t>
+          <t>.usage_stats.has_used_for_duration</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr"/>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Used</t>
+          <t>Last opened {{time_ago}}</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>Usado por</t>
+          <t>Aberto pela última vez: {{time_ago}}</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>.usage_stats.has_used_for_duration</t>
-[...2 lines deleted...]
-      <c r="G365" t="inlineStr"/>
+          <t>.usage_stats.last_opened_time_ago</t>
+        </is>
+      </c>
+      <c r="G365" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Aberto pela última vez em: {{time_ago}}</t>
+        </is>
+      </c>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr"/>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Last opened {{time_ago}}</t>
+          <t>Last played {{time_ago}}</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Aberto pela última vez: {{time_ago}}</t>
+          <t>Jogado pela última vez: {{time_ago}}</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>.usage_stats.last_opened_time_ago</t>
+          <t>.usage_stats.last_played_time_ago</t>
         </is>
       </c>
       <c r="G366" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aberto pela última vez em: {{time_ago}}</t>
+          <t>Suggested in Weblate: Jogado pela última vez em {{time_ago}}</t>
         </is>
       </c>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr"/>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Last played {{time_ago}}</t>
+          <t>Last used {{time_ago}}</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>Jogado pela última vez: {{time_ago}}</t>
+          <t>Usado pela última vez: {{time_ago}}</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>.usage_stats.last_played_time_ago</t>
+          <t>.usage_stats.last_used_time_ago</t>
         </is>
       </c>
       <c r="G367" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Jogado pela última vez em {{time_ago}}</t>
+          <t>Suggested in Weblate: Usado pela última vez em {{time_ago}}</t>
         </is>
       </c>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr"/>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Last used {{time_ago}}</t>
+          <t>Never opened</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>Usado pela última vez: {{time_ago}}</t>
+          <t>Nunca aberto</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>.usage_stats.last_used_time_ago</t>
-[...6 lines deleted...]
-      </c>
+          <t>.usage_stats.never_opened</t>
+        </is>
+      </c>
+      <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr"/>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Never opened</t>
+          <t>Never played</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>Nunca aberto</t>
+          <t>Nunca jogado</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>.usage_stats.never_opened</t>
+          <t>.usage_stats.never_played</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr"/>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Never played</t>
+          <t>Never used</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>Nunca jogado</t>
+          <t>Nunca utilizado</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>.usage_stats.never_played</t>
+          <t>.usage_stats.never_used</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr"/>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Never used</t>
+          <t>{{app_name}} Setup</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Nunca utilizado</t>
+          <t>Configurar {{app_name}}</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>.usage_stats.never_used</t>
-[...24 lines deleted...]
-        <is>
           <t>.setup.window.title</t>
         </is>
       </c>
-      <c r="G372" t="inlineStr">
+      <c r="G371" t="inlineStr">
         <is>
           <t>Is this string working with windows tray icon's tooltip? Or is there one completely different?
 Suggested in Weblate: {{app_name}} Configuração
 Suggested in Weblate: {{app_name}} Configuração
 Suggested in Weblate: {{app_name}} Instalando</t>
         </is>
       </c>
+      <c r="H371" t="inlineStr"/>
+    </row>
+    <row r="372">
+      <c r="A372" t="inlineStr"/>
+      <c r="B372" t="inlineStr">
+        <is>
+          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
+        </is>
+      </c>
+      <c r="C372" t="inlineStr">
+        <is>
+          <t>Bem-vindo ao instalador de {{app_name}}! Pegue uma bebida, escolha um local de instalação e prossiga.</t>
+        </is>
+      </c>
+      <c r="D372" t="inlineStr"/>
+      <c r="E372" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F372" t="inlineStr">
+        <is>
+          <t>.setup.window.welcome</t>
+        </is>
+      </c>
+      <c r="G372" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Bem-vindo(a) ao instalador de {{app_name}}! Pegue uma bebida, escolha um local de instalação e prossiga.</t>
+        </is>
+      </c>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr"/>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
+          <t>Click to change the install location</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Bem-vindo ao instalador de {{app_name}}! Pegue uma bebida, escolha um local de instalação e prossiga.</t>
+          <t>Clique para mudar o local de instalação</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>.setup.window.welcome</t>
-[...6 lines deleted...]
-      </c>
+          <t>.setup.tooltip.location</t>
+        </is>
+      </c>
+      <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr"/>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Click to change the install location</t>
+          <t>Choose where the app should be installed</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Clique para mudar o local de instalação</t>
+          <t>Escolha onde o aplicativo deve ser instalado</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>.setup.tooltip.location</t>
+          <t>.setup.location.message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr"/>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Choose where the app should be installed</t>
+          <t>Install now</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Escolha onde o aplicativo deve ser instalado</t>
+          <t>Instale agora</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>.setup.location.message</t>
-[...2 lines deleted...]
-      <c r="G375" t="inlineStr"/>
+          <t>.setup.action.install</t>
+        </is>
+      </c>
+      <c r="G375" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Instalar agora</t>
+        </is>
+      </c>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr"/>
       <c r="B376" t="inlineStr">
         <is>
-          <t>Install now</t>
+          <t>Warming up...</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>Instale agora</t>
+          <t>Preparando...</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>.setup.action.install</t>
-[...6 lines deleted...]
-      </c>
+          <t>.setup.status.preparing</t>
+        </is>
+      </c>
+      <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr"/>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Warming up...</t>
+          <t>{{percent}} done</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Preparando...</t>
+          <t>{{percent}} completo</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>.setup.status.preparing</t>
-[...2 lines deleted...]
-      <c r="G377" t="inlineStr"/>
+          <t>.setup.status.progress</t>
+        </is>
+      </c>
+      <c r="G377" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{percent}} completo
+Suggested in Weblate: {{percent}} completado</t>
+        </is>
+      </c>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr"/>
       <c r="B378" t="inlineStr">
         <is>
-          <t>{{percent}} done</t>
+          <t>Downloading and installing @ {{speed}}</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>{{percent}} completo</t>
+          <t>Baixando e instalando @ {{speed}}</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>.setup.status.progress</t>
+          <t>.setup.status.installing</t>
         </is>
       </c>
       <c r="G378" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{percent}} completo
-Suggested in Weblate: {{percent}} completado</t>
+          <t>Suggested in Weblate: Baixando e instalando á {{speed}}</t>
         </is>
       </c>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr"/>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Downloading and installing @ {{speed}}</t>
+          <t>All done!</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Baixando e instalando @ {{speed}}</t>
+          <t>Tudo pronto!</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>.setup.status.installing</t>
-[...6 lines deleted...]
-      </c>
+          <t>.setup.status.done</t>
+        </is>
+      </c>
+      <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr"/>
       <c r="B380" t="inlineStr">
         <is>
-          <t>All done!</t>
+          <t>The installation went well, {{app_name}} is now starting up!</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Tudo pronto!</t>
+          <t>Instalado sem erros, {{app_name}} está iniciando!</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>.setup.status.done</t>
+          <t>.setup.status.notification</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr"/>
       <c r="B381" t="inlineStr">
         <is>
-          <t>The installation went well, {{app_name}} is now starting up!</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Instalado sem erros, {{app_name}} está iniciando!</t>
+          <t>Algo deu errado</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>.setup.status.notification</t>
-[...2 lines deleted...]
-      <c r="G381" t="inlineStr"/>
+          <t>.setup.error_dialog.title</t>
+        </is>
+      </c>
+      <c r="G381" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Algo foi errado</t>
+        </is>
+      </c>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr"/>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Cut</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Algo deu errado</t>
+          <t>Apagar</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>.setup.error_dialog.title</t>
+          <t>.web.context_menu.cut</t>
         </is>
       </c>
       <c r="G382" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Algo foi errado</t>
+          <t>Suggested in Weblate: ´Cortar
+Suggested in Weblate: cortar
+Suggested in Weblate: Cortar</t>
         </is>
       </c>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr"/>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Cut</t>
+          <t>Copy</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Apagar</t>
+          <t>Copiar</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>.web.context_menu.cut</t>
-[...8 lines deleted...]
-      </c>
+          <t>.web.context_menu.copy</t>
+        </is>
+      </c>
+      <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr"/>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Copy</t>
+          <t>Paste</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>Copiar</t>
+          <t>Colar</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy</t>
+          <t>.web.context_menu.paste</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr"/>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Paste</t>
+          <t>Open in new tab</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>Colar</t>
+          <t>Abrir em uma nova aba</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>.web.context_menu.paste</t>
-[...2 lines deleted...]
-      <c r="G385" t="inlineStr"/>
+          <t>.web.context_menu.open_in_new_tab</t>
+        </is>
+      </c>
+      <c r="G385" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Abrir uma nova aba</t>
+        </is>
+      </c>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr"/>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Open in new tab</t>
+          <t>Copy link</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Abrir em uma nova aba</t>
+          <t>Copiar link</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>.web.context_menu.open_in_new_tab</t>
+          <t>.web.context_menu.copy_link</t>
         </is>
       </c>
       <c r="G386" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Abrir uma nova aba</t>
+          <t>Suggested in Weblate: copiar link</t>
         </is>
       </c>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr"/>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Copy link</t>
+          <t>Retry setup</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Copiar link</t>
+          <t>Tentar novamente</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy_link</t>
+          <t>.login.action.retry_setup</t>
         </is>
       </c>
       <c r="G387" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: copiar link</t>
+          <t>Suggested in Weblate: repetir a configuração
+Suggested in Weblate: Reinstalar</t>
         </is>
       </c>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr"/>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Retry setup</t>
+          <t>Developer logs</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Tentar novamente</t>
+          <t>Log do desenvolvedor</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>.login.action.retry_setup</t>
+          <t>.new_tab.devlogs</t>
         </is>
       </c>
       <c r="G388" t="inlineStr">
-        <is>
-[...29 lines deleted...]
-      <c r="G389" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Registros do desenvolvedor
 Suggested in Weblate: Logs de desenvolvedores
 Suggested in Weblate: Logs dos desenvolvedores
 Suggested in Weblate: Logs do desenvolvedor</t>
         </is>
       </c>
+      <c r="H388" t="inlineStr"/>
+    </row>
+    <row r="389">
+      <c r="A389" t="inlineStr"/>
+      <c r="B389" t="inlineStr">
+        <is>
+          <t>Uninstall error</t>
+        </is>
+      </c>
+      <c r="C389" t="inlineStr">
+        <is>
+          <t>Erro ao desinstalar</t>
+        </is>
+      </c>
+      <c r="D389" t="inlineStr"/>
+      <c r="E389" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F389" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall_error.title</t>
+        </is>
+      </c>
+      <c r="G389" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Erro de desinstalação
+Suggested in Weblate: Erro de instalação
+Suggested in Weblate: Erro na desinstalação</t>
+        </is>
+      </c>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr"/>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Uninstall error</t>
+          <t>The uninstall failed. Remove the entry anyway?</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Erro ao desinstalar</t>
+          <t>A instalação falhou. Remover entrada mesmo assim?</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.title</t>
-[...8 lines deleted...]
-      </c>
+          <t>.prompt.uninstall_error.message</t>
+        </is>
+      </c>
+      <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr"/>
       <c r="B391" t="inlineStr">
         <is>
-          <t>The uninstall failed. Remove the entry anyway?</t>
+          <t>Continue</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>A instalação falhou. Remover entrada mesmo assim?</t>
+          <t>Continuar</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message</t>
+          <t>.prompt.action.continue</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr"/>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Continue</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>Continuar</t>
+          <t>Instalado</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>.prompt.action.continue</t>
+          <t>.grid.item.status.installed</t>
         </is>
       </c>
       <c r="G392" t="inlineStr"/>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr"/>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>A collection of {{itemCount}} items</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>Instalado</t>
+          <t>Uma Coleção de {{itemCount}} itens</t>
         </is>
       </c>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>.grid.item.status.installed</t>
-[...2 lines deleted...]
-      <c r="G393" t="inlineStr"/>
+          <t>.collection.summary</t>
+        </is>
+      </c>
+      <c r="G393" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Uma coleção de {{itemCount}} itens</t>
+        </is>
+      </c>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr"/>
       <c r="B394" t="inlineStr">
         <is>
-          <t>A collection of {{itemCount}} items</t>
+          <t>Not available on this platform</t>
         </is>
       </c>
       <c r="C394" t="inlineStr">
         <is>
-          <t>Uma Coleção de {{itemCount}} itens</t>
+          <t>Não disponível nesta plataforma</t>
         </is>
       </c>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>.collection.summary</t>
+          <t>.grid.item.not_compatible</t>
         </is>
       </c>
       <c r="G394" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G395" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Não está disponível nessa plataforma
 Suggested in Weblate: Não disponível nessa plataforma
 Suggested in Weblate: Não disponível para esta plataforma
 Suggested in Weblate: Não esta disponível nesta plataforma
 Suggested in Weblate: item indisponível nesta plataforma
 Suggested in Weblate: Item indisponível nesta plataforma
 Suggested in Weblate: indisponível nessa plataforma
 Suggested in Weblate: Indisponível nesta plataforma
 Suggested in Weblate: Não está Disponível nesta plataforma
 Suggested in Weblate: Não Disponível nesta plataforma
 Suggested in Weblate: Não é disponível nessa plataforma
 Suggested in Weblate: nao compativel com essa plataforma 
 Suggested in Weblate: Não disponível para essa plataforma</t>
         </is>
       </c>
+      <c r="H394" t="inlineStr"/>
+    </row>
+    <row r="395">
+      <c r="A395" t="inlineStr"/>
+      <c r="B395" t="inlineStr">
+        <is>
+          <t>Administrator privileges are required for managing {{title}}</t>
+        </is>
+      </c>
+      <c r="C395" t="inlineStr">
+        <is>
+          <t>Privilégios de administrador são necessários para gerenciar {{title}}</t>
+        </is>
+      </c>
+      <c r="D395" t="inlineStr"/>
+      <c r="E395" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F395" t="inlineStr">
+        <is>
+          <t>.prompt.blessing.message</t>
+        </is>
+      </c>
+      <c r="G395" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: Privilégios de administrador são requeridos para gerenciar {{title}}
+</t>
+        </is>
+      </c>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr"/>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Administrator privileges are required for managing {{title}}</t>
+          <t>Proceed only if you trust the author.</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>Privilégios de administrador são necessários para gerenciar {{title}}</t>
+          <t>Prossiga apenas se você confia no autor.</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>.prompt.blessing.message</t>
+          <t>.prompt.blessing.detail</t>
         </is>
       </c>
       <c r="G396" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: Privilégios de administrador são requeridos para gerenciar {{title}}
-</t>
+          <t>Suggested in Weblate: Proceda apenas se você confiar no autor.</t>
         </is>
       </c>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr"/>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Proceed only if you trust the author.</t>
+          <t>The operation has been cancelled.</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Prossiga apenas se você confia no autor.</t>
+          <t>A operação foi cancelada.</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>.prompt.blessing.detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.cancelled.message</t>
+        </is>
+      </c>
+      <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr"/>
       <c r="B398" t="inlineStr">
         <is>
-          <t>The operation has been cancelled.</t>
+          <t>The installation failed.</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>A operação foi cancelada.</t>
+          <t>A instalação falhou.</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>.status.cancelled.message</t>
-[...2 lines deleted...]
-      <c r="G398" t="inlineStr"/>
+          <t>.prompt.install_error.message</t>
+        </is>
+      </c>
+      <c r="G398" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Falha na instalação.</t>
+        </is>
+      </c>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr"/>
       <c r="B399" t="inlineStr">
         <is>
-          <t>The installation failed.</t>
+          <t>to install</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>A instalação falhou.</t>
+          <t>a instalar</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>.prompt.install_error.message</t>
+          <t>.download.reason.install</t>
         </is>
       </c>
       <c r="G399" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G400" t="inlineStr">
         <is>
           <t>shouldn't this be 'installing' ?
 Suggested in Weblate: A instalar
 Suggested in Weblate: instalando
 Suggested in Weblate: para instalar</t>
         </is>
       </c>
+      <c r="H399" t="inlineStr"/>
+    </row>
+    <row r="400">
+      <c r="A400" t="inlineStr"/>
+      <c r="B400" t="inlineStr">
+        <is>
+          <t>installed</t>
+        </is>
+      </c>
+      <c r="C400" t="inlineStr">
+        <is>
+          <t>instalado</t>
+        </is>
+      </c>
+      <c r="D400" t="inlineStr"/>
+      <c r="E400" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F400" t="inlineStr">
+        <is>
+          <t>.download.outcome.installed</t>
+        </is>
+      </c>
+      <c r="G400" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Instalado!</t>
+        </is>
+      </c>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr"/>
       <c r="B401" t="inlineStr">
         <is>
-          <t>installed</t>
+          <t>updated to the latest version</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>instalado</t>
+          <t>atualizado para a ultima versão</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>.download.outcome.installed</t>
+          <t>.download.outcome.updated</t>
         </is>
       </c>
       <c r="G401" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G402" t="inlineStr">
         <is>
           <t>Suggested in Weblate: atualizado para a ultima versão.
 Suggested in Weblate: atualizado para a última versão
 Suggested in Weblate: atualizou para a última versão
 Suggested in Weblate: atualizado para a versão mais recente
 Suggested in Weblate: Atualizado para a ultima versão
 Suggested in Weblate: atualize para a ultima versão
 Suggested in Weblate: atualizado até a ultima versão
 Suggested in Weblate: Atualizado</t>
         </is>
       </c>
+      <c r="H401" t="inlineStr"/>
+    </row>
+    <row r="402">
+      <c r="A402" t="inlineStr"/>
+      <c r="B402" t="inlineStr">
+        <is>
+          <t>re-installed</t>
+        </is>
+      </c>
+      <c r="C402" t="inlineStr">
+        <is>
+          <t>reinstalado</t>
+        </is>
+      </c>
+      <c r="D402" t="inlineStr"/>
+      <c r="E402" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F402" t="inlineStr">
+        <is>
+          <t>.download.outcome.reinstalled</t>
+        </is>
+      </c>
+      <c r="G402" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: reinstalado!</t>
+        </is>
+      </c>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr"/>
       <c r="B403" t="inlineStr">
         <is>
-          <t>re-installed</t>
+          <t>switched to another version</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t>reinstalado</t>
+          <t>mudou para outra versão</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>.download.outcome.reinstalled</t>
+          <t>.download.outcome.reverted</t>
         </is>
       </c>
       <c r="G403" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G404" t="inlineStr">
         <is>
           <t>Suggested in Weblate: mudou para a outra versão
 Suggested in Weblate: Alterado para outra versão
 Suggested in Weblate: alterado para outra versão
 Suggested in Weblate: trocou para outra versão
 Suggested in Weblate: alternado para uma outra versão
 Suggested in Weblate: trocado por outra versão
 Suggested in Weblate: mude para outra versão
 Suggested in Weblate: trocado para outra versão
 Suggested in Weblate: versão alterada
 Suggested in Weblate: 
 mudou para outra versão
 Suggested in Weblate: Mudou para outra versão
 Suggested in Weblate: alternado para outra versão</t>
         </is>
       </c>
+      <c r="H403" t="inlineStr"/>
+    </row>
+    <row r="404">
+      <c r="A404" t="inlineStr"/>
+      <c r="B404" t="inlineStr">
+        <is>
+          <t>verified and repaired</t>
+        </is>
+      </c>
+      <c r="C404" t="inlineStr">
+        <is>
+          <t>verificado e reparado</t>
+        </is>
+      </c>
+      <c r="D404" t="inlineStr"/>
+      <c r="E404" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F404" t="inlineStr">
+        <is>
+          <t>.download.outcome.healed</t>
+        </is>
+      </c>
+      <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr"/>
       <c r="B405" t="inlineStr">
         <is>
-          <t>verified and repaired</t>
+          <t>Recent activity</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>verificado e reparado</t>
+          <t>Atividade recente</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>.download.outcome.healed</t>
-[...2 lines deleted...]
-      <c r="G405" t="inlineStr"/>
+          <t>.status.downloads.category.recent_activity</t>
+        </is>
+      </c>
+      <c r="G405" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Atividade recente.</t>
+        </is>
+      </c>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr"/>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Recent activity</t>
+          <t>The message we got was: {{errorMessage}}</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Atividade recente</t>
+          <t>A mensagem que recebemos foi: {{errorMessage}}</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>.status.downloads.category.recent_activity</t>
+          <t>.game.install.could_not_launch.message</t>
         </is>
       </c>
       <c r="G406" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Atividade recente.</t>
+          <t>Suggested in Weblate: A mensagem que recebemos era: {{errorMessage}}</t>
         </is>
       </c>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr"/>
       <c r="B407" t="inlineStr">
         <is>
-          <t>The message we got was: {{errorMessage}}</t>
+          <t>Sending us a report is the best way to make sure this gets fixed!</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>A mensagem que recebemos foi: {{errorMessage}}</t>
+          <t>Enviar-nos um relatório é a melhor maneira de garantir que isso seja resolvido!</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.message</t>
+          <t>.game.install.could_not_launch.detail</t>
         </is>
       </c>
       <c r="G407" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G408" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar um relatório para a gente é a melhor maneira de garantir que isso seja resolvido!
 Suggested in Weblate: Nos envie um relatório, é a melhor maneira de garantir que isso seja resolvido!
 Suggested in Weblate: Reportar o que aconteceu é a melhor maneira de ter certeza que o erro será corrigido
 Suggested in Weblate: Nos mandar um reporte é a melhor maneira de ter certeza que vai ser concertado!
 Suggested in Weblate: Nos enviar um relatório é a melhor forma de garantir que isto seja corrigido!
 Suggested in Weblate: Nos enviar um relatório é a melhor forma de garantir a correção disso!</t>
         </is>
       </c>
+      <c r="H407" t="inlineStr"/>
+    </row>
+    <row r="408">
+      <c r="A408" t="inlineStr"/>
+      <c r="B408" t="inlineStr">
+        <is>
+          <t>Close other tabs</t>
+        </is>
+      </c>
+      <c r="C408" t="inlineStr">
+        <is>
+          <t>Fechar outras abas</t>
+        </is>
+      </c>
+      <c r="D408" t="inlineStr"/>
+      <c r="E408" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F408" t="inlineStr">
+        <is>
+          <t>.menu.file.close_other_tabs</t>
+        </is>
+      </c>
+      <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr"/>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Close other tabs</t>
+          <t>Close tabs below</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Fechar outras abas</t>
+          <t>Fechar abas abaixo</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>.menu.file.close_other_tabs</t>
+          <t>.menu.file.close_tabs_below</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr"/>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Close tabs below</t>
+          <t>Open folder in explorer</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>Fechar abas abaixo</t>
+          <t>Abrir pasta no explorador de arquivos</t>
         </is>
       </c>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>.menu.file.close_tabs_below</t>
-[...2 lines deleted...]
-      <c r="G410" t="inlineStr"/>
+          <t>.grid.item.open_file_location.windows</t>
+        </is>
+      </c>
+      <c r="G410" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Abrir local no explorador de arquivos</t>
+        </is>
+      </c>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr"/>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Open folder in explorer</t>
+          <t>Show in file manager</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Abrir pasta no explorador de arquivos</t>
+          <t>Mostrar no gerenciador de arquivo</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.windows</t>
+          <t>.grid.item.open_file_location.linux</t>
         </is>
       </c>
       <c r="G411" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Abrir local no explorador de arquivos</t>
+          <t>Suggested in Weblate: Mostrar no gerenciador de arquivos</t>
         </is>
       </c>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr"/>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Show in file manager</t>
+          <t>Show in Finder</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Mostrar no gerenciador de arquivo</t>
+          <t>Mostrar no localizador</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.linux</t>
+          <t>.grid.item.open_file_location.osx</t>
         </is>
       </c>
       <c r="G412" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G413" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mostrar na pasta
 Suggested in Weblate: Abrir no procurador
 Suggested in Weblate: Mostrar no Finder
 Suggested in Weblate: Mostrar no Buscador</t>
         </is>
       </c>
+      <c r="H412" t="inlineStr"/>
+    </row>
+    <row r="413">
+      <c r="A413" t="inlineStr"/>
+      <c r="B413" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="C413" t="inlineStr">
+        <is>
+          <t>Tamanho</t>
+        </is>
+      </c>
+      <c r="D413" t="inlineStr"/>
+      <c r="E413" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F413" t="inlineStr">
+        <is>
+          <t>.table.column.installed_size</t>
+        </is>
+      </c>
+      <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr"/>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Size</t>
+          <t>View the contents of this location</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Tamanho</t>
+          <t>Visualizar o conteúdo deste local de instalação</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>.table.column.installed_size</t>
+          <t>.preferences.install_location.navigate</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr"/>
       <c r="B415" t="inlineStr">
         <is>
-          <t>View the contents of this location</t>
+          <t>{{size}} on disk</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Visualizar o conteúdo deste local de instalação</t>
+          <t>{{size}} em disco</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>.preferences.install_location.navigate</t>
-[...2 lines deleted...]
-      <c r="G415" t="inlineStr"/>
+          <t>.install_location.property.size_on_disk</t>
+        </is>
+      </c>
+      <c r="G415" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: {{size}} no disco
+Suggested in Weblate: {{size}} em disco
+</t>
+        </is>
+      </c>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr"/>
       <c r="B416" t="inlineStr">
         <is>
-          <t>{{size}} on disk</t>
+          <t>Uninstall or re-install…</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>{{size}} em disco</t>
+          <t>Desinstalar ou reinstalar…</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>.install_location.property.size_on_disk</t>
-[...8 lines deleted...]
-      </c>
+          <t>.grid.item.uninstall_request</t>
+        </is>
+      </c>
+      <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr"/>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Uninstall or re-install…</t>
+          <t xml:space="preserve">Filter by: </t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Desinstalar ou reinstalar…</t>
+          <t xml:space="preserve">Filtrar por: </t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>.grid.item.uninstall_request</t>
-[...2 lines deleted...]
-      <c r="G417" t="inlineStr"/>
+          <t>.grid.criterion.filter_by</t>
+        </is>
+      </c>
+      <c r="G417" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Filtrar por:
+Suggested in Weblate: Filtrando por:</t>
+        </is>
+      </c>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr"/>
       <c r="B418" t="inlineStr">
         <is>
-          <t xml:space="preserve">Filter by: </t>
+          <t>Discard download</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t xml:space="preserve">Filtrar por: </t>
+          <t>Descartar download</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>.grid.criterion.filter_by</t>
+          <t>.grid.item.discard_download</t>
         </is>
       </c>
       <c r="G418" t="inlineStr">
-        <is>
-[...29 lines deleted...]
-      <c r="G419" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Remover download
 Suggested in Weblate: Descartar transferência
 Suggested in Weblate: Parar download
 Suggested in Weblate: Abandonar download
 Suggested in Weblate: Cancelar download</t>
         </is>
       </c>
+      <c r="H418" t="inlineStr"/>
+    </row>
+    <row r="419">
+      <c r="A419" t="inlineStr"/>
+      <c r="B419" t="inlineStr">
+        <is>
+          <t>Nevermind</t>
+        </is>
+      </c>
+      <c r="C419" t="inlineStr">
+        <is>
+          <t>Ignorar</t>
+        </is>
+      </c>
+      <c r="D419" t="inlineStr"/>
+      <c r="E419" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F419" t="inlineStr">
+        <is>
+          <t>.prompt.action.nevermind</t>
+        </is>
+      </c>
+      <c r="G419" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Deixa pra lá</t>
+        </is>
+      </c>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr"/>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Nevermind</t>
+          <t>Force program closure?</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Ignorar</t>
+          <t>Forçar encerramento do programa?</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>.prompt.action.nevermind</t>
+          <t>.prompt.force_close_game.title</t>
         </is>
       </c>
       <c r="G420" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Deixa pra lá</t>
+          <t>Suggested in Weblate: Forçar fechamento do programa?
+Suggested in Weblate: Forçar a fechada do programa?</t>
         </is>
       </c>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr"/>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Force program closure?</t>
+          <t>Do you want to force {{title}} to close?</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Forçar encerramento do programa?</t>
+          <t>Você quer forçar {{title}} a encerrar?</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.title</t>
+          <t>.prompt.force_close_game.message</t>
         </is>
       </c>
       <c r="G421" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Forçar fechamento do programa?
-Suggested in Weblate: Forçar a fechada do programa?</t>
+          <t xml:space="preserve">Suggested in Weblate: Você quer fechar {{title}} à força?
+</t>
         </is>
       </c>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr"/>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Do you want to force {{title}} to close?</t>
+          <t>Are you sure you want to stop downloading {{title}}?</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Você quer forçar {{title}} a encerrar?</t>
+          <t>Tem certeza que quer parar de baixar {{title}}?</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.message</t>
+          <t>.prompt.discard_download.message</t>
         </is>
       </c>
       <c r="G422" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: Você quer fechar {{title}} à força?
-</t>
+          <t>Suggested in Weblate: Você tem certeza que quer parar de baixar {{title}}?</t>
         </is>
       </c>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr"/>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Are you sure you want to stop downloading {{title}}?</t>
+          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Tem certeza que quer parar de baixar {{title}}?</t>
+          <t>Você poderá instalar {{title}} novamente a qualquer momento, mas o download irá começar do zero.</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.message</t>
+          <t>.prompt.discard_download.detail</t>
         </is>
       </c>
       <c r="G423" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Você tem certeza que quer parar de baixar {{title}}?</t>
+          <t xml:space="preserve">Suggested in Weblate: Você será capaz de instalar {{title}} novamente a qualquer hora, mas começará desde o começo.
+</t>
         </is>
       </c>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr"/>
       <c r="B424" t="inlineStr">
         <is>
-          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
+          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Você poderá instalar {{title}} novamente a qualquer momento, mas o download irá começar do zero.</t>
+          <t>Alguns arquivos de {{title}} não puderam ser deletados. Tentar novamente como administrador?</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.detail</t>
+          <t>.prompt.uninstall_error.message_permissions</t>
         </is>
       </c>
       <c r="G424" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: Você será capaz de instalar {{title}} novamente a qualquer hora, mas começará desde o começo.
-</t>
+          <t>Suggested in Weblate: Alguns arquivos podem não ter sido deletados para {{title}}. Tentar novamente como administrador?</t>
         </is>
       </c>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr"/>
       <c r="B425" t="inlineStr">
         <is>
-          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
+          <t>Remove as administrator</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Alguns arquivos de {{title}} não puderam ser deletados. Tentar novamente como administrador?</t>
+          <t>Remover como administrador</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message_permissions</t>
+          <t>.prompt.uninstall_error.action_permissions</t>
         </is>
       </c>
       <c r="G425" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alguns arquivos podem não ter sido deletados para {{title}}. Tentar novamente como administrador?</t>
+          <t>Suggested in Weblate: Remover com administrador</t>
         </is>
       </c>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr"/>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Remove as administrator</t>
+          <t>Installing {{title}}…</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Remover como administrador</t>
+          <t>Instalando {{title}}…</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.action_permissions</t>
+          <t>.download.ongoing.install</t>
         </is>
       </c>
       <c r="G426" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Remover com administrador</t>
+          <t>Suggested in Weblate: Instalando {{title}} ...
+Suggested in Weblate: Instalando {{title}}...
+Suggested in Weblate: Instalando...</t>
         </is>
       </c>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr"/>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Installing {{title}}…</t>
+          <t>Updating {{title}}…</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Instalando {{title}}…</t>
+          <t>Atualizando {{title}}…</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>.download.ongoing.install</t>
+          <t>.download.ongoing.update</t>
         </is>
       </c>
       <c r="G427" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Instalando {{title}} ...
-[...1 lines deleted...]
-Suggested in Weblate: Instalando...</t>
+          <t>Suggested in Weblate: Atualizando {{title}} ...
+Suggested in Weblate: Atualizando {{title}}...
+Suggested in Weblate: Atualizando...</t>
         </is>
       </c>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr"/>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Updating {{title}}…</t>
+          <t>Re-installing {{title}}…</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Atualizando {{title}}…</t>
+          <t>Re-instalando {{title}}…</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>.download.ongoing.update</t>
+          <t>.download.ongoing.reinstall</t>
         </is>
       </c>
       <c r="G428" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Atualizando {{title}} ...
-[...1 lines deleted...]
-Suggested in Weblate: Atualizando...</t>
+          <t>Suggested in Weblate: Reinstalando {{title}}…
+Suggested in Weblate: Reinstalando {{title}} ...
+Suggested in Weblate: Re-Instalando...</t>
         </is>
       </c>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr"/>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Re-installing {{title}}…</t>
+          <t>Switching {{title}} to another version…</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Re-instalando {{title}}…</t>
+          <t>Alternando {{title}} para outra versão…</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>.download.ongoing.reinstall</t>
+          <t>.download.ongoing.revert</t>
         </is>
       </c>
       <c r="G429" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Reinstalando {{title}}…
-[...1 lines deleted...]
-Suggested in Weblate: Re-Instalando...</t>
+          <t>Suggested in Weblate: Alternando {{title}} para outra versão ...
+Suggested in Weblate: Mudando a versão de {{title}} ...</t>
         </is>
       </c>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr"/>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Switching {{title}} to another version…</t>
+          <t>Repairing {{title}}…</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Alternando {{title}} para outra versão…</t>
+          <t>Reparando {{title}}…</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>.download.ongoing.revert</t>
+          <t>.download.ongoing.heal</t>
         </is>
       </c>
       <c r="G430" t="inlineStr">
-        <is>
-[...29 lines deleted...]
-      <c r="G431" t="inlineStr">
         <is>
           <t>```{{title}``` has a bad format, should be ``` {{title}}```
 Suggested in Weblate: Consertando {{title}}...
 Suggested in Weblate: A ser Reparado {{title}…
 Suggested in Weblate: {{title} Está sendo Reparado…
 Suggested in Weblate: Reparando {{title}…
 Suggested in Weblate: Consertando {{title}}…
 Suggested in Weblate: Reparando {{title}}...
 Suggested in Weblate: Reparando {{title} ...
 Suggested in Weblate: Reparando {{título}...
 Suggested in Weblate: Reparando {{título}…</t>
         </is>
       </c>
+      <c r="H430" t="inlineStr"/>
+    </row>
+    <row r="431">
+      <c r="A431" t="inlineStr"/>
+      <c r="B431" t="inlineStr">
+        <is>
+          <t>Stop download</t>
+        </is>
+      </c>
+      <c r="C431" t="inlineStr">
+        <is>
+          <t>Parar download</t>
+        </is>
+      </c>
+      <c r="D431" t="inlineStr"/>
+      <c r="E431" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F431" t="inlineStr">
+        <is>
+          <t>.prompt.discard_download.action.stop_download</t>
+        </is>
+      </c>
+      <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr"/>
       <c r="B432" t="inlineStr">
         <is>
-          <t>Stop download</t>
+          <t>Continue download</t>
         </is>
       </c>
       <c r="C432" t="inlineStr">
         <is>
-          <t>Parar download</t>
+          <t>Continuar download</t>
         </is>
       </c>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.stop_download</t>
+          <t>.prompt.discard_download.action.continue_download</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr"/>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Continue download</t>
+          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Continuar download</t>
+          <t>Parar esse download deixará {{title}} em um estado inconsistente.</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.continue_download</t>
-[...2 lines deleted...]
-      <c r="G433" t="inlineStr"/>
+          <t>.prompt.dangerous_discard_download.message</t>
+        </is>
+      </c>
+      <c r="G433" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Parar este download irá deixar {{title}} em um estado inconsistente.</t>
+        </is>
+      </c>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr"/>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
+          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Parar esse download deixará {{title}} em um estado inconsistente.</t>
+          <t>Iremos restaurar {{title}} para a última versão na próxima vez que você tentar usá-lo.</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.message</t>
+          <t>.prompt.dangerous_discard_download.detail</t>
         </is>
       </c>
       <c r="G434" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Parar este download irá deixar {{title}} em um estado inconsistente.</t>
+          <t>Suggested in Weblate: Nós iremos restaurar {{title}} para a última versão na próxima vez que você tentar utilizá-lo.</t>
         </is>
       </c>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr"/>
       <c r="B435" t="inlineStr">
         <is>
-          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
+          <t>version {{version}}</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Iremos restaurar {{title}} para a última versão na próxima vez que você tentar usá-lo.</t>
+          <t>versão {{version}}</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.revert.version</t>
+        </is>
+      </c>
+      <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr"/>
       <c r="B436" t="inlineStr">
         <is>
-          <t>version {{version}}</t>
+          <t>{{title}} needs to finish updating before it can be opened</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>versão {{version}}</t>
+          <t>{{title}} precisa terminar a atualização antes de ser aberto</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>.prompt.revert.version</t>
-[...24 lines deleted...]
-        <is>
           <t>.status.repairing_game</t>
         </is>
       </c>
-      <c r="G437" t="inlineStr">
+      <c r="G436" t="inlineStr">
         <is>
           <t>Suggested in Weblate: {{title}} precisa terminar de atualizar antes que possa ser aberto
 Suggested in Weblate: {{title}} precisa acabar de atualizar antes de iniciar
 Suggested in Weblate: {{title}} precisa terminar de atualizar antes que possa ser aberto
 Suggested in Weblate: {{title}} precisa terminar de atualizar antes de ser aberto</t>
         </is>
       </c>
+      <c r="H436" t="inlineStr"/>
+    </row>
+    <row r="437">
+      <c r="A437" t="inlineStr"/>
+      <c r="B437" t="inlineStr">
+        <is>
+          <t>Things you install or download will show up here</t>
+        </is>
+      </c>
+      <c r="C437" t="inlineStr">
+        <is>
+          <t>As coisas que você instalar ou baixar aparecerão aqui</t>
+        </is>
+      </c>
+      <c r="D437" t="inlineStr"/>
+      <c r="E437" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F437" t="inlineStr">
+        <is>
+          <t>.status.downloads.no_active_downloads_subtext</t>
+        </is>
+      </c>
+      <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr"/>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Things you install or download will show up here</t>
+          <t>Download some stuff!</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>As coisas que você instalar ou baixar aparecerão aqui</t>
+          <t>Baixar alguma coisa!</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads_subtext</t>
-[...2 lines deleted...]
-      <c r="G438" t="inlineStr"/>
+          <t>.status.downloads.find_games_button</t>
+        </is>
+      </c>
+      <c r="G438" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Baixe alguma coisa!
+Suggested in Weblate: Baixe algumas coisas</t>
+        </is>
+      </c>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr"/>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Download some stuff!</t>
+          <t>Everything's filtered away...</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Baixar alguma coisa!</t>
+          <t>Tudo foi filtrado...</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>.status.downloads.find_games_button</t>
-[...7 lines deleted...]
-      </c>
+          <t>.grid.empty_state.leader</t>
+        </is>
+      </c>
+      <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr"/>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Everything's filtered away...</t>
+          <t>Your filters are hiding everything here</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Tudo foi filtrado...</t>
+          <t>Seus filtros estão escondendo tudo aqui</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>.grid.empty_state.leader</t>
+          <t>.grid.empty_state.explanation</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr"/>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Your filters are hiding everything here</t>
+          <t>Manage</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Seus filtros estão escondendo tudo aqui</t>
+          <t>Gerenciar</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>.grid.empty_state.explanation</t>
+          <t>.grid.item.manage</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr"/>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Manage</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Gerenciar</t>
+          <t>Iniciar {{title}}</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>.grid.item.manage</t>
-[...2 lines deleted...]
-      <c r="G442" t="inlineStr"/>
+          <t>.prompt.launch.title</t>
+        </is>
+      </c>
+      <c r="G442" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Lançar {{title}}</t>
+        </is>
+      </c>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr"/>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Which do you want to open?</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Iniciar {{title}}</t>
+          <t>Qual você deseja abrir?</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>.prompt.launch.title</t>
+          <t>.prompt.launch.message</t>
         </is>
       </c>
       <c r="G443" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lançar {{title}}</t>
+          <t>Suggested in Weblate: Qual você quer abrir?</t>
         </is>
       </c>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr"/>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Which do you want to open?</t>
+          <t>Manage {{title}}</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Qual você deseja abrir?</t>
+          <t>Gerenciar {{title}}</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>.prompt.launch.message</t>
+          <t>.prompt.manage_game.title</t>
         </is>
       </c>
       <c r="G444" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Qual você quer abrir?</t>
+          <t>Suggested in Weblate: Gerir {{title}}</t>
         </is>
       </c>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr"/>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Manage {{title}}</t>
+          <t>The following items are installed:</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Gerenciar {{title}}</t>
+          <t>Os seguintes itens estão instalados:</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.title</t>
+          <t>.prompt.manage_game.installed_uploads</t>
         </is>
       </c>
       <c r="G445" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Gerir {{title}}</t>
+          <t>Suggested in Weblate: Os seguintes itens estão instalados.</t>
         </is>
       </c>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr"/>
       <c r="B446" t="inlineStr">
         <is>
-          <t>The following items are installed:</t>
+          <t>These items are also available:</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Os seguintes itens estão instalados:</t>
+          <t>Estes itens também estão disponíveis:</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.installed_uploads</t>
+          <t>.prompt.manage_game.available_uploads</t>
         </is>
       </c>
       <c r="G446" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Os seguintes itens estão instalados.</t>
+          <t>Suggested in Weblate: Estes itens também estão disponíveis.</t>
         </is>
       </c>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr"/>
       <c r="B447" t="inlineStr">
         <is>
-          <t>These items are also available:</t>
+          <t>No other items are currently available.</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Estes itens também estão disponíveis:</t>
+          <t>Nenhum outro item está disponível atualmente.</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.available_uploads</t>
+          <t>.prompt.manage_game.no_other_uploads</t>
         </is>
       </c>
       <c r="G447" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Estes itens também estão disponíveis.</t>
+          <t>Suggested in Weblate: Outros itens não estão atualmente disponíveis.</t>
         </is>
       </c>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr"/>
       <c r="B448" t="inlineStr">
         <is>
-          <t>No other items are currently available.</t>
+          <t>Prefer optimized patches</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Nenhum outro item está disponível atualmente.</t>
+          <t>Preferir arquivos adicionais otimizados</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.no_other_uploads</t>
+          <t>.preferences.advanced.prefer_optimized_patches</t>
         </is>
       </c>
       <c r="G448" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Outros itens não estão atualmente disponíveis.</t>
+          <t>Suggested in Weblate: Preferir patches otimizados</t>
         </is>
       </c>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr"/>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Prefer optimized patches</t>
+          <t>{{x}} seconds</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Preferir arquivos adicionais otimizados</t>
+          <t>{{x}} segundos</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>.preferences.advanced.prefer_optimized_patches</t>
-[...6 lines deleted...]
-      </c>
+          <t>.duration.seconds</t>
+        </is>
+      </c>
+      <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr"/>
       <c r="B450" t="inlineStr">
         <is>
-          <t>{{x}} seconds</t>
+          <t>Application log</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>{{x}} segundos</t>
+          <t>Registro do aplicativo</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>.duration.seconds</t>
-[...2 lines deleted...]
-      <c r="G450" t="inlineStr"/>
+          <t>.sidebar.applog</t>
+        </is>
+      </c>
+      <c r="G450" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Registro da aplicação
+Suggested in Weblate: Registros da aplicação.
+Suggested in Weblate: Registro do Aplicativo</t>
+        </is>
+      </c>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr"/>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Application log</t>
+          <t>{{count}} items</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Registro do aplicativo</t>
+          <t>{{count}} itens</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>.sidebar.applog</t>
-[...8 lines deleted...]
-      </c>
+          <t>.grid.item_count</t>
+        </is>
+      </c>
+      <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr"/>
       <c r="B452" t="inlineStr">
         <is>
-          <t>{{count}} items</t>
+          <t>The itch web browser is disabled</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>{{count}} itens</t>
+          <t>O navegador itch esta desabilitado</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>.grid.item_count</t>
-[...2 lines deleted...]
-      <c r="G452" t="inlineStr"/>
+          <t>.browser.disabled</t>
+        </is>
+      </c>
+      <c r="G452" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: O navegador do itch está desabilitado</t>
+        </is>
+      </c>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr"/>
       <c r="B453" t="inlineStr">
         <is>
-          <t>The itch web browser is disabled</t>
+          <t>Re-enable</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>O navegador itch esta desabilitado</t>
+          <t>Reabilitar</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>.browser.disabled</t>
-[...6 lines deleted...]
-      </c>
+          <t>.browser.reenable</t>
+        </is>
+      </c>
+      <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr"/>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Re-enable</t>
+          <t>Disable web browser</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Reabilitar</t>
+          <t>Desabilitar o navegador web</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>.browser.reenable</t>
-[...2 lines deleted...]
-      <c r="G454" t="inlineStr"/>
+          <t>.preferences.advanced.disable_browser</t>
+        </is>
+      </c>
+      <c r="G454" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Desativar navegador web
+Suggested in Weblate: Desativar Navegador de Internet</t>
+        </is>
+      </c>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr"/>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Disable web browser</t>
+          <t>You currently have no collections</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Desabilitar o navegador web</t>
+          <t>Você atualmente não possui coleções</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_browser</t>
+          <t>.collections.empty</t>
         </is>
       </c>
       <c r="G455" t="inlineStr">
-        <is>
-[...29 lines deleted...]
-      <c r="G456" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: Você ainda não possui coleções
 Suggested in Weblate: Você não possui coleções ainda
 Suggested in Weblate: Atualmente você não possui coleções
 Suggested in Weblate: Atualmente você não tem nenhuma coleção
 Suggested in Weblate: Você ainda não tem coleções </t>
         </is>
       </c>
-      <c r="H456" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B457" t="inlineStr">
+      <c r="H455" t="inlineStr"/>
+    </row>
+    <row r="456">
+      <c r="A456" t="inlineStr"/>
+      <c r="B456" t="inlineStr">
         <is>
           <t>Browse for some games and add them to a new collection!</t>
         </is>
       </c>
-      <c r="C457" t="inlineStr">
+      <c r="C456" t="inlineStr">
         <is>
           <t>Procure por alguns jogos e adicione-os a uma nova coleção!</t>
         </is>
       </c>
-      <c r="D457" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F457" t="inlineStr">
+      <c r="D456" t="inlineStr"/>
+      <c r="E456" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F456" t="inlineStr">
         <is>
           <t>.collections.empty_sub</t>
         </is>
       </c>
-      <c r="G457" t="inlineStr">
+      <c r="G456" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Navegue por alguns jogos e adicione eles a uma nova coleção!
 Suggested in Weblate: Busque por jogos e adicione-os à sua coleção!
 Suggested in Weblate: Explore para achar jogos e adicione-os a sua coleção!
 Suggested in Weblate: Busque por alguns jogos para adicionar eles a nova coleção!
 Suggested in Weblate: Procure por alguns jogos e adicione eles a sua nova coleção!</t>
         </is>
       </c>
+      <c r="H456" t="inlineStr"/>
+    </row>
+    <row r="457">
+      <c r="A457" t="inlineStr"/>
+      <c r="B457" t="inlineStr">
+        <is>
+          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
+        </is>
+      </c>
+      <c r="C457" t="inlineStr">
+        <is>
+          <t>Desative acelerador de hardware (resolve alguns erros no Linux)</t>
+        </is>
+      </c>
+      <c r="D457" t="inlineStr"/>
+      <c r="E457" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F457" t="inlineStr">
+        <is>
+          <t>.preferences.advanced.disable_hardware_acceleration</t>
+        </is>
+      </c>
+      <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr"/>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Desative acelerador de hardware (resolve alguns erros no Linux)</t>
+          <t>Preparando…</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_hardware_acceleration</t>
+          <t>.prereq.status.pending</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr"/>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Updates available</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Preparando…</t>
+          <t>Atualizações disponíveis</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>.prereq.status.pending</t>
-[...2 lines deleted...]
-      <c r="G459" t="inlineStr"/>
+          <t>.status.downloads.updates_available</t>
+        </is>
+      </c>
+      <c r="G459" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Atualização disponível</t>
+        </is>
+      </c>
       <c r="H459" t="inlineStr"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr"/>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Updates available</t>
+          <t>Update all</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Atualizações disponíveis</t>
+          <t>Atualizar tudo</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>.status.downloads.updates_available</t>
+          <t>.status.downloads.update_all</t>
         </is>
       </c>
       <c r="G460" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Atualização disponível</t>
+          <t>Suggested in Weblate: Atualizar todos</t>
         </is>
       </c>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr"/>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Update all</t>
+          <t>There's nothing here...</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Atualizar tudo</t>
+          <t>Não há nada aqui...</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>.status.downloads.update_all</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.really_empty_state.leader</t>
+        </is>
+      </c>
+      <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr"/>
       <c r="B462" t="inlineStr">
         <is>
-          <t>There's nothing here...</t>
+          <t>...yet!</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Não há nada aqui...</t>
+          <t>...ainda!</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.leader</t>
+          <t>.grid.really_empty_state.explanation</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr"/>
       <c r="B463" t="inlineStr">
         <is>
-          <t>...yet!</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>...ainda!</t>
+          <t>Preparando…</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.explanation</t>
+          <t>.grid.item.running.prepare</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr"/>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Cleaning up…</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Preparando…</t>
+          <t>Apagando…</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>.grid.item.running.prepare</t>
+          <t>.grid.item.running.clean</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr"/>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Cleaning up…</t>
+          <t>Disk usage</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Apagando…</t>
+          <t>Uso do disco</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>.grid.item.running.clean</t>
+          <t>.preferences.install_location.disk_usage</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr"/>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Disk usage</t>
+          <t>Finalizing installation…</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Uso do disco</t>
+          <t>Finalizando a instalação…</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>.preferences.install_location.disk_usage</t>
-[...2 lines deleted...]
-      <c r="G466" t="inlineStr"/>
+          <t>.login.status.finalizing_installation</t>
+        </is>
+      </c>
+      <c r="G466" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Terminando instalação...
+Suggested in Weblate: Finalizando instalação...</t>
+        </is>
+      </c>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr"/>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Finalizing installation…</t>
+          <t>Antivirus software may interfere with itch.</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Finalizando a instalação…</t>
+          <t>O seu Anti-Virus pode interferir com o itch.</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>.login.status.finalizing_installation</t>
+          <t>.login.status.antivirus_warning</t>
         </is>
       </c>
       <c r="G467" t="inlineStr">
-        <is>
-[...29 lines deleted...]
-      <c r="G468" t="inlineStr">
         <is>
           <t>Suggested in Weblate: O seu antivírus pode interferir com o itch.
 Suggested in Weblate: O seu software de Anti-Virus pode interferir com o itch.
 Suggested in Weblate: Software antivírus pode interferir com o itch.
 Suggested in Weblate: Software antivírus pode interferir com itch.</t>
         </is>
       </c>
+      <c r="H467" t="inlineStr"/>
+    </row>
+    <row r="468">
+      <c r="A468" t="inlineStr"/>
+      <c r="B468" t="inlineStr">
+        <is>
+          <t>The install folder disappeared</t>
+        </is>
+      </c>
+      <c r="C468" t="inlineStr">
+        <is>
+          <t>A pasta de instalação desapareceu</t>
+        </is>
+      </c>
+      <c r="D468" t="inlineStr"/>
+      <c r="E468" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F468" t="inlineStr">
+        <is>
+          <t>.butlerd.codes.404</t>
+        </is>
+      </c>
+      <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr"/>
       <c r="B469" t="inlineStr">
         <is>
-          <t>The install folder disappeared</t>
+          <t>No compatible uploads were found for this title</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>A pasta de instalação desapareceu</t>
+          <t>Nenhuma atualização compatível foi encontrada para esse título</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>.butlerd.codes.404</t>
-[...2 lines deleted...]
-      <c r="G469" t="inlineStr"/>
+          <t>.butlerd.codes.2001</t>
+        </is>
+      </c>
+      <c r="G469" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Nenhuma atualização compatível foi encontrada paa esse título
+Suggested in Weblate: Nenhum upload compatível foi encontrado para este título</t>
+        </is>
+      </c>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr"/>
       <c r="B470" t="inlineStr">
         <is>
-          <t>No compatible uploads were found for this title</t>
+          <t>How can I help?</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Nenhuma atualização compatível foi encontrada para esse título</t>
+          <t>Como posso ajudar?</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>.butlerd.codes.2001</t>
+          <t>.docs.how_to_help</t>
         </is>
       </c>
       <c r="G470" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nenhuma atualização compatível foi encontrada paa esse título
-Suggested in Weblate: Nenhum upload compatível foi encontrado para este título</t>
+          <t>This is the latter, "How can I/the user help out/contribute?"
+This needs context because source sentence could be a customer service thing "How can I/itch help you?" or a "How can I/the user help out/contribute?"</t>
         </is>
       </c>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr"/>
       <c r="B471" t="inlineStr">
         <is>
-          <t>How can I help?</t>
+          <t>Queuing…</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>Como posso ajudar?</t>
+          <t>Adicionando à fila…</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>.docs.how_to_help</t>
+          <t>.grid.item.queueing</t>
         </is>
       </c>
       <c r="G471" t="inlineStr">
-        <is>
-[...29 lines deleted...]
-      <c r="G472" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Pesquisando...
 Suggested in Weblate: Enfileirando...
 Suggested in Weblate: Aguardando...
 Suggested in Weblate: Colocando na fila...</t>
         </is>
       </c>
+      <c r="H471" t="inlineStr"/>
+    </row>
+    <row r="472">
+      <c r="A472" t="inlineStr"/>
+      <c r="B472" t="inlineStr">
+        <is>
+          <t>Details for nerds</t>
+        </is>
+      </c>
+      <c r="C472" t="inlineStr">
+        <is>
+          <t>Detalhes para nerds</t>
+        </is>
+      </c>
+      <c r="D472" t="inlineStr"/>
+      <c r="E472" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F472" t="inlineStr">
+        <is>
+          <t>.prompt.show_error.details_for_nerds</t>
+        </is>
+      </c>
+      <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr"/>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Details for nerds</t>
+          <t>Event log</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Detalhes para nerds</t>
+          <t>Registro de evento</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds</t>
-[...2 lines deleted...]
-      <c r="G473" t="inlineStr"/>
+          <t>.prompt.show_error.details_for_nerds.event_log</t>
+        </is>
+      </c>
+      <c r="G473" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Registro de Eventos</t>
+        </is>
+      </c>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr"/>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Event log</t>
+          <t>Stack trace</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Registro de evento</t>
+          <t>Rastro de pilha</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.event_log</t>
+          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
         </is>
       </c>
       <c r="G474" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Registro de Eventos</t>
+          <t>Suggested in Weblate: Stack trace</t>
         </is>
       </c>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr"/>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Stack trace</t>
+          <t>Send a report to help resolve this issue</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>Rastro de pilha</t>
+          <t>Enviar um relatório para ajudar a resolver esse problema</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
+          <t>.prompt.show_error.send_report</t>
         </is>
       </c>
       <c r="G475" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Stack trace</t>
+          <t>Suggested in Weblate: Envie um relatório para ajudar a resolver este problema</t>
         </is>
       </c>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr"/>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Send a report to help resolve this issue</t>
+          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Enviar um relatório para ajudar a resolver esse problema</t>
+          <t>Este título está empacotado de um modo que não é compatível com o aplicativo itch.io.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>.prompt.show_error.send_report</t>
+          <t>.butlerd.codes.3000</t>
         </is>
       </c>
       <c r="G476" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Envie um relatório para ajudar a resolver este problema</t>
+          <t>Suggested in Weblate: Esse título está empacotado de uma maneira incompatível com o aplicativo itch.io.
+Suggested in Weblate: Esse título está empacotado de uma maneira que não é compaível com o aplicativo itch.io
+Suggested in Weblate: Este título é empacotado de uma forma que não é compatível com o aplicativo do itch.io.</t>
         </is>
       </c>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr"/>
       <c r="B477" t="inlineStr">
         <is>
-          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
+          <t>Nothing that can be launched was found.</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>Este título está empacotado de um modo que não é compatível com o aplicativo itch.io.</t>
+          <t>Nada que possa ser executado foi encontrado.</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>.butlerd.codes.3000</t>
+          <t>.butlerd.codes.5000</t>
         </is>
       </c>
       <c r="G477" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Esse título está empacotado de uma maneira incompatível com o aplicativo itch.io.
-[...1 lines deleted...]
-Suggested in Weblate: Este título é empacotado de uma forma que não é compatível com o aplicativo do itch.io.</t>
+          <t>Suggested in Weblate: Nada que possa ser iniciado foi encontrado.</t>
         </is>
       </c>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr"/>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Nothing that can be launched was found.</t>
+          <t>There is no Internet connection.</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Nada que possa ser executado foi encontrado.</t>
+          <t>Não há conexão com a Internet.</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>.butlerd.codes.5000</t>
+          <t>.butlerd.codes.9000</t>
         </is>
       </c>
       <c r="G478" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nada que possa ser iniciado foi encontrado.</t>
+          <t>Suggested in Weblate: Não há conexão com internet.
+Suggested in Weblate: Não há conexão com internet</t>
         </is>
       </c>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr"/>
       <c r="B479" t="inlineStr">
         <is>
-          <t>There is no Internet connection.</t>
+          <t>{{installedSize}} used by games</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Não há conexão com a Internet.</t>
+          <t>{{installedSize}} usado por jogos</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>.butlerd.codes.9000</t>
-[...7 lines deleted...]
-      </c>
+          <t>.preferences.install_location.size_used_by_games</t>
+        </is>
+      </c>
+      <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr"/>
       <c r="B480" t="inlineStr">
         <is>
-          <t>{{installedSize}} used by games</t>
+          <t>{{freeSize}} free of {{totalSize}}</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>{{installedSize}} usado por jogos</t>
+          <t>{{freeSize}} livre de {{totalSize}}</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>.preferences.install_location.size_used_by_games</t>
+          <t>.preferences.install_location.free_of_total</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr"/>
       <c r="B481" t="inlineStr">
         <is>
-          <t>{{freeSize}} free of {{totalSize}}</t>
+          <t>Scan install locations for games</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>{{freeSize}} livre de {{totalSize}}</t>
+          <t>Buscar locais de instalação para jogos</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_of_total</t>
+          <t>.preferences.scan_install_locations</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr"/>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Scan install locations for games</t>
+          <t>Confirm import</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Buscar locais de instalação para jogos</t>
+          <t>Confirmar importação</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations</t>
+          <t>.preferences.scan_install_locations.confirm_import</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr"/>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Confirm import</t>
+          <t>Import {{numItems}} items</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Confirmar importação</t>
+          <t>Importar {{numItems}} itens</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.confirm_import</t>
+          <t>.preferences.scan_install_locations.import_items</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr"/>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Import {{numItems}} items</t>
+          <t>{{numImportedItems}} items were successfully imported</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Importar {{numItems}} itens</t>
+          <t>{{numImportedItems}} itens foram importados com sucesso</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.import_items</t>
+          <t>.preferences.scan_install_locations.items_imported</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr"/>
       <c r="B485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} items were successfully imported</t>
+          <t>Looking for games...</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} itens foram importados com sucesso</t>
+          <t>Procurando por jogos...</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.items_imported</t>
+          <t>.preferences.scan_install_locations.looking_for_games</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr"/>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Looking for games...</t>
+          <t>The following items can be imported:</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Procurando por jogos...</t>
+          <t>Os seguintes itens podem ser importados:</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.looking_for_games</t>
+          <t>.preferences.scan_install_locations.message</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr"/>
       <c r="B487" t="inlineStr">
         <is>
-          <t>The following items can be imported:</t>
+          <t>No additional items found in install locations</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Os seguintes itens podem ser importados:</t>
+          <t>Não foram encontrados itens adicionais nos locais de instalação</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.message</t>
-[...2 lines deleted...]
-      <c r="G487" t="inlineStr"/>
+          <t>.preferences.scan_install_locations.no_items_found</t>
+        </is>
+      </c>
+      <c r="G487" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Não foram encontrados itens nas pastas de instalação
+Suggested in Weblate: Nenhum item adicional encontrado no local de instalação</t>
+        </is>
+      </c>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr"/>
       <c r="B488" t="inlineStr">
         <is>
-          <t>No additional items found in install locations</t>
+          <t>Scanning...</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Não foram encontrados itens adicionais nos locais de instalação</t>
+          <t>Buscando...</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.no_items_found</t>
+          <t>.preferences.scan_install_locations.title</t>
         </is>
       </c>
       <c r="G488" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Não foram encontrados itens nas pastas de instalação
-Suggested in Weblate: Nenhum item adicional encontrado no local de instalação</t>
+          <t>Suggested in Weblate: Procurando...
+Suggested in Weblate: Escaneando...</t>
         </is>
       </c>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr"/>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Scanning...</t>
+          <t>Check for game updates</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Buscando...</t>
+          <t>Verificar atualizações de jogos</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.title</t>
+          <t>.preferences.advanced.check_game_updates</t>
         </is>
       </c>
       <c r="G489" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Procurando...
-Suggested in Weblate: Escaneando...</t>
+          <t>Suggested in Weblate: Verificar por atualizações de jogos
+Suggested in Weblate: Procurar Por Atualizações
+Suggested in Weblate: Checar por atualizações do jogo</t>
         </is>
       </c>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr"/>
       <c r="B490" t="inlineStr">
         <is>
-          <t>Check for game updates</t>
+          <t>Resume downloads</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Verificar atualizações de jogos</t>
+          <t>Continuar downloads</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>.preferences.advanced.check_game_updates</t>
-[...8 lines deleted...]
-      </c>
+          <t>.status.downloads.resume_downloads</t>
+        </is>
+      </c>
+      <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr"/>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Resume downloads</t>
+          <t>Pause downloads</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Continuar downloads</t>
+          <t>Pausar downloads</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>.status.downloads.resume_downloads</t>
+          <t>.status.downloads.pause_downloads</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr"/>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Pause downloads</t>
+          <t>Components</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Pausar downloads</t>
+          <t>Componentes</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>.status.downloads.pause_downloads</t>
+          <t>.preferences.advanced.components</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr"/>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Components</t>
+          <t>New version available</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>Componentes</t>
+          <t>Nova versão disponível</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>.preferences.advanced.components</t>
-[...2 lines deleted...]
-      <c r="G493" t="inlineStr"/>
+          <t>.prompt.self_update_ready.short</t>
+        </is>
+      </c>
+      <c r="G493" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Nova versão disponivel</t>
+        </is>
+      </c>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr"/>
       <c r="B494" t="inlineStr">
         <is>
-          <t>New version available</t>
+          <t>No other version is available.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Nova versão disponível</t>
+          <t>Nenhuma outra versão está disponível.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.short</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.revert.no_other_version</t>
+        </is>
+      </c>
+      <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr"/>
       <c r="B495" t="inlineStr">
         <is>
-          <t>No other version is available.</t>
+          <t>Skip update</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>Nenhuma outra versão está disponível.</t>
+          <t>Pular atualização</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>.prompt.revert.no_other_version</t>
+          <t>.pick_update_upload.buttons.skip_update</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr"/>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Skip update</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>Pular atualização</t>
+          <t>Iniciar {{title}}</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.skip_update</t>
-[...2 lines deleted...]
-      <c r="G496" t="inlineStr"/>
+          <t>.grid.item.launch_title</t>
+        </is>
+      </c>
+      <c r="G496" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Lançar {{title}}</t>
+        </is>
+      </c>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr"/>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Open {{title}}</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>Iniciar {{title}}</t>
+          <t>Abrir {{title}}</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>.grid.item.launch_title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.open_title</t>
+        </is>
+      </c>
+      <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr"/>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Open {{title}}</t>
+          <t>views</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Abrir {{title}}</t>
+          <t>visualizações</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>.grid.item.open_title</t>
+          <t>.dashboard.game_stats.views</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr"/>
       <c r="B499" t="inlineStr">
         <is>
-          <t>views</t>
+          <t>downloads</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>visualizações</t>
+          <t>downloads</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.views</t>
-[...2 lines deleted...]
-      <c r="G499" t="inlineStr"/>
+          <t>.dashboard.game_stats.downloads</t>
+        </is>
+      </c>
+      <c r="G499" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: transferências</t>
+        </is>
+      </c>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr"/>
       <c r="B500" t="inlineStr">
         <is>
-          <t>downloads</t>
+          <t>purchases</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>downloads</t>
+          <t>compras</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.downloads</t>
-[...6 lines deleted...]
-      </c>
+          <t>.dashboard.game_stats.purchases</t>
+        </is>
+      </c>
+      <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr"/>
       <c r="B501" t="inlineStr">
         <is>
-          <t>purchases</t>
+          <t>Open page</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>compras</t>
+          <t>Abrir página</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.purchases</t>
-[...2 lines deleted...]
-      <c r="G501" t="inlineStr"/>
+          <t>.grid.item.open_page</t>
+        </is>
+      </c>
+      <c r="G501" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Abrir site</t>
+        </is>
+      </c>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr"/>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Open page</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Abrir página</t>
+          <t>Indisponível</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>.grid.item.open_page</t>
+          <t>.grid.item.not_available</t>
         </is>
       </c>
       <c r="G502" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Abrir site</t>
+          <t xml:space="preserve">Suggested in Weblate: Não disponível </t>
         </is>
       </c>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr"/>
       <c r="B503" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>View all...</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>Indisponível</t>
+          <t>Ver todos…</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>.grid.item.not_available</t>
+          <t>.game_stripe.view_all</t>
         </is>
       </c>
       <c r="G503" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: Não disponível </t>
+          <t>Suggested in Weblate: Visualizar tudo...</t>
         </is>
       </c>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr"/>
       <c r="B504" t="inlineStr">
         <is>
-          <t>View all...</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Ver todos…</t>
+          <t>Instalado</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>.game_stripe.view_all</t>
-[...6 lines deleted...]
-      </c>
+          <t>.table.column.installed</t>
+        </is>
+      </c>
+      <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr"/>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Powered by</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Instalado</t>
+          <t>Distribuído por</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>.table.column.installed</t>
-[...24 lines deleted...]
-        <is>
           <t>.table.column.powered_by</t>
         </is>
       </c>
-      <c r="G506" t="inlineStr">
+      <c r="G505" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Desenvolvido por
 Suggested in Weblate: Desenvolvido em
 Suggested in Weblate: Feito com
 Suggested in Weblate: Produzido usando
 Suggested in Weblate: Fornecido por
 Suggested in Weblate: Feito por
 Suggested in Weblate: Disponível  por</t>
         </is>
       </c>
+      <c r="H505" t="inlineStr"/>
+    </row>
+    <row r="506">
+      <c r="A506" t="inlineStr"/>
+      <c r="B506" t="inlineStr">
+        <is>
+          <t>Enable tabs</t>
+        </is>
+      </c>
+      <c r="C506" t="inlineStr">
+        <is>
+          <t>Habilitar abas</t>
+        </is>
+      </c>
+      <c r="D506" t="inlineStr"/>
+      <c r="E506" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F506" t="inlineStr">
+        <is>
+          <t>.preferences.behavior.enable_tabs</t>
+        </is>
+      </c>
+      <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr"/>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Enable tabs</t>
+          <t>Acquired recently</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Habilitar abas</t>
+          <t>Adquirido recentemente</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>.preferences.behavior.enable_tabs</t>
+          <t>.sort_by.games.acquired_at</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr"/>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Acquired recently</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Adquirido recentemente</t>
+          <t>Título</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>.sort_by.games.acquired_at</t>
+          <t>.sort_by.games.title</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr"/>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Views</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Título</t>
+          <t>Visualizações</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>.sort_by.games.title</t>
+          <t>.sort_by.games.views</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr"/>
       <c r="B510" t="inlineStr">
         <is>
-          <t>Views</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Visualizações</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>.sort_by.games.views</t>
+          <t>.sort_by.games.downloads</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr"/>
       <c r="B511" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Purchases</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Compras</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>.sort_by.games.downloads</t>
-[...2 lines deleted...]
-      <c r="G511" t="inlineStr"/>
+          <t>.sort_by.games.purchases</t>
+        </is>
+      </c>
+      <c r="G511" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mais comprados</t>
+        </is>
+      </c>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr"/>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Purchases</t>
+          <t>Play time</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Compras</t>
+          <t>Tempo de jogo</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>.sort_by.games.purchases</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sort_by.games.play_time</t>
+        </is>
+      </c>
+      <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr"/>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Play time</t>
+          <t>Last touched</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Tempo de jogo</t>
+          <t>Tocado pela última vez</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>.sort_by.games.play_time</t>
-[...2 lines deleted...]
-      <c r="G513" t="inlineStr"/>
+          <t>.sort_by.games.last_touched</t>
+        </is>
+      </c>
+      <c r="G513" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mais recentes</t>
+        </is>
+      </c>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr"/>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Last touched</t>
+          <t>Size on disk</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Tocado pela última vez</t>
+          <t>Tamanho em disco</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>.sort_by.games.last_touched</t>
+          <t>.sort_by.games.size_on_disk</t>
         </is>
       </c>
       <c r="G514" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mais recentes</t>
+          <t>Suggested in Weblate: Tamanho</t>
         </is>
       </c>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr"/>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Size on disk</t>
+          <t>Install date</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Tamanho em disco</t>
+          <t>Data de instalação</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>.sort_by.games.size_on_disk</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sort_by.games.install_date</t>
+        </is>
+      </c>
+      <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr"/>
       <c r="B516" t="inlineStr">
         <is>
-          <t>Install date</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>Data de instalação</t>
+          <t>Jogos</t>
         </is>
       </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>.sort_by.games.install_date</t>
+          <t>.filter_by.games.classification.games</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr"/>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Tools</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Jogos</t>
+          <t>Ferramentas</t>
         </is>
       </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.games</t>
+          <t>.filter_by.games.classification.tools</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr"/>
       <c r="B518" t="inlineStr">
         <is>
-          <t>Tools</t>
+          <t>Game assets</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>Ferramentas</t>
+          <t>Recursos para jogos</t>
         </is>
       </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.tools</t>
-[...2 lines deleted...]
-      <c r="G518" t="inlineStr"/>
+          <t>.filter_by.games.classification.assets</t>
+        </is>
+      </c>
+      <c r="G518" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Game assets
+Suggested in Weblate: Assets para jogos</t>
+        </is>
+      </c>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr"/>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Game assets</t>
+          <t>Comics</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Recursos para jogos</t>
+          <t>Quadrinhos</t>
         </is>
       </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.assets</t>
-[...7 lines deleted...]
-      </c>
+          <t>.filter_by.games.classification.comics</t>
+        </is>
+      </c>
+      <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr"/>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Comics</t>
+          <t>Books</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Quadrinhos</t>
+          <t>Livros</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.comics</t>
+          <t>.filter_by.games.classification.books</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr"/>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Books</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Livros</t>
+          <t>Instalados</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.books</t>
+          <t>.filter_by.games.status.installed</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr"/>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Free</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Instalados</t>
+          <t>Grátis</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>.filter_by.games.status.installed</t>
-[...2 lines deleted...]
-      <c r="G522" t="inlineStr"/>
+          <t>.filter_by.games.paid_status.free</t>
+        </is>
+      </c>
+      <c r="G522" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: Grátis </t>
+        </is>
+      </c>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr"/>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Free</t>
+          <t>Paid</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Grátis</t>
+          <t>Pago</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.free</t>
+          <t>.filter_by.games.paid_status.paid</t>
         </is>
       </c>
       <c r="G523" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: Grátis </t>
+          <t>Suggested in Weblate: Pagos</t>
         </is>
       </c>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr"/>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Paid</t>
+          <t>Draft</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Pago</t>
+          <t>Rascunho</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.paid</t>
+          <t>.filter_by.games.visibility.draft</t>
         </is>
       </c>
       <c r="G524" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pagos</t>
+          <t xml:space="preserve">Suggested in Weblate: Projeto </t>
         </is>
       </c>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr"/>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Draft</t>
+          <t>Published</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Rascunho</t>
+          <t>Publicado</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.draft</t>
+          <t>.filter_by.games.visibility.published</t>
         </is>
       </c>
       <c r="G525" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: Projeto </t>
+          <t>Suggested in Weblate: Publicados</t>
         </is>
       </c>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr"/>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Published</t>
+          <t>Level</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Publicado</t>
+          <t>Nível</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.published</t>
+          <t>.log.level</t>
         </is>
       </c>
       <c r="G526" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Publicados</t>
+          <t>Suggested in Weblate: Nivel</t>
         </is>
       </c>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr"/>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Level</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Nível</t>
+          <t>Depurar</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>.log.level</t>
+          <t>.log.level.debug</t>
         </is>
       </c>
       <c r="G527" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nivel</t>
+          <t>Suggested in Weblate: Debug</t>
         </is>
       </c>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr"/>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Depurar</t>
+          <t>Informação</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>.log.level.debug</t>
+          <t>.log.level.info</t>
         </is>
       </c>
       <c r="G528" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Debug</t>
+          <t>Suggested in Weblate: Informativo
+Suggested in Weblate: Informações</t>
         </is>
       </c>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr"/>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Warning</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Informação</t>
+          <t>Aviso</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>.log.level.info</t>
+          <t>.log.level.warning</t>
         </is>
       </c>
       <c r="G529" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Informativo
-Suggested in Weblate: Informações</t>
+          <t>Suggested in Weblate: Perigoso</t>
         </is>
       </c>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr"/>
       <c r="B530" t="inlineStr">
         <is>
-          <t>Warning</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>Aviso</t>
+          <t>Erro</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>.log.level.warning</t>
-[...6 lines deleted...]
-      </c>
+          <t>.log.level.error</t>
+        </is>
+      </c>
+      <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr"/>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Error</t>
+          <t>Nothing to see here</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Erro</t>
+          <t>Nada para ver aqui</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>.log.level.error</t>
-[...2 lines deleted...]
-      <c r="G531" t="inlineStr"/>
+          <t>.empty_state.nothing_to_see_here</t>
+        </is>
+      </c>
+      <c r="G531" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: 
+Nada para ver aqui</t>
+        </is>
+      </c>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr"/>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Nothing to see here</t>
+          <t>{{itemCount}} items</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Nada para ver aqui</t>
+          <t>{{itemCount}} Itens</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>.empty_state.nothing_to_see_here</t>
+          <t>.collection.item_count</t>
         </is>
       </c>
       <c r="G532" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: 
-Nada para ver aqui</t>
+          <t>Suggested in Weblate: {{itemCount}} itens 
+Suggested in Weblate: Items
+Suggested in Weblate: itens</t>
         </is>
       </c>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr"/>
       <c r="B533" t="inlineStr">
         <is>
-          <t>{{itemCount}} items</t>
+          <t>No description</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>{{itemCount}} Itens</t>
+          <t>Sem descrição</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>.collection.item_count</t>
-[...8 lines deleted...]
-      </c>
+          <t>.search.results.game.no_description</t>
+        </is>
+      </c>
+      <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr"/>
       <c r="B534" t="inlineStr">
         <is>
-          <t>No description</t>
+          <t>Explore</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Sem descrição</t>
+          <t>Explorar</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>.search.results.game.no_description</t>
+          <t>.sidebar.explore</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr"/>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Explore</t>
+          <t>Library</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Explorar</t>
+          <t>Biblioteca</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>.sidebar.explore</t>
+          <t>.sidebar.library</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr"/>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Library</t>
+          <t>Install for {{title}} cancelled!</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Biblioteca</t>
+          <t>A instalação de {{title}} foi cancelada!</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>.sidebar.library</t>
-[...2 lines deleted...]
-      <c r="G536" t="inlineStr"/>
+          <t>.status.installing_game.cancelled</t>
+        </is>
+      </c>
+      <c r="G536" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Instalação de {{title}} cancelada!</t>
+        </is>
+      </c>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr"/>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Install for {{title}} cancelled!</t>
+          <t>Manage install locations</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>A instalação de {{title}} foi cancelada!</t>
+          <t>Gerenciar locais de instalação</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>.status.installing_game.cancelled</t>
+          <t>.install_locations.manage</t>
         </is>
       </c>
       <c r="G537" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Instalação de {{title}} cancelada!</t>
+          <t>Suggested in Weblate: Gerir local de instalação</t>
         </is>
       </c>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr"/>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Manage install locations</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Gerenciar locais de instalação</t>
+          <t>Atualizado</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>.install_locations.manage</t>
+          <t>.collection.info.updated</t>
         </is>
       </c>
       <c r="G538" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Gerir local de instalação</t>
+          <t>Suggested in Weblate: Atualizadas</t>
         </is>
       </c>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr"/>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Atualizado</t>
+          <t>Enviar comentários</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>.collection.info.updated</t>
+          <t>.send_feedback.title</t>
         </is>
       </c>
       <c r="G539" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Atualizadas</t>
+          <t>Suggested in Weblate: Enviar feedback</t>
         </is>
       </c>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr"/>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>Please describe what you were trying to do when the issue happened:</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Enviar comentários</t>
+          <t>Por favor descreva o que você estava tentando fazer quando o problema aconteceu:</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>.send_feedback.title</t>
+          <t>.send_feedback.describe_issue</t>
         </is>
       </c>
       <c r="G540" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviar feedback</t>
+          <t>Suggested in Weblate: Por favor descreva o que você estava tentando fazer quando  o problema aconteceu:</t>
         </is>
       </c>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr"/>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Please describe what you were trying to do when the issue happened:</t>
+          <t>A few reminders:</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Por favor descreva o que você estava tentando fazer quando o problema aconteceu:</t>
+          <t>Alguns lembretes:</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>.send_feedback.describe_issue</t>
-[...6 lines deleted...]
-      </c>
+          <t>.send_feedback.reminders.header</t>
+        </is>
+      </c>
+      <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr"/>
       <c r="B542" t="inlineStr">
         <is>
-          <t>A few reminders:</t>
+          <t>Whatever you write will be read by humans.</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Alguns lembretes:</t>
+          <t>O que quer que você escreva será lido por humanos.</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.header</t>
-[...2 lines deleted...]
-      <c r="G542" t="inlineStr"/>
+          <t>.send_feedback.reminders.we_are_humans</t>
+        </is>
+      </c>
+      <c r="G542" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: O que quer que você escreva, será lido por humanos.
+Suggested in Weblate: Qualquer coisa que você escreva será lida por humanos.</t>
+        </is>
+      </c>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr"/>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Whatever you write will be read by humans.</t>
+          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>O que quer que você escreva será lido por humanos.</t>
+          <t>Seja o mais preciso possível. Queremos abordar o problema tanto quanto você!</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.we_are_humans</t>
+          <t>.send_feedback.reminders.be_precise</t>
         </is>
       </c>
       <c r="G543" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O que quer que você escreva, será lido por humanos.
-Suggested in Weblate: Qualquer coisa que você escreva será lida por humanos.</t>
+          <t>Suggested in Weblate: Seja o quão preciso você puder. Nós queremos abordar este problema tanto quanto você!</t>
         </is>
       </c>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr"/>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
+          <t>Include steps to reproduce the issue if you can.</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Seja o mais preciso possível. Queremos abordar o problema tanto quanto você!</t>
+          <t>Inclua os passos para reproduzir este problema se você puder.</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.be_precise</t>
+          <t>.send_feedback.reminders.include_reproduce_steps</t>
         </is>
       </c>
       <c r="G544" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Seja o quão preciso você puder. Nós queremos abordar este problema tanto quanto você!</t>
+          <t>Suggested in Weblate: Incluindo etapas para reproduzir o problema, se você puder.
+Suggested in Weblate: 
+Inclua etapas para reproduzir o problema, se puder.</t>
         </is>
       </c>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr"/>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Include steps to reproduce the issue if you can.</t>
+          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>Inclua os passos para reproduzir este problema se você puder.</t>
+          <t>Mencione o nome da sua conta itch.io e/ou a página que estava te causando problemas, se relevante.</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.include_reproduce_steps</t>
+          <t>.send_feedback.reminders.mention_itchio_account</t>
         </is>
       </c>
       <c r="G545" t="inlineStr">
-        <is>
-[...30 lines deleted...]
-      <c r="G546" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mencione seu nome de usuário itch.io e / ou a página que estava causando problemas, se relevante.
 Suggested in Weblate: Mencione seu nome de conta itch.io e/ou a página que estava causando problemas, se relevante.
 Suggested in Weblate: 
 Mencione seu nome de conta itch.io e / ou a página que estava causando problemas, se relevante.</t>
         </is>
       </c>
-      <c r="H546" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B547" t="inlineStr">
+      <c r="H545" t="inlineStr"/>
+    </row>
+    <row r="546">
+      <c r="A546" t="inlineStr"/>
+      <c r="B546" t="inlineStr">
         <is>
           <t>Thanks for sending us feedback!</t>
         </is>
       </c>
-      <c r="C547" t="inlineStr">
+      <c r="C546" t="inlineStr">
         <is>
           <t>Obrigado por nos enviar seu comentário!</t>
         </is>
       </c>
-      <c r="D547" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F547" t="inlineStr">
+      <c r="D546" t="inlineStr"/>
+      <c r="E546" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F546" t="inlineStr">
         <is>
           <t>.send_feedback.reminders.thanks</t>
         </is>
       </c>
-      <c r="G547" t="inlineStr">
+      <c r="G546" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Obrigado por nos enviar o feedback!
 Suggested in Weblate: Obrigado por nos enviar seu feedback!
 Suggested in Weblate: 
 Obrigado por nos enviar feedback!</t>
         </is>
       </c>
+      <c r="H546" t="inlineStr"/>
+    </row>
+    <row r="547">
+      <c r="A547" t="inlineStr"/>
+      <c r="B547" t="inlineStr">
+        <is>
+          <t>Where does my report go?</t>
+        </is>
+      </c>
+      <c r="C547" t="inlineStr">
+        <is>
+          <t>Para onde vai o meu relatório?</t>
+        </is>
+      </c>
+      <c r="D547" t="inlineStr"/>
+      <c r="E547" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F547" t="inlineStr">
+        <is>
+          <t>.send_feedback.questions.where_does_report_go</t>
+        </is>
+      </c>
+      <c r="G547" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Para onde vai o meu report?
+Suggested in Weblate: Onde meu relatório vai?</t>
+        </is>
+      </c>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr"/>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Where does my report go?</t>
+          <t>Review the information below to make sure you're comfortable with it being sent:</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>Para onde vai o meu relatório?</t>
+          <t>Revise a informação abaixo para ter certeza de que você está confortável em enviá-la:</t>
         </is>
       </c>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>.send_feedback.questions.where_does_report_go</t>
+          <t>.send_feedback.consent.please_review</t>
         </is>
       </c>
       <c r="G548" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Para onde vai o meu report?
-Suggested in Weblate: Onde meu relatório vai?</t>
+          <t>Suggested in Weblate: Reveja as informações abaixo para se certificar de que está satisfeito com o envio:
+Suggested in Weblate: 
+Reveja as informações abaixo para se certificar de que está satisfeito com o envio:</t>
         </is>
       </c>
       <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr"/>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Review the information below to make sure you're comfortable with it being sent:</t>
+          <t>redacted</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Revise a informação abaixo para ter certeza de que você está confortável em enviá-la:</t>
+          <t>redigido</t>
         </is>
       </c>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.please_review</t>
+          <t>.send_feedback.consent.redacted</t>
         </is>
       </c>
       <c r="G549" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Reveja as informações abaixo para se certificar de que está satisfeito com o envio:
-[...1 lines deleted...]
-Reveja as informações abaixo para se certificar de que está satisfeito com o envio:</t>
+          <t xml:space="preserve">Suggested in Weblate: redigido
+</t>
         </is>
       </c>
       <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr"/>
       <c r="B550" t="inlineStr">
         <is>
-          <t>redacted</t>
+          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>redigido</t>
+          <t>Ter uma ideia aproximada de sua configuração geralmente nos ajuda a identificar a origem do problema.</t>
         </is>
       </c>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.redacted</t>
+          <t>.send_feedback.consent.system_info_helps_us</t>
         </is>
       </c>
       <c r="G550" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: redigido
-</t>
+          <t>Suggested in Weblate: Ter uma ideia por cima do seu setup frequentemente nos ajuda a identificar a fonte de um problema.
+Suggested in Weblate: 
+Ter uma ideia aproximada de sua configuração geralmente nos ajuda a identificar a origem de um problema.</t>
         </is>
       </c>
       <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr"/>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
+          <t>Include this information in the report</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Ter uma ideia aproximada de sua configuração geralmente nos ajuda a identificar a origem do problema.</t>
+          <t>Inclua esta informação no relatório</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.system_info_helps_us</t>
+          <t>.send_feedback.consent.include_in_report</t>
         </is>
       </c>
       <c r="G551" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ter uma ideia por cima do seu setup frequentemente nos ajuda a identificar a fonte de um problema.
+          <t>Suggested in Weblate: Inclua esta informação no report
 Suggested in Weblate: 
-Ter uma ideia aproximada de sua configuração geralmente nos ajuda a identificar a origem de um problema.</t>
+Inclua esta informação no relatório</t>
         </is>
       </c>
       <c r="H551" t="inlineStr"/>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr"/>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Include this information in the report</t>
+          <t>A secret URL will be generated for your report.</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Inclua esta informação no relatório</t>
+          <t>Uma URL secreta será gerada para o seu relatório.</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.include_in_report</t>
+          <t>.send_feedback.send.secret_url</t>
         </is>
       </c>
       <c r="G552" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Inclua esta informação no report
+          <t>Suggested in Weblate: Uma URL secreta será gerada para seu report.
 Suggested in Weblate: 
-Inclua esta informação no relatório</t>
+Uma URL secreta será gerada para seu relatório.</t>
         </is>
       </c>
       <c r="H552" t="inlineStr"/>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr"/>
       <c r="B553" t="inlineStr">
         <is>
-          <t>A secret URL will be generated for your report.</t>
+          <t>From that page, you will be able to:</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Uma URL secreta será gerada para o seu relatório.</t>
+          <t>A partir desta página, você poderá:</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url</t>
+          <t>.send_feedback.send.secret_url.feature_list</t>
         </is>
       </c>
       <c r="G553" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Uma URL secreta será gerada para seu report.
+          <t>Suggested in Weblate: A partir dessa página, você será capaz de:
 Suggested in Weblate: 
-Uma URL secreta será gerada para seu relatório.</t>
+A partir dessa página, você será capaz de:</t>
         </is>
       </c>
       <c r="H553" t="inlineStr"/>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr"/>
       <c r="B554" t="inlineStr">
         <is>
-          <t>From that page, you will be able to:</t>
+          <t>See everything we see about the report</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>A partir desta página, você poderá:</t>
+          <t>Ver tudo o que vemos sobre o relatório</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list</t>
+          <t>.send_feedback.send.secret_url.feature_list.view</t>
         </is>
       </c>
       <c r="G554" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: A partir dessa página, você será capaz de:
+          <t>Suggested in Weblate: Veja tudo que vemos sobre o relatório
 Suggested in Weblate: 
-A partir dessa página, você será capaz de:</t>
+Veja tudo o que vemos sobre o relatório</t>
         </is>
       </c>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr"/>
       <c r="B555" t="inlineStr">
         <is>
-          <t>See everything we see about the report</t>
+          <t>Delete it if you decide to.</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Ver tudo o que vemos sobre o relatório</t>
+          <t>Excluí-lo se quiser.</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.view</t>
+          <t>.send_feedback.send.secret_url.feature_list.delete</t>
         </is>
       </c>
       <c r="G555" t="inlineStr">
-        <is>
-[...30 lines deleted...]
-      <c r="G556" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Exclua se você decidir que deve.
 Suggested in Weblate: Delete-o se você quiser.
 Suggested in Weblate: 
 Exclua se você decidir.</t>
         </is>
       </c>
+      <c r="H555" t="inlineStr"/>
+    </row>
+    <row r="556">
+      <c r="A556" t="inlineStr"/>
+      <c r="B556" t="inlineStr">
+        <is>
+          <t>Send report</t>
+        </is>
+      </c>
+      <c r="C556" t="inlineStr">
+        <is>
+          <t>Enviar relatório</t>
+        </is>
+      </c>
+      <c r="D556" t="inlineStr"/>
+      <c r="E556" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F556" t="inlineStr">
+        <is>
+          <t>.send_feedback.send.do_send</t>
+        </is>
+      </c>
+      <c r="G556" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Enviar report
+Suggested in Weblate: 
+Enviar relatório</t>
+        </is>
+      </c>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr"/>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Nevermind, take me out of here</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Enviar relatório</t>
+          <t>Deixa pra lá, me tire daqui</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>.send_feedback.send.do_send</t>
+          <t>.send_feedback.send.dont_send</t>
         </is>
       </c>
       <c r="G557" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviar report
+          <t>Suggested in Weblate: Não importa, tire-me daqui
 Suggested in Weblate: 
-Enviar relatório</t>
+Não importa, tire-me daqui</t>
         </is>
       </c>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr"/>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Nevermind, take me out of here</t>
+          <t>Sending...</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Deixa pra lá, me tire daqui</t>
+          <t>Enviando…</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>.send_feedback.send.dont_send</t>
+          <t>.send_feedback.send.sending</t>
         </is>
       </c>
       <c r="G558" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Não importa, tire-me daqui
+          <t>Suggested in Weblate: Enviando...
 Suggested in Weblate: 
-Não importa, tire-me daqui</t>
+Enviando ...</t>
         </is>
       </c>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr"/>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Sending...</t>
+          <t>Thank you for sending a report, it helps everyone!</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Enviando…</t>
+          <t>Obrigado por enviar um relatório, isso ajuda a todos!</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>.send_feedback.send.sending</t>
+          <t>.send_feedback.final_thanks</t>
         </is>
       </c>
       <c r="G559" t="inlineStr">
-        <is>
-[...30 lines deleted...]
-      <c r="G560" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Obrigado por enviar um report, isso ajuda a todos!
 Suggested in Weblate: Obrigado por nos enviar um relatório, isso ajuda a todos!
 Suggested in Weblate: 
 Obrigado por enviar um relatório, isso ajuda a todos!</t>
         </is>
       </c>
+      <c r="H559" t="inlineStr"/>
+    </row>
+    <row r="560">
+      <c r="A560" t="inlineStr"/>
+      <c r="B560" t="inlineStr">
+        <is>
+          <t>Your report was sent successfully!</t>
+        </is>
+      </c>
+      <c r="C560" t="inlineStr">
+        <is>
+          <t>Seu relatório foi enviado com sucesso!</t>
+        </is>
+      </c>
+      <c r="D560" t="inlineStr"/>
+      <c r="E560" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F560" t="inlineStr">
+        <is>
+          <t>.send_feedback.success.intro</t>
+        </is>
+      </c>
+      <c r="G560" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Seu report foi enviado com sucesso!
+Suggested in Weblate: 
+Seu relatório foi enviado com sucesso!</t>
+        </is>
+      </c>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr"/>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Your report was sent successfully!</t>
+          <t>View report</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Seu relatório foi enviado com sucesso!</t>
+          <t>Ver relatório</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>.send_feedback.success.intro</t>
+          <t>.send_feedback.success.view_report</t>
         </is>
       </c>
       <c r="G561" t="inlineStr">
-        <is>
-[...30 lines deleted...]
-      <c r="G562" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ver report
 Suggested in Weblate: Visualizar relatório
 Suggested in Weblate: 
 Visualizar relatório</t>
         </is>
       </c>
+      <c r="H561" t="inlineStr"/>
+    </row>
+    <row r="562">
+      <c r="A562" t="inlineStr"/>
+      <c r="B562" t="inlineStr">
+        <is>
+          <t>(You can delete it from this page)</t>
+        </is>
+      </c>
+      <c r="C562" t="inlineStr">
+        <is>
+          <t>(Você pode excluí-lo a partir desta página)</t>
+        </is>
+      </c>
+      <c r="D562" t="inlineStr"/>
+      <c r="E562" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F562" t="inlineStr">
+        <is>
+          <t>.send_feedback.success.view_report.delete</t>
+        </is>
+      </c>
+      <c r="G562" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: (Você pode excluir isso desta página)
+Suggested in Weblate: 
+(Você pode excluí-lo desta página)</t>
+        </is>
+      </c>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr"/>
       <c r="B563" t="inlineStr">
         <is>
-          <t>(You can delete it from this page)</t>
+          <t>Thanks for your feedback</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>(Você pode excluí-lo a partir desta página)</t>
+          <t>Obrigado pelo seu comentário</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report.delete</t>
+          <t>.send_feedback.success.thanks</t>
         </is>
       </c>
       <c r="G563" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: (Você pode excluir isso desta página)
+          <t>Suggested in Weblate: Obrigado pelo seu feedback
 Suggested in Weblate: 
-(Você pode excluí-lo desta página)</t>
+Obrigado pelo seu feedback</t>
         </is>
       </c>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr"/>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Thanks for your feedback</t>
+          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Obrigado pelo seu comentário</t>
+          <t>Ele será revisado assim que nós pudermos, convertendo-o para uma questão acionável e, espera-se, corrigida em uma versão futura.</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>.send_feedback.success.thanks</t>
+          <t>.send_feedback.success.promise</t>
         </is>
       </c>
       <c r="G564" t="inlineStr">
-        <is>
-[...30 lines deleted...]
-      <c r="G565" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Isto será analisado assim que possível, convertido em um problema acionável e, espera-se, corrigido em uma versão futura.
 Suggested in Weblate: Isso será revisado o mais breve possível,  e esperançosamente arrumado em uma futura versão.
 Suggested in Weblate: 
 Ele será analisado assim que possível, convertido em um problema acionável e, espera-se, corrigido em uma versão futura.</t>
         </is>
       </c>
-      <c r="H565" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B566" t="inlineStr">
+      <c r="H564" t="inlineStr"/>
+    </row>
+    <row r="565">
+      <c r="A565" t="inlineStr"/>
+      <c r="B565" t="inlineStr">
         <is>
           <t>Sorry, we could not send your report.</t>
         </is>
       </c>
-      <c r="C566" t="inlineStr">
+      <c r="C565" t="inlineStr">
         <is>
           <t>Desculpe, não foi possível enviar seu relatório.</t>
         </is>
       </c>
-      <c r="D566" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F566" t="inlineStr">
+      <c r="D565" t="inlineStr"/>
+      <c r="E565" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F565" t="inlineStr">
         <is>
           <t>.send_feedback.error.intro</t>
         </is>
       </c>
-      <c r="G566" t="inlineStr">
+      <c r="G565" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Desculpe, nós não conseguimos enviar seu report.
 Suggested in Weblate: Desculpe, nós não conseguimos enviar seu relatório.
 Suggested in Weblate: 
 Desculpe, não foi possível enviar seu relatório.</t>
         </is>
       </c>
+      <c r="H565" t="inlineStr"/>
+    </row>
+    <row r="566">
+      <c r="A566" t="inlineStr"/>
+      <c r="B566" t="inlineStr">
+        <is>
+          <t>Previous</t>
+        </is>
+      </c>
+      <c r="C566" t="inlineStr">
+        <is>
+          <t>Anterior</t>
+        </is>
+      </c>
+      <c r="D566" t="inlineStr"/>
+      <c r="E566" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F566" t="inlineStr">
+        <is>
+          <t>.send_feedback.nav.previous</t>
+        </is>
+      </c>
+      <c r="G566" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: 
+Anterior</t>
+        </is>
+      </c>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr"/>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Previous</t>
+          <t>Next</t>
         </is>
       </c>
       <c r="C567" t="inlineStr">
         <is>
-          <t>Anterior</t>
+          <t>Próximo</t>
         </is>
       </c>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.previous</t>
+          <t>.send_feedback.nav.next</t>
         </is>
       </c>
       <c r="G567" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: 
-Anterior</t>
+          <t>Suggested in Weblate: Proximo
+Suggested in Weblate: 
+Próximo</t>
         </is>
       </c>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr"/>
       <c r="B568" t="inlineStr">
         <is>
-          <t>Next</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C568" t="inlineStr">
         <is>
-          <t>Próximo</t>
+          <t>Fechar</t>
         </is>
       </c>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.next</t>
+          <t>.send_feedback.nav.close</t>
         </is>
       </c>
       <c r="G568" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Proximo
-[...1 lines deleted...]
-Próximo</t>
+          <t>Suggested in Weblate: fechar</t>
         </is>
       </c>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr"/>
       <c r="B569" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Your message</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>Fechar</t>
+          <t>Sua mensagem</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.close</t>
+          <t>.send_feedback.steps.your_message</t>
         </is>
       </c>
       <c r="G569" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: fechar</t>
+          <t>Suggested in Weblate: 
+Sua mensagem</t>
         </is>
       </c>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr"/>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Your message</t>
+          <t>System information</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Sua mensagem</t>
+          <t>Informações do sistema</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.your_message</t>
+          <t>.send_feedback.steps.system_info</t>
         </is>
       </c>
       <c r="G570" t="inlineStr">
         <is>
           <t>Suggested in Weblate: 
-Sua mensagem</t>
+Informação do sistema</t>
         </is>
       </c>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr"/>
       <c r="B571" t="inlineStr">
         <is>
-          <t>System information</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Informações do sistema</t>
+          <t>Enviar relatório</t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.system_info</t>
+          <t>.send_feedback.steps.send</t>
         </is>
       </c>
       <c r="G571" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: 
-Informação do sistema</t>
+          <t>Suggested in Weblate: Enviar report
+Suggested in Weblate: Reportar</t>
         </is>
       </c>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr"/>
       <c r="B572" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Browse</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Enviar relatório</t>
+          <t>Procurar</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.send</t>
+          <t>.setup.action.browse</t>
         </is>
       </c>
       <c r="G572" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviar report
-Suggested in Weblate: Reportar</t>
+          <t>Suggested in Weblate: Pesquisar
+Suggested in Weblate: Navegar</t>
         </is>
       </c>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr"/>
       <c r="B573" t="inlineStr">
         <is>
-          <t>Browse</t>
+          <t>Install {{title}}</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Procurar</t>
+          <t>Instalar {{title}}</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>.setup.action.browse</t>
+          <t>.grid.item.install_title</t>
         </is>
       </c>
       <c r="G573" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pesquisar
-Suggested in Weblate: Navegar</t>
+          <t>Suggested in Weblate: Instalar {[title}}</t>
         </is>
       </c>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr"/>
       <c r="B574" t="inlineStr">
         <is>
-          <t>Install {{title}}</t>
+          <t>Open developer tools</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>Instalar {{title}}</t>
+          <t>Abrir ferramentas do desenvolvedor</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>.grid.item.install_title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.browser.open_devtools</t>
+        </is>
+      </c>
+      <c r="G574" t="inlineStr"/>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr"/>
       <c r="B575" t="inlineStr">
         <is>
-          <t>Open developer tools</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Abrir ferramentas do desenvolvedor</t>
+          <t>Voltar</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>.browser.open_devtools</t>
+          <t>.prompt.action.back</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr"/>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Reveal password</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Voltar</t>
+          <t>Revelar senha</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>.prompt.action.back</t>
-[...2 lines deleted...]
-      <c r="G576" t="inlineStr"/>
+          <t>.login.action.reveal_password</t>
+        </is>
+      </c>
+      <c r="G576" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mostrar senha</t>
+        </is>
+      </c>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr"/>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Reveal password</t>
+          <t>Hide password</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Revelar senha</t>
+          <t>Esconder senha</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>.login.action.reveal_password</t>
-[...6 lines deleted...]
-      </c>
+          <t>.login.action.hide_password</t>
+        </is>
+      </c>
+      <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr"/>
       <c r="B578" t="inlineStr">
         <is>
-          <t>Hide password</t>
+          <t>Inspect</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Esconder senha</t>
+          <t>Inspecionar</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>.login.action.hide_password</t>
-[...2 lines deleted...]
-      <c r="G578" t="inlineStr"/>
+          <t>.web.context_menu.inspect</t>
+        </is>
+      </c>
+      <c r="G578" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: Inspecionar </t>
+        </is>
+      </c>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr"/>
       <c r="B579" t="inlineStr">
         <is>
-          <t>Inspect</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Inspecionar</t>
+          <t>Título</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>.web.context_menu.inspect</t>
+          <t>.sort_by.collections.title</t>
         </is>
       </c>
       <c r="G579" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: Inspecionar </t>
+          <t>Suggested in Weblate: Titulo</t>
         </is>
       </c>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr"/>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Título</t>
+          <t>Atualizado</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>.sort_by.collections.title</t>
+          <t>.sort_by.collections.updated_at</t>
         </is>
       </c>
       <c r="G580" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Titulo</t>
+          <t>Suggested in Weblate: Atualizados</t>
         </is>
       </c>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr"/>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Are you sure you want to quit?</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Atualizado</t>
+          <t>Você tem certeza que quer sair?</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>.sort_by.collections.updated_at</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.confirm_quit.title</t>
+        </is>
+      </c>
+      <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr"/>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Are you sure you want to quit?</t>
+          <t>All running games and applications will be closed.</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Você tem certeza que quer sair?</t>
+          <t>Todos os jogos e aplicativos em execução serão fechados.</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.title</t>
+          <t>.prompt.confirm_quit.message</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr"/>
       <c r="B583" t="inlineStr">
         <is>
-          <t>All running games and applications will be closed.</t>
+          <t>Quit and close all</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Todos os jogos e aplicativos em execução serão fechados.</t>
+          <t>Sair e fechar tudo</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.message</t>
-[...2 lines deleted...]
-      <c r="G583" t="inlineStr"/>
+          <t>.prompt.action.quit_and_close_all</t>
+        </is>
+      </c>
+      <c r="G583" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Fechar e sair de tudo</t>
+        </is>
+      </c>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr"/>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Quit and close all</t>
+          <t>Empty</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Sair e fechar tudo</t>
+          <t>Vazio</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>.prompt.action.quit_and_close_all</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.install_location.empty</t>
+        </is>
+      </c>
+      <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr"/>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Empty</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C585" t="inlineStr">
         <is>
-          <t>Vazio</t>
+          <t>Algo deu errado</t>
         </is>
       </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>.preferences.install_location.empty</t>
+          <t>.prompt.show_error.generic_message</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr"/>
       <c r="B586" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Computing space requirements</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>Algo deu errado</t>
+          <t>Calculando espaço necessário</t>
         </is>
       </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>.prompt.show_error.generic_message</t>
-[...2 lines deleted...]
-      <c r="G586" t="inlineStr"/>
+          <t>.plan_install.computing_space_requirements</t>
+        </is>
+      </c>
+      <c r="G586" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Computando espaço requerido
+Suggested in Weblate: Computando requerimentos de espaço</t>
+        </is>
+      </c>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr"/>
       <c r="B587" t="inlineStr">
         <is>
-          <t>Computing space requirements</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Calculando espaço necessário</t>
+          <t>Instalar</t>
         </is>
       </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>.plan_install.computing_space_requirements</t>
-[...7 lines deleted...]
-      </c>
+          <t>.plan_install.select_upload</t>
+        </is>
+      </c>
+      <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr"/>
       <c r="B588" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>To location</t>
         </is>
       </c>
       <c r="C588" t="inlineStr">
         <is>
-          <t>Instalar</t>
+          <t>Instalar em</t>
         </is>
       </c>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>.plan_install.select_upload</t>
-[...2 lines deleted...]
-      <c r="G588" t="inlineStr"/>
+          <t>.plan_install.select_install_location</t>
+        </is>
+      </c>
+      <c r="G588" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Na pasta
+Suggested in Weblate: 
+para localização</t>
+        </is>
+      </c>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr"/>
       <c r="B589" t="inlineStr">
         <is>
-          <t>To location</t>
+          <t>Disk space required</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Instalar em</t>
+          <t>Espaço em disco necessário</t>
         </is>
       </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>.plan_install.select_install_location</t>
+          <t>.plan_install.disk_space_required</t>
         </is>
       </c>
       <c r="G589" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Na pasta
+          <t>Suggested in Weblate: Espaço de disco requerido
 Suggested in Weblate: 
-para localização</t>
+Espaço de disco requerido</t>
         </is>
       </c>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr"/>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Disk space required</t>
+          <t>Disk space available</t>
         </is>
       </c>
       <c r="C590" t="inlineStr">
         <is>
-          <t>Espaço em disco necessário</t>
+          <t>Espaço em disco disponível</t>
         </is>
       </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_required</t>
+          <t>.plan_install.disk_space_available</t>
         </is>
       </c>
       <c r="G590" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Espaço de disco requerido
+          <t>Suggested in Weblate: Espaço de disco disponivel
 Suggested in Weblate: 
-Espaço de disco requerido</t>
+Espaço de disco disponível</t>
         </is>
       </c>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr"/>
       <c r="B591" t="inlineStr">
         <is>
-          <t>Disk space available</t>
+          <t>Software License Agreement</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>Espaço em disco disponível</t>
+          <t>Acordo de Licença de Software</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_available</t>
-[...8 lines deleted...]
-      </c>
+          <t>.prompt.sla.title</t>
+        </is>
+      </c>
+      <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr"/>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Software License Agreement</t>
+          <t>To use this software, you need to accept the terms of this license agreement:</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Acordo de Licença de Software</t>
+          <t>Para utilizar este software você deve aceitar os termos deste acordo de licença:</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>.prompt.sla.title</t>
+          <t>.prompt.sla.message</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr"/>
       <c r="B593" t="inlineStr">
         <is>
-          <t>To use this software, you need to accept the terms of this license agreement:</t>
+          <t>Accept terms</t>
         </is>
       </c>
       <c r="C593" t="inlineStr">
         <is>
-          <t>Para utilizar este software você deve aceitar os termos deste acordo de licença:</t>
+          <t>Aceitar os termos</t>
         </is>
       </c>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>.prompt.sla.message</t>
+          <t>.prompt.sla.accept</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr"/>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Accept terms</t>
+          <t>Physical Games</t>
         </is>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>Aceitar os termos</t>
+          <t>Jogos Físicos</t>
         </is>
       </c>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>.prompt.sla.accept</t>
-[...24 lines deleted...]
-        <is>
           <t>.filter_by.games.classification.physical_game</t>
         </is>
       </c>
-      <c r="G595" t="inlineStr">
+      <c r="G594" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Jogos Esportivos 
 Suggested in Weblate: Jogos de Física
 Suggested in Weblate: Jogos com Física
 Suggested in Weblate: jogos fisicos</t>
         </is>
       </c>
+      <c r="H594" t="inlineStr"/>
+    </row>
+    <row r="595">
+      <c r="A595" t="inlineStr"/>
+      <c r="B595" t="inlineStr">
+        <is>
+          <t>1 hour 1 minute</t>
+        </is>
+      </c>
+      <c r="C595" t="inlineStr"/>
+      <c r="D595" t="inlineStr"/>
+      <c r="E595" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F595" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minute</t>
+        </is>
+      </c>
+      <c r="G595" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: 1 hora 1 minuto
+Suggested in Weblate: 1 hora 1 minuto
+Suggested in Weblate: 1Hora 1 minuto</t>
+        </is>
+      </c>
       <c r="H595" t="inlineStr"/>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr"/>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr"/>
+      <c r="D596" t="inlineStr"/>
+      <c r="E596" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F596" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G596" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: 1 hora {{minutes}} minutos</t>
+        </is>
+      </c>
+      <c r="H596" t="inlineStr"/>
+    </row>
+    <row r="597">
+      <c r="A597" t="inlineStr"/>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C597" t="inlineStr"/>
+      <c r="D597" t="inlineStr"/>
+      <c r="E597" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F597" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G597" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: 1 hora</t>
+        </is>
+      </c>
+      <c r="H597" t="inlineStr"/>
+    </row>
+    <row r="598">
+      <c r="A598" t="inlineStr"/>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C598" t="inlineStr"/>
+      <c r="D598" t="inlineStr"/>
+      <c r="E598" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F598" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G598" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{hours}} horas 1 minuto</t>
+        </is>
+      </c>
+      <c r="H598" t="inlineStr"/>
+    </row>
+    <row r="599">
+      <c r="A599" t="inlineStr"/>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C599" t="inlineStr"/>
+      <c r="D599" t="inlineStr"/>
+      <c r="E599" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F599" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G599" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{hours}} horas {{minutes}} minutos</t>
+        </is>
+      </c>
+      <c r="H599" t="inlineStr"/>
+    </row>
+    <row r="600">
+      <c r="A600" t="inlineStr"/>
+      <c r="B600" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C600" t="inlineStr"/>
+      <c r="D600" t="inlineStr"/>
+      <c r="E600" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F600" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G600" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{hours}} horas</t>
+        </is>
+      </c>
+      <c r="H600" t="inlineStr"/>
+    </row>
+    <row r="601">
+      <c r="A601" t="inlineStr"/>
+      <c r="B601" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C601" t="inlineStr"/>
+      <c r="D601" t="inlineStr"/>
+      <c r="E601" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F601" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G601" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: 1 minuto</t>
+        </is>
+      </c>
+      <c r="H601" t="inlineStr"/>
+    </row>
+    <row r="602">
+      <c r="A602" t="inlineStr"/>
+      <c r="B602" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C602" t="inlineStr"/>
+      <c r="D602" t="inlineStr"/>
+      <c r="E602" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F602" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G602" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{minutes}} minutos</t>
+        </is>
+      </c>
+      <c r="H602" t="inlineStr"/>
+    </row>
+    <row r="603">
+      <c r="A603" t="inlineStr"/>
+      <c r="B603" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C603" t="inlineStr"/>
+      <c r="D603" t="inlineStr"/>
+      <c r="E603" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F603" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G603" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{seconds}} segundos</t>
+        </is>
+      </c>
+      <c r="H603" t="inlineStr"/>
+    </row>
+    <row r="604">
+      <c r="A604" t="inlineStr"/>
+      <c r="B604" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C604" t="inlineStr"/>
+      <c r="D604" t="inlineStr"/>
+      <c r="E604" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F604" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G604" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Confirmar desinstalação</t>
+        </is>
+      </c>
+      <c r="H604" t="inlineStr"/>
+    </row>
+    <row r="605">
+      <c r="A605" t="inlineStr"/>
+      <c r="B605" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C605" t="inlineStr"/>
+      <c r="D605" t="inlineStr"/>
+      <c r="E605" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F605" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G605" t="inlineStr"/>
+      <c r="H605" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>