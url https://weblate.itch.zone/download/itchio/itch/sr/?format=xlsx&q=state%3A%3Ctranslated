--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H283"/>
+  <dimension ref="A1:H294"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -7073,45 +7073,287 @@
         </is>
       </c>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr"/>
       <c r="B283" t="inlineStr">
         <is>
           <t>Physical Games</t>
         </is>
       </c>
       <c r="C283" t="inlineStr"/>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
           <t>.filter_by.games.classification.physical_game</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
+    </row>
+    <row r="284">
+      <c r="A284" t="inlineStr"/>
+      <c r="B284" t="inlineStr">
+        <is>
+          <t>1 hour 1 minute</t>
+        </is>
+      </c>
+      <c r="C284" t="inlineStr"/>
+      <c r="D284" t="inlineStr"/>
+      <c r="E284" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F284" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minute</t>
+        </is>
+      </c>
+      <c r="G284" t="inlineStr"/>
+      <c r="H284" t="inlineStr"/>
+    </row>
+    <row r="285">
+      <c r="A285" t="inlineStr"/>
+      <c r="B285" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C285" t="inlineStr"/>
+      <c r="D285" t="inlineStr"/>
+      <c r="E285" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F285" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G285" t="inlineStr"/>
+      <c r="H285" t="inlineStr"/>
+    </row>
+    <row r="286">
+      <c r="A286" t="inlineStr"/>
+      <c r="B286" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C286" t="inlineStr"/>
+      <c r="D286" t="inlineStr"/>
+      <c r="E286" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F286" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G286" t="inlineStr"/>
+      <c r="H286" t="inlineStr"/>
+    </row>
+    <row r="287">
+      <c r="A287" t="inlineStr"/>
+      <c r="B287" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C287" t="inlineStr"/>
+      <c r="D287" t="inlineStr"/>
+      <c r="E287" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F287" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G287" t="inlineStr"/>
+      <c r="H287" t="inlineStr"/>
+    </row>
+    <row r="288">
+      <c r="A288" t="inlineStr"/>
+      <c r="B288" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C288" t="inlineStr"/>
+      <c r="D288" t="inlineStr"/>
+      <c r="E288" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F288" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G288" t="inlineStr"/>
+      <c r="H288" t="inlineStr"/>
+    </row>
+    <row r="289">
+      <c r="A289" t="inlineStr"/>
+      <c r="B289" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C289" t="inlineStr"/>
+      <c r="D289" t="inlineStr"/>
+      <c r="E289" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F289" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G289" t="inlineStr"/>
+      <c r="H289" t="inlineStr"/>
+    </row>
+    <row r="290">
+      <c r="A290" t="inlineStr"/>
+      <c r="B290" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C290" t="inlineStr"/>
+      <c r="D290" t="inlineStr"/>
+      <c r="E290" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F290" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr"/>
+      <c r="H290" t="inlineStr"/>
+    </row>
+    <row r="291">
+      <c r="A291" t="inlineStr"/>
+      <c r="B291" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C291" t="inlineStr"/>
+      <c r="D291" t="inlineStr"/>
+      <c r="E291" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F291" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G291" t="inlineStr"/>
+      <c r="H291" t="inlineStr"/>
+    </row>
+    <row r="292">
+      <c r="A292" t="inlineStr"/>
+      <c r="B292" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C292" t="inlineStr"/>
+      <c r="D292" t="inlineStr"/>
+      <c r="E292" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F292" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G292" t="inlineStr"/>
+      <c r="H292" t="inlineStr"/>
+    </row>
+    <row r="293">
+      <c r="A293" t="inlineStr"/>
+      <c r="B293" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C293" t="inlineStr"/>
+      <c r="D293" t="inlineStr"/>
+      <c r="E293" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F293" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G293" t="inlineStr"/>
+      <c r="H293" t="inlineStr"/>
+    </row>
+    <row r="294">
+      <c r="A294" t="inlineStr"/>
+      <c r="B294" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C294" t="inlineStr"/>
+      <c r="D294" t="inlineStr"/>
+      <c r="E294" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F294" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G294" t="inlineStr"/>
+      <c r="H294" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>