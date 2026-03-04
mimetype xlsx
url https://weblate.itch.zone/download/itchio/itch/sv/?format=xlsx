--- v0 (2026-01-13)
+++ v1 (2026-03-04)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H595"/>
+  <dimension ref="A1:H605"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -4203,11959 +4203,12171 @@
           <t>Toppförsäljare</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>.new_tab.top_sellers</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Toppsäljare</t>
         </is>
       </c>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Popular on Twitter</t>
+          <t>itch is now running in the background. Use the menu to quit it completely.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>Populär på Twitter</t>
+          <t>itch kör nu i bakgrunden. Använd menyn för att stänga av det helt.</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.new_tab.twitter</t>
-[...6 lines deleted...]
-      </c>
+          <t>.notification.see_you_soon.message</t>
+        </is>
+      </c>
+      <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>itch is now running in the background. Use the menu to quit it completely.</t>
+          <t>See you soon!</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>itch kör nu i bakgrunden. Använd menyn för att stänga av det helt.</t>
+          <t>På återseende!</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.message</t>
+          <t>.notification.see_you_soon.title</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>See you soon!</t>
+          <t>You just purchased {{title}}!</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>På återseende!</t>
+          <t>Du har precis köpt {{title}}!</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.title</t>
+          <t>.notification.purchase_complete.just_bought</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>You just purchased {{title}}!</t>
+          <t>You just donated to {{title}}!</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>Du har precis köpt {{title}}!</t>
+          <t>Du har precist donerat till {{title}}!</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_bought</t>
+          <t>.notification.purchase_complete.just_donated</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>You just donated to {{title}}!</t>
+          <t>You can now install it anytime!</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>Du har precist donerat till {{title}}!</t>
+          <t>Du kan nu välja att installera när som helst!</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_donated</t>
+          <t>.notification.purchase_complete.may_install_now</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t>You can now install it anytime!</t>
+          <t>Thanks for your support!</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>Du kan nu välja att installera när som helst!</t>
+          <t>Tack för ditt stöd!</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.may_install_now</t>
+          <t>.notification.purchase_complete.thanks_for_support</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Thanks for your support!</t>
+          <t>{{title}} was installed!</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>Tack för ditt stöd!</t>
+          <t>{{title}} har installerats!</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.thanks_for_support</t>
+          <t>.notification.download_installed</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
-          <t>{{title}} was installed!</t>
+          <t>{{title}} was updated!</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>{{title}} har installerats!</t>
+          <t>{{title}} har uppdaterats!</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>.notification.download_installed</t>
+          <t>.notification.download_updated</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>{{title}} was updated!</t>
+          <t>{{title}} was switched to {{version}}!</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>{{title}} har uppdaterats!</t>
+          <t>{{title}} har bytt till version {{version}}!</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>.notification.download_updated</t>
-[...2 lines deleted...]
-      <c r="G154" t="inlineStr"/>
+          <t>.notification.download_reverted</t>
+        </is>
+      </c>
+      <c r="G154" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{title}} har bytit till {{version}}!</t>
+        </is>
+      </c>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
-          <t>{{title}} was switched to {{version}}!</t>
+          <t>{{title}} verified and repaired!</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>{{title}} har bytt till version {{version}}!</t>
+          <t>{{title}} verifierad och återställd!</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>.notification.download_reverted</t>
-[...6 lines deleted...]
-      </c>
+          <t>.notification.download_healed</t>
+        </is>
+      </c>
+      <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
-          <t>{{title}} verified and repaired!</t>
+          <t>Keep in mind this is a pre-alpha</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>{{title}} verifierad och återställd!</t>
+          <t>Tänk på att detta är en mycket tidig och potentiellt instabil version</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>.notification.download_healed</t>
+          <t>.onboarding.caved.prealpha_reminder</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Keep in mind this is a pre-alpha</t>
+          <t>Take your pick</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>Tänk på att detta är en mycket tidig och potentiellt instabil version</t>
+          <t>Välj</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>.onboarding.caved.prealpha_reminder</t>
+          <t>.onboarding.caved.title_pick</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Take your pick</t>
+          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>Välj</t>
+          <t>Om något går sönder, klicka på {{report}} för att rapportera det eller {{probe}} för att undersöka problemet själv.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>.onboarding.caved.title_pick</t>
+          <t>.onboarding.caved.troubleshoot_advice</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
+          <t>Watch games quietly download, install, and run.</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>Om något går sönder, klicka på {{report}} för att rapportera det eller {{probe}} för att undersöka problemet själv.</t>
+          <t>Titta på medan spelen laddar ner, installeras och startar.</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>.onboarding.caved.troubleshoot_advice</t>
+          <t>.onboarding.caved.usage</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Watch games quietly download, install, and run.</t>
+          <t>Your games will be here when you come back.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>Titta på medan spelen laddar ner, installeras och startar.</t>
+          <t>Dina spel synkroniseras automatiskt och kommer vara uppdaterad när du kommer tillbaka.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>.onboarding.caved.usage</t>
+          <t>.onboarding.collections.auto_sync</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Your games will be here when you come back.</t>
+          <t>Let's browse</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>Dina spel synkroniseras automatiskt och kommer vara uppdaterad när du kommer tillbaka.</t>
+          <t>Låt oss titta vad som finns</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>.onboarding.collections.auto_sync</t>
+          <t>.onboarding.collections.lets_shop</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Let's browse</t>
+          <t>Mix &amp; match</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>Låt oss titta vad som finns</t>
+          <t>Lösgodis</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>.onboarding.collections.lets_shop</t>
+          <t>.onboarding.collections.title_mix</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Mix &amp; match</t>
+          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>Lösgodis</t>
+          <t>Utforska sidan lite och använd sedan {{add_to_collection}} för att börja organisera dina saker.</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>.onboarding.collections.title_mix</t>
+          <t>.onboarding.collections.usage</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>Utforska sidan lite och använd sedan {{add_to_collection}} för att börja organisera dina saker.</t>
+          <t>Läs mer</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>.onboarding.collections.usage</t>
+          <t>.onboarding.dashboard.docs_link</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>We've tried to make it the comfiest.</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>Läs mer</t>
+          <t>Vi har försökt göra det så bekväm som möjlig.</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.docs_link</t>
+          <t>.onboarding.dashboard.mission_statement</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>We've tried to make it the comfiest.</t>
+          <t>Instant set-up, and as few barriers as we can manage.</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>Vi har försökt göra det så bekväm som möjlig.</t>
+          <t>Snabb konfigurering med så få hinder som möjligt.</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.mission_statement</t>
+          <t>.onboarding.dashboard.selling_points</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Instant set-up, and as few barriers as we can manage.</t>
+          <t>Welcome home</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>Snabb konfigurering med så få hinder som möjligt.</t>
+          <t>Välkommen hem</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.selling_points</t>
+          <t>.onboarding.dashboard.welcome_home</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Welcome home</t>
+          <t>We've put together a few collections so you can start playing right away.</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>Välkommen hem</t>
+          <t>Vi har fixat några samlingar så att du kan börja spela på en gång.</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.welcome_home</t>
+          <t>.onboarding.owned.batteries_included</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>We've put together a few collections so you can start playing right away.</t>
+          <t>Click the labels on your left to navigate around the app</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>Vi har fixat några samlingar så att du kan börja spela på en gång.</t>
+          <t>Klicka på etiketterna till vänster för att navigera runt i appen</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>.onboarding.owned.batteries_included</t>
+          <t>.onboarding.owned.navigation_hint</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Click the labels on your left to navigate around the app</t>
+          <t>Things are looking a bit empty right now, but no worries!</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>Klicka på etiketterna till vänster för att navigera runt i appen</t>
+          <t>Det kan verka lite tomt nu, men det är inget att oroa sig för!</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>.onboarding.owned.navigation_hint</t>
+          <t>.onboarding.owned.reassuring_comment</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Things are looking a bit empty right now, but no worries!</t>
+          <t>You made it!</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>Det kan verka lite tomt nu, men det är inget att oroa sig för!</t>
+          <t>Grattis du fixade det!</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>.onboarding.owned.reassuring_comment</t>
+          <t>.onboarding.owned.title_warm_welcome</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t>You made it!</t>
+          <t>Open dashboard</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>Grattis du fixade det!</t>
+          <t>Öppna översikt</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>.onboarding.owned.title_warm_welcome</t>
+          <t>.outlinks.open_dashboard</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Open dashboard</t>
+          <t>Manage collections</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>Öppna översikt</t>
+          <t>Administrera samlingar</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>.outlinks.open_dashboard</t>
+          <t>.outlinks.manage_collections</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Manage collections</t>
+          <t>itch.io sandbox setup</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>Administrera samlingar</t>
+          <t>Engångskonfiguration av sandbox</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>.outlinks.manage_collections</t>
+          <t>.sandbox.setup.title</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
-          <t>itch.io sandbox setup</t>
+          <t>Proceed</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>Engångskonfiguration av sandbox</t>
+          <t>Fortsätt</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>.sandbox.setup.title</t>
+          <t>.sandbox.setup.proceed</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Proceed</t>
+          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>Fortsätt</t>
+          <t>För att kunna använda itch.io sandbox krävs det att du genomgår en engångsprocess i Administratörsläge.</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>.sandbox.setup.proceed</t>
+          <t>.sandbox.setup.windows.message</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
+          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>För att kunna använda itch.io sandbox krävs det att du genomgår en engångsprocess i Administratörsläge.</t>
+          <t>Efter du tryckt 'Fortsätt' kan en ruta dyka upp och be om ditt godkännande. Detta lägger till ett 'itch-player'-användarkonto för att skydda dina spel från resten av ditt system.</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.message</t>
+          <t>.sandbox.setup.windows.detail</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
+          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>Efter du tryckt 'Fortsätt' kan en ruta dyka upp och be om ditt godkännande. Detta lägger till ett 'itch-player'-användarkonto för att skydda dina spel från resten av ditt system.</t>
+          <t>För att kunna spela spel genom itch.io sandbox måste en engångsprocess genomföras som administratör.</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.detail</t>
+          <t>.sandbox.setup.linux.message</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
+          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>För att kunna spela spel genom itch.io sandbox måste en engångsprocess genomföras som administratör.</t>
+          <t>Efter att du tryckt 'Fortsätt' dyker en ruta upp som ber dig att skriva in ditt lösenord. Detta behövs endast genomföras första gången du startar sandbox. Ditt lösenord är varken synligt för eller registreras av itch.</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.message</t>
+          <t>.sandbox.setup.linux.detail</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
+          <t>Security &amp; privacy</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>Efter att du tryckt 'Fortsätt' dyker en ruta upp som ber dig att skriva in ditt lösenord. Detta behövs endast genomföras första gången du startar sandbox. Ditt lösenord är varken synligt för eller registreras av itch.</t>
+          <t>Säkerhet &amp; integritet</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.detail</t>
+          <t>.preferences.security</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Security &amp; privacy</t>
+          <t>Enable itch.io sandbox</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>Säkerhet &amp; integritet</t>
+          <t>Aktivera itch.io sandbox</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>.preferences.security</t>
+          <t>.preferences.security.sandbox.title</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Enable itch.io sandbox</t>
+          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>Aktivera itch.io sandbox</t>
+          <t>Itch.io sandbox försöker förhindra dina spel från att köra skadlig kod eller stjäla känslig data. Det är inte en garanterad säkerhetslösning, men det ökar säkerheten betydligt att köra spel genom itch.io sandbox.</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.title</t>
+          <t>.preferences.security.sandbox.description</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
+          <t>Add location</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>Itch.io sandbox försöker förhindra dina spel från att köra skadlig kod eller stjäla känslig data. Det är inte en garanterad säkerhetslösning, men det ökar säkerheten betydligt att köra spel genom itch.io sandbox.</t>
+          <t>Lägg till plats</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.description</t>
+          <t>.preferences.install_location.add</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Add location</t>
+          <t>Remove this install location</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>Lägg till plats</t>
+          <t>Ta bort installationskatalogen</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>.preferences.install_location.add</t>
+          <t>.preferences.install_location.delete</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Remove this install location</t>
+          <t>Free space</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>Ta bort installationskatalogen</t>
+          <t>Ledigt utrymme</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>.preferences.install_location.delete</t>
+          <t>.preferences.install_location.free_space</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Free space</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>Ledigt utrymme</t>
+          <t>Förvald</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_space</t>
+          <t>.preferences.install_location.is_default_short</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Make default</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>Förvald</t>
+          <t>Gör till förvald</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default_short</t>
+          <t>.preferences.install_location.make_default_short</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Make default</t>
+          <t>New items will install to this location by default.</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>Gör till förvald</t>
+          <t>Nerladdade produkter kommer installeras till denna katalog om inget annat anges.</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default_short</t>
+          <t>.preferences.install_location.is_default</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t>New items will install to this location by default.</t>
+          <t># of items</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>Nerladdade produkter kommer installeras till denna katalog om inget annat anges.</t>
+          <t># saker</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default</t>
+          <t>.preferences.install_location.item_count</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t># of items</t>
+          <t>Set this as the default install location</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t># saker</t>
+          <t>Sätt detta som förvald installationskatalog</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>.preferences.install_location.item_count</t>
+          <t>.preferences.install_location.make_default</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Set this as the default install location</t>
+          <t>Location</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>Sätt detta som förvald installationskatalog</t>
+          <t>Plats</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default</t>
+          <t>.preferences.install_location.path</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Location</t>
+          <t>Used space</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>Plats</t>
+          <t>Använt utrymme</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>.preferences.install_location.path</t>
+          <t>.preferences.install_location.used_space</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Used space</t>
+          <t>Install locations</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>Använt utrymme</t>
+          <t>Installationskataloger</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>.preferences.install_location.used_space</t>
+          <t>.preferences.install_locations</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Install locations</t>
+          <t>Behavior</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>Installationskataloger</t>
+          <t>Beteende</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>.preferences.install_locations</t>
+          <t>.preferences.behavior</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Behavior</t>
+          <t>Keep app in tray when closing window</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>Beteende</t>
+          <t>Behåll programmet i aktivitetsfältet när fönstret stängs</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>.preferences.behavior</t>
+          <t>.preferences.behavior.close_to_tray</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Keep app in tray when closing window</t>
+          <t>Run itch when my computer starts</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>Behåll programmet i aktivitetsfältet när fönstret stängs</t>
+          <t>Starta itch när datorn startas</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>.preferences.behavior.close_to_tray</t>
+          <t>.preferences.behavior.open_at_login</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Run itch when my computer starts</t>
+          <t>Open itch as hidden on startup</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>Starta itch när datorn startas</t>
+          <t>Öppna itch dolt vid start</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login</t>
+          <t>.preferences.behavior.open_as_hidden</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr"/>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Open itch as hidden on startup</t>
+          <t>Auto-start settings could not be applied: {{cause}}</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>Öppna itch dolt vid start</t>
+          <t>Autostart-inställningarna kunde inte sparas: {{cause}}</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_as_hidden</t>
+          <t>.preferences.behavior.open_at_login.error</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr"/>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Auto-start settings could not be applied: {{cause}}</t>
+          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>Autostart-inställningarna kunde inte sparas: {{cause}}</t>
+          <t>Ingen .desktop fil hittades. Detta är normalt om itch inte installerades från ett paket. Se {{linux_install_page}} för mer info.</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.error</t>
+          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr"/>
       <c r="B200" t="inlineStr">
         <is>
-          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
+          <t>Ask before updating anything</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>Ingen .desktop fil hittades. Detta är normalt om itch inte installerades från ett paket. Se {{linux_install_page}} för mer info.</t>
+          <t>Fråga innan uppdateringar utförs</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
+          <t>.preferences.behavior.manual_game_updates</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr"/>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Ask before updating anything</t>
+          <t>Prevent display sleep while playing</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>Fråga innan uppdateringar utförs</t>
+          <t>Förhindra strömspararläge medan du spelar</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>.preferences.behavior.manual_game_updates</t>
+          <t>.preferences.behavior.prevent_display_sleep</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr"/>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Prevent display sleep while playing</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>Förhindra strömspararläge medan du spelar</t>
+          <t>Meddelanden</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>.preferences.behavior.prevent_display_sleep</t>
+          <t>.preferences.notifications</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr"/>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Notify me when a download has been installed or updated</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>Meddelanden</t>
+          <t>Informera mig när en nedladdning har installerats eller uppdaterats</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>.preferences.notifications</t>
+          <t>.preferences.notifications.ready_notification</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr"/>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Notify me when a download has been installed or updated</t>
+          <t>Language</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>Informera mig när en nedladdning har installerats eller uppdaterats</t>
+          <t>Språk</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>.preferences.notifications.ready_notification</t>
+          <t>.preferences.language</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr"/>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Language</t>
+          <t>System language ({{language}})</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>Språk</t>
+          <t>Systemspråk ({{language}})</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>.preferences.language</t>
+          <t>.preferences.language.auto</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr"/>
       <c r="B206" t="inlineStr">
         <is>
-          <t>System language ({{language}})</t>
+          <t>Help translate {{name}} in your language!</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>Systemspråk ({{language}})</t>
+          <t>Hjälp till att översätta {{name}} till ditt modersmål!</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>.preferences.language.auto</t>
+          <t>.preferences.language.get_involved</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr"/>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Help translate {{name}} in your language!</t>
+          <t>Advanced</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>Hjälp till att översätta {{name}} till ditt modersmål!</t>
+          <t>Avancerat</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>.preferences.language.get_involved</t>
+          <t>.preferences.advanced</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr"/>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Advanced</t>
+          <t>Open app log</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>Avancerat</t>
+          <t>Öppna logg</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>.preferences.advanced</t>
+          <t>.preferences.advanced.open_app_log</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr"/>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Open app log</t>
+          <t>Clear browsing data</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>Öppna logg</t>
+          <t>Rensa webb-historik</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>.preferences.advanced.open_app_log</t>
+          <t>.preferences.advanced.clear_browsing_data</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr"/>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Clear browsing data</t>
+          <t>HTTPS Proxy</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>Rensa webb-historik</t>
+          <t>HTTPS-Proxy</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>.preferences.advanced.clear_browsing_data</t>
+          <t>.preferences.proxy_server_address</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr"/>
       <c r="B211" t="inlineStr">
         <is>
-          <t>HTTPS Proxy</t>
+          <t>Direct (no proxy)</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>HTTPS-Proxy</t>
+          <t>Direkt (ingen proxy)</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_address</t>
+          <t>.preferences.proxy_server_source.direct</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr"/>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Direct (no proxy)</t>
+          <t>Multiple downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>Direkt (ingen proxy)</t>
+          <t>Flera nedladdningar finns tillgängliga för {{title}}</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_source.direct</t>
+          <t>.pick_install_upload.title</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr"/>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Multiple downloads are available for {{title}}</t>
+          <t>Which file do you want to download for {{title}}?</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>Flera nedladdningar finns tillgängliga för {{title}}</t>
+          <t>Vilken fil vill du ladda ner för {{title}}?</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>.pick_install_upload.title</t>
+          <t>.pick_install_upload.message</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr"/>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Which file do you want to download for {{title}}?</t>
+          <t>We'll ask you again when new downloads are available.</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>Vilken fil vill du ladda ner för {{title}}?</t>
+          <t>Vi kommer fråga dig igen när nya nedladdningar är tillgängliga.</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>.pick_install_upload.message</t>
+          <t>.pick_install_upload.detail</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr"/>
       <c r="B215" t="inlineStr">
         <is>
-          <t>We'll ask you again when new downloads are available.</t>
+          <t>New downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>Vi kommer fråga dig igen när nya nedladdningar är tillgängliga.</t>
+          <t>Nya filer finns tillgängliga för {{title}}</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>.pick_install_upload.detail</t>
+          <t>.pick_update_upload.title</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr"/>
       <c r="B216" t="inlineStr">
         <is>
-          <t>New downloads are available for {{title}}</t>
+          <t>Which file do you want to update to for {{title}}?</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>Nya filer finns tillgängliga för {{title}}</t>
+          <t>Vilken fil vill du uppdatera för {{title}}?</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>.pick_update_upload.title</t>
+          <t>.pick_update_upload.message</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr"/>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Which file do you want to update to for {{title}}?</t>
+          <t>We only ask because you hand-picked a file at install time.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>Vilken fil vill du uppdatera för {{title}}?</t>
+          <t>Vi frågar bara för att du handplockade en fil vid installationstillfället.</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>.pick_update_upload.message</t>
+          <t>.pick_update_upload.detail</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr"/>
       <c r="B218" t="inlineStr">
         <is>
-          <t>We only ask because you hand-picked a file at install time.</t>
+          <t>A new version of {{title}} is available</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>Vi frågar bara för att du handplockade en fil vid installationstillfället.</t>
+          <t>En ny version av {{title}} finns tillgänglig</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>.pick_update_upload.detail</t>
+          <t>.pick_update_upload.single.title</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr"/>
       <c r="B219" t="inlineStr">
         <is>
-          <t>A new version of {{title}} is available</t>
+          <t>You can choose to update now or later.</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>En ny version av {{title}} finns tillgänglig</t>
+          <t>Du kan välja att uppdatera nu eller vid ett senare tillfälle.</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.title</t>
+          <t>.pick_update_upload.single.message</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr"/>
       <c r="B220" t="inlineStr">
         <is>
-          <t>You can choose to update now or later.</t>
+          <t>Note: you can enable automatic updates in the Preferences tab</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>Du kan välja att uppdatera nu eller vid ett senare tillfälle.</t>
+          <t>Observera: du kan aktivera automatiska uppdateringar via Inställningar-tabben</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.message</t>
+          <t>.pick_update_upload.single.detail</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr"/>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Note: you can enable automatic updates in the Preferences tab</t>
+          <t>Update now</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>Observera: du kan aktivera automatiska uppdateringar via Inställningar-tabben</t>
+          <t>Uppdatera nu</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.detail</t>
+          <t>.pick_update_upload.buttons.update</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr"/>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Update now</t>
+          <t>Just launch</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>Uppdatera nu</t>
+          <t>Starta oavsett</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.update</t>
+          <t>.pick_update_upload.buttons.just_launch</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr"/>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Just launch</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>Starta oavsett</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.just_launch</t>
+          <t>.pick_update_upload.tags.demo</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr"/>
       <c r="B224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Avbryt</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>.pick_update_upload.tags.demo</t>
+          <t>.prompt.action.cancel</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr"/>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>Avbryt</t>
+          <t>Stäng</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>.prompt.action.cancel</t>
+          <t>.prompt.action.close</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr"/>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Proceed with removal</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>Stäng</t>
+          <t>Gå vidare med borttagandet</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>.prompt.action.close</t>
+          <t>.prompt.action.confirm_removal</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr"/>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Proceed with removal</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>Gå vidare med borttagandet</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>.prompt.action.confirm_removal</t>
+          <t>.prompt.action.install</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr"/>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>Ok</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>OK</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>.prompt.action.install</t>
+          <t>.prompt.action.ok</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr"/>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Ok</t>
+          <t>Force close</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>Tvinga stängning</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>.prompt.action.ok</t>
+          <t>.prompt.action.force_close</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr"/>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Force close</t>
+          <t>...but you could still buy a copy for a friend!
+Do you want to make another purchase?</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>Tvinga stängning</t>
+          <t>…men du skulle kunna köpa en kopia till en kompis!
+Vill du göra ett nytt köp?</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>.prompt.action.force_close</t>
+          <t>.prompt.additional_purchase.detail</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr"/>
       <c r="B231" t="inlineStr">
         <is>
-          <t>...but you could still buy a copy for a friend!
-Do you want to make another purchase?</t>
+          <t>You already own a copy of {{title}}.</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>…men du skulle kunna köpa en kopia till en kompis!
-Vill du göra ett nytt köp?</t>
+          <t>Du äger redan en kopia av {{title}}.</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.detail</t>
+          <t>.prompt.additional_purchase.message</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr"/>
       <c r="B232" t="inlineStr">
         <is>
-          <t>You already own a copy of {{title}}.</t>
+          <t>Purchase again</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>Du äger redan en kopia av {{title}}.</t>
+          <t>Köp igen</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.message</t>
+          <t>.prompt.additional_purchase.purchase_again</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr"/>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Purchase again</t>
+          <t>You already own this!</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>Köp igen</t>
+          <t>Du äger redan denna produkt!</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.purchase_again</t>
+          <t>.prompt.additional_purchase.title</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr"/>
       <c r="B234" t="inlineStr">
         <is>
-          <t>You already own this!</t>
+          <t>Clear data</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>Du äger redan denna produkt!</t>
+          <t>Rensa data</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.title</t>
+          <t>.prompt.clear_browsing_data.clear</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr"/>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Clear data</t>
+          <t>Cached images and files</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>Rensa data</t>
+          <t>Rensa tillfälligt sparade bilder och filer</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.clear</t>
+          <t>.prompt.clear_browsing_data.category.cache</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr"/>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Cached images and files</t>
+          <t>Retrieving cache size...</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>Rensa tillfälligt sparade bilder och filer</t>
+          <t>Beräknar storleken på tillfälligt sparade filer…</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cache</t>
+          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr"/>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Retrieving cache size...</t>
+          <t>Cache is currently using {{size}} on disk</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>Beräknar storleken på tillfälligt sparade filer…</t>
+          <t>Tillfälligt sparade filer använder för tillfället {{size}} på hårddisken</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
+          <t>.prompt.clear_browsing_data.cache_size_used</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr"/>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Cache is currently using {{size}} on disk</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>Tillfälligt sparade filer använder för tillfället {{size}} på hårddisken</t>
+          <t>Kakor</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cache_size_used</t>
+          <t>.prompt.clear_browsing_data.category.cookies</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr"/>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>This will log you out from all websites you've logged into from the itch app.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>Kakor</t>
+          <t>Detta kommer att logga ut dig från alla webbsidor som du har loggat in på genom itch-appen.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cookies</t>
+          <t>.prompt.clear_browsing_data.cookies_info</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr"/>
       <c r="B240" t="inlineStr">
         <is>
-          <t>This will log you out from all websites you've logged into from the itch app.</t>
+          <t>Browsing data cleared!</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>Detta kommer att logga ut dig från alla webbsidor som du har loggat in på genom itch-appen.</t>
+          <t>Surfdata rensad!</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cookies_info</t>
+          <t>.prompt.clear_browsing_data.notification</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr"/>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Browsing data cleared!</t>
+          <t>A crash log has been written to {{location}}.</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>Surfdata rensad!</t>
+          <t>En krashlog har skrivits till {{location}}.</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.notification</t>
+          <t>.prompt.crash_reporter.detail</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr"/>
       <c r="B242" t="inlineStr">
         <is>
-          <t>A crash log has been written to {{location}}.</t>
+          <t>The application has crashed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>En krashlog har skrivits till {{location}}.</t>
+          <t>Programmet har crashat</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.detail</t>
+          <t>.prompt.crash_reporter.message</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr"/>
       <c r="B243" t="inlineStr">
         <is>
-          <t>The application has crashed</t>
+          <t>Open crash log</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>Programmet har crashat</t>
+          <t>Öppna krashlogg</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.message</t>
+          <t>.prompt.crash_reporter.open_crash_log</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr"/>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Open crash log</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>Öppna krashlogg</t>
+          <t>Skicka feedback</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.open_crash_log</t>
+          <t>.prompt.crash_reporter.report_issue</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr"/>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>Skicka feedback</t>
+          <t>itch kan bara installera fristående program i Linux.</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.report_issue</t>
+          <t>.prompt.deb_policy.detail</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr"/>
       <c r="B246" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>itch kan bara installera fristående program i Linux.</t>
+          <t>{{title}} använder ett .deb paket och kan därför inte installeras av itch förrän utvecklaren gjort en fristående version.</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.detail</t>
+          <t>.prompt.deb_policy.message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr"/>
       <c r="B247" t="inlineStr">
         <is>
-          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>APT packages are not supported</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>{{title}} använder ett .deb paket och kan därför inte installeras av itch förrän utvecklaren gjort en fristående version.</t>
+          <t>APT paket stödjs inte</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.message</t>
+          <t>.prompt.deb_policy.title</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr"/>
       <c r="B248" t="inlineStr">
         <is>
-          <t>APT packages are not supported</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>APT paket stödjs inte</t>
+          <t>Glöm sessionen</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.title</t>
+          <t>.prompt.forget_session.action</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr"/>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>You can always add it back later.</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>Glöm sessionen</t>
+          <t>Du kan alltid aktivera den igen senare.</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.action</t>
+          <t>.prompt.forget_session.detail</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr"/>
       <c r="B250" t="inlineStr">
         <is>
-          <t>You can always add it back later.</t>
+          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>Du kan alltid aktivera den igen senare.</t>
+          <t>Är du säker på att du vill ta bort '{{username}}' från dina sparade sessioner?</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.detail</t>
+          <t>.prompt.forget_session.message</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr"/>
       <c r="B251" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>Är du säker på att du vill ta bort '{{username}}' från dina sparade sessioner?</t>
+          <t>Glöm session</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.message</t>
+          <t>.prompt.forget_session.title</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr"/>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>Pick a new install location</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>Glöm session</t>
+          <t>Välj en ny installationskatalog</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.title</t>
+          <t>.prompt.install_location_add.title</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr"/>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Pick a new install location</t>
+          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>Välj en ny installationskatalog</t>
+          <t>Alla saker installerade under {{location}} kommer inte längre att hanteras av appen.</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>.prompt.install_location_add.title</t>
+          <t>.prompt.install_location_remove.detail</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr"/>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
+          <t>Are you sure you want to remove this location?</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>Alla saker installerade under {{location}} kommer inte längre att hanteras av appen.</t>
+          <t>Är du säker på att du vill ta bort den här installationskatalogen?</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.detail</t>
+          <t>.prompt.install_location_remove.message</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr"/>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove this location?</t>
+          <t>Removing an install location</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>Är du säker på att du vill ta bort den här installationskatalogen?</t>
+          <t>Tar bort installationskatalog</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.message</t>
+          <t>.prompt.install_location_remove.title</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr"/>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Removing an install location</t>
+          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>Tar bort installationskatalog</t>
+          <t>Detta är den sista kvarvarande installationskatalogen, och den kan inte tas bort förrän en annan lagts till först.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.title</t>
+          <t>.prompt.last_remaining_install_location.content</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr"/>
       <c r="B257" t="inlineStr">
         <is>
-          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
+          <t>Cannot remove install location</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>Detta är den sista kvarvarande installationskatalogen, och den kan inte tas bort förrän en annan lagts till först.</t>
+          <t>Kan inte ta bort installationskatalogen</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.content</t>
+          <t>.prompt.last_remaining_install_location.title</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr"/>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Cannot remove install location</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>Kan inte ta bort installationskatalogen</t>
+          <t>Logga ut</t>
         </is>
       </c>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.title</t>
+          <t>.prompt.logout_action</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr"/>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Logga ut</t>
+          <t>Är du säker på att du vill logga ut?</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>.prompt.logout_action</t>
+          <t>.prompt.logout_confirm</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr"/>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>In-progress downloads will be paused until you log in again.</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Är du säker på att du vill logga ut?</t>
+          <t>Pågående nedladdningar kommer pausas tills du loggar in igen.</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>.prompt.logout_confirm</t>
+          <t>.prompt.logout_detail</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr"/>
       <c r="B261" t="inlineStr">
         <is>
-          <t>In-progress downloads will be paused until you log in again.</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Pågående nedladdningar kommer pausas tills du loggar in igen.</t>
+          <t>Logga ut</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>.prompt.logout_detail</t>
+          <t>.prompt.logout_title</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr"/>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>Logga ut</t>
+          <t>Denna {{classification}} kanske inte är kompatibel med det ännu?</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>.prompt.logout_title</t>
+          <t>.prompt.no_compatible_version.detail</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr"/>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
+          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>Denna {{classification}} kanske inte är kompatibel med det ännu?</t>
+          <t>Vi kunde inte hitta någon version av {{title}} för {{platform}}.</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.detail</t>
+          <t>.prompt.no_compatible_version.message</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr"/>
       <c r="B264" t="inlineStr">
         <is>
-          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
+          <t>{{title}} on {{platform}}</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Vi kunde inte hitta någon version av {{title}} för {{platform}}.</t>
+          <t>{{title}} för {{platform}}</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.message</t>
+          <t>.prompt.no_compatible_version.title</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr"/>
       <c r="B265" t="inlineStr">
         <is>
-          <t>{{title}} on {{platform}}</t>
+          <t>An error occurred during installation</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>{{title}} för {{platform}}</t>
+          <t>Ett fel uppstod under installationen</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.title</t>
+          <t>.prompt.install_error.title</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr"/>
       <c r="B266" t="inlineStr">
         <is>
-          <t>An error occurred during installation</t>
+          <t>While searching for a download: {{message}}</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Ett fel uppstod under installationen</t>
+          <t>Under sökningen efter en nedladdning: {{message}}</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>.prompt.install_error.title</t>
+          <t>.prompt.install_error.find_upload</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr"/>
       <c r="B267" t="inlineStr">
         <is>
-          <t>While searching for a download: {{message}}</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Under sökningen efter en nedladdning: {{message}}</t>
+          <t>Mer info</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>.prompt.install_error.find_upload</t>
+          <t>.prompt.packaging_policy.learn_more</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr"/>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>Open web page for {{title}}</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Mer info</t>
+          <t>Öppna {{title}}s webbsida</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.learn_more</t>
+          <t>.prompt.packaging_policy.open_web_page</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr"/>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Open web page for {{title}}</t>
+          <t>Maybe you can find another way to support them?</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Öppna {{title}}s webbsida</t>
+          <t>Kanske finns det andra sätt att stödja dem?</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.open_web_page</t>
+          <t>.prompt.payments_disabled.detail</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr"/>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Maybe you can find another way to support them?</t>
+          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Kanske finns det andra sätt att stödja dem?</t>
+          <t>Tyvärr tillåter inte utvecklaren av {{title}} några betalningar för den här produkten.</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.detail</t>
+          <t>.prompt.payments_disabled.message</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr"/>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
+          <t>Open web page</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Tyvärr tillåter inte utvecklaren av {{title}} några betalningar för den här produkten.</t>
+          <t>Öppna webbsida</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.message</t>
+          <t>.prompt.payments_disabled.open_web_page</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr"/>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Open web page</t>
+          <t>Payments disabled</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Öppna webbsida</t>
+          <t>Betalning ej aktiverat</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.open_web_page</t>
+          <t>.prompt.payments_disabled.title</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr"/>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Payments disabled</t>
+          <t>Switch {{title}} to another version</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Betalning ej aktiverat</t>
+          <t>Byt till en annan version av {{title}}</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.title</t>
+          <t>.prompt.revert.title</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr"/>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Switch {{title}} to another version</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Byt till en annan version av {{title}}</t>
+          <t>itch kan bara installera fristående Linuxprogram.</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>.prompt.revert.title</t>
+          <t>.prompt.rpm_policy.detail</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr"/>
       <c r="B275" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>itch kan bara installera fristående Linuxprogram.</t>
+          <t>{{title}} använder .rpm paket-formatet och kan inte installeras förrän det packats om.</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.detail</t>
+          <t>.prompt.rpm_policy.message</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr"/>
       <c r="B276" t="inlineStr">
         <is>
-          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>YUM packages are not supported</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>{{title}} använder .rpm paket-formatet och kan inte installeras förrän det packats om.</t>
+          <t>YUM paket stöds ej</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.message</t>
+          <t>.prompt.rpm_policy.title</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr"/>
       <c r="B277" t="inlineStr">
         <is>
-          <t>YUM packages are not supported</t>
+          <t>Dismiss</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>YUM paket stöds ej</t>
+          <t>Avfärda</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.title</t>
+          <t>.prompt.self_update.action.dismiss</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr"/>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Dismiss</t>
+          <t>Download now</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Avfärda</t>
+          <t>Ladda ner nu</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.dismiss</t>
+          <t>.prompt.self_update.action.download</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr"/>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Download now</t>
+          <t>Open in browser</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Ladda ner nu</t>
+          <t>Öppna i webbläsare</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.download</t>
+          <t>.prompt.self_update.action.view</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr"/>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Open in browser</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Öppna i webbläsare</t>
+          <t>{{notes}}
+:date: Publicerad den {{pubDate}}.</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.view</t>
+          <t>.prompt.self_update.detail</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr"/>
       <c r="B281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Publicerad den {{pubDate}}.</t>
+          <t>Du kan antingen ladda ner manuellt eller använda pakethanteraren i din Linux-distribution för att uppgradera. Gå till webbsidan för mer info.</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>.prompt.self_update.detail</t>
+          <t>.prompt.self_update.message.linux</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr"/>
       <c r="B282" t="inlineStr">
         <is>
-          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
+          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Du kan antingen ladda ner manuellt eller använda pakethanteraren i din Linux-distribution för att uppgradera. Gå till webbsidan för mer info.</t>
+          <t>Välj 'Ladda ner nu' för automatisk installation eller gå till webbsidan för mer info.</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.linux</t>
+          <t>.prompt.self_update.message.osx</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr"/>
       <c r="B283" t="inlineStr">
         <is>
           <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
           <t>Välj 'Ladda ner nu' för automatisk installation eller gå till webbsidan för mer info.</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.osx</t>
+          <t>.prompt.self_update.message.windows</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr"/>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
+          <t>itch v{{version}} is available for download</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Välj 'Ladda ner nu' för automatisk installation eller gå till webbsidan för mer info.</t>
+          <t>itch v{{version}} är nu tillgänglig för nedladdning</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.windows</t>
+          <t>.prompt.self_update.title</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr"/>
       <c r="B285" t="inlineStr">
         <is>
-          <t>itch v{{version}} is available for download</t>
+          <t>Restart now</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>itch v{{version}} är nu tillgänglig för nedladdning</t>
+          <t>Starta om nu</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>.prompt.self_update.title</t>
+          <t>.prompt.self_update_ready.action.restart</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr"/>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Restart now</t>
+          <t>Snooze</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Starta om nu</t>
+          <t>Avvakta</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.restart</t>
+          <t>.prompt.self_update_ready.action.snooze</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr"/>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Snooze</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Avvakta</t>
+          <t>{{notes}}
+:date: Publicerad {{pubDate}}.</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.snooze</t>
+          <t>.prompt.self_update_ready.detail</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr"/>
       <c r="B288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>Choose '{{restart}}' to apply the update immediately.
+If you don't, the update will be active the next time the app is restarted.</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Publicerad {{pubDate}}.</t>
+          <t>Välj '{{restart}}' för att omedelbart applicera uppdateringarna.
+Annars kommer uppdateringarna aktiveras nästa gång appen startar.</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.detail</t>
+          <t>.prompt.self_update_ready.message</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr"/>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Choose '{{restart}}' to apply the update immediately.
-If you don't, the update will be active the next time the app is restarted.</t>
+          <t>An update has been downloaded and installed</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Välj '{{restart}}' för att omedelbart applicera uppdateringarna.
-Annars kommer uppdateringarna aktiveras nästa gång appen startar.</t>
+          <t>En uppdatering har laddats ner och installerats</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.message</t>
+          <t>.prompt.self_update_ready.title</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr"/>
       <c r="B290" t="inlineStr">
         <is>
-          <t>An update has been downloaded and installed</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>En uppdatering har laddats ner och installerats</t>
+          <t>Avbryt</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.title</t>
+          <t>.prompt.uninstall.cancel</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr"/>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Are you sure you want to uninstall {{title}}?</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Avbryt</t>
+          <t>Är du säker på att du vill avinstallera {{title}}?</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.cancel</t>
+          <t>.prompt.uninstall.message</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Are you sure you want to uninstall {{title}}?</t>
+          <t>Re-install</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Är du säker på att du vill avinstallera {{title}}?</t>
+          <t>Ominstallation</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.message</t>
+          <t>.prompt.uninstall.reinstall</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Re-install</t>
+          <t>Uninstall now</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Ominstallation</t>
+          <t>Avinstallera nu</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.reinstall</t>
+          <t>.prompt.uninstall.uninstall</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr"/>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Uninstall now</t>
+          <t>A {{classification}} by {{username}}</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Avinstallera nu</t>
+          <t>En {{classification}} av {{username}}</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.uninstall</t>
+          <t>.prompt.url_install.credit</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr"/>
       <c r="B295" t="inlineStr">
         <is>
-          <t>A {{classification}} by {{username}}</t>
+          <t>Do you want to install {{title}}?</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>En {{classification}} av {{username}}</t>
+          <t>Vill du installera {{title}}?</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>.prompt.url_install.credit</t>
+          <t>.prompt.url_install.message</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr"/>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Do you want to install {{title}}?</t>
+          <t>Install request</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>Vill du installera {{title}}?</t>
+          <t>Installationsförfrågan</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>.prompt.url_install.message</t>
+          <t>.prompt.url_install.title</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr"/>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Install request</t>
+          <t>Search results for '{{query}}'</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Installationsförfrågan</t>
+          <t>Sökresultat för '{{query}}'</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>.prompt.url_install.title</t>
+          <t>.search.results.title</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr"/>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search results for '{{query}}'</t>
+          <t>Local</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Sökresultat för '{{query}}'</t>
+          <t>Lokala</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>.search.results.title</t>
+          <t>.search.results.local</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr"/>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Local</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>Lokala</t>
+          <t>Spel</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>.search.results.local</t>
+          <t>.search.results.games</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr"/>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Creators</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>Spel</t>
+          <t>Skapare</t>
         </is>
       </c>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>.search.results.games</t>
+          <t>.search.results.creators</t>
         </is>
       </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr"/>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Creators</t>
+          <t>No results found</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Skapare</t>
+          <t>Hittade inga resultat</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>.search.results.creators</t>
+          <t>.search.empty.no_results</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr"/>
       <c r="B302" t="inlineStr">
         <is>
-          <t>No results found</t>
+          <t>Need inspiration? Try searching for '{{example}}'</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Hittade inga resultat</t>
+          <t>Behöver du inspiration? Testa att söka på '{{example}}'</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>.search.empty.no_results</t>
+          <t>.search.empty.tagline</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr"/>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Need inspiration? Try searching for '{{example}}'</t>
+          <t>Open as tab</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Behöver du inspiration? Testa att söka på '{{example}}'</t>
+          <t>Öppna i egen tab</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>.search.empty.tagline</t>
+          <t>.search.open_as_tab</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr"/>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Open as tab</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Öppna i egen tab</t>
+          <t>Sök</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>.search.open_as_tab</t>
+          <t>.search.placeholder</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr"/>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Aw, snap!</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Sök</t>
+          <t>Attans!</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>.search.placeholder</t>
+          <t>.sidebar.aw_snap</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr"/>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Aw, snap!</t>
+          <t>Loading...</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Attans!</t>
+          <t>Laddar…</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>.sidebar.aw_snap</t>
+          <t>.sidebar.loading</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr"/>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Loading...</t>
+          <t>Out of order</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Laddar…</t>
+          <t>Trasig</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>.sidebar.loading</t>
+          <t>.sidebar.broken</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr"/>
       <c r="B308" t="inlineStr">
         <is>
-          <t>Out of order</t>
+          <t>Close all tabs</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Trasig</t>
+          <t>Stäng alla tabbar</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>.sidebar.broken</t>
-[...2 lines deleted...]
-      <c r="G308" t="inlineStr"/>
+          <t>.sidebar.close_all_tabs</t>
+        </is>
+      </c>
+      <c r="G308" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Stäng alla flikar</t>
+        </is>
+      </c>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr"/>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Close all tabs</t>
+          <t>Essentials</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Stäng alla tabbar</t>
+          <t>Grundläggande</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>.sidebar.close_all_tabs</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.category.basics</t>
+        </is>
+      </c>
+      <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr"/>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Essentials</t>
+          <t>Tabs</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Grundläggande</t>
+          <t>Tabbar</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>.sidebar.category.basics</t>
+          <t>.sidebar.category.tabs</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr"/>
       <c r="B311" t="inlineStr">
         <is>
-          <t>Tabs</t>
+          <t>Collections</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Tabbar</t>
+          <t>Samlingar</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>.sidebar.category.tabs</t>
+          <t>.sidebar.collection</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr"/>
       <c r="B312" t="inlineStr">
         <is>
           <t>Collections</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>Samlingar</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>.sidebar.collection</t>
+          <t>.sidebar.collections</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr"/>
       <c r="B313" t="inlineStr">
         <is>
-          <t>Collections</t>
+          <t>My creations</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Samlingar</t>
+          <t>Mina skapelser</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>.sidebar.collections</t>
+          <t>.sidebar.dashboard</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr"/>
       <c r="B314" t="inlineStr">
         <is>
-          <t>My creations</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Mina skapelser</t>
+          <t>Nedladdningar</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>.sidebar.dashboard</t>
+          <t>.sidebar.downloads</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr"/>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Let's go!</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Nedladdningar</t>
+          <t>Kom igen!</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>.sidebar.downloads</t>
+          <t>.sidebar.empty</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr"/>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Let's go!</t>
+          <t>Featured</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Kom igen!</t>
+          <t>Utvalda</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>.sidebar.empty</t>
+          <t>.sidebar.featured</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr"/>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Featured</t>
+          <t>Your portal to the indie game universe</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Utvalda</t>
+          <t>Din portal till indiespelsuniversat</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>.sidebar.featured</t>
+          <t>.sidebar.itchio</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr"/>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Your portal to the indie game universe</t>
+          <t>Getting started</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Din portal till indiespelsuniversat</t>
+          <t>Kom igång</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>.sidebar.itchio</t>
+          <t>.sidebar.getting_started</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr"/>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Getting started</t>
+          <t>Installed items</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Kom igång</t>
+          <t>Installerade föremål</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>.sidebar.getting_started</t>
+          <t>.sidebar.installed</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr"/>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Installed items</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>Installerade föremål</t>
+          <t>Logga ut</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>.sidebar.installed</t>
+          <t>.sidebar.log_out</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr"/>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>New tab</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Logga ut</t>
+          <t>Ny tab</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>.sidebar.log_out</t>
+          <t>.sidebar.new_tab</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr"/>
       <c r="B322" t="inlineStr">
         <is>
-          <t>New tab</t>
+          <t>Owned items</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Ny tab</t>
+          <t>Ägda föremål</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>.sidebar.new_tab</t>
+          <t>.sidebar.owned</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr"/>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Owned items</t>
+          <t>Things you have bought or installed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Ägda föremål</t>
+          <t>Saker du köpt eller installerat</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>.sidebar.owned</t>
+          <t>.sidebar.owned_subtitle</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr"/>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Things you have bought or installed</t>
+          <t>Preferences</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>Saker du köpt eller installerat</t>
+          <t>Inställningar</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>.sidebar.owned_subtitle</t>
+          <t>.sidebar.preferences</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr"/>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Preferences</t>
+          <t>View community profile</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>Inställningar</t>
+          <t>Visa community-profil</t>
         </is>
       </c>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>.sidebar.preferences</t>
+          <t>.sidebar.view_community_profile</t>
         </is>
       </c>
       <c r="G325" t="inlineStr"/>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr"/>
       <c r="B326" t="inlineStr">
         <is>
-          <t>View community profile</t>
+          <t>View creator profile</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>Visa community-profil</t>
+          <t>Visa skapar-profil</t>
         </is>
       </c>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>.sidebar.view_community_profile</t>
+          <t>.sidebar.view_creator_profile</t>
         </is>
       </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr"/>
       <c r="B327" t="inlineStr">
         <is>
-          <t>View creator profile</t>
+          <t>A new version of itch is available!</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Visa skapar-profil</t>
+          <t>Det finns en ny version av itch tillgänglig!</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>.sidebar.view_creator_profile</t>
+          <t>.status.available</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr"/>
       <c r="B328" t="inlineStr">
         <is>
-          <t>A new version of itch is available!</t>
+          <t>Looking for updates…</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Det finns en ny version av itch tillgänglig!</t>
+          <t>Söker efter uppdateringar…</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>.status.available</t>
+          <t>.status.checking</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr"/>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Looking for updates…</t>
+          <t>Copied to clipboard!</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Söker efter uppdateringar…</t>
+          <t>Utklippt!</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>.status.checking</t>
+          <t>.status.copied_to_clipboard</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr"/>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Copied to clipboard!</t>
+          <t>Click to restart &amp; apply update!</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Utklippt!</t>
+          <t>Klicka för att starta om och installera uppdateringar!</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>.status.copied_to_clipboard</t>
+          <t>.status.downloaded</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Click to restart &amp; apply update!</t>
+          <t>Downloading update…</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Klicka för att starta om och installera uppdateringar!</t>
+          <t>Laddar ner uppdatering…</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>.status.downloaded</t>
+          <t>.status.downloading</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Downloading update…</t>
+          <t>Active download</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>Laddar ner uppdatering…</t>
+          <t>Aktiva nedladdningar</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>.status.downloading</t>
+          <t>.status.downloads.category.active</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr"/>
       <c r="B333" t="inlineStr">
         <is>
-          <t>Active download</t>
+          <t>Finished downloads</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>Aktiva nedladdningar</t>
+          <t>Färdiga nedladdningar</t>
         </is>
       </c>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>.status.downloads.category.active</t>
+          <t>.status.downloads.category.finished</t>
         </is>
       </c>
       <c r="G333" t="inlineStr"/>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr"/>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Finished downloads</t>
+          <t>Queued downloads</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>Färdiga nedladdningar</t>
+          <t>Köade nedladdningar</t>
         </is>
       </c>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>.status.downloads.category.finished</t>
+          <t>.status.downloads.category.queued</t>
         </is>
       </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr"/>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Queued downloads</t>
+          <t>Clear all</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Köade nedladdningar</t>
+          <t>Töm alla</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>.status.downloads.category.queued</t>
+          <t>.status.downloads.clear_all_finished</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr"/>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Clear all</t>
+          <t>Clear</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Töm alla</t>
+          <t>Töm</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_all_finished</t>
+          <t>.status.downloads.clear_finished</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr"/>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Clear</t>
+          <t>Click to manage downloads</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Töm</t>
+          <t>Klicka för att hantera nedladdningar</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_finished</t>
+          <t>.status.downloads.click_to_manage</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr"/>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Click to manage downloads</t>
+          <t>Download error</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Klicka för att hantera nedladdningar</t>
+          <t>Nedladdningsfel</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>.status.downloads.click_to_manage</t>
+          <t>.status.downloads.download_error</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr"/>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Download error</t>
+          <t>No active downloads</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Nedladdningsfel</t>
+          <t>Inga aktiva nedladdningar</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>.status.downloads.download_error</t>
+          <t>.status.downloads.no_active_downloads</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr"/>
       <c r="B340" t="inlineStr">
         <is>
-          <t>No active downloads</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Inga aktiva nedladdningar</t>
+          <t>Okänd</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads</t>
+          <t>.status.downloads.unknown_size</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr"/>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Could not check for updates: {{err}}</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Okänd</t>
+          <t>Kunde inte söka efter uppdateringar: {{err}}</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>.status.downloads.unknown_size</t>
+          <t>.status.game_update.check_failed</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr"/>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Could not check for updates: {{err}}</t>
+          <t>Found new version of {{title}}!</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Kunde inte söka efter uppdateringar: {{err}}</t>
+          <t>Hittade en ny version av {{title}}!</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>.status.game_update.check_failed</t>
+          <t>.status.game_update.found</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr"/>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Found new version of {{title}}!</t>
+          <t>{{title}} is up-to-date.</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Hittade en ny version av {{title}}!</t>
+          <t>{{title}} är fullt uppdaterad.</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>.status.game_update.found</t>
+          <t>.status.game_update.not_found</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr"/>
       <c r="B344" t="inlineStr">
         <is>
-          <t>{{title}} is up-to-date.</t>
+          <t>{{title}} can't be updated because it's running.</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>{{title}} är fullt uppdaterad.</t>
+          <t>{{title}} kan inte uppdateras eftersom det körs.</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>.status.game_update.not_found</t>
+          <t>.status.game_update.busy</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr"/>
       <c r="B345" t="inlineStr">
         <is>
-          <t>{{title}} can't be updated because it's running.</t>
+          <t>{{title}} can't be uninstalled because it's running.</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>{{title}} kan inte uppdateras eftersom det körs.</t>
+          <t>{{title}} kan inte avinstalleras eftersom det körs.</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>.status.game_update.busy</t>
+          <t>.status.uninstall.busy</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr"/>
       <c r="B346" t="inlineStr">
         <is>
-          <t>{{title}} can't be uninstalled because it's running.</t>
+          <t>{{title}} can't be reinstalled because it's running.</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>{{title}} kan inte avinstalleras eftersom det körs.</t>
+          <t>{{title}} kan inte ominstalleras eftersom det körs.</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>.status.uninstall.busy</t>
+          <t>.status.reinstall.busy</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr"/>
       <c r="B347" t="inlineStr">
         <is>
-          <t>{{title}} can't be reinstalled because it's running.</t>
+          <t>Offline mode enabled</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>{{title}} kan inte ominstalleras eftersom det körs.</t>
+          <t>Offline-läge aktiverat</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>.status.reinstall.busy</t>
+          <t>.status.offline_mode.active</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr"/>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Offline mode enabled</t>
+          <t>Click to enable offline mode</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Offline-läge aktiverat</t>
+          <t>Klicka för att aktivera offline-läge</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>.status.offline_mode.active</t>
+          <t>.status.offline_mode.inactive</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr"/>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Click to enable offline mode</t>
+          <t>Your itch is up-to-date!</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Klicka för att aktivera offline-läge</t>
+          <t>Din itch är uppdaterad!</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>.status.offline_mode.inactive</t>
+          <t>.status.uptodate</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr"/>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Your itch is up-to-date!</t>
+          <t>A collection of assets</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Din itch är uppdaterad!</t>
+          <t>En asset-samling</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>.status.uptodate</t>
+          <t>.usage_stats.description.assets</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr"/>
       <c r="B351" t="inlineStr">
         <is>
-          <t>A collection of assets</t>
+          <t>A book</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>En asset-samling</t>
+          <t>En bok</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>.usage_stats.description.assets</t>
+          <t>.usage_stats.description.book</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr"/>
       <c r="B352" t="inlineStr">
         <is>
-          <t>A book</t>
+          <t>Acquired {{time_ago}}</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>En bok</t>
+          <t>Införskaffades {{time_ago}}</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>.usage_stats.description.book</t>
+          <t>.usage_stats.description.bought_time_ago</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr"/>
       <c r="B353" t="inlineStr">
         <is>
-          <t>Acquired {{time_ago}}</t>
+          <t>A comic</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Införskaffades {{time_ago}}</t>
+          <t>Ett seriealbum</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>.usage_stats.description.bought_time_ago</t>
+          <t>.usage_stats.description.comic</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr"/>
       <c r="B354" t="inlineStr">
         <is>
-          <t>A comic</t>
+          <t>Free download</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Ett seriealbum</t>
+          <t>Fri nedladdning</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>.usage_stats.description.comic</t>
+          <t>.usage_stats.description.free_download</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr"/>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Free download</t>
+          <t>A game</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Fri nedladdning</t>
+          <t>Ett spel</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>.usage_stats.description.free_download</t>
+          <t>.usage_stats.description.game</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr"/>
       <c r="B356" t="inlineStr">
         <is>
-          <t>A game</t>
+          <t>A game mod</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Ett spel</t>
+          <t>En spelmod</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game</t>
+          <t>.usage_stats.description.game_mod</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr"/>
       <c r="B357" t="inlineStr">
         <is>
-          <t>A game mod</t>
+          <t>A thing</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>En spelmod</t>
+          <t>En sak</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game_mod</t>
+          <t>.usage_stats.description.other</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr"/>
       <c r="B358" t="inlineStr">
         <is>
-          <t>A thing</t>
+          <t>A physical game</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>En sak</t>
+          <t>Ett brädspel</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>.usage_stats.description.other</t>
+          <t>.usage_stats.description.physical_game</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr"/>
       <c r="B359" t="inlineStr">
         <is>
-          <t>A physical game</t>
+          <t>for {{platforms}}</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Ett brädspel</t>
+          <t>för {{platforms}}</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>.usage_stats.description.physical_game</t>
+          <t>.usage_stats.description.platforms</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr"/>
       <c r="B360" t="inlineStr">
         <is>
-          <t>for {{platforms}}</t>
+          <t>Available for {{price}} or more</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>för {{platforms}}</t>
+          <t>Tillgängligt för {{price}} eller mer</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>.usage_stats.description.platforms</t>
+          <t>.usage_stats.description.price</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr"/>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Available for {{price}} or more</t>
+          <t>A soundtrack</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Tillgängligt för {{price}} eller mer</t>
+          <t>Ett soundtrack</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>.usage_stats.description.price</t>
+          <t>.usage_stats.description.soundtrack</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr"/>
       <c r="B362" t="inlineStr">
         <is>
-          <t>A soundtrack</t>
+          <t>A tool</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Ett soundtrack</t>
+          <t>Ett verktyg</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>.usage_stats.description.soundtrack</t>
+          <t>.usage_stats.description.tool</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr"/>
       <c r="B363" t="inlineStr">
         <is>
-          <t>A tool</t>
+          <t>Played</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Ett verktyg</t>
+          <t>Spelat</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>.usage_stats.description.tool</t>
+          <t>.usage_stats.has_played_for_duration</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr"/>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Played</t>
+          <t>Used</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>Spelat</t>
+          <t>Använt</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>.usage_stats.has_played_for_duration</t>
+          <t>.usage_stats.has_used_for_duration</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr"/>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Used</t>
+          <t>Last opened {{time_ago}}</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>Använt</t>
+          <t>Senast öppnad {{time_ago}}</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>.usage_stats.has_used_for_duration</t>
+          <t>.usage_stats.last_opened_time_ago</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr"/>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Last opened {{time_ago}}</t>
+          <t>Last played {{time_ago}}</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Senast öppnad {{time_ago}}</t>
+          <t>Senast spelad {{time_ago}}</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>.usage_stats.last_opened_time_ago</t>
+          <t>.usage_stats.last_played_time_ago</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr"/>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Last played {{time_ago}}</t>
+          <t>Last used {{time_ago}}</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>Senast spelad {{time_ago}}</t>
+          <t>Senast använd {{time_ago}}</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>.usage_stats.last_played_time_ago</t>
+          <t>.usage_stats.last_used_time_ago</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr"/>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Last used {{time_ago}}</t>
+          <t>Never opened</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>Senast använd {{time_ago}}</t>
+          <t>Aldrig öppnad</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>.usage_stats.last_used_time_ago</t>
+          <t>.usage_stats.never_opened</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr"/>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Never opened</t>
+          <t>Never played</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>Aldrig öppnad</t>
+          <t>Aldrig spelad</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>.usage_stats.never_opened</t>
+          <t>.usage_stats.never_played</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr"/>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Never played</t>
+          <t>Never used</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>Aldrig spelad</t>
+          <t>Aldrig använd</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>.usage_stats.never_played</t>
+          <t>.usage_stats.never_used</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr"/>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Never used</t>
+          <t>{{app_name}} Setup</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Aldrig använd</t>
+          <t>{{app_name}} Inställningar</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>.usage_stats.never_used</t>
-[...2 lines deleted...]
-      <c r="G371" t="inlineStr"/>
+          <t>.setup.window.title</t>
+        </is>
+      </c>
+      <c r="G371" t="inlineStr">
+        <is>
+          <t>Is this string working with windows tray icon's tooltip? Or is there one completely different?</t>
+        </is>
+      </c>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr"/>
       <c r="B372" t="inlineStr">
         <is>
-          <t>{{app_name}} Setup</t>
+          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>{{app_name}} Inställningar</t>
+          <t>Välkommen till {{app_name}} installationen! Hämta något att dricka, välj installationsställe och gå vidare till nästa steg.</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>.setup.window.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.setup.window.welcome</t>
+        </is>
+      </c>
+      <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr"/>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
+          <t>Click to change the install location</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Välkommen till {{app_name}} installationen! Hämta något att dricka, välj installationsställe och gå vidare till nästa steg.</t>
+          <t>Klicka för att ändra installationsställe</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>.setup.window.welcome</t>
+          <t>.setup.tooltip.location</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr"/>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Click to change the install location</t>
+          <t>Choose where the app should be installed</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Klicka för att ändra installationsställe</t>
+          <t>Välj var appen skall installeras</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>.setup.tooltip.location</t>
+          <t>.setup.location.message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr"/>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Choose where the app should be installed</t>
+          <t>Install now</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Välj var appen skall installeras</t>
+          <t>Installera nu</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>.setup.location.message</t>
+          <t>.setup.action.install</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr"/>
       <c r="B376" t="inlineStr">
         <is>
-          <t>Install now</t>
+          <t>Warming up...</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>Installera nu</t>
+          <t>Förbereder…</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>.setup.action.install</t>
+          <t>.setup.status.preparing</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr"/>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Warming up...</t>
+          <t>{{percent}} done</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Förbereder…</t>
+          <t>{{percent}} klart</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>.setup.status.preparing</t>
+          <t>.setup.status.progress</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr"/>
       <c r="B378" t="inlineStr">
         <is>
-          <t>{{percent}} done</t>
+          <t>Downloading and installing @ {{speed}}</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>{{percent}} klart</t>
+          <t>Laddar ner och installerar @ {{speed}}</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>.setup.status.progress</t>
+          <t>.setup.status.installing</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr"/>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Downloading and installing @ {{speed}}</t>
+          <t>All done!</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Laddar ner och installerar @ {{speed}}</t>
+          <t>Allt klart!</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>.setup.status.installing</t>
+          <t>.setup.status.done</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr"/>
       <c r="B380" t="inlineStr">
         <is>
-          <t>All done!</t>
+          <t>The installation went well, {{app_name}} is now starting up!</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Allt klart!</t>
+          <t>Installationen gick bra, {{app_name}} håller nu på att starta upp!</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>.setup.status.done</t>
+          <t>.setup.status.notification</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr"/>
       <c r="B381" t="inlineStr">
         <is>
-          <t>The installation went well, {{app_name}} is now starting up!</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Installationen gick bra, {{app_name}} håller nu på att starta upp!</t>
+          <t>Något gick fel</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>.setup.status.notification</t>
+          <t>.setup.error_dialog.title</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr"/>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Cut</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Något gick fel</t>
+          <t>Klipp ut</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>.setup.error_dialog.title</t>
+          <t>.web.context_menu.cut</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr"/>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Cut</t>
+          <t>Copy</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Klipp ut</t>
+          <t>Kopiera</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>.web.context_menu.cut</t>
+          <t>.web.context_menu.copy</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr"/>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Copy</t>
+          <t>Paste</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>Kopiera</t>
+          <t>Klistra in</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy</t>
+          <t>.web.context_menu.paste</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr"/>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Paste</t>
+          <t>Open in new tab</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>Klistra in</t>
+          <t>Öppna i ny flik</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>.web.context_menu.paste</t>
+          <t>.web.context_menu.open_in_new_tab</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr"/>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Open in new tab</t>
+          <t>Copy link</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Öppna i ny flik</t>
+          <t>Kopiera länk</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>.web.context_menu.open_in_new_tab</t>
+          <t>.web.context_menu.copy_link</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr"/>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Copy link</t>
+          <t>Retry setup</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Kopiera länk</t>
+          <t>Försök att installera igen</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy_link</t>
-[...2 lines deleted...]
-      <c r="G387" t="inlineStr"/>
+          <t>.login.action.retry_setup</t>
+        </is>
+      </c>
+      <c r="G387" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Försök igen installationen</t>
+        </is>
+      </c>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr"/>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Retry setup</t>
+          <t>Developer logs</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Försök att installera igen</t>
+          <t>Utvecklarloggar</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>.login.action.retry_setup</t>
+          <t>.new_tab.devlogs</t>
         </is>
       </c>
       <c r="G388" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Försök igen installationen</t>
+          <t>Suggested in Weblate: Utvecklar loggar</t>
         </is>
       </c>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr"/>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Developer logs</t>
+          <t>Uninstall error</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Utvecklarloggar</t>
+          <t>Problem under avinstallation</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>.new_tab.devlogs</t>
+          <t>.prompt.uninstall_error.title</t>
         </is>
       </c>
       <c r="G389" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Utvecklar loggar</t>
+          <t xml:space="preserve">Suggested in Weblate: Avinstallera fel
+</t>
         </is>
       </c>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr"/>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Uninstall error</t>
+          <t>The uninstall failed. Remove the entry anyway?</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Problem under avinstallation</t>
+          <t>Avinstalleringen misslyckades, Vill du ta bort objektet ändå?</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.title</t>
+          <t>.prompt.uninstall_error.message</t>
         </is>
       </c>
       <c r="G390" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: Avinstallera fel
-</t>
+          <t>Suggested in Weblate: Avinstalleringen misslyckades. Ta bort artikel ändå?
+Suggested in Weblate: Avinstalltionen misslyckades. Ta bort ändå?</t>
         </is>
       </c>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr"/>
       <c r="B391" t="inlineStr">
         <is>
-          <t>The uninstall failed. Remove the entry anyway?</t>
+          <t>Continue</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>Avinstalleringen misslyckades, Vill du ta bort objektet ändå?</t>
+          <t>Fortsätt</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message</t>
-[...7 lines deleted...]
-      </c>
+          <t>.prompt.action.continue</t>
+        </is>
+      </c>
+      <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr"/>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Continue</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>Fortsätt</t>
+          <t>Installerad</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>.prompt.action.continue</t>
-[...2 lines deleted...]
-      <c r="G392" t="inlineStr"/>
+          <t>.grid.item.status.installed</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Installerat</t>
+        </is>
+      </c>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr"/>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>A collection of {{itemCount}} items</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>Installerad</t>
+          <t>En samling med {{itemCount}} artiklar</t>
         </is>
       </c>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>.grid.item.status.installed</t>
+          <t>.collection.summary</t>
         </is>
       </c>
       <c r="G393" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Installerat</t>
+          <t>Suggested in Weblate: En samling av {{itemCount}} objekt</t>
         </is>
       </c>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr"/>
       <c r="B394" t="inlineStr">
         <is>
-          <t>A collection of {{itemCount}} items</t>
+          <t>Not available on this platform</t>
         </is>
       </c>
       <c r="C394" t="inlineStr">
         <is>
-          <t>En samling med {{itemCount}} artiklar</t>
+          <t>Ej tillgänglig på den här plattformen</t>
         </is>
       </c>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>.collection.summary</t>
+          <t>.grid.item.not_compatible</t>
         </is>
       </c>
       <c r="G394" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: En samling av {{itemCount}} objekt</t>
+          <t>Suggested in Weblate: Ej tillgänglig på denna plattform</t>
         </is>
       </c>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr"/>
       <c r="B395" t="inlineStr">
         <is>
-          <t>Not available on this platform</t>
+          <t>Administrator privileges are required for managing {{title}}</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>Ej tillgänglig på den här plattformen</t>
+          <t>Administratörsprivilegier krävs för att hantera {{title}}</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>.grid.item.not_compatible</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.blessing.message</t>
+        </is>
+      </c>
+      <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr"/>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Administrator privileges are required for managing {{title}}</t>
+          <t>Proceed only if you trust the author.</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>Administratörsprivilegier krävs för att hantera {{title}}</t>
+          <t>Fortsätt bara ifall du litar på skaparen.</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>.prompt.blessing.message</t>
+          <t>.prompt.blessing.detail</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr"/>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Proceed only if you trust the author.</t>
+          <t>The operation has been cancelled.</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Fortsätt bara ifall du litar på skaparen.</t>
+          <t>Handlingen avbröts.</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>.prompt.blessing.detail</t>
+          <t>.status.cancelled.message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr"/>
       <c r="B398" t="inlineStr">
         <is>
-          <t>The operation has been cancelled.</t>
+          <t>The installation failed.</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Handlingen avbröts.</t>
+          <t>Installationen misslyckades.</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>.status.cancelled.message</t>
+          <t>.prompt.install_error.message</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr"/>
       <c r="B399" t="inlineStr">
         <is>
-          <t>The installation failed.</t>
+          <t>to install</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Installationen misslyckades.</t>
+          <t>första installation</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>.prompt.install_error.message</t>
-[...2 lines deleted...]
-      <c r="G399" t="inlineStr"/>
+          <t>.download.reason.install</t>
+        </is>
+      </c>
+      <c r="G399" t="inlineStr">
+        <is>
+          <t>shouldn't this be 'installing' ?
+Suggested in Weblate: att installera
+Suggested in Weblate: installera</t>
+        </is>
+      </c>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr"/>
       <c r="B400" t="inlineStr">
         <is>
-          <t>to install</t>
+          <t>installed</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>första installation</t>
+          <t>installerad</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>.download.reason.install</t>
+          <t>.download.outcome.installed</t>
         </is>
       </c>
       <c r="G400" t="inlineStr">
         <is>
-          <t>shouldn't this be 'installing' ?
-[...1 lines deleted...]
-Suggested in Weblate: installera</t>
+          <t>Suggested in Weblate: Installerade</t>
         </is>
       </c>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr"/>
       <c r="B401" t="inlineStr">
         <is>
-          <t>installed</t>
+          <t>updated to the latest version</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>installerad</t>
+          <t>uppdaterad till senaste versionen</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>.download.outcome.installed</t>
+          <t>.download.outcome.updated</t>
         </is>
       </c>
       <c r="G401" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Installerade</t>
+          <t>Suggested in Weblate: uppdaterade till den senaste versionen
+Suggested in Weblate: Updaterad till den senaste versionen</t>
         </is>
       </c>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr"/>
       <c r="B402" t="inlineStr">
         <is>
-          <t>updated to the latest version</t>
+          <t>re-installed</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>uppdaterad till senaste versionen</t>
+          <t>ominstallerad</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>.download.outcome.updated</t>
+          <t>.download.outcome.reinstalled</t>
         </is>
       </c>
       <c r="G402" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: uppdaterade till den senaste versionen
-Suggested in Weblate: Updaterad till den senaste versionen</t>
+          <t>Suggested in Weblate: Ominstallerade</t>
         </is>
       </c>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr"/>
       <c r="B403" t="inlineStr">
         <is>
-          <t>re-installed</t>
+          <t>switched to another version</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t>ominstallerad</t>
+          <t>ändrad till annan version</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>.download.outcome.reinstalled</t>
+          <t>.download.outcome.reverted</t>
         </is>
       </c>
       <c r="G403" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ominstallerade</t>
+          <t>Suggested in Weblate: ändrade till en annan version</t>
         </is>
       </c>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr"/>
       <c r="B404" t="inlineStr">
         <is>
-          <t>switched to another version</t>
+          <t>verified and repaired</t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>ändrad till annan version</t>
+          <t>kontrollerad och lagad</t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>.download.outcome.reverted</t>
+          <t>.download.outcome.healed</t>
         </is>
       </c>
       <c r="G404" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ändrade till en annan version</t>
+          <t>Suggested in Weblate: verifierad och reparerad
+Suggested in Weblate: Verifierad och reparerad</t>
         </is>
       </c>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr"/>
       <c r="B405" t="inlineStr">
         <is>
-          <t>verified and repaired</t>
+          <t>Recent activity</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>kontrollerad och lagad</t>
+          <t>Senaste aktiviten</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>.download.outcome.healed</t>
+          <t>.status.downloads.category.recent_activity</t>
         </is>
       </c>
       <c r="G405" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: verifierad och reparerad
-Suggested in Weblate: Verifierad och reparerad</t>
+          <t>Suggested in Weblate: Nyligen inträffad aktivitet</t>
         </is>
       </c>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr"/>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Recent activity</t>
+          <t>The message we got was: {{errorMessage}}</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Senaste aktiviten</t>
+          <t>Meddelandet vi fick var: {{errorMessage}}</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>.status.downloads.category.recent_activity</t>
-[...6 lines deleted...]
-      </c>
+          <t>.game.install.could_not_launch.message</t>
+        </is>
+      </c>
+      <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr"/>
       <c r="B407" t="inlineStr">
         <is>
-          <t>The message we got was: {{errorMessage}}</t>
+          <t>Sending us a report is the best way to make sure this gets fixed!</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Meddelandet vi fick var: {{errorMessage}}</t>
+          <t>Det bästa sättet att se till att detta blir fixat är att skicka en rapport till oss!</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.message</t>
-[...2 lines deleted...]
-      <c r="G407" t="inlineStr"/>
+          <t>.game.install.could_not_launch.detail</t>
+        </is>
+      </c>
+      <c r="G407" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Att skicka en error-rapport är det bästa sättet att få det här fixat!
+Suggested in Weblate: Att skicka oss en report är det bästa sättet att se till att det här fixats!
+Suggested in Weblate: Det bästa sättet för oss att fixa det här är om du skickar en rapport till oss!</t>
+        </is>
+      </c>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr"/>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Sending us a report is the best way to make sure this gets fixed!</t>
+          <t>Close other tabs</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Det bästa sättet att se till att detta blir fixat är att skicka en rapport till oss!</t>
+          <t>Stäng övriga flikar</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>.game.install.could_not_launch.detail</t>
+          <t>.menu.file.close_other_tabs</t>
         </is>
       </c>
       <c r="G408" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Att skicka en error-rapport är det bästa sättet att få det här fixat!
-[...1 lines deleted...]
-Suggested in Weblate: Det bästa sättet för oss att fixa det här är om du skickar en rapport till oss!</t>
+          <t>Suggested in Weblate: Stänga andra flikar</t>
         </is>
       </c>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr"/>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Close other tabs</t>
+          <t>Close tabs below</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Stäng övriga flikar</t>
+          <t>Stäng flikar nedanför</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>.menu.file.close_other_tabs</t>
+          <t>.menu.file.close_tabs_below</t>
         </is>
       </c>
       <c r="G409" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Stänga andra flikar</t>
+          <t>Suggested in Weblate: Stäng flikar under</t>
         </is>
       </c>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr"/>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Close tabs below</t>
+          <t>Open folder in explorer</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>Stäng flikar nedanför</t>
+          <t>Öppna mapp i utforskaren</t>
         </is>
       </c>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>.menu.file.close_tabs_below</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.open_file_location.windows</t>
+        </is>
+      </c>
+      <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr"/>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Open folder in explorer</t>
+          <t>Show in file manager</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Öppna mapp i utforskaren</t>
+          <t>Visa i filhanteraren</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.windows</t>
-[...2 lines deleted...]
-      <c r="G411" t="inlineStr"/>
+          <t>.grid.item.open_file_location.linux</t>
+        </is>
+      </c>
+      <c r="G411" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Visa i fil-hanteraren</t>
+        </is>
+      </c>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr"/>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Show in file manager</t>
+          <t>Show in Finder</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Visa i filhanteraren</t>
+          <t>Visa i Finder</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.linux</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.open_file_location.osx</t>
+        </is>
+      </c>
+      <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr"/>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Show in Finder</t>
+          <t>Size</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Visa i Finder</t>
+          <t>Storlek</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>.grid.item.open_file_location.osx</t>
+          <t>.table.column.installed_size</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr"/>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Size</t>
+          <t>View the contents of this location</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Storlek</t>
+          <t>Visa innehållet för den här platsen</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>.table.column.installed_size</t>
+          <t>.preferences.install_location.navigate</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr"/>
       <c r="B415" t="inlineStr">
         <is>
-          <t>View the contents of this location</t>
+          <t>{{size}} on disk</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Visa innehållet för den här platsen</t>
+          <t>{{size}} på hårddisken</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>.preferences.install_location.navigate</t>
+          <t>.install_location.property.size_on_disk</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr"/>
       <c r="B416" t="inlineStr">
         <is>
-          <t>{{size}} on disk</t>
+          <t>Uninstall or re-install…</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>{{size}} på hårddisken</t>
+          <t>Avinstallera eller ominstallera…</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>.install_location.property.size_on_disk</t>
+          <t>.grid.item.uninstall_request</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr"/>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Uninstall or re-install…</t>
+          <t xml:space="preserve">Filter by: </t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Avinstallera eller ominstallera…</t>
+          <t xml:space="preserve">Filtrera efter: </t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>.grid.item.uninstall_request</t>
+          <t>.grid.criterion.filter_by</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr"/>
       <c r="B418" t="inlineStr">
         <is>
-          <t xml:space="preserve">Filter by: </t>
+          <t>Discard download</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t xml:space="preserve">Filtrera efter: </t>
+          <t>Rensa nedladdning</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>.grid.criterion.filter_by</t>
-[...2 lines deleted...]
-      <c r="G418" t="inlineStr"/>
+          <t>.grid.item.discard_download</t>
+        </is>
+      </c>
+      <c r="G418" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kassera nerladdning</t>
+        </is>
+      </c>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr"/>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Discard download</t>
+          <t>Nevermind</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Rensa nedladdning</t>
+          <t>Strunt samma</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>.grid.item.discard_download</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.action.nevermind</t>
+        </is>
+      </c>
+      <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr"/>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Nevermind</t>
+          <t>Force program closure?</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Strunt samma</t>
+          <t>Tvinga program att stängas?</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>.prompt.action.nevermind</t>
+          <t>.prompt.force_close_game.title</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr"/>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Force program closure?</t>
+          <t>Do you want to force {{title}} to close?</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Tvinga program att stängas?</t>
+          <t>Vill du tvinga {{title}} att stängas?</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.title</t>
+          <t>.prompt.force_close_game.message</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr"/>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Do you want to force {{title}} to close?</t>
+          <t>Are you sure you want to stop downloading {{title}}?</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Vill du tvinga {{title}} att stängas?</t>
+          <t>Är du säker på att du vill sluta ladda ned {{title}}?</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.message</t>
+          <t>.prompt.discard_download.message</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr"/>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Are you sure you want to stop downloading {{title}}?</t>
+          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Är du säker på att du vill sluta ladda ned {{title}}?</t>
+          <t>Du kommer när som helst att kunna installera {{title}} igen, men det kommer att börja om från början.</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.message</t>
+          <t>.prompt.discard_download.detail</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr"/>
       <c r="B424" t="inlineStr">
         <is>
-          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
+          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Du kommer när som helst att kunna installera {{title}} igen, men det kommer att börja om från början.</t>
+          <t>Några av filerna för {{title}} kunde inte tas bort. Försök igen som administratör?</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.detail</t>
-[...2 lines deleted...]
-      <c r="G424" t="inlineStr"/>
+          <t>.prompt.uninstall_error.message_permissions</t>
+        </is>
+      </c>
+      <c r="G424" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Några av filerna för {{title}} kunde inte tas bort. Försöka igen som administratör?</t>
+        </is>
+      </c>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr"/>
       <c r="B425" t="inlineStr">
         <is>
-          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
+          <t>Remove as administrator</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Några av filerna för {{title}} kunde inte tas bort. Försök igen som administratör?</t>
+          <t>Ta bort som administratör</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message_permissions</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.uninstall_error.action_permissions</t>
+        </is>
+      </c>
+      <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr"/>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Remove as administrator</t>
+          <t>Installing {{title}}…</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Ta bort som administratör</t>
+          <t>Installerar {{title}}…</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.action_permissions</t>
-[...2 lines deleted...]
-      <c r="G426" t="inlineStr"/>
+          <t>.download.ongoing.install</t>
+        </is>
+      </c>
+      <c r="G426" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Installerar {{title}}...</t>
+        </is>
+      </c>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr"/>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Installing {{title}}…</t>
+          <t>Updating {{title}}…</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Installerar {{title}}…</t>
+          <t>Uppdaterar {{title}}…</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>.download.ongoing.install</t>
-[...6 lines deleted...]
-      </c>
+          <t>.download.ongoing.update</t>
+        </is>
+      </c>
+      <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr"/>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Updating {{title}}…</t>
+          <t>Re-installing {{title}}…</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Uppdaterar {{title}}…</t>
+          <t>Ominstallerar {{title}}…</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>.download.ongoing.update</t>
-[...2 lines deleted...]
-      <c r="G428" t="inlineStr"/>
+          <t>.download.ongoing.reinstall</t>
+        </is>
+      </c>
+      <c r="G428" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ominstallerar {{title}}...</t>
+        </is>
+      </c>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr"/>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Re-installing {{title}}…</t>
+          <t>Switching {{title}} to another version…</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Ominstallerar {{title}}…</t>
+          <t>Ändrar {{title}} till en annan version…</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>.download.ongoing.reinstall</t>
+          <t>.download.ongoing.revert</t>
         </is>
       </c>
       <c r="G429" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="G430" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Byter {{title}} mot en annan version...
 Suggested in Weblate: Byter {{title}} till en anna verision
 Suggested in Weblate: Byter version av {{title}}…
 Suggested in Weblate: Att byta {{title}} till en annan version...</t>
         </is>
       </c>
-      <c r="H430" t="inlineStr"/>
-[...3 lines deleted...]
-      <c r="B431" t="inlineStr">
+      <c r="H429" t="inlineStr"/>
+    </row>
+    <row r="430">
+      <c r="A430" t="inlineStr"/>
+      <c r="B430" t="inlineStr">
         <is>
           <t>Repairing {{title}}…</t>
         </is>
       </c>
-      <c r="C431" t="inlineStr">
+      <c r="C430" t="inlineStr">
         <is>
           <t>Reparerar {{title}}…</t>
         </is>
       </c>
-      <c r="D431" t="inlineStr"/>
-      <c r="E431" t="inlineStr">
+      <c r="D430" t="inlineStr"/>
+      <c r="E430" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
-      <c r="F431" t="inlineStr">
+      <c r="F430" t="inlineStr">
         <is>
           <t>.download.ongoing.heal</t>
         </is>
       </c>
-      <c r="G431" t="inlineStr">
+      <c r="G430" t="inlineStr">
         <is>
           <t>```{{title}``` has a bad format, should be ``` {{title}}```
 Suggested in Weblate: Reparerar {{title}}…
 Suggested in Weblate: {{title}}Reparerar {{title}}…
 Suggested in Weblate: Reparerar {{title}}...</t>
         </is>
       </c>
+      <c r="H430" t="inlineStr"/>
+    </row>
+    <row r="431">
+      <c r="A431" t="inlineStr"/>
+      <c r="B431" t="inlineStr">
+        <is>
+          <t>Stop download</t>
+        </is>
+      </c>
+      <c r="C431" t="inlineStr">
+        <is>
+          <t>Stoppa nedladdning</t>
+        </is>
+      </c>
+      <c r="D431" t="inlineStr"/>
+      <c r="E431" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F431" t="inlineStr">
+        <is>
+          <t>.prompt.discard_download.action.stop_download</t>
+        </is>
+      </c>
+      <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr"/>
       <c r="B432" t="inlineStr">
         <is>
-          <t>Stop download</t>
+          <t>Continue download</t>
         </is>
       </c>
       <c r="C432" t="inlineStr">
         <is>
-          <t>Stoppa nedladdning</t>
+          <t>Fortsätt nedladdning</t>
         </is>
       </c>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.stop_download</t>
+          <t>.prompt.discard_download.action.continue_download</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr"/>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Continue download</t>
+          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Fortsätt nedladdning</t>
+          <t>Om du stoppar den här nedladdningen kommer det att lämna {{title}} i ett ofullständigt tillstånd.</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.continue_download</t>
+          <t>.prompt.dangerous_discard_download.message</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr"/>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
+          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Om du stoppar den här nedladdningen kommer det att lämna {{title}} i ett ofullständigt tillstånd.</t>
+          <t>Vi kommer att återställa {{title}} till den senaste versionen nästa gång du försöker använda det.</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.message</t>
+          <t>.prompt.dangerous_discard_download.detail</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr"/>
       <c r="B435" t="inlineStr">
         <is>
-          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
+          <t>version {{version}}</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Vi kommer att återställa {{title}} till den senaste versionen nästa gång du försöker använda det.</t>
+          <t>version {{version}}</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.detail</t>
+          <t>.prompt.revert.version</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr"/>
       <c r="B436" t="inlineStr">
         <is>
-          <t>version {{version}}</t>
+          <t>{{title}} needs to finish updating before it can be opened</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>version {{version}}</t>
+          <t>{{title}} måste uppdateras klart innan det kan öppnas</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>.prompt.revert.version</t>
+          <t>.status.repairing_game</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr"/>
       <c r="B437" t="inlineStr">
         <is>
-          <t>{{title}} needs to finish updating before it can be opened</t>
+          <t>Things you install or download will show up here</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>{{title}} måste uppdateras klart innan det kan öppnas</t>
+          <t>Saker du installerar eller laddar ned kommer att dyka upp här</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>.status.repairing_game</t>
+          <t>.status.downloads.no_active_downloads_subtext</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr"/>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Things you install or download will show up here</t>
+          <t>Download some stuff!</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Saker du installerar eller laddar ned kommer att dyka upp här</t>
+          <t>Ladda ned några grejer!</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads_subtext</t>
+          <t>.status.downloads.find_games_button</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr"/>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Download some stuff!</t>
+          <t>Everything's filtered away...</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Ladda ned några grejer!</t>
+          <t>Allting är bortfiltrerat...</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>.status.downloads.find_games_button</t>
-[...2 lines deleted...]
-      <c r="G439" t="inlineStr"/>
+          <t>.grid.empty_state.leader</t>
+        </is>
+      </c>
+      <c r="G439" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Allt är bortfiltrerat...</t>
+        </is>
+      </c>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr"/>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Everything's filtered away...</t>
+          <t>Your filters are hiding everything here</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Allting är bortfiltrerat...</t>
+          <t>Dina filter döljer allting här</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>.grid.empty_state.leader</t>
+          <t>.grid.empty_state.explanation</t>
         </is>
       </c>
       <c r="G440" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Allt är bortfiltrerat...</t>
+          <t>Suggested in Weblate: Dina filter döljer allt här</t>
         </is>
       </c>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr"/>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Your filters are hiding everything here</t>
+          <t>Manage</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Dina filter döljer allting här</t>
+          <t>Hantera</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>.grid.empty_state.explanation</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.manage</t>
+        </is>
+      </c>
+      <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr"/>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Manage</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Hantera</t>
+          <t>Starta {{title}}</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>.grid.item.manage</t>
-[...2 lines deleted...]
-      <c r="G442" t="inlineStr"/>
+          <t>.prompt.launch.title</t>
+        </is>
+      </c>
+      <c r="G442" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kör {{title}}</t>
+        </is>
+      </c>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr"/>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Which do you want to open?</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Starta {{title}}</t>
+          <t>Vilken vill du öppna?</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>.prompt.launch.title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.launch.message</t>
+        </is>
+      </c>
+      <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr"/>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Which do you want to open?</t>
+          <t>Manage {{title}}</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Vilken vill du öppna?</t>
+          <t>Hantera {{title}}</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>.prompt.launch.message</t>
+          <t>.prompt.manage_game.title</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr"/>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Manage {{title}}</t>
+          <t>The following items are installed:</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Hantera {{title}}</t>
+          <t>Följande föremål är installerade:</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.title</t>
+          <t>.prompt.manage_game.installed_uploads</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr"/>
       <c r="B446" t="inlineStr">
         <is>
-          <t>The following items are installed:</t>
+          <t>These items are also available:</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Följande föremål är installerade:</t>
+          <t>Dessa föremål är också tillgängliga:</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.installed_uploads</t>
+          <t>.prompt.manage_game.available_uploads</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr"/>
       <c r="B447" t="inlineStr">
         <is>
-          <t>These items are also available:</t>
+          <t>No other items are currently available.</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Dessa föremål är också tillgängliga:</t>
+          <t>Inga andra föremål är tillgängliga för tillfället.</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.available_uploads</t>
+          <t>.prompt.manage_game.no_other_uploads</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr"/>
       <c r="B448" t="inlineStr">
         <is>
-          <t>No other items are currently available.</t>
+          <t>Prefer optimized patches</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Inga andra föremål är tillgängliga för tillfället.</t>
+          <t>Föredra optimerade uppdateringar</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.no_other_uploads</t>
+          <t>.preferences.advanced.prefer_optimized_patches</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr"/>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Prefer optimized patches</t>
+          <t>{{x}} seconds</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Föredra optimerade uppdateringar</t>
+          <t>{{x}} sekunder</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>.preferences.advanced.prefer_optimized_patches</t>
+          <t>.duration.seconds</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr"/>
       <c r="B450" t="inlineStr">
         <is>
-          <t>{{x}} seconds</t>
+          <t>Application log</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>{{x}} sekunder</t>
+          <t>Programlogg</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>.duration.seconds</t>
+          <t>.sidebar.applog</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr"/>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Application log</t>
+          <t>{{count}} items</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Programlogg</t>
+          <t>{{count}} saker</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>.sidebar.applog</t>
-[...2 lines deleted...]
-      <c r="G451" t="inlineStr"/>
+          <t>.grid.item_count</t>
+        </is>
+      </c>
+      <c r="G451" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: {{count}} föremål</t>
+        </is>
+      </c>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr"/>
       <c r="B452" t="inlineStr">
         <is>
-          <t>{{count}} items</t>
+          <t>The itch web browser is disabled</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>{{count}} saker</t>
+          <t>Itch-webbläsaren är inaktiverad</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>.grid.item_count</t>
-[...6 lines deleted...]
-      </c>
+          <t>.browser.disabled</t>
+        </is>
+      </c>
+      <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr"/>
       <c r="B453" t="inlineStr">
         <is>
-          <t>The itch web browser is disabled</t>
+          <t>Re-enable</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Itch-webbläsaren är inaktiverad</t>
+          <t>Återaktivera</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>.browser.disabled</t>
-[...2 lines deleted...]
-      <c r="G453" t="inlineStr"/>
+          <t>.browser.reenable</t>
+        </is>
+      </c>
+      <c r="G453" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Aktivera</t>
+        </is>
+      </c>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr"/>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Re-enable</t>
+          <t>Disable web browser</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Återaktivera</t>
+          <t>Avaktivera webbläsare</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>.browser.reenable</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.advanced.disable_browser</t>
+        </is>
+      </c>
+      <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr"/>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Disable web browser</t>
+          <t>You currently have no collections</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Avaktivera webbläsare</t>
+          <t>Du har för närvarande inga samlingar</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_browser</t>
-[...2 lines deleted...]
-      <c r="G455" t="inlineStr"/>
+          <t>.collections.empty</t>
+        </is>
+      </c>
+      <c r="G455" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Du har just nu inga samlingar
+Suggested in Weblate: Du har ingen samling just nu</t>
+        </is>
+      </c>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr"/>
       <c r="B456" t="inlineStr">
         <is>
-          <t>You currently have no collections</t>
+          <t>Browse for some games and add them to a new collection!</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Du har för närvarande inga samlingar</t>
+          <t>Bläddra igenom några spel och lägg till dem i en ny samling!</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>.collections.empty</t>
+          <t>.collections.empty_sub</t>
         </is>
       </c>
       <c r="G456" t="inlineStr">
-        <is>
-[...29 lines deleted...]
-      <c r="G457" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Bläddra efter spel och lägg till dem i en ny samling!
 Suggested in Weblate: Sök för några spel och lägg till dem till din samling!
 Suggested in Weblate: Hitta några spel och lägg till dom i en ny samling.
 Suggested in Weblate: Sök efter spel och lägg till dem i din samling!</t>
         </is>
       </c>
+      <c r="H456" t="inlineStr"/>
+    </row>
+    <row r="457">
+      <c r="A457" t="inlineStr"/>
+      <c r="B457" t="inlineStr">
+        <is>
+          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
+        </is>
+      </c>
+      <c r="C457" t="inlineStr">
+        <is>
+          <t>Avaktivera hårdvaruacceleration (löser vissa krascher i Linux)</t>
+        </is>
+      </c>
+      <c r="D457" t="inlineStr"/>
+      <c r="E457" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F457" t="inlineStr">
+        <is>
+          <t>.preferences.advanced.disable_hardware_acceleration</t>
+        </is>
+      </c>
+      <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr"/>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Avaktivera hårdvaruacceleration (löser vissa krascher i Linux)</t>
+          <t>Förbereder…</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_hardware_acceleration</t>
+          <t>.prereq.status.pending</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr"/>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Updates available</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Förbereder…</t>
+          <t>Uppdateringar tillgängliga</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>.prereq.status.pending</t>
+          <t>.status.downloads.updates_available</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
       <c r="H459" t="inlineStr"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr"/>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Updates available</t>
+          <t>Update all</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Uppdateringar tillgängliga</t>
+          <t>Uppdatera alla</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>.status.downloads.updates_available</t>
+          <t>.status.downloads.update_all</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr"/>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Update all</t>
+          <t>There's nothing here...</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Uppdatera alla</t>
+          <t>Det är ingenting här...</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>.status.downloads.update_all</t>
-[...2 lines deleted...]
-      <c r="G461" t="inlineStr"/>
+          <t>.grid.really_empty_state.leader</t>
+        </is>
+      </c>
+      <c r="G461" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Det finns inget här...</t>
+        </is>
+      </c>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr"/>
       <c r="B462" t="inlineStr">
         <is>
-          <t>There's nothing here...</t>
+          <t>...yet!</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Det är ingenting här...</t>
+          <t>...än!</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.leader</t>
+          <t>.grid.really_empty_state.explanation</t>
         </is>
       </c>
       <c r="G462" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Det finns inget här...</t>
+          <t>Suggested in Weblate: …ännu!</t>
         </is>
       </c>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr"/>
       <c r="B463" t="inlineStr">
         <is>
-          <t>...yet!</t>
+          <t>Preparing…</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>...än!</t>
+          <t>Förbereder…</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>.grid.really_empty_state.explanation</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.running.prepare</t>
+        </is>
+      </c>
+      <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr"/>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Preparing…</t>
+          <t>Cleaning up…</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Förbereder…</t>
+          <t>Rensar upp…</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>.grid.item.running.prepare</t>
-[...2 lines deleted...]
-      <c r="G464" t="inlineStr"/>
+          <t>.grid.item.running.clean</t>
+        </is>
+      </c>
+      <c r="G464" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Städar upp...</t>
+        </is>
+      </c>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr"/>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Cleaning up…</t>
+          <t>Disk usage</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Rensar upp…</t>
+          <t>Hårddiskanvändning</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>.grid.item.running.clean</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.install_location.disk_usage</t>
+        </is>
+      </c>
+      <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr"/>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Disk usage</t>
+          <t>Finalizing installation…</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Hårddiskanvändning</t>
+          <t>Slutför installationen…</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>.preferences.install_location.disk_usage</t>
-[...2 lines deleted...]
-      <c r="G466" t="inlineStr"/>
+          <t>.login.status.finalizing_installation</t>
+        </is>
+      </c>
+      <c r="G466" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Avslutar installation…</t>
+        </is>
+      </c>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr"/>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Finalizing installation…</t>
+          <t>Antivirus software may interfere with itch.</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Slutför installationen…</t>
+          <t>Antivirusprogram kan störa itch funktionalitet.</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>.login.status.finalizing_installation</t>
+          <t>.login.status.antivirus_warning</t>
         </is>
       </c>
       <c r="G467" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Avslutar installation…</t>
+          <t>Suggested in Weblate: Antivirus-mjukvara kan skapa störningar med itch.</t>
         </is>
       </c>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr"/>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Antivirus software may interfere with itch.</t>
+          <t>The install folder disappeared</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Antivirusprogram kan störa itch funktionalitet.</t>
+          <t>Installationskatalogen försvann</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>.login.status.antivirus_warning</t>
-[...6 lines deleted...]
-      </c>
+          <t>.butlerd.codes.404</t>
+        </is>
+      </c>
+      <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr"/>
       <c r="B469" t="inlineStr">
         <is>
-          <t>The install folder disappeared</t>
+          <t>No compatible uploads were found for this title</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Installationskatalogen försvann</t>
+          <t>Inga kompatibla uppladdningar hittades för den här titeln</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>.butlerd.codes.404</t>
+          <t>.butlerd.codes.2001</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr"/>
       <c r="B470" t="inlineStr">
         <is>
-          <t>No compatible uploads were found for this title</t>
+          <t>How can I help?</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Inga kompatibla uppladdningar hittades för den här titeln</t>
+          <t>Hur kan jag hjälpa till?</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>.butlerd.codes.2001</t>
-[...24 lines deleted...]
-        <is>
           <t>.docs.how_to_help</t>
         </is>
       </c>
-      <c r="G471" t="inlineStr">
+      <c r="G470" t="inlineStr">
         <is>
           <t>This is the latter, "How can I/the user help out/contribute?"
 This needs context because source sentence could be a customer service thing "How can I/itch help you?" or a "How can I/the user help out/contribute?"
 Suggested in Weblate: Hur kan jag hjälpa dig?
 Suggested in Weblate: Vad kan jag hjälpa dig med?</t>
         </is>
       </c>
+      <c r="H470" t="inlineStr"/>
+    </row>
+    <row r="471">
+      <c r="A471" t="inlineStr"/>
+      <c r="B471" t="inlineStr">
+        <is>
+          <t>Queuing…</t>
+        </is>
+      </c>
+      <c r="C471" t="inlineStr">
+        <is>
+          <t>Lägger till i kö…</t>
+        </is>
+      </c>
+      <c r="D471" t="inlineStr"/>
+      <c r="E471" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F471" t="inlineStr">
+        <is>
+          <t>.grid.item.queueing</t>
+        </is>
+      </c>
+      <c r="G471" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Köar…</t>
+        </is>
+      </c>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr"/>
       <c r="B472" t="inlineStr">
         <is>
-          <t>Queuing…</t>
+          <t>Details for nerds</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>Lägger till i kö…</t>
+          <t>Detaljinformation för nördar</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>.grid.item.queueing</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.show_error.details_for_nerds</t>
+        </is>
+      </c>
+      <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr"/>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Details for nerds</t>
+          <t>Event log</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Detaljinformation för nördar</t>
+          <t>Händelselogg</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds</t>
+          <t>.prompt.show_error.details_for_nerds.event_log</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr"/>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Event log</t>
+          <t>Stack trace</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Händelselogg</t>
+          <t>Stack trace</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.event_log</t>
+          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr"/>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Stack trace</t>
+          <t>Send a report to help resolve this issue</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>Stack trace</t>
+          <t>Skicka en felrapport för att hjälpa till att lösa det här problemet</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
+          <t>.prompt.show_error.send_report</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr"/>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Send a report to help resolve this issue</t>
+          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Skicka en felrapport för att hjälpa till att lösa det här problemet</t>
+          <t>Den här titeln är paketerad på ett sätt som gör den inkompatibel med itch.io-appen.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>.prompt.show_error.send_report</t>
+          <t>.butlerd.codes.3000</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr"/>
       <c r="B477" t="inlineStr">
         <is>
-          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
+          <t>Nothing that can be launched was found.</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>Den här titeln är paketerad på ett sätt som gör den inkompatibel med itch.io-appen.</t>
+          <t>Ingenting som kan köras hittades.</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>.butlerd.codes.3000</t>
+          <t>.butlerd.codes.5000</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr"/>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Nothing that can be launched was found.</t>
+          <t>There is no Internet connection.</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Ingenting som kan köras hittades.</t>
+          <t>Det finns ingen internetanslutning.</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>.butlerd.codes.5000</t>
+          <t>.butlerd.codes.9000</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr"/>
       <c r="B479" t="inlineStr">
         <is>
-          <t>There is no Internet connection.</t>
+          <t>{{installedSize}} used by games</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Det finns ingen internetanslutning.</t>
+          <t>{{installedSize}} använt av spel</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>.butlerd.codes.9000</t>
+          <t>.preferences.install_location.size_used_by_games</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr"/>
       <c r="B480" t="inlineStr">
         <is>
-          <t>{{installedSize}} used by games</t>
+          <t>{{freeSize}} free of {{totalSize}}</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>{{installedSize}} använt av spel</t>
+          <t>{{freeSize}} ledigt av {{totalSize}}</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>.preferences.install_location.size_used_by_games</t>
+          <t>.preferences.install_location.free_of_total</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr"/>
       <c r="B481" t="inlineStr">
         <is>
-          <t>{{freeSize}} free of {{totalSize}}</t>
+          <t>Scan install locations for games</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>{{freeSize}} ledigt av {{totalSize}}</t>
+          <t>Sök igenom installationsplatser för spel</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_of_total</t>
+          <t>.preferences.scan_install_locations</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr"/>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Scan install locations for games</t>
+          <t>Confirm import</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Sök igenom installationsplatser för spel</t>
+          <t>Bekräfta importering</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations</t>
+          <t>.preferences.scan_install_locations.confirm_import</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr"/>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Confirm import</t>
+          <t>Import {{numItems}} items</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Bekräfta importering</t>
+          <t>Importera {{numItems}} föremål</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.confirm_import</t>
+          <t>.preferences.scan_install_locations.import_items</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr"/>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Import {{numItems}} items</t>
+          <t>{{numImportedItems}} items were successfully imported</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Importera {{numItems}} föremål</t>
+          <t>{{numImportedItems}} föremål lyckades importeras</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.import_items</t>
+          <t>.preferences.scan_install_locations.items_imported</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr"/>
       <c r="B485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} items were successfully imported</t>
+          <t>Looking for games...</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} föremål lyckades importeras</t>
+          <t>Söker efter spel...</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.items_imported</t>
+          <t>.preferences.scan_install_locations.looking_for_games</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr"/>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Looking for games...</t>
+          <t>The following items can be imported:</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Söker efter spel...</t>
+          <t>De följande föremålen kan importeras:</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.looking_for_games</t>
+          <t>.preferences.scan_install_locations.message</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr"/>
       <c r="B487" t="inlineStr">
         <is>
-          <t>The following items can be imported:</t>
+          <t>No additional items found in install locations</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>De följande föremålen kan importeras:</t>
+          <t>Inga ytterligare föremål hittades i installationskatalogerna</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.message</t>
+          <t>.preferences.scan_install_locations.no_items_found</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr"/>
       <c r="B488" t="inlineStr">
         <is>
-          <t>No additional items found in install locations</t>
+          <t>Scanning...</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Inga ytterligare föremål hittades i installationskatalogerna</t>
+          <t>Läser av...</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.no_items_found</t>
+          <t>.preferences.scan_install_locations.title</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr"/>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Scanning...</t>
+          <t>Check for game updates</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Läser av...</t>
+          <t>Kolla efter speluppdateringar</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.title</t>
+          <t>.preferences.advanced.check_game_updates</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr"/>
       <c r="B490" t="inlineStr">
         <is>
-          <t>Check for game updates</t>
+          <t>Resume downloads</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Kolla efter speluppdateringar</t>
+          <t>Fortsätt nedladdningar</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>.preferences.advanced.check_game_updates</t>
+          <t>.status.downloads.resume_downloads</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr"/>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Resume downloads</t>
+          <t>Pause downloads</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Fortsätt nedladdningar</t>
+          <t>Pausa nedladdningar</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>.status.downloads.resume_downloads</t>
+          <t>.status.downloads.pause_downloads</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr"/>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Pause downloads</t>
+          <t>Components</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Pausa nedladdningar</t>
+          <t>Komponenter</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>.status.downloads.pause_downloads</t>
+          <t>.preferences.advanced.components</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr"/>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Components</t>
+          <t>New version available</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>Komponenter</t>
+          <t>Ny version tillgänglig</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>.preferences.advanced.components</t>
+          <t>.prompt.self_update_ready.short</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr"/>
       <c r="B494" t="inlineStr">
         <is>
-          <t>New version available</t>
+          <t>No other version is available.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Ny version tillgänglig</t>
+          <t>Ingen annan version är tillgänglig.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.short</t>
+          <t>.prompt.revert.no_other_version</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr"/>
       <c r="B495" t="inlineStr">
         <is>
-          <t>No other version is available.</t>
+          <t>Skip update</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>Ingen annan version är tillgänglig.</t>
+          <t>Hoppa över uppdatering</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>.prompt.revert.no_other_version</t>
+          <t>.pick_update_upload.buttons.skip_update</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr"/>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Skip update</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>Hoppa över uppdatering</t>
+          <t>Starta {{title}}</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.skip_update</t>
-[...2 lines deleted...]
-      <c r="G496" t="inlineStr"/>
+          <t>.grid.item.launch_title</t>
+        </is>
+      </c>
+      <c r="G496" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kör {{title}}</t>
+        </is>
+      </c>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr"/>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Open {{title}}</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>Starta {{title}}</t>
+          <t>Öppna {{title}}</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>.grid.item.launch_title</t>
-[...6 lines deleted...]
-      </c>
+          <t>.grid.item.open_title</t>
+        </is>
+      </c>
+      <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr"/>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Open {{title}}</t>
+          <t>views</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Öppna {{title}}</t>
+          <t>visningar</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>.grid.item.open_title</t>
+          <t>.dashboard.game_stats.views</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr"/>
       <c r="B499" t="inlineStr">
         <is>
-          <t>views</t>
+          <t>downloads</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>visningar</t>
+          <t>nedladdningar</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.views</t>
+          <t>.dashboard.game_stats.downloads</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr"/>
       <c r="B500" t="inlineStr">
         <is>
-          <t>downloads</t>
+          <t>purchases</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>nedladdningar</t>
+          <t>köp</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.downloads</t>
+          <t>.dashboard.game_stats.purchases</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr"/>
       <c r="B501" t="inlineStr">
         <is>
-          <t>purchases</t>
+          <t>Open page</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>köp</t>
+          <t>Öppna sida</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>.dashboard.game_stats.purchases</t>
+          <t>.grid.item.open_page</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr"/>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Open page</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Öppna sida</t>
+          <t>Otillgänglig</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>.grid.item.open_page</t>
+          <t>.grid.item.not_available</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr"/>
       <c r="B503" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>View all...</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>Otillgänglig</t>
+          <t>Visa alla...</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>.grid.item.not_available</t>
+          <t>.game_stripe.view_all</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr"/>
       <c r="B504" t="inlineStr">
         <is>
-          <t>View all...</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Visa alla...</t>
+          <t>Installerade</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>.game_stripe.view_all</t>
+          <t>.table.column.installed</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr"/>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Powered by</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Installerade</t>
+          <t>Driven av</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>.table.column.installed</t>
+          <t>.table.column.powered_by</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr"/>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Powered by</t>
+          <t>Enable tabs</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Driven av</t>
+          <t>Aktivera flikar</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>.table.column.powered_by</t>
+          <t>.preferences.behavior.enable_tabs</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr"/>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Enable tabs</t>
+          <t>Acquired recently</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Aktivera flikar</t>
+          <t>Nyligen införskaffat</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>.preferences.behavior.enable_tabs</t>
+          <t>.sort_by.games.acquired_at</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr"/>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Acquired recently</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Nyligen införskaffat</t>
+          <t>Titel</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>.sort_by.games.acquired_at</t>
+          <t>.sort_by.games.title</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr"/>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Views</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Titel</t>
+          <t>Visningar</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>.sort_by.games.title</t>
+          <t>.sort_by.games.views</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr"/>
       <c r="B510" t="inlineStr">
         <is>
-          <t>Views</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Visningar</t>
+          <t>Nedladdningar</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>.sort_by.games.views</t>
+          <t>.sort_by.games.downloads</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr"/>
       <c r="B511" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Purchases</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>Nedladdningar</t>
+          <t>Köp</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>.sort_by.games.downloads</t>
+          <t>.sort_by.games.purchases</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr"/>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Purchases</t>
+          <t>Play time</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Köp</t>
+          <t>Speltid</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>.sort_by.games.purchases</t>
+          <t>.sort_by.games.play_time</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr"/>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Play time</t>
+          <t>Last touched</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Speltid</t>
+          <t>Senast rörd</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>.sort_by.games.play_time</t>
+          <t>.sort_by.games.last_touched</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr"/>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Last touched</t>
+          <t>Size on disk</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Senast rörd</t>
+          <t>Storlek på disk</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>.sort_by.games.last_touched</t>
+          <t>.sort_by.games.size_on_disk</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr"/>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Size on disk</t>
+          <t>Install date</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Storlek på disk</t>
+          <t>Installationsdatum</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>.sort_by.games.size_on_disk</t>
+          <t>.sort_by.games.install_date</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr"/>
       <c r="B516" t="inlineStr">
         <is>
-          <t>Install date</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>Installationsdatum</t>
+          <t>Spel</t>
         </is>
       </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>.sort_by.games.install_date</t>
+          <t>.filter_by.games.classification.games</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr"/>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Tools</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Spel</t>
+          <t>Verktyg</t>
         </is>
       </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.games</t>
+          <t>.filter_by.games.classification.tools</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr"/>
       <c r="B518" t="inlineStr">
         <is>
-          <t>Tools</t>
+          <t>Game assets</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>Verktyg</t>
+          <t>Spelresurser</t>
         </is>
       </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.tools</t>
-[...2 lines deleted...]
-      <c r="G518" t="inlineStr"/>
+          <t>.filter_by.games.classification.assets</t>
+        </is>
+      </c>
+      <c r="G518" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Speltillgångar</t>
+        </is>
+      </c>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr"/>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Game assets</t>
+          <t>Comics</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Spelresurser</t>
+          <t>Serier</t>
         </is>
       </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.assets</t>
-[...6 lines deleted...]
-      </c>
+          <t>.filter_by.games.classification.comics</t>
+        </is>
+      </c>
+      <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr"/>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Comics</t>
+          <t>Books</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Serier</t>
+          <t>Böcker</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.comics</t>
+          <t>.filter_by.games.classification.books</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr"/>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Books</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Böcker</t>
+          <t>Installerade</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.books</t>
+          <t>.filter_by.games.status.installed</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr"/>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Free</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Installerade</t>
+          <t>Gratis</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>.filter_by.games.status.installed</t>
+          <t>.filter_by.games.paid_status.free</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr"/>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Free</t>
+          <t>Paid</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Gratis</t>
+          <t>Betal</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.free</t>
-[...2 lines deleted...]
-      <c r="G523" t="inlineStr"/>
+          <t>.filter_by.games.paid_status.paid</t>
+        </is>
+      </c>
+      <c r="G523" t="inlineStr">
+        <is>
+          <t>This is a bit awkward translation, the "betal" is actually a word prefix and not a word as in "betal-appar" but I find the other suggestion "betald" quite awkward too as its form indicate that the transaction already is completed.</t>
+        </is>
+      </c>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr"/>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Paid</t>
+          <t>Draft</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Betal</t>
+          <t>Utkast</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.paid</t>
-[...6 lines deleted...]
-      </c>
+          <t>.filter_by.games.visibility.draft</t>
+        </is>
+      </c>
+      <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr"/>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Draft</t>
+          <t>Published</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Utkast</t>
+          <t>Publicerat</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.draft</t>
+          <t>.filter_by.games.visibility.published</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr"/>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Published</t>
+          <t>Level</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Publicerat</t>
+          <t>Nivå</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.published</t>
+          <t>.log.level</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr"/>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Level</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Nivå</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>.log.level</t>
+          <t>.log.level.debug</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr"/>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>.log.level.debug</t>
+          <t>.log.level.info</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr"/>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Warning</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Varning</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>.log.level.info</t>
+          <t>.log.level.warning</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr"/>
       <c r="B530" t="inlineStr">
         <is>
-          <t>Warning</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>Varning</t>
+          <t>Fel</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>.log.level.warning</t>
+          <t>.log.level.error</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr"/>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Error</t>
+          <t>Nothing to see here</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Fel</t>
+          <t>Ingenting att se här</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>.log.level.error</t>
+          <t>.empty_state.nothing_to_see_here</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr"/>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Nothing to see here</t>
+          <t>{{itemCount}} items</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Ingenting att se här</t>
+          <t>{{itemCount}} föremål</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>.empty_state.nothing_to_see_here</t>
+          <t>.collection.item_count</t>
         </is>
       </c>
       <c r="G532" t="inlineStr"/>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr"/>
       <c r="B533" t="inlineStr">
         <is>
-          <t>{{itemCount}} items</t>
+          <t>No description</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>{{itemCount}} föremål</t>
+          <t>Ingen beskrivning</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>.collection.item_count</t>
+          <t>.search.results.game.no_description</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr"/>
       <c r="B534" t="inlineStr">
         <is>
-          <t>No description</t>
+          <t>Explore</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Ingen beskrivning</t>
+          <t>Utforska</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>.search.results.game.no_description</t>
+          <t>.sidebar.explore</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr"/>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Explore</t>
+          <t>Library</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Utforska</t>
+          <t>Bibliotek</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>.sidebar.explore</t>
+          <t>.sidebar.library</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr"/>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Library</t>
+          <t>Install for {{title}} cancelled!</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Bibliotek</t>
+          <t>Installationen för {{title}} avbröts!</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>.sidebar.library</t>
+          <t>.status.installing_game.cancelled</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr"/>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Install for {{title}} cancelled!</t>
+          <t>Manage install locations</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Installationen för {{title}} avbröts!</t>
+          <t>Hantera installationskataloger</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>.status.installing_game.cancelled</t>
+          <t>.install_locations.manage</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr"/>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Manage install locations</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Hantera installationskataloger</t>
+          <t>Uppdaterad</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>.install_locations.manage</t>
+          <t>.collection.info.updated</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr"/>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Uppdaterad</t>
+          <t>Skicka feedback</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>.collection.info.updated</t>
+          <t>.send_feedback.title</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr"/>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>Please describe what you were trying to do when the issue happened:</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Skicka feedback</t>
+          <t>Var god beskriv vad du försökte göra när felet inträffade:</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>.send_feedback.title</t>
+          <t>.send_feedback.describe_issue</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr"/>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Please describe what you were trying to do when the issue happened:</t>
+          <t>A few reminders:</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Var god beskriv vad du försökte göra när felet inträffade:</t>
+          <t>Några påminnelser:</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>.send_feedback.describe_issue</t>
+          <t>.send_feedback.reminders.header</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr"/>
       <c r="B542" t="inlineStr">
         <is>
-          <t>A few reminders:</t>
+          <t>Whatever you write will be read by humans.</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Några påminnelser:</t>
+          <t>Vad du än skriver kommer läsas av människor.</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.header</t>
+          <t>.send_feedback.reminders.we_are_humans</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr"/>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Whatever you write will be read by humans.</t>
+          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Vad du än skriver kommer läsas av människor.</t>
+          <t>Var så exakt som du kan. Vi vill åtgärda problemet lika mycket som du vill!</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.we_are_humans</t>
+          <t>.send_feedback.reminders.be_precise</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr"/>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
+          <t>Include steps to reproduce the issue if you can.</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Var så exakt som du kan. Vi vill åtgärda problemet lika mycket som du vill!</t>
+          <t>Inkludera steg för att reproducera felet om du kan.</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.be_precise</t>
+          <t>.send_feedback.reminders.include_reproduce_steps</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr"/>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Include steps to reproduce the issue if you can.</t>
+          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>Inkludera steg för att reproducera felet om du kan.</t>
+          <t>Nämn ditt itch.io-användarnamn och/eller sidan som gav dig problem om det är relavant.</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.include_reproduce_steps</t>
+          <t>.send_feedback.reminders.mention_itchio_account</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr"/>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
+          <t>Thanks for sending us feedback!</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>Nämn ditt itch.io-användarnamn och/eller sidan som gav dig problem om det är relavant.</t>
+          <t>Tack för att du skickar oss feedback!</t>
         </is>
       </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.mention_itchio_account</t>
+          <t>.send_feedback.reminders.thanks</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr"/>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Thanks for sending us feedback!</t>
+          <t>Where does my report go?</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Tack för att du skickar oss feedback!</t>
+          <t>Var hamnar min felrapport?</t>
         </is>
       </c>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.thanks</t>
+          <t>.send_feedback.questions.where_does_report_go</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr"/>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Where does my report go?</t>
+          <t>Review the information below to make sure you're comfortable with it being sent:</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>Var hamnar min felrapport?</t>
+          <t>Gå igenom informationen nedan för att vara säker på att du är bekväm med att den skickas:</t>
         </is>
       </c>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>.send_feedback.questions.where_does_report_go</t>
+          <t>.send_feedback.consent.please_review</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
       <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr"/>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Review the information below to make sure you're comfortable with it being sent:</t>
+          <t>redacted</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Gå igenom informationen nedan för att vara säker på att du är bekväm med att den skickas:</t>
+          <t>struket</t>
         </is>
       </c>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.please_review</t>
+          <t>.send_feedback.consent.redacted</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
       <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr"/>
       <c r="B550" t="inlineStr">
         <is>
-          <t>redacted</t>
+          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>struket</t>
+          <t>Att ha en ungefärlig uppfattning om ditt system hjälper oss ofta att identifiera källan till ett problem.</t>
         </is>
       </c>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.redacted</t>
+          <t>.send_feedback.consent.system_info_helps_us</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
       <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr"/>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
+          <t>Include this information in the report</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Att ha en ungefärlig uppfattning om ditt system hjälper oss ofta att identifiera källan till ett problem.</t>
+          <t>Inkludera den här informationen i felrapporten</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.system_info_helps_us</t>
+          <t>.send_feedback.consent.include_in_report</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
       <c r="H551" t="inlineStr"/>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr"/>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Include this information in the report</t>
+          <t>A secret URL will be generated for your report.</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Inkludera den här informationen i felrapporten</t>
+          <t>En hemlig URL kommer att genereras för din felrapport.</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.include_in_report</t>
+          <t>.send_feedback.send.secret_url</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
       <c r="H552" t="inlineStr"/>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr"/>
       <c r="B553" t="inlineStr">
         <is>
-          <t>A secret URL will be generated for your report.</t>
+          <t>From that page, you will be able to:</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>En hemlig URL kommer att genereras för din felrapport.</t>
+          <t>Från den sidan kommer du kunna:</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url</t>
+          <t>.send_feedback.send.secret_url.feature_list</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
       <c r="H553" t="inlineStr"/>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr"/>
       <c r="B554" t="inlineStr">
         <is>
-          <t>From that page, you will be able to:</t>
+          <t>See everything we see about the report</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>Från den sidan kommer du kunna:</t>
+          <t>Se allting som vi ser om felrapporten</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list</t>
+          <t>.send_feedback.send.secret_url.feature_list.view</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr"/>
       <c r="B555" t="inlineStr">
         <is>
-          <t>See everything we see about the report</t>
+          <t>Delete it if you decide to.</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Se allting som vi ser om felrapporten</t>
+          <t>Ta bort den ifall du väljer att göra så.</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.view</t>
+          <t>.send_feedback.send.secret_url.feature_list.delete</t>
         </is>
       </c>
       <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr"/>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Delete it if you decide to.</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Ta bort den ifall du väljer att göra så.</t>
+          <t>Skicka felrapport</t>
         </is>
       </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.delete</t>
+          <t>.send_feedback.send.do_send</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr"/>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Nevermind, take me out of here</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Skicka felrapport</t>
+          <t>Förresten, ta mig bort härifrån</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>.send_feedback.send.do_send</t>
+          <t>.send_feedback.send.dont_send</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr"/>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Nevermind, take me out of here</t>
+          <t>Sending...</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Förresten, ta mig bort härifrån</t>
+          <t>Skickar...</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>.send_feedback.send.dont_send</t>
+          <t>.send_feedback.send.sending</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr"/>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Sending...</t>
+          <t>Thank you for sending a report, it helps everyone!</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Skickar...</t>
+          <t>Tack för att du skickade en felrapport, det hjälper alla!</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>.send_feedback.send.sending</t>
+          <t>.send_feedback.final_thanks</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr"/>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Thank you for sending a report, it helps everyone!</t>
+          <t>Your report was sent successfully!</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Tack för att du skickade en felrapport, det hjälper alla!</t>
+          <t>Din felrapport har skickats in!</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>.send_feedback.final_thanks</t>
+          <t>.send_feedback.success.intro</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr"/>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Your report was sent successfully!</t>
+          <t>View report</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Din felrapport har skickats in!</t>
+          <t>Visa felrapport</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>.send_feedback.success.intro</t>
+          <t>.send_feedback.success.view_report</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr"/>
       <c r="B562" t="inlineStr">
         <is>
-          <t>View report</t>
+          <t>(You can delete it from this page)</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Visa felrapport</t>
+          <t>(Du kan ta bort den från den här sidan)</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report</t>
+          <t>.send_feedback.success.view_report.delete</t>
         </is>
       </c>
       <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr"/>
       <c r="B563" t="inlineStr">
         <is>
-          <t>(You can delete it from this page)</t>
+          <t>Thanks for your feedback</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>(Du kan ta bort den från den här sidan)</t>
+          <t>Tack för din feedback</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report.delete</t>
-[...2 lines deleted...]
-      <c r="G563" t="inlineStr"/>
+          <t>.send_feedback.success.thanks</t>
+        </is>
+      </c>
+      <c r="G563" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Tack för ditt bidrag</t>
+        </is>
+      </c>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr"/>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Thanks for your feedback</t>
+          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Tack för din feedback</t>
+          <t>Den kommer att gås igenom så snart vi kan, konverteras till en åtgärdsbar problemformulering, och förhoppningsvis åtgärdas vid ett senare släpp.</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>.send_feedback.success.thanks</t>
-[...6 lines deleted...]
-      </c>
+          <t>.send_feedback.success.promise</t>
+        </is>
+      </c>
+      <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr"/>
       <c r="B565" t="inlineStr">
         <is>
-          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
+          <t>Sorry, we could not send your report.</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>Den kommer att gås igenom så snart vi kan, konverteras till en åtgärdsbar problemformulering, och förhoppningsvis åtgärdas vid ett senare släpp.</t>
+          <t>Tyvärr, vi kunde inte skicka din felrapport.</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>.send_feedback.success.promise</t>
+          <t>.send_feedback.error.intro</t>
         </is>
       </c>
       <c r="G565" t="inlineStr"/>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr"/>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Sorry, we could not send your report.</t>
+          <t>Previous</t>
         </is>
       </c>
       <c r="C566" t="inlineStr">
         <is>
-          <t>Tyvärr, vi kunde inte skicka din felrapport.</t>
+          <t>Föregående</t>
         </is>
       </c>
       <c r="D566" t="inlineStr"/>
       <c r="E566" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F566" t="inlineStr">
         <is>
-          <t>.send_feedback.error.intro</t>
+          <t>.send_feedback.nav.previous</t>
         </is>
       </c>
       <c r="G566" t="inlineStr"/>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr"/>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Previous</t>
+          <t>Next</t>
         </is>
       </c>
       <c r="C567" t="inlineStr">
         <is>
-          <t>Föregående</t>
+          <t>Nästa</t>
         </is>
       </c>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.previous</t>
+          <t>.send_feedback.nav.next</t>
         </is>
       </c>
       <c r="G567" t="inlineStr"/>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr"/>
       <c r="B568" t="inlineStr">
         <is>
-          <t>Next</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C568" t="inlineStr">
         <is>
-          <t>Nästa</t>
+          <t>Stäng</t>
         </is>
       </c>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.next</t>
+          <t>.send_feedback.nav.close</t>
         </is>
       </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr"/>
       <c r="B569" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Your message</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>Stäng</t>
+          <t>Ditt meddelande</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.close</t>
+          <t>.send_feedback.steps.your_message</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr"/>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Your message</t>
+          <t>System information</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Ditt meddelande</t>
+          <t>Systeminformation</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.your_message</t>
+          <t>.send_feedback.steps.system_info</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr"/>
       <c r="B571" t="inlineStr">
         <is>
-          <t>System information</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Systeminformation</t>
+          <t>Skicka felrapport</t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.system_info</t>
+          <t>.send_feedback.steps.send</t>
         </is>
       </c>
       <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr"/>
       <c r="B572" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Browse</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Skicka felrapport</t>
+          <t>Bläddra</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.send</t>
+          <t>.setup.action.browse</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr"/>
       <c r="B573" t="inlineStr">
         <is>
-          <t>Browse</t>
+          <t>Install {{title}}</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Bläddra</t>
+          <t>Installera {{title}}</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>.setup.action.browse</t>
+          <t>.grid.item.install_title</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr"/>
       <c r="B574" t="inlineStr">
         <is>
-          <t>Install {{title}}</t>
+          <t>Open developer tools</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>Installera {{title}}</t>
+          <t>Öppna utvecklarverktyg</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>.grid.item.install_title</t>
+          <t>.browser.open_devtools</t>
         </is>
       </c>
       <c r="G574" t="inlineStr"/>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr"/>
       <c r="B575" t="inlineStr">
         <is>
-          <t>Open developer tools</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Öppna utvecklarverktyg</t>
+          <t>Tillbaka</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>.browser.open_devtools</t>
+          <t>.prompt.action.back</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr"/>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Reveal password</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Tillbaka</t>
+          <t>Visa lösenord</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>.prompt.action.back</t>
+          <t>.login.action.reveal_password</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr"/>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Reveal password</t>
+          <t>Hide password</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Visa lösenord</t>
+          <t>Dölj lösenord</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>.login.action.reveal_password</t>
+          <t>.login.action.hide_password</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr"/>
       <c r="B578" t="inlineStr">
         <is>
-          <t>Hide password</t>
+          <t>Inspect</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Dölj lösenord</t>
+          <t>Inspektera</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>.login.action.hide_password</t>
+          <t>.web.context_menu.inspect</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr"/>
       <c r="B579" t="inlineStr">
         <is>
-          <t>Inspect</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Inspektera</t>
+          <t>Titel</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>.web.context_menu.inspect</t>
+          <t>.sort_by.collections.title</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr"/>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Titel</t>
+          <t>Uppdaterad</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>.sort_by.collections.title</t>
+          <t>.sort_by.collections.updated_at</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr"/>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Are you sure you want to quit?</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Uppdaterad</t>
+          <t>Är du säker på att du vill avsluta?</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>.sort_by.collections.updated_at</t>
+          <t>.prompt.confirm_quit.title</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr"/>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Are you sure you want to quit?</t>
+          <t>All running games and applications will be closed.</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Är du säker på att du vill avsluta?</t>
+          <t>Alla spel och program som körs kommer att stängas.</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.title</t>
+          <t>.prompt.confirm_quit.message</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr"/>
       <c r="B583" t="inlineStr">
         <is>
-          <t>All running games and applications will be closed.</t>
+          <t>Quit and close all</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Alla spel och program som körs kommer att stängas.</t>
+          <t>Avsluta och stäng allt</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.message</t>
+          <t>.prompt.action.quit_and_close_all</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr"/>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Quit and close all</t>
+          <t>Empty</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Avsluta och stäng allt</t>
+          <t>Tom</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>.prompt.action.quit_and_close_all</t>
+          <t>.preferences.install_location.empty</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr"/>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Empty</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C585" t="inlineStr">
         <is>
-          <t>Tom</t>
+          <t>Någonting gick fel</t>
         </is>
       </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>.preferences.install_location.empty</t>
+          <t>.prompt.show_error.generic_message</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr"/>
       <c r="B586" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Computing space requirements</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>Någonting gick fel</t>
+          <t>Beräknar utrymmeskrav</t>
         </is>
       </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>.prompt.show_error.generic_message</t>
+          <t>.plan_install.computing_space_requirements</t>
         </is>
       </c>
       <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr"/>
       <c r="B587" t="inlineStr">
         <is>
-          <t>Computing space requirements</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Beräknar utrymmeskrav</t>
+          <t>Installera</t>
         </is>
       </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>.plan_install.computing_space_requirements</t>
+          <t>.plan_install.select_upload</t>
         </is>
       </c>
       <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr"/>
       <c r="B588" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>To location</t>
         </is>
       </c>
       <c r="C588" t="inlineStr">
         <is>
-          <t>Installera</t>
+          <t>Till katalog</t>
         </is>
       </c>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>.plan_install.select_upload</t>
-[...2 lines deleted...]
-      <c r="G588" t="inlineStr"/>
+          <t>.plan_install.select_install_location</t>
+        </is>
+      </c>
+      <c r="G588" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Till plats</t>
+        </is>
+      </c>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr"/>
       <c r="B589" t="inlineStr">
         <is>
-          <t>To location</t>
+          <t>Disk space required</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Till katalog</t>
+          <t>Diskutrymme som krävs</t>
         </is>
       </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>.plan_install.select_install_location</t>
-[...6 lines deleted...]
-      </c>
+          <t>.plan_install.disk_space_required</t>
+        </is>
+      </c>
+      <c r="G589" t="inlineStr"/>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr"/>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Disk space required</t>
+          <t>Disk space available</t>
         </is>
       </c>
       <c r="C590" t="inlineStr">
         <is>
-          <t>Diskutrymme som krävs</t>
+          <t>Diskutrymme tillgängligt</t>
         </is>
       </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_required</t>
+          <t>.plan_install.disk_space_available</t>
         </is>
       </c>
       <c r="G590" t="inlineStr"/>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr"/>
       <c r="B591" t="inlineStr">
         <is>
-          <t>Disk space available</t>
+          <t>Software License Agreement</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>Diskutrymme tillgängligt</t>
+          <t>Slutanvändaravtal</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_available</t>
+          <t>.prompt.sla.title</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr"/>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Software License Agreement</t>
+          <t>To use this software, you need to accept the terms of this license agreement:</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Slutanvändaravtal</t>
+          <t>För att använda den här mjukvaran måste du först acceptera slutanvändaravtalet:</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>.prompt.sla.title</t>
+          <t>.prompt.sla.message</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr"/>
       <c r="B593" t="inlineStr">
         <is>
-          <t>To use this software, you need to accept the terms of this license agreement:</t>
+          <t>Accept terms</t>
         </is>
       </c>
       <c r="C593" t="inlineStr">
         <is>
-          <t>För att använda den här mjukvaran måste du först acceptera slutanvändaravtalet:</t>
+          <t>Acceptera vilkor</t>
         </is>
       </c>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>.prompt.sla.message</t>
+          <t>.prompt.sla.accept</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr"/>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Accept terms</t>
-[...6 lines deleted...]
-      </c>
+          <t>Physical Games</t>
+        </is>
+      </c>
+      <c r="C594" t="inlineStr"/>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>.prompt.sla.accept</t>
-[...2 lines deleted...]
-      <c r="G594" t="inlineStr"/>
+          <t>.filter_by.games.classification.physical_game</t>
+        </is>
+      </c>
+      <c r="G594" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Fysiska spel
+Suggested in Weblate: Fysiska spel.
+Suggested in Weblate: Fysiskt spel</t>
+        </is>
+      </c>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr"/>
       <c r="B595" t="inlineStr">
         <is>
-          <t>Physical Games</t>
+          <t>1 hour 1 minute</t>
         </is>
       </c>
       <c r="C595" t="inlineStr"/>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.physical_game</t>
-[...8 lines deleted...]
-      </c>
+          <t>.duration.precise.hour_minute</t>
+        </is>
+      </c>
+      <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr"/>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr"/>
+      <c r="D596" t="inlineStr"/>
+      <c r="E596" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F596" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G596" t="inlineStr"/>
+      <c r="H596" t="inlineStr"/>
+    </row>
+    <row r="597">
+      <c r="A597" t="inlineStr"/>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C597" t="inlineStr"/>
+      <c r="D597" t="inlineStr"/>
+      <c r="E597" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F597" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G597" t="inlineStr"/>
+      <c r="H597" t="inlineStr"/>
+    </row>
+    <row r="598">
+      <c r="A598" t="inlineStr"/>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C598" t="inlineStr"/>
+      <c r="D598" t="inlineStr"/>
+      <c r="E598" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F598" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G598" t="inlineStr"/>
+      <c r="H598" t="inlineStr"/>
+    </row>
+    <row r="599">
+      <c r="A599" t="inlineStr"/>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C599" t="inlineStr"/>
+      <c r="D599" t="inlineStr"/>
+      <c r="E599" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F599" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G599" t="inlineStr"/>
+      <c r="H599" t="inlineStr"/>
+    </row>
+    <row r="600">
+      <c r="A600" t="inlineStr"/>
+      <c r="B600" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C600" t="inlineStr"/>
+      <c r="D600" t="inlineStr"/>
+      <c r="E600" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F600" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G600" t="inlineStr"/>
+      <c r="H600" t="inlineStr"/>
+    </row>
+    <row r="601">
+      <c r="A601" t="inlineStr"/>
+      <c r="B601" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C601" t="inlineStr"/>
+      <c r="D601" t="inlineStr"/>
+      <c r="E601" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F601" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G601" t="inlineStr"/>
+      <c r="H601" t="inlineStr"/>
+    </row>
+    <row r="602">
+      <c r="A602" t="inlineStr"/>
+      <c r="B602" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C602" t="inlineStr"/>
+      <c r="D602" t="inlineStr"/>
+      <c r="E602" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F602" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G602" t="inlineStr"/>
+      <c r="H602" t="inlineStr"/>
+    </row>
+    <row r="603">
+      <c r="A603" t="inlineStr"/>
+      <c r="B603" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C603" t="inlineStr"/>
+      <c r="D603" t="inlineStr"/>
+      <c r="E603" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F603" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G603" t="inlineStr"/>
+      <c r="H603" t="inlineStr"/>
+    </row>
+    <row r="604">
+      <c r="A604" t="inlineStr"/>
+      <c r="B604" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C604" t="inlineStr"/>
+      <c r="D604" t="inlineStr"/>
+      <c r="E604" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F604" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G604" t="inlineStr"/>
+      <c r="H604" t="inlineStr"/>
+    </row>
+    <row r="605">
+      <c r="A605" t="inlineStr"/>
+      <c r="B605" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C605" t="inlineStr"/>
+      <c r="D605" t="inlineStr"/>
+      <c r="E605" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F605" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G605" t="inlineStr"/>
+      <c r="H605" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>