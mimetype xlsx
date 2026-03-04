--- v0 (2026-01-13)
+++ v1 (2026-03-04)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H407"/>
+  <dimension ref="A1:H418"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -9699,45 +9699,287 @@
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr"/>
       <c r="B407" t="inlineStr">
         <is>
           <t>Physical Games</t>
         </is>
       </c>
       <c r="C407" t="inlineStr"/>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
           <t>.filter_by.games.classification.physical_game</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
+    </row>
+    <row r="408">
+      <c r="A408" t="inlineStr"/>
+      <c r="B408" t="inlineStr">
+        <is>
+          <t>1 hour 1 minute</t>
+        </is>
+      </c>
+      <c r="C408" t="inlineStr"/>
+      <c r="D408" t="inlineStr"/>
+      <c r="E408" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F408" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minute</t>
+        </is>
+      </c>
+      <c r="G408" t="inlineStr"/>
+      <c r="H408" t="inlineStr"/>
+    </row>
+    <row r="409">
+      <c r="A409" t="inlineStr"/>
+      <c r="B409" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C409" t="inlineStr"/>
+      <c r="D409" t="inlineStr"/>
+      <c r="E409" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F409" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G409" t="inlineStr"/>
+      <c r="H409" t="inlineStr"/>
+    </row>
+    <row r="410">
+      <c r="A410" t="inlineStr"/>
+      <c r="B410" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C410" t="inlineStr"/>
+      <c r="D410" t="inlineStr"/>
+      <c r="E410" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F410" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G410" t="inlineStr"/>
+      <c r="H410" t="inlineStr"/>
+    </row>
+    <row r="411">
+      <c r="A411" t="inlineStr"/>
+      <c r="B411" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C411" t="inlineStr"/>
+      <c r="D411" t="inlineStr"/>
+      <c r="E411" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F411" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G411" t="inlineStr"/>
+      <c r="H411" t="inlineStr"/>
+    </row>
+    <row r="412">
+      <c r="A412" t="inlineStr"/>
+      <c r="B412" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C412" t="inlineStr"/>
+      <c r="D412" t="inlineStr"/>
+      <c r="E412" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F412" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G412" t="inlineStr"/>
+      <c r="H412" t="inlineStr"/>
+    </row>
+    <row r="413">
+      <c r="A413" t="inlineStr"/>
+      <c r="B413" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C413" t="inlineStr"/>
+      <c r="D413" t="inlineStr"/>
+      <c r="E413" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F413" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G413" t="inlineStr"/>
+      <c r="H413" t="inlineStr"/>
+    </row>
+    <row r="414">
+      <c r="A414" t="inlineStr"/>
+      <c r="B414" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C414" t="inlineStr"/>
+      <c r="D414" t="inlineStr"/>
+      <c r="E414" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F414" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G414" t="inlineStr"/>
+      <c r="H414" t="inlineStr"/>
+    </row>
+    <row r="415">
+      <c r="A415" t="inlineStr"/>
+      <c r="B415" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C415" t="inlineStr"/>
+      <c r="D415" t="inlineStr"/>
+      <c r="E415" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F415" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G415" t="inlineStr"/>
+      <c r="H415" t="inlineStr"/>
+    </row>
+    <row r="416">
+      <c r="A416" t="inlineStr"/>
+      <c r="B416" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C416" t="inlineStr"/>
+      <c r="D416" t="inlineStr"/>
+      <c r="E416" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F416" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G416" t="inlineStr"/>
+      <c r="H416" t="inlineStr"/>
+    </row>
+    <row r="417">
+      <c r="A417" t="inlineStr"/>
+      <c r="B417" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C417" t="inlineStr"/>
+      <c r="D417" t="inlineStr"/>
+      <c r="E417" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F417" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G417" t="inlineStr"/>
+      <c r="H417" t="inlineStr"/>
+    </row>
+    <row r="418">
+      <c r="A418" t="inlineStr"/>
+      <c r="B418" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C418" t="inlineStr"/>
+      <c r="D418" t="inlineStr"/>
+      <c r="E418" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F418" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G418" t="inlineStr"/>
+      <c r="H418" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>