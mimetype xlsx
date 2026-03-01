--- v0 (2026-01-13)
+++ v1 (2026-03-01)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H499"/>
+  <dimension ref="A1:H509"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -3325,9265 +3325,9481 @@
       </c>
       <c r="C111" t="inlineStr"/>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>.new_tab.devlogs</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Trang của nhà phát triển 
 Suggested in Weblate: Nhật kí nhà phát triển</t>
         </is>
       </c>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr"/>
       <c r="B112" t="inlineStr">
         <is>
-          <t>Popular on Twitter</t>
+          <t>itch is now running in the background. Use the menu to quit it completely.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr"/>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>.new_tab.twitter</t>
+          <t>.notification.see_you_soon.message</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nổi tiếng trên Twitter</t>
+          <t>Suggested in Weblate: itch hiện giờ đang chạy ở nền. Dùng menu để tắt.
+Suggested in Weblate: itch hiện giờ đang chạy ở chế độ nền. Dùng menu để tắt hoàn toàn.</t>
         </is>
       </c>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr"/>
       <c r="B113" t="inlineStr">
         <is>
-          <t>itch is now running in the background. Use the menu to quit it completely.</t>
+          <t>See you soon!</t>
         </is>
       </c>
       <c r="C113" t="inlineStr"/>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.message</t>
+          <t>.notification.see_you_soon.title</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: itch hiện giờ đang chạy ở nền. Dùng menu để tắt.
-Suggested in Weblate: itch hiện giờ đang chạy ở chế độ nền. Dùng menu để tắt hoàn toàn.</t>
+          <t>Suggested in Weblate: Gặp lại bạn sau!
+Suggested in Weblate: Hẹn gặp lại!</t>
         </is>
       </c>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr"/>
       <c r="B114" t="inlineStr">
         <is>
-          <t>See you soon!</t>
+          <t>You just purchased {{title}}!</t>
         </is>
       </c>
       <c r="C114" t="inlineStr"/>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>.notification.see_you_soon.title</t>
+          <t>.notification.purchase_complete.just_bought</t>
         </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Gặp lại bạn sau!
-Suggested in Weblate: Hẹn gặp lại!</t>
+          <t>Suggested in Weblate: Bạn đã mua {{title}}!</t>
         </is>
       </c>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr"/>
       <c r="B115" t="inlineStr">
         <is>
-          <t>You just purchased {{title}}!</t>
+          <t>You just donated to {{title}}!</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_bought</t>
+          <t>.notification.purchase_complete.just_donated</t>
         </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Bạn đã mua {{title}}!</t>
+          <t>Suggested in Weblate: Bạn đã quyên góp cho {{title}}!</t>
         </is>
       </c>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr"/>
       <c r="B116" t="inlineStr">
         <is>
-          <t>You just donated to {{title}}!</t>
+          <t>You can now install it anytime!</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.just_donated</t>
+          <t>.notification.purchase_complete.may_install_now</t>
         </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Bạn đã quyên góp cho {{title}}!</t>
+          <t>Suggested in Weblate: Bạn giờ có thể tải xuống bất kì lúc nào!
+Suggested in Weblate: Bây giờ bạn có thể cài đặt nó bất kì lúc nào!</t>
         </is>
       </c>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr"/>
       <c r="B117" t="inlineStr">
         <is>
-          <t>You can now install it anytime!</t>
+          <t>Thanks for your support!</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.may_install_now</t>
+          <t>.notification.purchase_complete.thanks_for_support</t>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Bạn giờ có thể tải xuống bất kì lúc nào!
-Suggested in Weblate: Bây giờ bạn có thể cài đặt nó bất kì lúc nào!</t>
+          <t>Suggested in Weblate: Cảm ơn sự hỗ trợ của bạn!</t>
         </is>
       </c>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr"/>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Thanks for your support!</t>
+          <t>{{title}} was installed!</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>.notification.purchase_complete.thanks_for_support</t>
+          <t>.notification.download_installed</t>
         </is>
       </c>
       <c r="G118" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cảm ơn sự hỗ trợ của bạn!</t>
+          <t>Suggested in Weblate: {{title}} đã được tải xuống!</t>
         </is>
       </c>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr"/>
       <c r="B119" t="inlineStr">
         <is>
-          <t>{{title}} was installed!</t>
+          <t>{{title}} was updated!</t>
         </is>
       </c>
       <c r="C119" t="inlineStr"/>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>.notification.download_installed</t>
+          <t>.notification.download_updated</t>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} đã được tải xuống!</t>
+          <t>Suggested in Weblate: {{title}} đã được cập nhật!</t>
         </is>
       </c>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr"/>
       <c r="B120" t="inlineStr">
         <is>
-          <t>{{title}} was updated!</t>
+          <t>{{title}} was switched to {{version}}!</t>
         </is>
       </c>
       <c r="C120" t="inlineStr"/>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>.notification.download_updated</t>
+          <t>.notification.download_reverted</t>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} đã được cập nhật!</t>
+          <t>Suggested in Weblate: {{title}} đã chuyển sang {{version}}</t>
         </is>
       </c>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr"/>
       <c r="B121" t="inlineStr">
         <is>
-          <t>{{title}} was switched to {{version}}!</t>
+          <t>{{title}} verified and repaired!</t>
         </is>
       </c>
       <c r="C121" t="inlineStr"/>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>.notification.download_reverted</t>
+          <t>.notification.download_healed</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} đã chuyển sang {{version}}</t>
+          <t>Suggested in Weblate: {{title}} đã được xác thực và chỉnh sửa</t>
         </is>
       </c>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr"/>
       <c r="B122" t="inlineStr">
         <is>
-          <t>{{title}} verified and repaired!</t>
+          <t>Keep in mind this is a pre-alpha</t>
         </is>
       </c>
       <c r="C122" t="inlineStr"/>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>.notification.download_healed</t>
+          <t>.onboarding.caved.prealpha_reminder</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} đã được xác thực và chỉnh sửa</t>
+          <t>Suggested in Weblate:  Hãy nhớ rằng đây là bản pre-alpha</t>
         </is>
       </c>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr"/>
       <c r="B123" t="inlineStr">
         <is>
-          <t>Keep in mind this is a pre-alpha</t>
+          <t>Take your pick</t>
         </is>
       </c>
       <c r="C123" t="inlineStr"/>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>.onboarding.caved.prealpha_reminder</t>
+          <t>.onboarding.caved.title_pick</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
-          <t>Suggested in Weblate:  Hãy nhớ rằng đây là bản pre-alpha</t>
+          <t>Suggested in Weblate: Bạn chọn đi</t>
         </is>
       </c>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr"/>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Take your pick</t>
+          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
         </is>
       </c>
       <c r="C124" t="inlineStr"/>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>.onboarding.caved.title_pick</t>
+          <t>.onboarding.caved.troubleshoot_advice</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Bạn chọn đi</t>
+          <t>Suggested in Weblate: Nếu có chuyện xảy ra, ấn vào {{report}} để báo cáo về nó, hoặc {{probe}} để kiểm tra.</t>
         </is>
       </c>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr"/>
       <c r="B125" t="inlineStr">
         <is>
-          <t>If something breaks, click {{report}} to report it, or {{probe}} to investigate.</t>
+          <t>Watch games quietly download, install, and run.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr"/>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>.onboarding.caved.troubleshoot_advice</t>
+          <t>.onboarding.caved.usage</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nếu có chuyện xảy ra, ấn vào {{report}} để báo cáo về nó, hoặc {{probe}} để kiểm tra.</t>
+          <t>Suggested in Weblate: Xem trò chơi tải xuống, cài đặt và hoạt động một cách lặng lẽ.</t>
         </is>
       </c>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr"/>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Watch games quietly download, install, and run.</t>
+          <t>Your games will be here when you come back.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr"/>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>.onboarding.caved.usage</t>
+          <t>.onboarding.collections.auto_sync</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Xem trò chơi tải xuống, cài đặt và hoạt động một cách lặng lẽ.</t>
+          <t>Suggested in Weblate: Trò chơi của bạn sẽ ở đây khi bạn quay trở lại.</t>
         </is>
       </c>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr"/>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Your games will be here when you come back.</t>
+          <t>Let's browse</t>
         </is>
       </c>
       <c r="C127" t="inlineStr"/>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>.onboarding.collections.auto_sync</t>
+          <t>.onboarding.collections.lets_shop</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Trò chơi của bạn sẽ ở đây khi bạn quay trở lại.</t>
+          <t>Suggested in Weblate: Cùng khám phá nào</t>
         </is>
       </c>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr"/>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Let's browse</t>
+          <t>Mix &amp; match</t>
         </is>
       </c>
       <c r="C128" t="inlineStr"/>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>.onboarding.collections.lets_shop</t>
+          <t>.onboarding.collections.title_mix</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cùng khám phá nào</t>
+          <t>Suggested in Weblate: xáo trộn và kết hợp</t>
         </is>
       </c>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr"/>
       <c r="B129" t="inlineStr">
         <is>
-          <t>Mix &amp; match</t>
+          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
         </is>
       </c>
       <c r="C129" t="inlineStr"/>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>.onboarding.collections.title_mix</t>
+          <t>.onboarding.collections.usage</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: xáo trộn và kết hợp</t>
+          <t>Suggested in Weblate: Trình duyệt trang web một chút, rồi dùng {{add_to_collection}} để bắt đầu sắp xếp.</t>
         </is>
       </c>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr"/>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Browse the site a little, then use {{add_to_collection}} to start organizing.</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C130" t="inlineStr"/>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>.onboarding.collections.usage</t>
+          <t>.onboarding.dashboard.docs_link</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Trình duyệt trang web một chút, rồi dùng {{add_to_collection}} để bắt đầu sắp xếp.</t>
+          <t>Suggested in Weblate: Tìm hiểu thêm</t>
         </is>
       </c>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr"/>
       <c r="B131" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>We've tried to make it the comfiest.</t>
         </is>
       </c>
       <c r="C131" t="inlineStr"/>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.docs_link</t>
+          <t>.onboarding.dashboard.mission_statement</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tìm hiểu thêm</t>
+          <t>Suggested in Weblate: Chúng tôi đã cố gắng làm nó thoải mái nhất.</t>
         </is>
       </c>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr"/>
       <c r="B132" t="inlineStr">
         <is>
-          <t>We've tried to make it the comfiest.</t>
+          <t>Instant set-up, and as few barriers as we can manage.</t>
         </is>
       </c>
       <c r="C132" t="inlineStr"/>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.mission_statement</t>
+          <t>.onboarding.dashboard.selling_points</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chúng tôi đã cố gắng làm nó thoải mái nhất.</t>
+          <t>Suggested in Weblate: Thiết lập ngay lập tức và có ít rào cản nhất có thể mà chúng tôi có thể quản lý.
+Suggested in Weblate: Thiết lập ngat lập tức và có ít rào cản nhất có thể mà chúng tôi có thể quản lý.</t>
         </is>
       </c>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr"/>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Instant set-up, and as few barriers as we can manage.</t>
+          <t>Welcome home</t>
         </is>
       </c>
       <c r="C133" t="inlineStr"/>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.selling_points</t>
+          <t>.onboarding.dashboard.welcome_home</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Thiết lập ngay lập tức và có ít rào cản nhất có thể mà chúng tôi có thể quản lý.
-Suggested in Weblate: Thiết lập ngat lập tức và có ít rào cản nhất có thể mà chúng tôi có thể quản lý.</t>
+          <t>Suggested in Weblate: Mừng bạn đã về nhà.</t>
         </is>
       </c>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr"/>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Welcome home</t>
+          <t>We've put together a few collections so you can start playing right away.</t>
         </is>
       </c>
       <c r="C134" t="inlineStr"/>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>.onboarding.dashboard.welcome_home</t>
+          <t>.onboarding.owned.batteries_included</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mừng bạn đã về nhà.</t>
+          <t>Suggested in Weblate: Chúng tôi đã tập hợp một số bộ sưu tập để bạn có thể bắt đầu chơi ngay.</t>
         </is>
       </c>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr"/>
       <c r="B135" t="inlineStr">
         <is>
-          <t>We've put together a few collections so you can start playing right away.</t>
+          <t>Click the labels on your left to navigate around the app</t>
         </is>
       </c>
       <c r="C135" t="inlineStr"/>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>.onboarding.owned.batteries_included</t>
+          <t>.onboarding.owned.navigation_hint</t>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chúng tôi đã tập hợp một số bộ sưu tập để bạn có thể bắt đầu chơi ngay.</t>
+          <t>Suggested in Weblate: Ấn vào nhãn bên trái của bạn để điều hướng xung quanh ứng dụng</t>
         </is>
       </c>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr"/>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Click the labels on your left to navigate around the app</t>
+          <t>Things are looking a bit empty right now, but no worries!</t>
         </is>
       </c>
       <c r="C136" t="inlineStr"/>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>.onboarding.owned.navigation_hint</t>
+          <t>.onboarding.owned.reassuring_comment</t>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ấn vào nhãn bên trái của bạn để điều hướng xung quanh ứng dụng</t>
+          <t>Suggested in Weblate: Mọi thứ có chút trống rỗng ngay bây giờ nhưng đừng lo lắng!</t>
         </is>
       </c>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr"/>
       <c r="B137" t="inlineStr">
         <is>
-          <t>Things are looking a bit empty right now, but no worries!</t>
+          <t>You made it!</t>
         </is>
       </c>
       <c r="C137" t="inlineStr"/>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>.onboarding.owned.reassuring_comment</t>
+          <t>.onboarding.owned.title_warm_welcome</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mọi thứ có chút trống rỗng ngay bây giờ nhưng đừng lo lắng!</t>
+          <t>Suggested in Weblate: Bạn đã làm được nó!</t>
         </is>
       </c>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr"/>
       <c r="B138" t="inlineStr">
         <is>
-          <t>You made it!</t>
+          <t>Open dashboard</t>
         </is>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>.onboarding.owned.title_warm_welcome</t>
+          <t>.outlinks.open_dashboard</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Bạn đã làm được nó!</t>
+          <t>Suggested in Weblate: Mở trang chủ</t>
         </is>
       </c>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr"/>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Open dashboard</t>
+          <t>Manage collections</t>
         </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>.outlinks.open_dashboard</t>
+          <t>.outlinks.manage_collections</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mở trang chủ</t>
+          <t>Suggested in Weblate: Quản lí các bộ sưu tập</t>
         </is>
       </c>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr"/>
       <c r="B140" t="inlineStr">
         <is>
-          <t>Manage collections</t>
+          <t>itch.io sandbox setup</t>
         </is>
       </c>
       <c r="C140" t="inlineStr"/>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>.outlinks.manage_collections</t>
+          <t>.sandbox.setup.title</t>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Quản lí các bộ sưu tập</t>
+          <t>Suggested in Weblate: thiết lập thế giới mở itch.io</t>
         </is>
       </c>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr"/>
       <c r="B141" t="inlineStr">
         <is>
-          <t>itch.io sandbox setup</t>
+          <t>Proceed</t>
         </is>
       </c>
       <c r="C141" t="inlineStr"/>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>.sandbox.setup.title</t>
+          <t>.sandbox.setup.proceed</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: thiết lập thế giới mở itch.io</t>
+          <t>Suggested in Weblate: Tiếp tục</t>
         </is>
       </c>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr"/>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Proceed</t>
+          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
         </is>
       </c>
       <c r="C142" t="inlineStr"/>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>.sandbox.setup.proceed</t>
+          <t>.sandbox.setup.windows.message</t>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tiếp tục</t>
+          <t>Suggested in Weblate: Để chạy trò chơi trong thế giới mở itch.io, bạn cần chạy quy trình thiết lập một lần với tư cách là Quản trị viên.</t>
         </is>
       </c>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr"/>
       <c r="B143" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a one-time setup procedure needs to be run as Administrator.</t>
+          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
         </is>
       </c>
       <c r="C143" t="inlineStr"/>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.message</t>
+          <t>.sandbox.setup.windows.detail</t>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Để chạy trò chơi trong thế giới mở itch.io, bạn cần chạy quy trình thiết lập một lần với tư cách là Quản trị viên.</t>
+          <t>Suggested in Weblate: Sau khi nhấp vào 'Tiếp tục', một lời nhắc để cấp phép có thể xuất hiện để yêu cầu bạn phê duyệt. Điều này sẽ thêm tài khoản người dùng `người chơi-itch` để bảo vệ trò chơi của bạn khỏi phần còn lại của hệ thống.</t>
         </is>
       </c>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr"/>
       <c r="B144" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a permission prompt may pop up, asking you for your approval. This will add an `itch-player` user account to shield your games from the rest of your system.</t>
+          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>.sandbox.setup.windows.detail</t>
+          <t>.sandbox.setup.linux.message</t>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sau khi nhấp vào 'Tiếp tục', một lời nhắc để cấp phép có thể xuất hiện để yêu cầu bạn phê duyệt. Điều này sẽ thêm tài khoản người dùng `người chơi-itch` để bảo vệ trò chơi của bạn khỏi phần còn lại của hệ thống.</t>
+          <t>Suggested in Weblate: Để có thể chạy trò chơi trên thế giới  mở itch.io, một bản lệnh thiết lập sẽ hoạt động như nền tảng.</t>
         </is>
       </c>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr"/>
       <c r="B145" t="inlineStr">
         <is>
-          <t>In order to run games in the itch.io sandbox, a setup script has to be run as root.</t>
+          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.message</t>
+          <t>.sandbox.setup.linux.detail</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Để có thể chạy trò chơi trên thế giới  mở itch.io, một bản lệnh thiết lập sẽ hoạt động như nền tảng.</t>
+          <t>Suggested in Weblate: Sau khi nhấp vào 'Tiếp tục', một lời nhắc sẽ xuất hiện và yêu cầu bạn nhập mật khẩu. Điều này chỉ cần thiết khi thế giới mở được sử dụng hoặc cập nhật lần đầu tiên và mật khẩu của bạn không bao giờ được ghi nhớ.</t>
         </is>
       </c>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>After clicking 'Proceed', a prompt will pop up, asking for your password. This is only needed when the sandbox is first used or updated, and your password is never remembered.</t>
+          <t>Security &amp; privacy</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.sandbox.setup.linux.detail</t>
+          <t>.preferences.security</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sau khi nhấp vào 'Tiếp tục', một lời nhắc sẽ xuất hiện và yêu cầu bạn nhập mật khẩu. Điều này chỉ cần thiết khi thế giới mở được sử dụng hoặc cập nhật lần đầu tiên và mật khẩu của bạn không bao giờ được ghi nhớ.</t>
+          <t>Suggested in Weblate: Bảo mật và quyền riêng tư</t>
         </is>
       </c>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>Security &amp; privacy</t>
+          <t>Enable itch.io sandbox</t>
         </is>
       </c>
       <c r="C147" t="inlineStr"/>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.preferences.security</t>
+          <t>.preferences.security.sandbox.title</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Bảo mật và quyền riêng tư</t>
+          <t>Suggested in Weblate: Kích hoạt thế giới mở itch.io</t>
         </is>
       </c>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>Enable itch.io sandbox</t>
+          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
         </is>
       </c>
       <c r="C148" t="inlineStr"/>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.title</t>
+          <t>.preferences.security.sandbox.description</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kích hoạt thế giới mở itch.io</t>
+          <t>Suggested in Weblate: Thế giới mở itch.io sẽ cố gắng ngăn các trò chơi bạn tải xuống làm những việc có hại hoặc đánh cắp dữ liệu nhạy cảm. Mặc dù đây không phải là sự đảm bảo an toàn hoàn toàn nhưng việc chạy trò chơi trong Thế giới mở itch.io sẽ an toàn hơn nhiều.</t>
         </is>
       </c>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>The itch.io sandbox will try to prevent games you download from doing harmful things or stealing sensitive data. While it's not a complete safety guarantee, running games in the itch.io sandbox is much safer.</t>
+          <t>Add location</t>
         </is>
       </c>
       <c r="C149" t="inlineStr"/>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.preferences.security.sandbox.description</t>
+          <t>.preferences.install_location.add</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Thế giới mở itch.io sẽ cố gắng ngăn các trò chơi bạn tải xuống làm những việc có hại hoặc đánh cắp dữ liệu nhạy cảm. Mặc dù đây không phải là sự đảm bảo an toàn hoàn toàn nhưng việc chạy trò chơi trong Thế giới mở itch.io sẽ an toàn hơn nhiều.</t>
+          <t>Suggested in Weblate: Thêm vị trí</t>
         </is>
       </c>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>Add location</t>
+          <t>Remove this install location</t>
         </is>
       </c>
       <c r="C150" t="inlineStr"/>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>.preferences.install_location.add</t>
+          <t>.preferences.install_location.delete</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Thêm vị trí</t>
+          <t>Suggested in Weblate: Xóa vị trí cài đặt này</t>
         </is>
       </c>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t>Remove this install location</t>
+          <t>Free space</t>
         </is>
       </c>
       <c r="C151" t="inlineStr"/>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>.preferences.install_location.delete</t>
+          <t>.preferences.install_location.free_space</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Xóa vị trí cài đặt này</t>
+          <t>Suggested in Weblate: Chỗ trống</t>
         </is>
       </c>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Free space</t>
+          <t>View the contents of this location</t>
         </is>
       </c>
       <c r="C152" t="inlineStr"/>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_space</t>
+          <t>.preferences.install_location.navigate</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chỗ trống</t>
+          <t>Suggested in Weblate: Xem những nội dung từ vị trí  này</t>
         </is>
       </c>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
-          <t>View the contents of this location</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C153" t="inlineStr"/>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>.preferences.install_location.navigate</t>
+          <t>.preferences.install_location.is_default_short</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Xem những nội dung từ vị trí  này</t>
+          <t>Suggested in Weblate: Mặc định</t>
         </is>
       </c>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Make default</t>
         </is>
       </c>
       <c r="C154" t="inlineStr"/>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default_short</t>
+          <t>.preferences.install_location.make_default_short</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mặc định</t>
+          <t>Suggested in Weblate: Chọn làm mặc định</t>
         </is>
       </c>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
-          <t>Make default</t>
+          <t>New items will install to this location by default.</t>
         </is>
       </c>
       <c r="C155" t="inlineStr"/>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default_short</t>
+          <t>.preferences.install_location.is_default</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chọn làm mặc định</t>
+          <t>Suggested in Weblate: Vật phẩm mới sẽ được tải xuống vị trí này một cách mặc định</t>
         </is>
       </c>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
-          <t>New items will install to this location by default.</t>
+          <t># of items</t>
         </is>
       </c>
       <c r="C156" t="inlineStr"/>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>.preferences.install_location.is_default</t>
+          <t>.preferences.install_location.item_count</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Vật phẩm mới sẽ được tải xuống vị trí này một cách mặc định</t>
+          <t>Suggested in Weblate: # của vật phẩm</t>
         </is>
       </c>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t># of items</t>
+          <t>Set this as the default install location</t>
         </is>
       </c>
       <c r="C157" t="inlineStr"/>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>.preferences.install_location.item_count</t>
+          <t>.preferences.install_location.make_default</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: # của vật phẩm</t>
+          <t>Suggested in Weblate: Chọn làm vị trí tải mặc định</t>
         </is>
       </c>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Set this as the default install location</t>
+          <t>Location</t>
         </is>
       </c>
       <c r="C158" t="inlineStr"/>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>.preferences.install_location.make_default</t>
+          <t>.preferences.install_location.path</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chọn làm vị trí tải mặc định</t>
+          <t>Suggested in Weblate: Vị trí</t>
         </is>
       </c>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>Location</t>
+          <t>Used space</t>
         </is>
       </c>
       <c r="C159" t="inlineStr"/>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>.preferences.install_location.path</t>
+          <t>.preferences.install_location.used_space</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Vị trí</t>
+          <t>Suggested in Weblate: Chỗ đã được sử dụng</t>
         </is>
       </c>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Used space</t>
+          <t>Disk usage</t>
         </is>
       </c>
       <c r="C160" t="inlineStr"/>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>.preferences.install_location.used_space</t>
+          <t>.preferences.install_location.disk_usage</t>
         </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chỗ đã được sử dụng</t>
+          <t>Suggested in Weblate: Sử dụng đĩa</t>
         </is>
       </c>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Disk usage</t>
+          <t>{{installedSize}} used by games</t>
         </is>
       </c>
       <c r="C161" t="inlineStr"/>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>.preferences.install_location.disk_usage</t>
+          <t>.preferences.install_location.size_used_by_games</t>
         </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sử dụng đĩa</t>
+          <t>Suggested in Weblate: {{installedSize}} được dùng bởi trò chơi</t>
         </is>
       </c>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>{{installedSize}} used by games</t>
+          <t>Empty</t>
         </is>
       </c>
       <c r="C162" t="inlineStr"/>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>.preferences.install_location.size_used_by_games</t>
+          <t>.preferences.install_location.empty</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{installedSize}} được dùng bởi trò chơi</t>
+          <t>Suggested in Weblate: Trống</t>
         </is>
       </c>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Empty</t>
+          <t>{{freeSize}} free of {{totalSize}}</t>
         </is>
       </c>
       <c r="C163" t="inlineStr"/>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>.preferences.install_location.empty</t>
+          <t>.preferences.install_location.free_of_total</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Trống</t>
+          <t>Suggested in Weblate: {{freeSize}} không có {{totalSize}}</t>
         </is>
       </c>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>{{freeSize}} free of {{totalSize}}</t>
+          <t>Install locations</t>
         </is>
       </c>
       <c r="C164" t="inlineStr"/>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>.preferences.install_location.free_of_total</t>
+          <t>.preferences.install_locations</t>
         </is>
       </c>
       <c r="G164" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{freeSize}} không có {{totalSize}}</t>
+          <t>Suggested in Weblate: Những vị trí tải xuống</t>
         </is>
       </c>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Install locations</t>
+          <t>Scan install locations for games</t>
         </is>
       </c>
       <c r="C165" t="inlineStr"/>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>.preferences.install_locations</t>
+          <t>.preferences.scan_install_locations</t>
         </is>
       </c>
       <c r="G165" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Những vị trí tải xuống</t>
+          <t>Suggested in Weblate: Kiểm tra vị trí tải xuống cho trò chơi</t>
         </is>
       </c>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>Scan install locations for games</t>
+          <t>Confirm import</t>
         </is>
       </c>
       <c r="C166" t="inlineStr"/>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations</t>
+          <t>.preferences.scan_install_locations.confirm_import</t>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kiểm tra vị trí tải xuống cho trò chơi</t>
+          <t>Suggested in Weblate: Xác nhận nhập</t>
         </is>
       </c>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Confirm import</t>
+          <t>Import {{numItems}} items</t>
         </is>
       </c>
       <c r="C167" t="inlineStr"/>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.confirm_import</t>
+          <t>.preferences.scan_install_locations.import_items</t>
         </is>
       </c>
       <c r="G167" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Xác nhận nhập</t>
+          <t xml:space="preserve">Suggested in Weblate: Nhập vật phẩm {{numItems}} </t>
         </is>
       </c>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Import {{numItems}} items</t>
+          <t>{{numImportedItems}} items were successfully imported</t>
         </is>
       </c>
       <c r="C168" t="inlineStr"/>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.import_items</t>
+          <t>.preferences.scan_install_locations.items_imported</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: Nhập vật phẩm {{numItems}} </t>
+          <t>Suggested in Weblate: Vật phẩm {{numImportedItems}} đã hoàn toàn được nhập</t>
         </is>
       </c>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>{{numImportedItems}} items were successfully imported</t>
+          <t>Looking for games...</t>
         </is>
       </c>
       <c r="C169" t="inlineStr"/>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.items_imported</t>
+          <t>.preferences.scan_install_locations.looking_for_games</t>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Vật phẩm {{numImportedItems}} đã hoàn toàn được nhập</t>
+          <t>Suggested in Weblate: Tìm kiếm trò chơi...</t>
         </is>
       </c>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Looking for games...</t>
+          <t>The following items can be imported:</t>
         </is>
       </c>
       <c r="C170" t="inlineStr"/>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.looking_for_games</t>
+          <t>.preferences.scan_install_locations.message</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tìm kiếm trò chơi...</t>
+          <t>Suggested in Weblate: Các mục sau đây có thể được nhập:</t>
         </is>
       </c>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
-          <t>The following items can be imported:</t>
+          <t>No additional items found in install locations</t>
         </is>
       </c>
       <c r="C171" t="inlineStr"/>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.message</t>
+          <t>.preferences.scan_install_locations.no_items_found</t>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Các mục sau đây có thể được nhập:</t>
+          <t>Suggested in Weblate: Không tìm thấy mục bổ sung nào ở vị trí cài đặt</t>
         </is>
       </c>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t>No additional items found in install locations</t>
+          <t>Scanning...</t>
         </is>
       </c>
       <c r="C172" t="inlineStr"/>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.no_items_found</t>
+          <t>.preferences.scan_install_locations.title</t>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Không tìm thấy mục bổ sung nào ở vị trí cài đặt</t>
+          <t>Suggested in Weblate: Đang kiểm tra...</t>
         </is>
       </c>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Scanning...</t>
+          <t>Behavior</t>
         </is>
       </c>
       <c r="C173" t="inlineStr"/>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>.preferences.scan_install_locations.title</t>
+          <t>.preferences.behavior</t>
         </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Đang kiểm tra...</t>
+          <t>Suggested in Weblate: Hành vi</t>
         </is>
       </c>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Behavior</t>
+          <t>Enable tabs</t>
         </is>
       </c>
       <c r="C174" t="inlineStr"/>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>.preferences.behavior</t>
+          <t>.preferences.behavior.enable_tabs</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Hành vi</t>
+          <t>Suggested in Weblate: Kích hoạt tabs</t>
         </is>
       </c>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
-          <t>Enable tabs</t>
+          <t>Keep app in tray when closing window</t>
         </is>
       </c>
       <c r="C175" t="inlineStr"/>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>.preferences.behavior.enable_tabs</t>
+          <t>.preferences.behavior.close_to_tray</t>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kích hoạt tabs</t>
+          <t>Suggested in Weblate: Giữ ứng dụng trong khi đóng cửa sổ</t>
         </is>
       </c>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Keep app in tray when closing window</t>
+          <t>Run itch when my computer starts</t>
         </is>
       </c>
       <c r="C176" t="inlineStr"/>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>.preferences.behavior.close_to_tray</t>
+          <t>.preferences.behavior.open_at_login</t>
         </is>
       </c>
       <c r="G176" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Giữ ứng dụng trong khi đóng cửa sổ</t>
+          <t>Suggested in Weblate: Mở itch khi máy tính bật</t>
         </is>
       </c>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>Run itch when my computer starts</t>
+          <t>Open itch as hidden on startup</t>
         </is>
       </c>
       <c r="C177" t="inlineStr"/>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login</t>
+          <t>.preferences.behavior.open_as_hidden</t>
         </is>
       </c>
       <c r="G177" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mở itch khi máy tính bật</t>
+          <t>Suggested in Weblate: Mở itch dưới dạng ẩn khi khởi động</t>
         </is>
       </c>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
-          <t>Open itch as hidden on startup</t>
+          <t>Auto-start settings could not be applied: {{cause}}</t>
         </is>
       </c>
       <c r="C178" t="inlineStr"/>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_as_hidden</t>
+          <t>.preferences.behavior.open_at_login.error</t>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mở itch dưới dạng ẩn khi khởi động</t>
+          <t>Suggested in Weblate: Không thể áp dụng cài đặt tự động khởi động: {{nguyên nhân}}</t>
         </is>
       </c>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t>Auto-start settings could not be applied: {{cause}}</t>
+          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
         </is>
       </c>
       <c r="C179" t="inlineStr"/>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.error</t>
-[...6 lines deleted...]
-      </c>
+          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
+        </is>
+      </c>
+      <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>No .desktop file found. This is normal if you didn't install from a system package. See {{linux_install_page}} for more info.</t>
+          <t>Ask before updating anything</t>
         </is>
       </c>
       <c r="C180" t="inlineStr"/>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>.preferences.behavior.open_at_login.causes.no_desktop_file</t>
+          <t>.preferences.behavior.manual_game_updates</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Ask before updating anything</t>
+          <t>Prevent display sleep while playing</t>
         </is>
       </c>
       <c r="C181" t="inlineStr"/>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>.preferences.behavior.manual_game_updates</t>
+          <t>.preferences.behavior.prevent_display_sleep</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Prevent display sleep while playing</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C182" t="inlineStr"/>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>.preferences.behavior.prevent_display_sleep</t>
+          <t>.preferences.notifications</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Notify me when a download has been installed or updated</t>
         </is>
       </c>
       <c r="C183" t="inlineStr"/>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>.preferences.notifications</t>
+          <t>.preferences.notifications.ready_notification</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Notify me when a download has been installed or updated</t>
+          <t>Language</t>
         </is>
       </c>
       <c r="C184" t="inlineStr"/>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>.preferences.notifications.ready_notification</t>
+          <t>.preferences.language</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Language</t>
+          <t>System language ({{language}})</t>
         </is>
       </c>
       <c r="C185" t="inlineStr"/>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>.preferences.language</t>
+          <t>.preferences.language.auto</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>System language ({{language}})</t>
+          <t>Help translate {{name}} in your language!</t>
         </is>
       </c>
       <c r="C186" t="inlineStr"/>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>.preferences.language.auto</t>
+          <t>.preferences.language.get_involved</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Help translate {{name}} in your language!</t>
+          <t>Advanced</t>
         </is>
       </c>
       <c r="C187" t="inlineStr"/>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>.preferences.language.get_involved</t>
+          <t>.preferences.advanced</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Advanced</t>
+          <t>Components</t>
         </is>
       </c>
       <c r="C188" t="inlineStr"/>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>.preferences.advanced</t>
+          <t>.preferences.advanced.components</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t>Components</t>
+          <t>Open app log</t>
         </is>
       </c>
       <c r="C189" t="inlineStr"/>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>.preferences.advanced.components</t>
+          <t>.preferences.advanced.open_app_log</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t>Open app log</t>
+          <t>Check for game updates</t>
         </is>
       </c>
       <c r="C190" t="inlineStr"/>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>.preferences.advanced.open_app_log</t>
+          <t>.preferences.advanced.check_game_updates</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Check for game updates</t>
+          <t>Clear browsing data</t>
         </is>
       </c>
       <c r="C191" t="inlineStr"/>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>.preferences.advanced.check_game_updates</t>
+          <t>.preferences.advanced.clear_browsing_data</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Clear browsing data</t>
+          <t>Prefer optimized patches</t>
         </is>
       </c>
       <c r="C192" t="inlineStr"/>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>.preferences.advanced.clear_browsing_data</t>
+          <t>.preferences.advanced.prefer_optimized_patches</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Prefer optimized patches</t>
+          <t>Disable web browser</t>
         </is>
       </c>
       <c r="C193" t="inlineStr"/>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>.preferences.advanced.prefer_optimized_patches</t>
+          <t>.preferences.advanced.disable_browser</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Disable web browser</t>
+          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
         </is>
       </c>
       <c r="C194" t="inlineStr"/>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_browser</t>
+          <t>.preferences.advanced.disable_hardware_acceleration</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Disable hardware accelerations (resolves some crashes on Linux)</t>
+          <t>HTTPS Proxy</t>
         </is>
       </c>
       <c r="C195" t="inlineStr"/>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>.preferences.advanced.disable_hardware_acceleration</t>
+          <t>.preferences.proxy_server_address</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
-          <t>HTTPS Proxy</t>
+          <t>Direct (no proxy)</t>
         </is>
       </c>
       <c r="C196" t="inlineStr"/>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_address</t>
+          <t>.preferences.proxy_server_source.direct</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Direct (no proxy)</t>
+          <t>Multiple downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C197" t="inlineStr"/>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>.preferences.proxy_server_source.direct</t>
+          <t>.pick_install_upload.title</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr"/>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Multiple downloads are available for {{title}}</t>
+          <t>Which file do you want to download for {{title}}?</t>
         </is>
       </c>
       <c r="C198" t="inlineStr"/>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>.pick_install_upload.title</t>
+          <t>.pick_install_upload.message</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr"/>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Which file do you want to download for {{title}}?</t>
+          <t>We'll ask you again when new downloads are available.</t>
         </is>
       </c>
       <c r="C199" t="inlineStr"/>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>.pick_install_upload.message</t>
+          <t>.pick_install_upload.detail</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr"/>
       <c r="B200" t="inlineStr">
         <is>
-          <t>We'll ask you again when new downloads are available.</t>
+          <t>New downloads are available for {{title}}</t>
         </is>
       </c>
       <c r="C200" t="inlineStr"/>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>.pick_install_upload.detail</t>
+          <t>.pick_update_upload.title</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr"/>
       <c r="B201" t="inlineStr">
         <is>
-          <t>New downloads are available for {{title}}</t>
+          <t>Which file do you want to update to for {{title}}?</t>
         </is>
       </c>
       <c r="C201" t="inlineStr"/>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>.pick_update_upload.title</t>
+          <t>.pick_update_upload.message</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr"/>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Which file do you want to update to for {{title}}?</t>
+          <t>We only ask because you hand-picked a file at install time.</t>
         </is>
       </c>
       <c r="C202" t="inlineStr"/>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>.pick_update_upload.message</t>
+          <t>.pick_update_upload.detail</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr"/>
       <c r="B203" t="inlineStr">
         <is>
-          <t>We only ask because you hand-picked a file at install time.</t>
+          <t>A new version of {{title}} is available</t>
         </is>
       </c>
       <c r="C203" t="inlineStr"/>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>.pick_update_upload.detail</t>
+          <t>.pick_update_upload.single.title</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr"/>
       <c r="B204" t="inlineStr">
         <is>
-          <t>A new version of {{title}} is available</t>
+          <t>You can choose to update now or later.</t>
         </is>
       </c>
       <c r="C204" t="inlineStr"/>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.title</t>
+          <t>.pick_update_upload.single.message</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr"/>
       <c r="B205" t="inlineStr">
         <is>
-          <t>You can choose to update now or later.</t>
+          <t>Note: you can enable automatic updates in the Preferences tab</t>
         </is>
       </c>
       <c r="C205" t="inlineStr"/>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.message</t>
+          <t>.pick_update_upload.single.detail</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr"/>
       <c r="B206" t="inlineStr">
         <is>
-          <t>Note: you can enable automatic updates in the Preferences tab</t>
+          <t>Skip update</t>
         </is>
       </c>
       <c r="C206" t="inlineStr"/>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>.pick_update_upload.single.detail</t>
+          <t>.pick_update_upload.buttons.skip_update</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr"/>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Skip update</t>
+          <t>Update now</t>
         </is>
       </c>
       <c r="C207" t="inlineStr"/>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.skip_update</t>
+          <t>.pick_update_upload.buttons.update</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr"/>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Update now</t>
+          <t>Just launch</t>
         </is>
       </c>
       <c r="C208" t="inlineStr"/>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.update</t>
+          <t>.pick_update_upload.buttons.just_launch</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr"/>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Just launch</t>
+          <t>demo</t>
         </is>
       </c>
       <c r="C209" t="inlineStr"/>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>.pick_update_upload.buttons.just_launch</t>
+          <t>.pick_update_upload.tags.demo</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr"/>
       <c r="B210" t="inlineStr">
         <is>
-          <t>demo</t>
+          <t>Are you sure you want to quit?</t>
         </is>
       </c>
       <c r="C210" t="inlineStr"/>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>.pick_update_upload.tags.demo</t>
+          <t>.prompt.confirm_quit.title</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr"/>
       <c r="B211" t="inlineStr">
         <is>
-          <t>Are you sure you want to quit?</t>
+          <t>All running games and applications will be closed.</t>
         </is>
       </c>
       <c r="C211" t="inlineStr"/>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.title</t>
+          <t>.prompt.confirm_quit.message</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr"/>
       <c r="B212" t="inlineStr">
         <is>
-          <t>All running games and applications will be closed.</t>
+          <t>Quit and close all</t>
         </is>
       </c>
       <c r="C212" t="inlineStr"/>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>.prompt.confirm_quit.message</t>
+          <t>.prompt.action.quit_and_close_all</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr"/>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Quit and close all</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C213" t="inlineStr"/>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>.prompt.action.quit_and_close_all</t>
+          <t>.prompt.action.cancel</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr"/>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C214" t="inlineStr"/>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>.prompt.action.cancel</t>
+          <t>.prompt.action.back</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr"/>
       <c r="B215" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Nevermind</t>
         </is>
       </c>
       <c r="C215" t="inlineStr"/>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>.prompt.action.back</t>
+          <t>.prompt.action.nevermind</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr"/>
       <c r="B216" t="inlineStr">
         <is>
-          <t>Nevermind</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C216" t="inlineStr"/>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>.prompt.action.nevermind</t>
+          <t>.prompt.action.close</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr"/>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Proceed with removal</t>
         </is>
       </c>
       <c r="C217" t="inlineStr"/>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>.prompt.action.close</t>
+          <t>.prompt.action.confirm_removal</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr"/>
       <c r="B218" t="inlineStr">
         <is>
-          <t>Proceed with removal</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C218" t="inlineStr"/>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>.prompt.action.confirm_removal</t>
+          <t>.prompt.action.install</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr"/>
       <c r="B219" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>Ok</t>
         </is>
       </c>
       <c r="C219" t="inlineStr"/>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>.prompt.action.install</t>
+          <t>.prompt.action.ok</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr"/>
       <c r="B220" t="inlineStr">
         <is>
-          <t>Ok</t>
+          <t>Continue</t>
         </is>
       </c>
       <c r="C220" t="inlineStr"/>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>.prompt.action.ok</t>
+          <t>.prompt.action.continue</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr"/>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Continue</t>
+          <t>Force close</t>
         </is>
       </c>
       <c r="C221" t="inlineStr"/>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>.prompt.action.continue</t>
+          <t>.prompt.action.force_close</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr"/>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Force close</t>
+          <t>...but you could still buy a copy for a friend!
+Do you want to make another purchase?</t>
         </is>
       </c>
       <c r="C222" t="inlineStr"/>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>.prompt.action.force_close</t>
+          <t>.prompt.additional_purchase.detail</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr"/>
       <c r="B223" t="inlineStr">
         <is>
-          <t>...but you could still buy a copy for a friend!
-Do you want to make another purchase?</t>
+          <t>You already own a copy of {{title}}.</t>
         </is>
       </c>
       <c r="C223" t="inlineStr"/>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.detail</t>
+          <t>.prompt.additional_purchase.message</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr"/>
       <c r="B224" t="inlineStr">
         <is>
-          <t>You already own a copy of {{title}}.</t>
+          <t>Purchase again</t>
         </is>
       </c>
       <c r="C224" t="inlineStr"/>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.message</t>
+          <t>.prompt.additional_purchase.purchase_again</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr"/>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Purchase again</t>
+          <t>You already own this!</t>
         </is>
       </c>
       <c r="C225" t="inlineStr"/>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.purchase_again</t>
+          <t>.prompt.additional_purchase.title</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr"/>
       <c r="B226" t="inlineStr">
         <is>
-          <t>You already own this!</t>
+          <t>Force program closure?</t>
         </is>
       </c>
       <c r="C226" t="inlineStr"/>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>.prompt.additional_purchase.title</t>
+          <t>.prompt.force_close_game.title</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr"/>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Force program closure?</t>
+          <t>Do you want to force {{title}} to close?</t>
         </is>
       </c>
       <c r="C227" t="inlineStr"/>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.title</t>
+          <t>.prompt.force_close_game.message</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr"/>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Do you want to force {{title}} to close?</t>
+          <t>Are you sure you want to stop downloading {{title}}?</t>
         </is>
       </c>
       <c r="C228" t="inlineStr"/>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>.prompt.force_close_game.message</t>
+          <t>.prompt.discard_download.message</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr"/>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Are you sure you want to stop downloading {{title}}?</t>
+          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
         </is>
       </c>
       <c r="C229" t="inlineStr"/>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.message</t>
+          <t>.prompt.discard_download.detail</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr"/>
       <c r="B230" t="inlineStr">
         <is>
-          <t>You'll be able to install {{title}} again anytime, but it will start from scratch.</t>
+          <t>Stop download</t>
         </is>
       </c>
       <c r="C230" t="inlineStr"/>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.detail</t>
+          <t>.prompt.discard_download.action.stop_download</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr"/>
       <c r="B231" t="inlineStr">
         <is>
-          <t>Stop download</t>
+          <t>Continue download</t>
         </is>
       </c>
       <c r="C231" t="inlineStr"/>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.stop_download</t>
+          <t>.prompt.discard_download.action.continue_download</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr"/>
       <c r="B232" t="inlineStr">
         <is>
-          <t>Continue download</t>
+          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
         </is>
       </c>
       <c r="C232" t="inlineStr"/>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>.prompt.discard_download.action.continue_download</t>
+          <t>.prompt.dangerous_discard_download.message</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr"/>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Stopping this download will leave {{title}} in an inconsistent state.</t>
+          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr"/>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.message</t>
+          <t>.prompt.dangerous_discard_download.detail</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr"/>
       <c r="B234" t="inlineStr">
         <is>
-          <t>We'll restore {{title}} to the latest version the next time you try to use it.</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C234" t="inlineStr"/>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>.prompt.dangerous_discard_download.detail</t>
+          <t>.prompt.show_error.generic_message</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr"/>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Details for nerds</t>
         </is>
       </c>
       <c r="C235" t="inlineStr"/>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>.prompt.show_error.generic_message</t>
+          <t>.prompt.show_error.details_for_nerds</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr"/>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Details for nerds</t>
+          <t>Event log</t>
         </is>
       </c>
       <c r="C236" t="inlineStr"/>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds</t>
+          <t>.prompt.show_error.details_for_nerds.event_log</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr"/>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Event log</t>
+          <t>Stack trace</t>
         </is>
       </c>
       <c r="C237" t="inlineStr"/>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.event_log</t>
+          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr"/>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Stack trace</t>
+          <t>Send a report to help resolve this issue</t>
         </is>
       </c>
       <c r="C238" t="inlineStr"/>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>.prompt.show_error.details_for_nerds.stack_trace</t>
+          <t>.prompt.show_error.send_report</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr"/>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Send a report to help resolve this issue</t>
+          <t>Clear data</t>
         </is>
       </c>
       <c r="C239" t="inlineStr"/>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>.prompt.show_error.send_report</t>
+          <t>.prompt.clear_browsing_data.clear</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr"/>
       <c r="B240" t="inlineStr">
         <is>
-          <t>Clear data</t>
+          <t>Cached images and files</t>
         </is>
       </c>
       <c r="C240" t="inlineStr"/>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.clear</t>
+          <t>.prompt.clear_browsing_data.category.cache</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr"/>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Cached images and files</t>
+          <t>Retrieving cache size...</t>
         </is>
       </c>
       <c r="C241" t="inlineStr"/>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cache</t>
+          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr"/>
       <c r="B242" t="inlineStr">
         <is>
-          <t>Retrieving cache size...</t>
+          <t>Cache is currently using {{size}} on disk</t>
         </is>
       </c>
       <c r="C242" t="inlineStr"/>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.retrieving_cache_size</t>
+          <t>.prompt.clear_browsing_data.cache_size_used</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr"/>
       <c r="B243" t="inlineStr">
         <is>
-          <t>Cache is currently using {{size}} on disk</t>
+          <t>Cookies</t>
         </is>
       </c>
       <c r="C243" t="inlineStr"/>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cache_size_used</t>
+          <t>.prompt.clear_browsing_data.category.cookies</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr"/>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Cookies</t>
+          <t>This will log you out from all websites you've logged into from the itch app.</t>
         </is>
       </c>
       <c r="C244" t="inlineStr"/>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.category.cookies</t>
+          <t>.prompt.clear_browsing_data.cookies_info</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr"/>
       <c r="B245" t="inlineStr">
         <is>
-          <t>This will log you out from all websites you've logged into from the itch app.</t>
+          <t>Browsing data cleared!</t>
         </is>
       </c>
       <c r="C245" t="inlineStr"/>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.cookies_info</t>
+          <t>.prompt.clear_browsing_data.notification</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr"/>
       <c r="B246" t="inlineStr">
         <is>
-          <t>Browsing data cleared!</t>
+          <t>A crash log has been written to {{location}}.</t>
         </is>
       </c>
       <c r="C246" t="inlineStr"/>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>.prompt.clear_browsing_data.notification</t>
+          <t>.prompt.crash_reporter.detail</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr"/>
       <c r="B247" t="inlineStr">
         <is>
-          <t>A crash log has been written to {{location}}.</t>
+          <t>The application has crashed</t>
         </is>
       </c>
       <c r="C247" t="inlineStr"/>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.detail</t>
+          <t>.prompt.crash_reporter.message</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr"/>
       <c r="B248" t="inlineStr">
         <is>
-          <t>The application has crashed</t>
+          <t>Open crash log</t>
         </is>
       </c>
       <c r="C248" t="inlineStr"/>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.message</t>
+          <t>.prompt.crash_reporter.open_crash_log</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr"/>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Open crash log</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C249" t="inlineStr"/>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.open_crash_log</t>
+          <t>.prompt.crash_reporter.report_issue</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr"/>
       <c r="B250" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C250" t="inlineStr"/>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>.prompt.crash_reporter.report_issue</t>
+          <t>.prompt.deb_policy.detail</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr"/>
       <c r="B251" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C251" t="inlineStr"/>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.detail</t>
+          <t>.prompt.deb_policy.message</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr"/>
       <c r="B252" t="inlineStr">
         <is>
-          <t>{{title}} uses the .deb package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>APT packages are not supported</t>
         </is>
       </c>
       <c r="C252" t="inlineStr"/>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.message</t>
+          <t>.prompt.deb_policy.title</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr"/>
       <c r="B253" t="inlineStr">
         <is>
-          <t>APT packages are not supported</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C253" t="inlineStr"/>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>.prompt.deb_policy.title</t>
+          <t>.prompt.forget_session.action</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr"/>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>You can always add it back later.</t>
         </is>
       </c>
       <c r="C254" t="inlineStr"/>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.action</t>
+          <t>.prompt.forget_session.detail</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr"/>
       <c r="B255" t="inlineStr">
         <is>
-          <t>You can always add it back later.</t>
+          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
         </is>
       </c>
       <c r="C255" t="inlineStr"/>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.detail</t>
+          <t>.prompt.forget_session.message</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr"/>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove '{{username}}' from your saved sessions?</t>
+          <t>Forget session</t>
         </is>
       </c>
       <c r="C256" t="inlineStr"/>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.message</t>
+          <t>.prompt.forget_session.title</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr"/>
       <c r="B257" t="inlineStr">
         <is>
-          <t>Forget session</t>
+          <t>Pick a new install location</t>
         </is>
       </c>
       <c r="C257" t="inlineStr"/>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>.prompt.forget_session.title</t>
+          <t>.prompt.install_location_add.title</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr"/>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Pick a new install location</t>
+          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
         </is>
       </c>
       <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>.prompt.install_location_add.title</t>
+          <t>.prompt.install_location_remove.detail</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr"/>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Any items installed at {{location}} will no longer be managed by the app.</t>
+          <t>Are you sure you want to remove this location?</t>
         </is>
       </c>
       <c r="C259" t="inlineStr"/>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.detail</t>
+          <t>.prompt.install_location_remove.message</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr"/>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Are you sure you want to remove this location?</t>
+          <t>Removing an install location</t>
         </is>
       </c>
       <c r="C260" t="inlineStr"/>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.message</t>
+          <t>.prompt.install_location_remove.title</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr"/>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Removing an install location</t>
+          <t>Launch {{title}}</t>
         </is>
       </c>
       <c r="C261" t="inlineStr"/>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>.prompt.install_location_remove.title</t>
+          <t>.prompt.launch.title</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr"/>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Launch {{title}}</t>
+          <t>Which do you want to open?</t>
         </is>
       </c>
       <c r="C262" t="inlineStr"/>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>.prompt.launch.title</t>
+          <t>.prompt.launch.message</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr"/>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Which do you want to open?</t>
+          <t>Administrator privileges are required for managing {{title}}</t>
         </is>
       </c>
       <c r="C263" t="inlineStr"/>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>.prompt.launch.message</t>
+          <t>.prompt.blessing.message</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr"/>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Administrator privileges are required for managing {{title}}</t>
+          <t>Proceed only if you trust the author.</t>
         </is>
       </c>
       <c r="C264" t="inlineStr"/>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>.prompt.blessing.message</t>
-[...2 lines deleted...]
-      <c r="G264" t="inlineStr"/>
+          <t>.prompt.blessing.detail</t>
+        </is>
+      </c>
+      <c r="G264" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Tiếp tục nếu bạn tin tưởng với tác giả
+Suggested in Weblate: Chỉ tiếp tục nếu bạn tin tưởng tác giả.</t>
+        </is>
+      </c>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr"/>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Proceed only if you trust the author.</t>
+          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
         </is>
       </c>
       <c r="C265" t="inlineStr"/>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>.prompt.blessing.detail</t>
+          <t>.prompt.last_remaining_install_location.content</t>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tiếp tục nếu bạn tin tưởng với tác giả
-Suggested in Weblate: Chỉ tiếp tục nếu bạn tin tưởng tác giả.</t>
+          <t>Suggested in Weblate: Đây là vị trí tải cuối cùng và không thể xóa đến khi một vị trí khác được đặt</t>
         </is>
       </c>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr"/>
       <c r="B266" t="inlineStr">
         <is>
-          <t>This is the last remaining install location, and it cannot be removed until another is added first.</t>
+          <t>Cannot remove install location</t>
         </is>
       </c>
       <c r="C266" t="inlineStr"/>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.content</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.last_remaining_install_location.title</t>
+        </is>
+      </c>
+      <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr"/>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Cannot remove install location</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C267" t="inlineStr"/>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>.prompt.last_remaining_install_location.title</t>
+          <t>.prompt.logout_action</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr"/>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C268" t="inlineStr"/>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>.prompt.logout_action</t>
-[...2 lines deleted...]
-      <c r="G268" t="inlineStr"/>
+          <t>.prompt.logout_confirm</t>
+        </is>
+      </c>
+      <c r="G268" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Bạn có chắc bạn muốn đăng suất không ?</t>
+        </is>
+      </c>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr"/>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>In-progress downloads will be paused until you log in again.</t>
         </is>
       </c>
       <c r="C269" t="inlineStr"/>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>.prompt.logout_confirm</t>
+          <t>.prompt.logout_detail</t>
         </is>
       </c>
       <c r="G269" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Bạn có chắc bạn muốn đăng suất không ?</t>
+          <t>Suggested in Weblate: Quá trình tải xuống sẽ bị tạm dừng cho đến khi bạn đăng nhập lại.</t>
         </is>
       </c>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr"/>
       <c r="B270" t="inlineStr">
         <is>
-          <t>In-progress downloads will be paused until you log in again.</t>
+          <t>Manage {{title}}</t>
         </is>
       </c>
       <c r="C270" t="inlineStr"/>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>.prompt.logout_detail</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.manage_game.title</t>
+        </is>
+      </c>
+      <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr"/>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Manage {{title}}</t>
+          <t>The following items are installed:</t>
         </is>
       </c>
       <c r="C271" t="inlineStr"/>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.title</t>
+          <t>.prompt.manage_game.installed_uploads</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr"/>
       <c r="B272" t="inlineStr">
         <is>
-          <t>The following items are installed:</t>
+          <t>These items are also available:</t>
         </is>
       </c>
       <c r="C272" t="inlineStr"/>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.installed_uploads</t>
+          <t>.prompt.manage_game.available_uploads</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr"/>
       <c r="B273" t="inlineStr">
         <is>
-          <t>These items are also available:</t>
+          <t>No other items are currently available.</t>
         </is>
       </c>
       <c r="C273" t="inlineStr"/>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.available_uploads</t>
+          <t>.prompt.manage_game.no_other_uploads</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr"/>
       <c r="B274" t="inlineStr">
         <is>
-          <t>No other items are currently available.</t>
+          <t>Perhaps this {{classification}} isn't compatible with it yet?</t>
         </is>
       </c>
       <c r="C274" t="inlineStr"/>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>.prompt.manage_game.no_other_uploads</t>
-[...20 lines deleted...]
-        <is>
           <t>.prompt.no_compatible_version.detail</t>
         </is>
       </c>
-      <c r="G275" t="inlineStr">
+      <c r="G274" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Có thể {{classification}} vẫn chưa được tương thích?
 Suggested in Weblate: Có lẽ {{phân loại}} này chưa tương thích với nó?
 Suggested in Weblate: Có lẽ {{classification}} này chưa tương thích với game chăng?
 Suggested in Weblate: Có lẽ {{classification}} này chưa tương thích với nó?
 Suggested in Weblate: Có lẽ {{phân loại}}  này chưa thích hợp lắm? 
 Suggested in Weblate: Có lẽ cái {{classification}} này chưa tương thích với nó?</t>
         </is>
       </c>
+      <c r="H274" t="inlineStr"/>
+    </row>
+    <row r="275">
+      <c r="A275" t="inlineStr"/>
+      <c r="B275" t="inlineStr">
+        <is>
+          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
+        </is>
+      </c>
+      <c r="C275" t="inlineStr"/>
+      <c r="D275" t="inlineStr"/>
+      <c r="E275" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F275" t="inlineStr">
+        <is>
+          <t>.prompt.no_compatible_version.message</t>
+        </is>
+      </c>
+      <c r="G275" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Chúng tôi không thể tìm thấy một phiên bản của {{title}} cho {{platform}}.</t>
+        </is>
+      </c>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr"/>
       <c r="B276" t="inlineStr">
         <is>
-          <t>We couldn't find a version of {{title}} for {{platform}}.</t>
+          <t>{{title}} on {{platform}}</t>
         </is>
       </c>
       <c r="C276" t="inlineStr"/>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.message</t>
-[...6 lines deleted...]
-      </c>
+          <t>.prompt.no_compatible_version.title</t>
+        </is>
+      </c>
+      <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr"/>
       <c r="B277" t="inlineStr">
         <is>
-          <t>{{title}} on {{platform}}</t>
+          <t>An error occurred during installation</t>
         </is>
       </c>
       <c r="C277" t="inlineStr"/>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>.prompt.no_compatible_version.title</t>
+          <t>.prompt.install_error.title</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr"/>
       <c r="B278" t="inlineStr">
         <is>
-          <t>An error occurred during installation</t>
+          <t>While searching for a download: {{message}}</t>
         </is>
       </c>
       <c r="C278" t="inlineStr"/>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>.prompt.install_error.title</t>
+          <t>.prompt.install_error.find_upload</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr"/>
       <c r="B279" t="inlineStr">
         <is>
-          <t>While searching for a download: {{message}}</t>
+          <t>Learn more</t>
         </is>
       </c>
       <c r="C279" t="inlineStr"/>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>.prompt.install_error.find_upload</t>
+          <t>.prompt.packaging_policy.learn_more</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr"/>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Learn more</t>
+          <t>Open web page for {{title}}</t>
         </is>
       </c>
       <c r="C280" t="inlineStr"/>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.learn_more</t>
+          <t>.prompt.packaging_policy.open_web_page</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr"/>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Open web page for {{title}}</t>
+          <t>Maybe you can find another way to support them?</t>
         </is>
       </c>
       <c r="C281" t="inlineStr"/>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>.prompt.packaging_policy.open_web_page</t>
+          <t>.prompt.payments_disabled.detail</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr"/>
       <c r="B282" t="inlineStr">
         <is>
-          <t>Maybe you can find another way to support them?</t>
+          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
         </is>
       </c>
       <c r="C282" t="inlineStr"/>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.detail</t>
+          <t>.prompt.payments_disabled.message</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr"/>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Unfortunately, the developer of {{title}} does not accept payments for this title.</t>
+          <t>Open web page</t>
         </is>
       </c>
       <c r="C283" t="inlineStr"/>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.message</t>
+          <t>.prompt.payments_disabled.open_web_page</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr"/>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Open web page</t>
+          <t>Payments disabled</t>
         </is>
       </c>
       <c r="C284" t="inlineStr"/>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.open_web_page</t>
+          <t>.prompt.payments_disabled.title</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr"/>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Payments disabled</t>
+          <t>Switch {{title}} to another version</t>
         </is>
       </c>
       <c r="C285" t="inlineStr"/>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>.prompt.payments_disabled.title</t>
+          <t>.prompt.revert.title</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr"/>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Switch {{title}} to another version</t>
+          <t>version {{version}}</t>
         </is>
       </c>
       <c r="C286" t="inlineStr"/>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>.prompt.revert.title</t>
+          <t>.prompt.revert.version</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr"/>
       <c r="B287" t="inlineStr">
         <is>
-          <t>version {{version}}</t>
+          <t>No other version is available.</t>
         </is>
       </c>
       <c r="C287" t="inlineStr"/>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>.prompt.revert.version</t>
+          <t>.prompt.revert.no_other_version</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr"/>
       <c r="B288" t="inlineStr">
         <is>
-          <t>No other version is available.</t>
+          <t>itch can only install portable versions of Linux applications.</t>
         </is>
       </c>
       <c r="C288" t="inlineStr"/>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>.prompt.revert.no_other_version</t>
+          <t>.prompt.rpm_policy.detail</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr"/>
       <c r="B289" t="inlineStr">
         <is>
-          <t>itch can only install portable versions of Linux applications.</t>
+          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
         </is>
       </c>
       <c r="C289" t="inlineStr"/>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.detail</t>
+          <t>.prompt.rpm_policy.message</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr"/>
       <c r="B290" t="inlineStr">
         <is>
-          <t>{{title}} uses the .rpm package format, and cannot be installed with itch until it is repackaged.</t>
+          <t>YUM packages are not supported</t>
         </is>
       </c>
       <c r="C290" t="inlineStr"/>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.message</t>
+          <t>.prompt.rpm_policy.title</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr"/>
       <c r="B291" t="inlineStr">
         <is>
-          <t>YUM packages are not supported</t>
+          <t>Dismiss</t>
         </is>
       </c>
       <c r="C291" t="inlineStr"/>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>.prompt.rpm_policy.title</t>
+          <t>.prompt.self_update.action.dismiss</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Dismiss</t>
+          <t>Download now</t>
         </is>
       </c>
       <c r="C292" t="inlineStr"/>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.dismiss</t>
+          <t>.prompt.self_update.action.download</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Download now</t>
+          <t>Open in browser</t>
         </is>
       </c>
       <c r="C293" t="inlineStr"/>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.download</t>
+          <t>.prompt.self_update.action.view</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr"/>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Open in browser</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C294" t="inlineStr"/>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>.prompt.self_update.action.view</t>
+          <t>.prompt.self_update.detail</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr"/>
       <c r="B295" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>.prompt.self_update.detail</t>
+          <t>.prompt.self_update.message.linux</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr"/>
       <c r="B296" t="inlineStr">
         <is>
-          <t>You can either download it manually, or use your distribution's package manager to upgrade: head to the website for more instructions.</t>
+          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C296" t="inlineStr"/>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.linux</t>
+          <t>.prompt.self_update.message.osx</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr"/>
       <c r="B297" t="inlineStr">
         <is>
           <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
         </is>
       </c>
       <c r="C297" t="inlineStr"/>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.osx</t>
+          <t>.prompt.self_update.message.windows</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr"/>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Pick 'Download now' to install it automatically, or head to the website for more instructions.</t>
+          <t>itch v{{version}} is available for download</t>
         </is>
       </c>
       <c r="C298" t="inlineStr"/>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>.prompt.self_update.message.windows</t>
+          <t>.prompt.self_update.title</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr"/>
       <c r="B299" t="inlineStr">
         <is>
-          <t>itch v{{version}} is available for download</t>
+          <t>Restart now</t>
         </is>
       </c>
       <c r="C299" t="inlineStr"/>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>.prompt.self_update.title</t>
+          <t>.prompt.self_update_ready.action.restart</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr"/>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Restart now</t>
+          <t>Snooze</t>
         </is>
       </c>
       <c r="C300" t="inlineStr"/>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.restart</t>
+          <t>.prompt.self_update_ready.action.snooze</t>
         </is>
       </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr"/>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Snooze</t>
+          <t>{{notes}}
+:date: Published on {{pubDate}}.</t>
         </is>
       </c>
       <c r="C301" t="inlineStr"/>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.action.snooze</t>
+          <t>.prompt.self_update_ready.detail</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr"/>
       <c r="B302" t="inlineStr">
         <is>
-          <t>{{notes}}
-:date: Published on {{pubDate}}.</t>
+          <t>Choose '{{restart}}' to apply the update immediately.
+If you don't, the update will be active the next time the app is restarted.</t>
         </is>
       </c>
       <c r="C302" t="inlineStr"/>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.detail</t>
+          <t>.prompt.self_update_ready.message</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr"/>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Choose '{{restart}}' to apply the update immediately.
-If you don't, the update will be active the next time the app is restarted.</t>
+          <t>New version available</t>
         </is>
       </c>
       <c r="C303" t="inlineStr"/>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.message</t>
+          <t>.prompt.self_update_ready.short</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr"/>
       <c r="B304" t="inlineStr">
         <is>
-          <t>New version available</t>
+          <t>An update has been downloaded and installed</t>
         </is>
       </c>
       <c r="C304" t="inlineStr"/>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.short</t>
-[...2 lines deleted...]
-      <c r="G304" t="inlineStr"/>
+          <t>.prompt.self_update_ready.title</t>
+        </is>
+      </c>
+      <c r="G304" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Đã tải xuống và cài đặt một bản cập nhật</t>
+        </is>
+      </c>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr"/>
       <c r="B305" t="inlineStr">
         <is>
-          <t>An update has been downloaded and installed</t>
+          <t>Uninstall error</t>
         </is>
       </c>
       <c r="C305" t="inlineStr"/>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>.prompt.self_update_ready.title</t>
+          <t>.prompt.uninstall_error.title</t>
         </is>
       </c>
       <c r="G305" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Đã tải xuống và cài đặt một bản cập nhật</t>
+          <t>Suggested in Weblate: Lỗi khi gỡ cài đặt
+Suggested in Weblate: Cài đặt bị lỗi
+Suggested in Weblate: Cài đặt không thành công.</t>
         </is>
       </c>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr"/>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Uninstall error</t>
+          <t>The uninstall failed. Remove the entry anyway?</t>
         </is>
       </c>
       <c r="C306" t="inlineStr"/>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.title</t>
+          <t>.prompt.uninstall_error.message</t>
         </is>
       </c>
       <c r="G306" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lỗi khi gỡ cài đặt
-[...1 lines deleted...]
-Suggested in Weblate: Cài đặt không thành công.</t>
+          <t>Suggested in Weblate: Gỡ cài đặt thất bại. Vẫn xóa nội dung?
+Suggested in Weblate: Gỡ cài đặt không thành công. Vẫn xóa nội dung?</t>
         </is>
       </c>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr"/>
       <c r="B307" t="inlineStr">
         <is>
-          <t>The uninstall failed. Remove the entry anyway?</t>
+          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
         </is>
       </c>
       <c r="C307" t="inlineStr"/>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message</t>
+          <t>.prompt.uninstall_error.message_permissions</t>
         </is>
       </c>
       <c r="G307" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Gỡ cài đặt thất bại. Vẫn xóa nội dung?
-Suggested in Weblate: Gỡ cài đặt không thành công. Vẫn xóa nội dung?</t>
+          <t>Suggested in Weblate: Không thể xoá một số file liên quan đến {{title}}. Thử xoá với quyền quản trị viên?
+Suggested in Weblate: Không thể xóa một số tệp cho {{title}}. Thử lại với tư cách quản trị viên?</t>
         </is>
       </c>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr"/>
       <c r="B308" t="inlineStr">
         <is>
-          <t>Some files could not be deleted for {{title}}. Try again as administrator?</t>
+          <t>Remove as administrator</t>
         </is>
       </c>
       <c r="C308" t="inlineStr"/>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.message_permissions</t>
+          <t>.prompt.uninstall_error.action_permissions</t>
         </is>
       </c>
       <c r="G308" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Không thể xoá một số file liên quan đến {{title}}. Thử xoá với quyền quản trị viên?
-Suggested in Weblate: Không thể xóa một số tệp cho {{title}}. Thử lại với tư cách quản trị viên?</t>
+          <t>Suggested in Weblate: Xóa với tư cách quản trị viên</t>
         </is>
       </c>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr"/>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Remove as administrator</t>
+          <t>The installation failed.</t>
         </is>
       </c>
       <c r="C309" t="inlineStr"/>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>.prompt.uninstall_error.action_permissions</t>
+          <t>.prompt.install_error.message</t>
         </is>
       </c>
       <c r="G309" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Xóa với tư cách quản trị viên</t>
+          <t>Suggested in Weblate: Quá trình tải bị thất bại.
+Suggested in Weblate: Quá trình cài đặt thất bại.
+Suggested in Weblate: Cài đặt không thành công.</t>
         </is>
       </c>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr"/>
       <c r="B310" t="inlineStr">
         <is>
-          <t>The installation failed.</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C310" t="inlineStr"/>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>.prompt.install_error.message</t>
+          <t>.prompt.uninstall.cancel</t>
         </is>
       </c>
       <c r="G310" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Quá trình tải bị thất bại.
-[...1 lines deleted...]
-Suggested in Weblate: Cài đặt không thành công.</t>
+          <t>Suggested in Weblate: Huỷ
+Suggested in Weblate: Hủy</t>
         </is>
       </c>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr"/>
       <c r="B311" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Are you sure you want to uninstall {{title}}?</t>
         </is>
       </c>
       <c r="C311" t="inlineStr"/>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.cancel</t>
+          <t>.prompt.uninstall.message</t>
         </is>
       </c>
       <c r="G311" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Huỷ
-Suggested in Weblate: Hủy</t>
+          <t>Suggested in Weblate: Bạn có chắc chắn muốn gỡ cài đặt {{title}}?
+Suggested in Weblate: Bạn có chắc chắn muốn gỡ cài đặt {{title}} không?
+Suggested in Weblate: Bạn có thực sự muốn xoá {{title}} không?</t>
         </is>
       </c>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr"/>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Are you sure you want to uninstall {{title}}?</t>
+          <t>Re-install</t>
         </is>
       </c>
       <c r="C312" t="inlineStr"/>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.message</t>
+          <t>.prompt.uninstall.reinstall</t>
         </is>
       </c>
       <c r="G312" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Bạn có chắc chắn muốn gỡ cài đặt {{title}}?
-[...1 lines deleted...]
-Suggested in Weblate: Bạn có thực sự muốn xoá {{title}} không?</t>
+          <t>Suggested in Weblate: Cài lại
+Suggested in Weblate: Cài đặt lại
+Suggested in Weblate: Tải lại</t>
         </is>
       </c>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr"/>
       <c r="B313" t="inlineStr">
         <is>
-          <t>Re-install</t>
+          <t>Uninstall now</t>
         </is>
       </c>
       <c r="C313" t="inlineStr"/>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.reinstall</t>
+          <t>.prompt.uninstall.uninstall</t>
         </is>
       </c>
       <c r="G313" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cài lại
-[...1 lines deleted...]
-Suggested in Weblate: Tải lại</t>
+          <t>Suggested in Weblate: Gỡ bỏ ngay
+Suggested in Weblate: Gỡ cài đặt ngay bây giờ
+Suggested in Weblate: Xoá bây giờ</t>
         </is>
       </c>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr"/>
       <c r="B314" t="inlineStr">
         <is>
-          <t>Uninstall now</t>
+          <t>Do you want to install {{title}}?</t>
         </is>
       </c>
       <c r="C314" t="inlineStr"/>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>.prompt.uninstall.uninstall</t>
+          <t>.prompt.url_install.message</t>
         </is>
       </c>
       <c r="G314" t="inlineStr">
-        <is>
-[...26 lines deleted...]
-      <c r="G315" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Bạn muốn cài đặt {{title}} không?
 Suggested in Weblate: Bạn có muốn cài đặt {{title}}?
 Suggested in Weblate: Bạn có muốn cài đặt {{title}} không?
 Suggested in Weblate: Bạn có muốn tải {{title}} không?</t>
         </is>
       </c>
+      <c r="H314" t="inlineStr"/>
+    </row>
+    <row r="315">
+      <c r="A315" t="inlineStr"/>
+      <c r="B315" t="inlineStr">
+        <is>
+          <t>Install request</t>
+        </is>
+      </c>
+      <c r="C315" t="inlineStr"/>
+      <c r="D315" t="inlineStr"/>
+      <c r="E315" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F315" t="inlineStr">
+        <is>
+          <t>.prompt.url_install.title</t>
+        </is>
+      </c>
+      <c r="G315" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Yêu cầu cài đặt</t>
+        </is>
+      </c>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr"/>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Install request</t>
+          <t>Local</t>
         </is>
       </c>
       <c r="C316" t="inlineStr"/>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>.prompt.url_install.title</t>
+          <t>.search.results.local</t>
         </is>
       </c>
       <c r="G316" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Yêu cầu cài đặt</t>
+          <t>Suggested in Weblate: Khu vực</t>
         </is>
       </c>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr"/>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Local</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C317" t="inlineStr"/>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>.search.results.local</t>
+          <t>.search.results.games</t>
         </is>
       </c>
       <c r="G317" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Khu vực</t>
+          <t>Suggested in Weblate: Trò chơi</t>
         </is>
       </c>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr"/>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>No description</t>
         </is>
       </c>
       <c r="C318" t="inlineStr"/>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>.search.results.games</t>
+          <t>.search.results.game.no_description</t>
         </is>
       </c>
       <c r="G318" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Trò chơi</t>
+          <t>Suggested in Weblate: Không có mô tả</t>
         </is>
       </c>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr"/>
       <c r="B319" t="inlineStr">
         <is>
-          <t>No description</t>
+          <t>Creators</t>
         </is>
       </c>
       <c r="C319" t="inlineStr"/>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>.search.results.game.no_description</t>
+          <t>.search.results.creators</t>
         </is>
       </c>
       <c r="G319" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Không có mô tả</t>
+          <t>Suggested in Weblate: Người sáng tạo</t>
         </is>
       </c>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr"/>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Creators</t>
+          <t>No results found</t>
         </is>
       </c>
       <c r="C320" t="inlineStr"/>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>.search.results.creators</t>
+          <t>.search.empty.no_results</t>
         </is>
       </c>
       <c r="G320" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Người sáng tạo</t>
+          <t>Suggested in Weblate: Không tìm thấy kết quả
+Suggested in Weblate: Không có kết quả
+Suggested in Weblate: Không tìm thấy kết quả nào</t>
         </is>
       </c>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr"/>
       <c r="B321" t="inlineStr">
         <is>
-          <t>No results found</t>
+          <t>Need inspiration? Try searching for '{{example}}'</t>
         </is>
       </c>
       <c r="C321" t="inlineStr"/>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>.search.empty.no_results</t>
-[...8 lines deleted...]
-      </c>
+          <t>.search.empty.tagline</t>
+        </is>
+      </c>
+      <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr"/>
       <c r="B322" t="inlineStr">
         <is>
-          <t>Need inspiration? Try searching for '{{example}}'</t>
+          <t>Open as tab</t>
         </is>
       </c>
       <c r="C322" t="inlineStr"/>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>.search.empty.tagline</t>
+          <t>.search.open_as_tab</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr"/>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Open as tab</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C323" t="inlineStr"/>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>.search.open_as_tab</t>
-[...2 lines deleted...]
-      <c r="G323" t="inlineStr"/>
+          <t>.search.placeholder</t>
+        </is>
+      </c>
+      <c r="G323" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Tìm kiếm</t>
+        </is>
+      </c>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr"/>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Aw, snap!</t>
         </is>
       </c>
       <c r="C324" t="inlineStr"/>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>.search.placeholder</t>
+          <t>.sidebar.aw_snap</t>
         </is>
       </c>
       <c r="G324" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tìm kiếm</t>
+          <t>Suggested in Weblate: Ôi, hỏng!</t>
         </is>
       </c>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr"/>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Aw, snap!</t>
+          <t>Loading...</t>
         </is>
       </c>
       <c r="C325" t="inlineStr"/>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>.sidebar.aw_snap</t>
+          <t>.sidebar.loading</t>
         </is>
       </c>
       <c r="G325" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ôi, hỏng!</t>
+          <t>Suggested in Weblate: Đang tải...</t>
         </is>
       </c>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr"/>
       <c r="B326" t="inlineStr">
         <is>
-          <t>Loading...</t>
+          <t>Out of order</t>
         </is>
       </c>
       <c r="C326" t="inlineStr"/>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>.sidebar.loading</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.broken</t>
+        </is>
+      </c>
+      <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr"/>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Out of order</t>
+          <t>Close all tabs</t>
         </is>
       </c>
       <c r="C327" t="inlineStr"/>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>.sidebar.broken</t>
-[...2 lines deleted...]
-      <c r="G327" t="inlineStr"/>
+          <t>.sidebar.close_all_tabs</t>
+        </is>
+      </c>
+      <c r="G327" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Đóng tất cả các tab</t>
+        </is>
+      </c>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr"/>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Close all tabs</t>
+          <t>Essentials</t>
         </is>
       </c>
       <c r="C328" t="inlineStr"/>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>.sidebar.close_all_tabs</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.category.basics</t>
+        </is>
+      </c>
+      <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr"/>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Essentials</t>
+          <t>Tabs</t>
         </is>
       </c>
       <c r="C329" t="inlineStr"/>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>.sidebar.category.basics</t>
+          <t>.sidebar.category.tabs</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr"/>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Tabs</t>
+          <t>Collections</t>
         </is>
       </c>
       <c r="C330" t="inlineStr"/>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>.sidebar.category.tabs</t>
-[...2 lines deleted...]
-      <c r="G330" t="inlineStr"/>
+          <t>.sidebar.collection</t>
+        </is>
+      </c>
+      <c r="G330" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Bộ sưu tập</t>
+        </is>
+      </c>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
           <t>Collections</t>
         </is>
       </c>
       <c r="C331" t="inlineStr"/>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>.sidebar.collection</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.collections</t>
+        </is>
+      </c>
+      <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Collections</t>
+          <t>My creations</t>
         </is>
       </c>
       <c r="C332" t="inlineStr"/>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>.sidebar.collections</t>
+          <t>.sidebar.dashboard</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr"/>
       <c r="B333" t="inlineStr">
         <is>
-          <t>My creations</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C333" t="inlineStr"/>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>.sidebar.dashboard</t>
-[...2 lines deleted...]
-      <c r="G333" t="inlineStr"/>
+          <t>.sidebar.downloads</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Tải về</t>
+        </is>
+      </c>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr"/>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Application log</t>
         </is>
       </c>
       <c r="C334" t="inlineStr"/>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>.sidebar.downloads</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.applog</t>
+        </is>
+      </c>
+      <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr"/>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Application log</t>
+          <t>Let's go!</t>
         </is>
       </c>
       <c r="C335" t="inlineStr"/>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>.sidebar.applog</t>
-[...2 lines deleted...]
-      <c r="G335" t="inlineStr"/>
+          <t>.sidebar.empty</t>
+        </is>
+      </c>
+      <c r="G335" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Đi nào!</t>
+        </is>
+      </c>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr"/>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Let's go!</t>
+          <t>Featured</t>
         </is>
       </c>
       <c r="C336" t="inlineStr"/>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>.sidebar.empty</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.featured</t>
+        </is>
+      </c>
+      <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr"/>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Featured</t>
+          <t>Your portal to the indie game universe</t>
         </is>
       </c>
       <c r="C337" t="inlineStr"/>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>.sidebar.featured</t>
+          <t>.sidebar.itchio</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr"/>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Your portal to the indie game universe</t>
+          <t>Getting started</t>
         </is>
       </c>
       <c r="C338" t="inlineStr"/>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>.sidebar.itchio</t>
-[...2 lines deleted...]
-      <c r="G338" t="inlineStr"/>
+          <t>.sidebar.getting_started</t>
+        </is>
+      </c>
+      <c r="G338" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Bắt đầu</t>
+        </is>
+      </c>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr"/>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Getting started</t>
+          <t>Installed items</t>
         </is>
       </c>
       <c r="C339" t="inlineStr"/>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>.sidebar.getting_started</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.installed</t>
+        </is>
+      </c>
+      <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr"/>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Installed items</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C340" t="inlineStr"/>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>.sidebar.installed</t>
-[...2 lines deleted...]
-      <c r="G340" t="inlineStr"/>
+          <t>.sidebar.log_out</t>
+        </is>
+      </c>
+      <c r="G340" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Đăng xuất</t>
+        </is>
+      </c>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr"/>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>New tab</t>
         </is>
       </c>
       <c r="C341" t="inlineStr"/>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>.sidebar.log_out</t>
+          <t>.sidebar.new_tab</t>
         </is>
       </c>
       <c r="G341" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Đăng xuất</t>
+          <t>Suggested in Weblate: Tab mới</t>
         </is>
       </c>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr"/>
       <c r="B342" t="inlineStr">
         <is>
-          <t>New tab</t>
+          <t>Explore</t>
         </is>
       </c>
       <c r="C342" t="inlineStr"/>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>.sidebar.new_tab</t>
+          <t>.sidebar.explore</t>
         </is>
       </c>
       <c r="G342" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tab mới</t>
+          <t>Suggested in Weblate: Khám phá</t>
         </is>
       </c>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr"/>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Explore</t>
+          <t>Library</t>
         </is>
       </c>
       <c r="C343" t="inlineStr"/>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>.sidebar.explore</t>
+          <t>.sidebar.library</t>
         </is>
       </c>
       <c r="G343" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Khám phá</t>
+          <t>Suggested in Weblate: Thư viện</t>
         </is>
       </c>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr"/>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Library</t>
+          <t>Owned items</t>
         </is>
       </c>
       <c r="C344" t="inlineStr"/>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>.sidebar.library</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.owned</t>
+        </is>
+      </c>
+      <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr"/>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Owned items</t>
+          <t>Things you have bought or installed</t>
         </is>
       </c>
       <c r="C345" t="inlineStr"/>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>.sidebar.owned</t>
+          <t>.sidebar.owned_subtitle</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr"/>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Things you have bought or installed</t>
+          <t>Preferences</t>
         </is>
       </c>
       <c r="C346" t="inlineStr"/>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>.sidebar.owned_subtitle</t>
-[...2 lines deleted...]
-      <c r="G346" t="inlineStr"/>
+          <t>.sidebar.preferences</t>
+        </is>
+      </c>
+      <c r="G346" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Cài đặt</t>
+        </is>
+      </c>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr"/>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Preferences</t>
+          <t>View community profile</t>
         </is>
       </c>
       <c r="C347" t="inlineStr"/>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>.sidebar.preferences</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sidebar.view_community_profile</t>
+        </is>
+      </c>
+      <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr"/>
       <c r="B348" t="inlineStr">
         <is>
-          <t>View community profile</t>
+          <t>View creator profile</t>
         </is>
       </c>
       <c r="C348" t="inlineStr"/>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>.sidebar.view_community_profile</t>
-[...2 lines deleted...]
-      <c r="G348" t="inlineStr"/>
+          <t>.sidebar.view_creator_profile</t>
+        </is>
+      </c>
+      <c r="G348" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Xem hồ sơ nhà sáng tạo</t>
+        </is>
+      </c>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr"/>
       <c r="B349" t="inlineStr">
         <is>
-          <t>View creator profile</t>
+          <t>A new version of itch is available!</t>
         </is>
       </c>
       <c r="C349" t="inlineStr"/>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>.sidebar.view_creator_profile</t>
+          <t>.status.available</t>
         </is>
       </c>
       <c r="G349" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Xem hồ sơ nhà sáng tạo</t>
+          <t>Suggested in Weblate: Đã có phiên bản mới của itch!</t>
         </is>
       </c>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr"/>
       <c r="B350" t="inlineStr">
         <is>
-          <t>A new version of itch is available!</t>
+          <t>Looking for updates…</t>
         </is>
       </c>
       <c r="C350" t="inlineStr"/>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>.status.available</t>
+          <t>.status.checking</t>
         </is>
       </c>
       <c r="G350" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Đã có phiên bản mới của itch!</t>
+          <t>Suggested in Weblate: Đang tìm kiếm các bản cập nhật...</t>
         </is>
       </c>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr"/>
       <c r="B351" t="inlineStr">
         <is>
-          <t>Looking for updates…</t>
+          <t>{{title}} needs to finish updating before it can be opened</t>
         </is>
       </c>
       <c r="C351" t="inlineStr"/>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>.status.checking</t>
+          <t>.status.repairing_game</t>
         </is>
       </c>
       <c r="G351" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Đang tìm kiếm các bản cập nhật...</t>
+          <t>Suggested in Weblate: {{title}} cần hoàn tất cập nhật trước khi có thể mở</t>
         </is>
       </c>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr"/>
       <c r="B352" t="inlineStr">
         <is>
-          <t>{{title}} needs to finish updating before it can be opened</t>
+          <t>The operation has been cancelled.</t>
         </is>
       </c>
       <c r="C352" t="inlineStr"/>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>.status.repairing_game</t>
+          <t>.status.cancelled.message</t>
         </is>
       </c>
       <c r="G352" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} cần hoàn tất cập nhật trước khi có thể mở</t>
+          <t>Suggested in Weblate: Hoạt động đã được hủy bỏ.</t>
         </is>
       </c>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr"/>
       <c r="B353" t="inlineStr">
         <is>
-          <t>The operation has been cancelled.</t>
+          <t>Install for {{title}} cancelled!</t>
         </is>
       </c>
       <c r="C353" t="inlineStr"/>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>.status.cancelled.message</t>
+          <t>.status.installing_game.cancelled</t>
         </is>
       </c>
       <c r="G353" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Hoạt động đã được hủy bỏ.</t>
+          <t>Suggested in Weblate: Việc cài đặt cho {{title}} đã được huỷ!</t>
         </is>
       </c>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr"/>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Install for {{title}} cancelled!</t>
+          <t>Copied to clipboard!</t>
         </is>
       </c>
       <c r="C354" t="inlineStr"/>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>.status.installing_game.cancelled</t>
+          <t>.status.copied_to_clipboard</t>
         </is>
       </c>
       <c r="G354" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Việc cài đặt cho {{title}} đã được huỷ!</t>
+          <t>Suggested in Weblate: Đã sao chép vào bộ nhớ đệm!</t>
         </is>
       </c>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr"/>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Copied to clipboard!</t>
+          <t>Click to restart &amp; apply update!</t>
         </is>
       </c>
       <c r="C355" t="inlineStr"/>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>.status.copied_to_clipboard</t>
+          <t>.status.downloaded</t>
         </is>
       </c>
       <c r="G355" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Đã sao chép vào bộ nhớ đệm!</t>
+          <t>Suggested in Weblate: Nhấn để khởi động lại và áp dụng bản cập nhật!</t>
         </is>
       </c>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr"/>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Click to restart &amp; apply update!</t>
+          <t>Downloading update…</t>
         </is>
       </c>
       <c r="C356" t="inlineStr"/>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>.status.downloaded</t>
+          <t>.status.downloading</t>
         </is>
       </c>
       <c r="G356" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nhấn để khởi động lại và áp dụng bản cập nhật!</t>
+          <t>Suggested in Weblate: Đang tải về bản cập nhật…</t>
         </is>
       </c>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr"/>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Downloading update…</t>
+          <t>Active download</t>
         </is>
       </c>
       <c r="C357" t="inlineStr"/>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>.status.downloading</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.downloads.category.active</t>
+        </is>
+      </c>
+      <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr"/>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Active download</t>
+          <t>Finished downloads</t>
         </is>
       </c>
       <c r="C358" t="inlineStr"/>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>.status.downloads.category.active</t>
+          <t>.status.downloads.category.finished</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr"/>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Finished downloads</t>
+          <t>Recent activity</t>
         </is>
       </c>
       <c r="C359" t="inlineStr"/>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>.status.downloads.category.finished</t>
-[...2 lines deleted...]
-      <c r="G359" t="inlineStr"/>
+          <t>.status.downloads.category.recent_activity</t>
+        </is>
+      </c>
+      <c r="G359" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Hoạt động gần đây</t>
+        </is>
+      </c>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr"/>
       <c r="B360" t="inlineStr">
         <is>
-          <t>Recent activity</t>
+          <t>Queued downloads</t>
         </is>
       </c>
       <c r="C360" t="inlineStr"/>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>.status.downloads.category.recent_activity</t>
+          <t>.status.downloads.category.queued</t>
         </is>
       </c>
       <c r="G360" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Hoạt động gần đây</t>
+          <t>Suggested in Weblate: Hàng chờ tải xuống</t>
         </is>
       </c>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr"/>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Queued downloads</t>
+          <t>Clear all</t>
         </is>
       </c>
       <c r="C361" t="inlineStr"/>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>.status.downloads.category.queued</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.downloads.clear_all_finished</t>
+        </is>
+      </c>
+      <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr"/>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Clear all</t>
+          <t>Updates available</t>
         </is>
       </c>
       <c r="C362" t="inlineStr"/>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_all_finished</t>
-[...2 lines deleted...]
-      <c r="G362" t="inlineStr"/>
+          <t>.status.downloads.updates_available</t>
+        </is>
+      </c>
+      <c r="G362" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Cập nhật có sẵn</t>
+        </is>
+      </c>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr"/>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Updates available</t>
+          <t>Update all</t>
         </is>
       </c>
       <c r="C363" t="inlineStr"/>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>.status.downloads.updates_available</t>
+          <t>.status.downloads.update_all</t>
         </is>
       </c>
       <c r="G363" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cập nhật có sẵn</t>
+          <t>Suggested in Weblate: Cập nhật tất cả</t>
         </is>
       </c>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr"/>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Update all</t>
+          <t>Clear</t>
         </is>
       </c>
       <c r="C364" t="inlineStr"/>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>.status.downloads.update_all</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.downloads.clear_finished</t>
+        </is>
+      </c>
+      <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr"/>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Clear</t>
+          <t>Click to manage downloads</t>
         </is>
       </c>
       <c r="C365" t="inlineStr"/>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>.status.downloads.clear_finished</t>
+          <t>.status.downloads.click_to_manage</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr"/>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Click to manage downloads</t>
+          <t>Download error</t>
         </is>
       </c>
       <c r="C366" t="inlineStr"/>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>.status.downloads.click_to_manage</t>
-[...2 lines deleted...]
-      <c r="G366" t="inlineStr"/>
+          <t>.status.downloads.download_error</t>
+        </is>
+      </c>
+      <c r="G366" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Lỗi tải về</t>
+        </is>
+      </c>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr"/>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Download error</t>
+          <t>No active downloads</t>
         </is>
       </c>
       <c r="C367" t="inlineStr"/>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>.status.downloads.download_error</t>
-[...6 lines deleted...]
-      </c>
+          <t>.status.downloads.no_active_downloads</t>
+        </is>
+      </c>
+      <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr"/>
       <c r="B368" t="inlineStr">
         <is>
-          <t>No active downloads</t>
+          <t>Things you install or download will show up here</t>
         </is>
       </c>
       <c r="C368" t="inlineStr"/>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads</t>
-[...2 lines deleted...]
-      <c r="G368" t="inlineStr"/>
+          <t>.status.downloads.no_active_downloads_subtext</t>
+        </is>
+      </c>
+      <c r="G368" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Những thứ bạn cài đặt hoặc tải xuống sẽ hiển thị ở đây</t>
+        </is>
+      </c>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr"/>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Things you install or download will show up here</t>
+          <t>Download some stuff!</t>
         </is>
       </c>
       <c r="C369" t="inlineStr"/>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>.status.downloads.no_active_downloads_subtext</t>
+          <t>.status.downloads.find_games_button</t>
         </is>
       </c>
       <c r="G369" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Những thứ bạn cài đặt hoặc tải xuống sẽ hiển thị ở đây</t>
+          <t>Suggested in Weblate: Tải vài thứ về nào!</t>
         </is>
       </c>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr"/>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Download some stuff!</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="C370" t="inlineStr"/>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>.status.downloads.find_games_button</t>
+          <t>.status.downloads.unknown_size</t>
         </is>
       </c>
       <c r="G370" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tải vài thứ về nào!</t>
+          <t>Suggested in Weblate: Chưa xác định</t>
         </is>
       </c>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr"/>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Resume downloads</t>
         </is>
       </c>
       <c r="C371" t="inlineStr"/>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>.status.downloads.unknown_size</t>
+          <t>.status.downloads.resume_downloads</t>
         </is>
       </c>
       <c r="G371" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chưa xác định</t>
+          <t>Suggested in Weblate: Tiếp tục tải về</t>
         </is>
       </c>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr"/>
       <c r="B372" t="inlineStr">
         <is>
-          <t>Resume downloads</t>
+          <t>Pause downloads</t>
         </is>
       </c>
       <c r="C372" t="inlineStr"/>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>.status.downloads.resume_downloads</t>
+          <t>.status.downloads.pause_downloads</t>
         </is>
       </c>
       <c r="G372" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tiếp tục tải về</t>
+          <t>Suggested in Weblate: Dừng tải về</t>
         </is>
       </c>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr"/>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Pause downloads</t>
+          <t>Could not check for updates: {{err}}</t>
         </is>
       </c>
       <c r="C373" t="inlineStr"/>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>.status.downloads.pause_downloads</t>
+          <t>.status.game_update.check_failed</t>
         </is>
       </c>
       <c r="G373" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Dừng tải về</t>
+          <t>Suggested in Weblate: Không thể kiểm tra cập nhật: {{err}}</t>
         </is>
       </c>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr"/>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Could not check for updates: {{err}}</t>
+          <t>Found new version of {{title}}!</t>
         </is>
       </c>
       <c r="C374" t="inlineStr"/>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>.status.game_update.check_failed</t>
+          <t>.status.game_update.found</t>
         </is>
       </c>
       <c r="G374" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Không thể kiểm tra cập nhật: {{err}}</t>
+          <t>Suggested in Weblate: Đã tìm thấy phiên bản mới của {{title}}!</t>
         </is>
       </c>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr"/>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Found new version of {{title}}!</t>
+          <t>{{title}} is up-to-date.</t>
         </is>
       </c>
       <c r="C375" t="inlineStr"/>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>.status.game_update.found</t>
+          <t>.status.game_update.not_found</t>
         </is>
       </c>
       <c r="G375" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Đã tìm thấy phiên bản mới của {{title}}!</t>
+          <t>Suggested in Weblate: {{title}} đã là phiên bản mới nhất.</t>
         </is>
       </c>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr"/>
       <c r="B376" t="inlineStr">
         <is>
-          <t>{{title}} is up-to-date.</t>
+          <t>{{title}} can't be updated because it's running.</t>
         </is>
       </c>
       <c r="C376" t="inlineStr"/>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>.status.game_update.not_found</t>
+          <t>.status.game_update.busy</t>
         </is>
       </c>
       <c r="G376" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} đã là phiên bản mới nhất.</t>
+          <t>Suggested in Weblate: {{title}} không thể được cập nhật vì nó đang chạy.</t>
         </is>
       </c>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr"/>
       <c r="B377" t="inlineStr">
         <is>
-          <t>{{title}} can't be updated because it's running.</t>
+          <t>{{title}} can't be uninstalled because it's running.</t>
         </is>
       </c>
       <c r="C377" t="inlineStr"/>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>.status.game_update.busy</t>
+          <t>.status.uninstall.busy</t>
         </is>
       </c>
       <c r="G377" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} không thể được cập nhật vì nó đang chạy.</t>
+          <t>Suggested in Weblate: {{title}} không thể được gỡ bỏ vì nó đang chạy.</t>
         </is>
       </c>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr"/>
       <c r="B378" t="inlineStr">
         <is>
-          <t>{{title}} can't be uninstalled because it's running.</t>
+          <t>{{title}} can't be reinstalled because it's running.</t>
         </is>
       </c>
       <c r="C378" t="inlineStr"/>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>.status.uninstall.busy</t>
+          <t>.status.reinstall.busy</t>
         </is>
       </c>
       <c r="G378" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} không thể được gỡ bỏ vì nó đang chạy.</t>
+          <t>Suggested in Weblate: {{title}} không thể được cài đặt lại vì nó đang chạy.</t>
         </is>
       </c>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr"/>
       <c r="B379" t="inlineStr">
         <is>
-          <t>{{title}} can't be reinstalled because it's running.</t>
+          <t>Offline mode enabled</t>
         </is>
       </c>
       <c r="C379" t="inlineStr"/>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>.status.reinstall.busy</t>
+          <t>.status.offline_mode.active</t>
         </is>
       </c>
       <c r="G379" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{title}} không thể được cài đặt lại vì nó đang chạy.</t>
+          <t>Suggested in Weblate: Đã bật chế độ ngoại tuyến</t>
         </is>
       </c>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr"/>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Offline mode enabled</t>
+          <t>Click to enable offline mode</t>
         </is>
       </c>
       <c r="C380" t="inlineStr"/>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>.status.offline_mode.active</t>
+          <t>.status.offline_mode.inactive</t>
         </is>
       </c>
       <c r="G380" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Đã bật chế độ ngoại tuyến</t>
+          <t>Suggested in Weblate: Nhấn để bật chế độ ngoại tuyến</t>
         </is>
       </c>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr"/>
       <c r="B381" t="inlineStr">
         <is>
-          <t>Click to enable offline mode</t>
+          <t>Your itch is up-to-date!</t>
         </is>
       </c>
       <c r="C381" t="inlineStr"/>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>.status.offline_mode.inactive</t>
+          <t>.status.uptodate</t>
         </is>
       </c>
       <c r="G381" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nhấn để bật chế độ ngoại tuyến</t>
+          <t>Suggested in Weblate: itch đã là phiên bản mới nhất!</t>
         </is>
       </c>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr"/>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Your itch is up-to-date!</t>
+          <t>A collection of assets</t>
         </is>
       </c>
       <c r="C382" t="inlineStr"/>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>.status.uptodate</t>
-[...6 lines deleted...]
-      </c>
+          <t>.usage_stats.description.assets</t>
+        </is>
+      </c>
+      <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr"/>
       <c r="B383" t="inlineStr">
         <is>
-          <t>A collection of assets</t>
+          <t>A book</t>
         </is>
       </c>
       <c r="C383" t="inlineStr"/>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>.usage_stats.description.assets</t>
-[...2 lines deleted...]
-      <c r="G383" t="inlineStr"/>
+          <t>.usage_stats.description.book</t>
+        </is>
+      </c>
+      <c r="G383" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Sách</t>
+        </is>
+      </c>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr"/>
       <c r="B384" t="inlineStr">
         <is>
-          <t>A book</t>
+          <t>Acquired {{time_ago}}</t>
         </is>
       </c>
       <c r="C384" t="inlineStr"/>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>.usage_stats.description.book</t>
+          <t>.usage_stats.description.bought_time_ago</t>
         </is>
       </c>
       <c r="G384" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sách</t>
+          <t>Suggested in Weblate: Đã thêm {{time_ago}}</t>
         </is>
       </c>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr"/>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Acquired {{time_ago}}</t>
+          <t>A comic</t>
         </is>
       </c>
       <c r="C385" t="inlineStr"/>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>.usage_stats.description.bought_time_ago</t>
-[...6 lines deleted...]
-      </c>
+          <t>.usage_stats.description.comic</t>
+        </is>
+      </c>
+      <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr"/>
       <c r="B386" t="inlineStr">
         <is>
-          <t>A comic</t>
+          <t>Free download</t>
         </is>
       </c>
       <c r="C386" t="inlineStr"/>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>.usage_stats.description.comic</t>
-[...2 lines deleted...]
-      <c r="G386" t="inlineStr"/>
+          <t>.usage_stats.description.free_download</t>
+        </is>
+      </c>
+      <c r="G386" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Tải về miễn phí</t>
+        </is>
+      </c>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr"/>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Free download</t>
+          <t>A game</t>
         </is>
       </c>
       <c r="C387" t="inlineStr"/>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>.usage_stats.description.free_download</t>
+          <t>.usage_stats.description.game</t>
         </is>
       </c>
       <c r="G387" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tải về miễn phí</t>
+          <t>Suggested in Weblate: Trò chơi</t>
         </is>
       </c>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr"/>
       <c r="B388" t="inlineStr">
         <is>
-          <t>A game</t>
+          <t>A game mod</t>
         </is>
       </c>
       <c r="C388" t="inlineStr"/>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game</t>
-[...6 lines deleted...]
-      </c>
+          <t>.usage_stats.description.game_mod</t>
+        </is>
+      </c>
+      <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr"/>
       <c r="B389" t="inlineStr">
         <is>
-          <t>A game mod</t>
+          <t>A thing</t>
         </is>
       </c>
       <c r="C389" t="inlineStr"/>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>.usage_stats.description.game_mod</t>
+          <t>.usage_stats.description.other</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr"/>
       <c r="B390" t="inlineStr">
         <is>
-          <t>A thing</t>
+          <t>A physical game</t>
         </is>
       </c>
       <c r="C390" t="inlineStr"/>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>.usage_stats.description.other</t>
+          <t>.usage_stats.description.physical_game</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr"/>
       <c r="B391" t="inlineStr">
         <is>
-          <t>A physical game</t>
+          <t>for {{platforms}}</t>
         </is>
       </c>
       <c r="C391" t="inlineStr"/>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>.usage_stats.description.physical_game</t>
-[...2 lines deleted...]
-      <c r="G391" t="inlineStr"/>
+          <t>.usage_stats.description.platforms</t>
+        </is>
+      </c>
+      <c r="G391" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: dành cho {{platforms}}</t>
+        </is>
+      </c>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr"/>
       <c r="B392" t="inlineStr">
         <is>
-          <t>for {{platforms}}</t>
+          <t>Available for {{price}} or more</t>
         </is>
       </c>
       <c r="C392" t="inlineStr"/>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>.usage_stats.description.platforms</t>
-[...6 lines deleted...]
-      </c>
+          <t>.usage_stats.description.price</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr"/>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr"/>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Available for {{price}} or more</t>
+          <t>A soundtrack</t>
         </is>
       </c>
       <c r="C393" t="inlineStr"/>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>.usage_stats.description.price</t>
+          <t>.usage_stats.description.soundtrack</t>
         </is>
       </c>
       <c r="G393" t="inlineStr"/>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr"/>
       <c r="B394" t="inlineStr">
         <is>
-          <t>A soundtrack</t>
+          <t>A tool</t>
         </is>
       </c>
       <c r="C394" t="inlineStr"/>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>.usage_stats.description.soundtrack</t>
+          <t>.usage_stats.description.tool</t>
         </is>
       </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr"/>
       <c r="B395" t="inlineStr">
         <is>
-          <t>A tool</t>
+          <t>Played</t>
         </is>
       </c>
       <c r="C395" t="inlineStr"/>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>.usage_stats.description.tool</t>
-[...2 lines deleted...]
-      <c r="G395" t="inlineStr"/>
+          <t>.usage_stats.has_played_for_duration</t>
+        </is>
+      </c>
+      <c r="G395" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Đã chơi</t>
+        </is>
+      </c>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr"/>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Played</t>
+          <t>Used</t>
         </is>
       </c>
       <c r="C396" t="inlineStr"/>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>.usage_stats.has_played_for_duration</t>
+          <t>.usage_stats.has_used_for_duration</t>
         </is>
       </c>
       <c r="G396" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Đã chơi</t>
+          <t>Suggested in Weblate: Đã sử dụng</t>
         </is>
       </c>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr"/>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Used</t>
+          <t>Last opened {{time_ago}}</t>
         </is>
       </c>
       <c r="C397" t="inlineStr"/>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>.usage_stats.has_used_for_duration</t>
+          <t>.usage_stats.last_opened_time_ago</t>
         </is>
       </c>
       <c r="G397" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Đã sử dụng</t>
+          <t>Suggested in Weblate: Mở lần cuối {{time_ago}}</t>
         </is>
       </c>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr"/>
       <c r="B398" t="inlineStr">
         <is>
-          <t>Last opened {{time_ago}}</t>
+          <t>Last played {{time_ago}}</t>
         </is>
       </c>
       <c r="C398" t="inlineStr"/>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>.usage_stats.last_opened_time_ago</t>
+          <t>.usage_stats.last_played_time_ago</t>
         </is>
       </c>
       <c r="G398" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mở lần cuối {{time_ago}}</t>
+          <t>Suggested in Weblate: Chơi lần cuối {{time_ago}}</t>
         </is>
       </c>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr"/>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Last played {{time_ago}}</t>
+          <t>Last used {{time_ago}}</t>
         </is>
       </c>
       <c r="C399" t="inlineStr"/>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>.usage_stats.last_played_time_ago</t>
+          <t>.usage_stats.last_used_time_ago</t>
         </is>
       </c>
       <c r="G399" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chơi lần cuối {{time_ago}}</t>
+          <t>Suggested in Weblate: Sử dụng lần cuối {{time_ago}}</t>
         </is>
       </c>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr"/>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Last used {{time_ago}}</t>
+          <t>Never opened</t>
         </is>
       </c>
       <c r="C400" t="inlineStr"/>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>.usage_stats.last_used_time_ago</t>
+          <t>.usage_stats.never_opened</t>
         </is>
       </c>
       <c r="G400" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sử dụng lần cuối {{time_ago}}</t>
+          <t>Suggested in Weblate: Chưa từng được mở</t>
         </is>
       </c>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr"/>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Never opened</t>
+          <t>Never played</t>
         </is>
       </c>
       <c r="C401" t="inlineStr"/>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>.usage_stats.never_opened</t>
+          <t>.usage_stats.never_played</t>
         </is>
       </c>
       <c r="G401" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chưa từng được mở</t>
+          <t>Suggested in Weblate: Chưa từng được chơi</t>
         </is>
       </c>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr"/>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Never played</t>
+          <t>Never used</t>
         </is>
       </c>
       <c r="C402" t="inlineStr"/>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>.usage_stats.never_played</t>
+          <t>.usage_stats.never_used</t>
         </is>
       </c>
       <c r="G402" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chưa từng được chơi</t>
+          <t>Suggested in Weblate: Chưa từng sử dụng</t>
         </is>
       </c>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr"/>
       <c r="B403" t="inlineStr">
         <is>
-          <t>Never used</t>
+          <t>{{app_name}} Setup</t>
         </is>
       </c>
       <c r="C403" t="inlineStr"/>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>.usage_stats.never_used</t>
+          <t>.setup.window.title</t>
         </is>
       </c>
       <c r="G403" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chưa từng sử dụng</t>
+          <t>Is this string working with windows tray icon's tooltip? Or is there one completely different?
+Suggested in Weblate: Cài đặt {{app_name}}</t>
         </is>
       </c>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr"/>
       <c r="B404" t="inlineStr">
         <is>
-          <t>{{app_name}} Setup</t>
+          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
         </is>
       </c>
       <c r="C404" t="inlineStr"/>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>.setup.window.title</t>
+          <t>.setup.window.welcome</t>
         </is>
       </c>
       <c r="G404" t="inlineStr">
         <is>
-          <t>Is this string working with windows tray icon's tooltip? Or is there one completely different?
-Suggested in Weblate: Cài đặt {{app_name}}</t>
+          <t>Suggested in Weblate: Chào mừng đến trình cài đặt {{app_name}}! Hãy lấy đồ uống, chọn vị trí cài đặt và tiếp tục.</t>
         </is>
       </c>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr"/>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Welcome to the {{app_name}} installer! Grab a drink, pick an install location and proceed.</t>
+          <t>Click to change the install location</t>
         </is>
       </c>
       <c r="C405" t="inlineStr"/>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>.setup.window.welcome</t>
+          <t>.setup.tooltip.location</t>
         </is>
       </c>
       <c r="G405" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chào mừng đến trình cài đặt {{app_name}}! Hãy lấy đồ uống, chọn vị trí cài đặt và tiếp tục.</t>
+          <t>Suggested in Weblate: Nhấn để thay đổi vị trí cài đặt</t>
         </is>
       </c>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr"/>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Click to change the install location</t>
+          <t>Choose where the app should be installed</t>
         </is>
       </c>
       <c r="C406" t="inlineStr"/>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>.setup.tooltip.location</t>
+          <t>.setup.location.message</t>
         </is>
       </c>
       <c r="G406" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nhấn để thay đổi vị trí cài đặt</t>
+          <t>Suggested in Weblate: Chọn nơi ứng dụng sẽ được cài đặt</t>
         </is>
       </c>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr"/>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Choose where the app should be installed</t>
+          <t>Browse</t>
         </is>
       </c>
       <c r="C407" t="inlineStr"/>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>.setup.location.message</t>
+          <t>.setup.action.browse</t>
         </is>
       </c>
       <c r="G407" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chọn nơi ứng dụng sẽ được cài đặt</t>
+          <t>Suggested in Weblate: Tìm kiếm</t>
         </is>
       </c>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr"/>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Browse</t>
+          <t>Install now</t>
         </is>
       </c>
       <c r="C408" t="inlineStr"/>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>.setup.action.browse</t>
+          <t>.setup.action.install</t>
         </is>
       </c>
       <c r="G408" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tìm kiếm</t>
+          <t>Suggested in Weblate: Cài đặt bây giờ</t>
         </is>
       </c>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr"/>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Install now</t>
+          <t>Warming up...</t>
         </is>
       </c>
       <c r="C409" t="inlineStr"/>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>.setup.action.install</t>
+          <t>.setup.status.preparing</t>
         </is>
       </c>
       <c r="G409" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cài đặt bây giờ</t>
+          <t>Suggested in Weblate: Đang chuẩn bị…</t>
         </is>
       </c>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr"/>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Warming up...</t>
+          <t>{{percent}} done</t>
         </is>
       </c>
       <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>.setup.status.preparing</t>
+          <t>.setup.status.progress</t>
         </is>
       </c>
       <c r="G410" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Đang chuẩn bị…</t>
+          <t>Suggested in Weblate: {{percent}} xong</t>
         </is>
       </c>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr"/>
       <c r="B411" t="inlineStr">
         <is>
-          <t>{{percent}} done</t>
+          <t>Downloading and installing @ {{speed}}</t>
         </is>
       </c>
       <c r="C411" t="inlineStr"/>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>.setup.status.progress</t>
+          <t>.setup.status.installing</t>
         </is>
       </c>
       <c r="G411" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: {{percent}} xong</t>
+          <t>Suggested in Weblate: Đang tải và cài đặt ở {{speed}}</t>
         </is>
       </c>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr"/>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Downloading and installing @ {{speed}}</t>
+          <t>All done!</t>
         </is>
       </c>
       <c r="C412" t="inlineStr"/>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>.setup.status.installing</t>
+          <t>.setup.status.done</t>
         </is>
       </c>
       <c r="G412" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Đang tải và cài đặt ở {{speed}}</t>
+          <t>Suggested in Weblate: Tất cả đã xong!</t>
         </is>
       </c>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr"/>
       <c r="B413" t="inlineStr">
         <is>
-          <t>All done!</t>
+          <t>The installation went well, {{app_name}} is now starting up!</t>
         </is>
       </c>
       <c r="C413" t="inlineStr"/>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>.setup.status.done</t>
+          <t>.setup.status.notification</t>
         </is>
       </c>
       <c r="G413" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tất cả đã xong!</t>
+          <t>Suggested in Weblate: Quá trình cài đặt diễn ra tốt đẹp, {{app_name}} hiện đang khởi động!</t>
         </is>
       </c>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr"/>
       <c r="B414" t="inlineStr">
         <is>
-          <t>The installation went well, {{app_name}} is now starting up!</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="C414" t="inlineStr"/>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>.setup.status.notification</t>
+          <t>.setup.error_dialog.title</t>
         </is>
       </c>
       <c r="G414" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Quá trình cài đặt diễn ra tốt đẹp, {{app_name}} hiện đang khởi động!</t>
+          <t>Suggested in Weblate: Đã xảy ra lỗi</t>
         </is>
       </c>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr"/>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Something went wrong</t>
+          <t>Cut</t>
         </is>
       </c>
       <c r="C415" t="inlineStr"/>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>.setup.error_dialog.title</t>
+          <t>.web.context_menu.cut</t>
         </is>
       </c>
       <c r="G415" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Đã xảy ra lỗi</t>
+          <t>Suggested in Weblate: Cắt</t>
         </is>
       </c>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr"/>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Cut</t>
+          <t>Copy</t>
         </is>
       </c>
       <c r="C416" t="inlineStr"/>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>.web.context_menu.cut</t>
+          <t>.web.context_menu.copy</t>
         </is>
       </c>
       <c r="G416" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cắt</t>
+          <t>Suggested in Weblate: Sao chép</t>
         </is>
       </c>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr"/>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Copy</t>
+          <t>Paste</t>
         </is>
       </c>
       <c r="C417" t="inlineStr"/>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy</t>
+          <t>.web.context_menu.paste</t>
         </is>
       </c>
       <c r="G417" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sao chép</t>
+          <t>Suggested in Weblate: Dán</t>
         </is>
       </c>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr"/>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Paste</t>
+          <t>Open in new tab</t>
         </is>
       </c>
       <c r="C418" t="inlineStr"/>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>.web.context_menu.paste</t>
+          <t>.web.context_menu.open_in_new_tab</t>
         </is>
       </c>
       <c r="G418" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Dán</t>
+          <t>Suggested in Weblate: Mở trong tab mới</t>
         </is>
       </c>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr"/>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Open in new tab</t>
+          <t>Copy link</t>
         </is>
       </c>
       <c r="C419" t="inlineStr"/>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>.web.context_menu.open_in_new_tab</t>
+          <t>.web.context_menu.copy_link</t>
         </is>
       </c>
       <c r="G419" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mở trong tab mới</t>
+          <t>Suggested in Weblate: Sao chép đường dẫn</t>
         </is>
       </c>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr"/>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Copy link</t>
+          <t>Inspect</t>
         </is>
       </c>
       <c r="C420" t="inlineStr"/>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>.web.context_menu.copy_link</t>
+          <t>.web.context_menu.inspect</t>
         </is>
       </c>
       <c r="G420" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sao chép đường dẫn</t>
+          <t>Suggested in Weblate: Kiểm tra</t>
         </is>
       </c>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr"/>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Inspect</t>
+          <t>{{size}} on disk</t>
         </is>
       </c>
       <c r="C421" t="inlineStr"/>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>.web.context_menu.inspect</t>
+          <t>.install_location.property.size_on_disk</t>
         </is>
       </c>
       <c r="G421" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Kiểm tra</t>
+          <t>Suggested in Weblate: {{size}} trên ổ đĩa</t>
         </is>
       </c>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr"/>
       <c r="B422" t="inlineStr">
         <is>
-          <t>{{size}} on disk</t>
+          <t>The install folder disappeared</t>
         </is>
       </c>
       <c r="C422" t="inlineStr"/>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>.install_location.property.size_on_disk</t>
-[...6 lines deleted...]
-      </c>
+          <t>.butlerd.codes.404</t>
+        </is>
+      </c>
+      <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr"/>
       <c r="B423" t="inlineStr">
         <is>
-          <t>The install folder disappeared</t>
+          <t>No compatible uploads were found for this title</t>
         </is>
       </c>
       <c r="C423" t="inlineStr"/>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>.butlerd.codes.404</t>
+          <t>.butlerd.codes.2001</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr"/>
       <c r="B424" t="inlineStr">
         <is>
-          <t>No compatible uploads were found for this title</t>
+          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
         </is>
       </c>
       <c r="C424" t="inlineStr"/>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>.butlerd.codes.2001</t>
+          <t>.butlerd.codes.3000</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr"/>
       <c r="B425" t="inlineStr">
         <is>
-          <t>This title is packaged in a way that is not compatible with the itch.io app.</t>
+          <t>Nothing that can be launched was found.</t>
         </is>
       </c>
       <c r="C425" t="inlineStr"/>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>.butlerd.codes.3000</t>
+          <t>.butlerd.codes.5000</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr"/>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Nothing that can be launched was found.</t>
+          <t>There is no Internet connection.</t>
         </is>
       </c>
       <c r="C426" t="inlineStr"/>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>.butlerd.codes.5000</t>
+          <t>.butlerd.codes.9000</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr"/>
       <c r="B427" t="inlineStr">
         <is>
-          <t>There is no Internet connection.</t>
+          <t>Acquired recently</t>
         </is>
       </c>
       <c r="C427" t="inlineStr"/>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>.butlerd.codes.9000</t>
+          <t>.sort_by.games.acquired_at</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr"/>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Acquired recently</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C428" t="inlineStr"/>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>.sort_by.games.acquired_at</t>
+          <t>.sort_by.games.title</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr"/>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Views</t>
         </is>
       </c>
       <c r="C429" t="inlineStr"/>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>.sort_by.games.title</t>
+          <t>.sort_by.games.views</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr"/>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Views</t>
+          <t>Downloads</t>
         </is>
       </c>
       <c r="C430" t="inlineStr"/>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>.sort_by.games.views</t>
+          <t>.sort_by.games.downloads</t>
         </is>
       </c>
       <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr"/>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Downloads</t>
+          <t>Purchases</t>
         </is>
       </c>
       <c r="C431" t="inlineStr"/>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>.sort_by.games.downloads</t>
+          <t>.sort_by.games.purchases</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr"/>
       <c r="B432" t="inlineStr">
         <is>
-          <t>Purchases</t>
+          <t>Play time</t>
         </is>
       </c>
       <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>.sort_by.games.purchases</t>
+          <t>.sort_by.games.play_time</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr"/>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Play time</t>
+          <t>Last touched</t>
         </is>
       </c>
       <c r="C433" t="inlineStr"/>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>.sort_by.games.play_time</t>
+          <t>.sort_by.games.last_touched</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr"/>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Last touched</t>
+          <t>Size on disk</t>
         </is>
       </c>
       <c r="C434" t="inlineStr"/>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>.sort_by.games.last_touched</t>
+          <t>.sort_by.games.size_on_disk</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr"/>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Size on disk</t>
+          <t>Install date</t>
         </is>
       </c>
       <c r="C435" t="inlineStr"/>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>.sort_by.games.size_on_disk</t>
+          <t>.sort_by.games.install_date</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr"/>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Install date</t>
+          <t>Title</t>
         </is>
       </c>
       <c r="C436" t="inlineStr"/>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>.sort_by.games.install_date</t>
+          <t>.sort_by.collections.title</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr"/>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Title</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C437" t="inlineStr"/>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>.sort_by.collections.title</t>
+          <t>.sort_by.collections.updated_at</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr"/>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="C438" t="inlineStr"/>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>.sort_by.collections.updated_at</t>
+          <t>.filter_by.games.classification.games</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr"/>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Games</t>
+          <t>Tools</t>
         </is>
       </c>
       <c r="C439" t="inlineStr"/>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.games</t>
+          <t>.filter_by.games.classification.tools</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr"/>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Tools</t>
+          <t>Game assets</t>
         </is>
       </c>
       <c r="C440" t="inlineStr"/>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.tools</t>
+          <t>.filter_by.games.classification.assets</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr"/>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Game assets</t>
+          <t>Comics</t>
         </is>
       </c>
       <c r="C441" t="inlineStr"/>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.assets</t>
+          <t>.filter_by.games.classification.comics</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr"/>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Comics</t>
+          <t>Books</t>
         </is>
       </c>
       <c r="C442" t="inlineStr"/>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.comics</t>
+          <t>.filter_by.games.classification.books</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr"/>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Books</t>
+          <t>Installed</t>
         </is>
       </c>
       <c r="C443" t="inlineStr"/>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.books</t>
+          <t>.filter_by.games.status.installed</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr"/>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Installed</t>
+          <t>Free</t>
         </is>
       </c>
       <c r="C444" t="inlineStr"/>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>.filter_by.games.status.installed</t>
+          <t>.filter_by.games.paid_status.free</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr"/>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Free</t>
+          <t>Paid</t>
         </is>
       </c>
       <c r="C445" t="inlineStr"/>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.free</t>
+          <t>.filter_by.games.paid_status.paid</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr"/>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Paid</t>
+          <t>Draft</t>
         </is>
       </c>
       <c r="C446" t="inlineStr"/>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>.filter_by.games.paid_status.paid</t>
+          <t>.filter_by.games.visibility.draft</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr"/>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Draft</t>
+          <t>Published</t>
         </is>
       </c>
       <c r="C447" t="inlineStr"/>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.draft</t>
+          <t>.filter_by.games.visibility.published</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr"/>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Published</t>
+          <t>View all...</t>
         </is>
       </c>
       <c r="C448" t="inlineStr"/>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>.filter_by.games.visibility.published</t>
+          <t>.game_stripe.view_all</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr"/>
       <c r="B449" t="inlineStr">
         <is>
-          <t>View all...</t>
+          <t>Level</t>
         </is>
       </c>
       <c r="C449" t="inlineStr"/>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>.game_stripe.view_all</t>
+          <t>.log.level</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr"/>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Level</t>
+          <t>Debug</t>
         </is>
       </c>
       <c r="C450" t="inlineStr"/>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>.log.level</t>
+          <t>.log.level.debug</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr"/>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Debug</t>
+          <t>Info</t>
         </is>
       </c>
       <c r="C451" t="inlineStr"/>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>.log.level.debug</t>
+          <t>.log.level.info</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr"/>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Info</t>
+          <t>Warning</t>
         </is>
       </c>
       <c r="C452" t="inlineStr"/>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>.log.level.info</t>
+          <t>.log.level.warning</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr"/>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Warning</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C453" t="inlineStr"/>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>.log.level.warning</t>
+          <t>.log.level.error</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr"/>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Error</t>
+          <t>Manage install locations</t>
         </is>
       </c>
       <c r="C454" t="inlineStr"/>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>.log.level.error</t>
+          <t>.install_locations.manage</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr"/>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Manage install locations</t>
+          <t>Updated</t>
         </is>
       </c>
       <c r="C455" t="inlineStr"/>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>.install_locations.manage</t>
+          <t>.collection.info.updated</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr"/>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Updated</t>
+          <t>Send feedback</t>
         </is>
       </c>
       <c r="C456" t="inlineStr"/>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>.collection.info.updated</t>
+          <t>.send_feedback.title</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
       <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr"/>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Send feedback</t>
+          <t>Please describe what you were trying to do when the issue happened:</t>
         </is>
       </c>
       <c r="C457" t="inlineStr"/>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>.send_feedback.title</t>
+          <t>.send_feedback.describe_issue</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr"/>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Please describe what you were trying to do when the issue happened:</t>
+          <t>A few reminders:</t>
         </is>
       </c>
       <c r="C458" t="inlineStr"/>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>.send_feedback.describe_issue</t>
+          <t>.send_feedback.reminders.header</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr"/>
       <c r="B459" t="inlineStr">
         <is>
-          <t>A few reminders:</t>
+          <t>Whatever you write will be read by humans.</t>
         </is>
       </c>
       <c r="C459" t="inlineStr"/>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.header</t>
+          <t>.send_feedback.reminders.we_are_humans</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
       <c r="H459" t="inlineStr"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr"/>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Whatever you write will be read by humans.</t>
+          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
         </is>
       </c>
       <c r="C460" t="inlineStr"/>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.we_are_humans</t>
+          <t>.send_feedback.reminders.be_precise</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr"/>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Be as precise as you can. We want to address the issue as much as you do!</t>
+          <t>Include steps to reproduce the issue if you can.</t>
         </is>
       </c>
       <c r="C461" t="inlineStr"/>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.be_precise</t>
+          <t>.send_feedback.reminders.include_reproduce_steps</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr"/>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Include steps to reproduce the issue if you can.</t>
+          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
         </is>
       </c>
       <c r="C462" t="inlineStr"/>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.include_reproduce_steps</t>
+          <t>.send_feedback.reminders.mention_itchio_account</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr"/>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Mention your itch.io account name and/or the page that was giving you trouble, if relevant.</t>
+          <t>Thanks for sending us feedback!</t>
         </is>
       </c>
       <c r="C463" t="inlineStr"/>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.mention_itchio_account</t>
+          <t>.send_feedback.reminders.thanks</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr"/>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Thanks for sending us feedback!</t>
+          <t>Where does my report go?</t>
         </is>
       </c>
       <c r="C464" t="inlineStr"/>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>.send_feedback.reminders.thanks</t>
+          <t>.send_feedback.questions.where_does_report_go</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr"/>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Where does my report go?</t>
+          <t>Review the information below to make sure you're comfortable with it being sent:</t>
         </is>
       </c>
       <c r="C465" t="inlineStr"/>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>.send_feedback.questions.where_does_report_go</t>
+          <t>.send_feedback.consent.please_review</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr"/>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Review the information below to make sure you're comfortable with it being sent:</t>
+          <t>redacted</t>
         </is>
       </c>
       <c r="C466" t="inlineStr"/>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.please_review</t>
+          <t>.send_feedback.consent.redacted</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr"/>
       <c r="B467" t="inlineStr">
         <is>
-          <t>redacted</t>
+          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
         </is>
       </c>
       <c r="C467" t="inlineStr"/>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.redacted</t>
+          <t>.send_feedback.consent.system_info_helps_us</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr"/>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Having a rough idea of your setup often helps us identify the source of an issue.</t>
+          <t>Include this information in the report</t>
         </is>
       </c>
       <c r="C468" t="inlineStr"/>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.system_info_helps_us</t>
+          <t>.send_feedback.consent.include_in_report</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr"/>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Include this information in the report</t>
+          <t>A secret URL will be generated for your report.</t>
         </is>
       </c>
       <c r="C469" t="inlineStr"/>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>.send_feedback.consent.include_in_report</t>
+          <t>.send_feedback.send.secret_url</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr"/>
       <c r="B470" t="inlineStr">
         <is>
-          <t>A secret URL will be generated for your report.</t>
+          <t>From that page, you will be able to:</t>
         </is>
       </c>
       <c r="C470" t="inlineStr"/>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url</t>
+          <t>.send_feedback.send.secret_url.feature_list</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr"/>
       <c r="B471" t="inlineStr">
         <is>
-          <t>From that page, you will be able to:</t>
+          <t>See everything we see about the report</t>
         </is>
       </c>
       <c r="C471" t="inlineStr"/>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list</t>
+          <t>.send_feedback.send.secret_url.feature_list.view</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr"/>
       <c r="B472" t="inlineStr">
         <is>
-          <t>See everything we see about the report</t>
+          <t>Delete it if you decide to.</t>
         </is>
       </c>
       <c r="C472" t="inlineStr"/>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.view</t>
+          <t>.send_feedback.send.secret_url.feature_list.delete</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr"/>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Delete it if you decide to.</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C473" t="inlineStr"/>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>.send_feedback.send.secret_url.feature_list.delete</t>
+          <t>.send_feedback.send.do_send</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr"/>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Nevermind, take me out of here</t>
         </is>
       </c>
       <c r="C474" t="inlineStr"/>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>.send_feedback.send.do_send</t>
+          <t>.send_feedback.send.dont_send</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr"/>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Nevermind, take me out of here</t>
+          <t>Sending...</t>
         </is>
       </c>
       <c r="C475" t="inlineStr"/>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>.send_feedback.send.dont_send</t>
+          <t>.send_feedback.send.sending</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr"/>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Sending...</t>
+          <t>Thank you for sending a report, it helps everyone!</t>
         </is>
       </c>
       <c r="C476" t="inlineStr"/>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>.send_feedback.send.sending</t>
+          <t>.send_feedback.final_thanks</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr"/>
       <c r="B477" t="inlineStr">
         <is>
-          <t>Thank you for sending a report, it helps everyone!</t>
+          <t>Your report was sent successfully!</t>
         </is>
       </c>
       <c r="C477" t="inlineStr"/>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>.send_feedback.final_thanks</t>
+          <t>.send_feedback.success.intro</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr"/>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Your report was sent successfully!</t>
+          <t>View report</t>
         </is>
       </c>
       <c r="C478" t="inlineStr"/>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>.send_feedback.success.intro</t>
+          <t>.send_feedback.success.view_report</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr"/>
       <c r="B479" t="inlineStr">
         <is>
-          <t>View report</t>
+          <t>(You can delete it from this page)</t>
         </is>
       </c>
       <c r="C479" t="inlineStr"/>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report</t>
+          <t>.send_feedback.success.view_report.delete</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr"/>
       <c r="B480" t="inlineStr">
         <is>
-          <t>(You can delete it from this page)</t>
+          <t>Thanks for your feedback</t>
         </is>
       </c>
       <c r="C480" t="inlineStr"/>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>.send_feedback.success.view_report.delete</t>
+          <t>.send_feedback.success.thanks</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr"/>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Thanks for your feedback</t>
+          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
         </is>
       </c>
       <c r="C481" t="inlineStr"/>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>.send_feedback.success.thanks</t>
+          <t>.send_feedback.success.promise</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr"/>
       <c r="B482" t="inlineStr">
         <is>
-          <t>It will be reviewed as soon as we can, converted into an actionable issue, and hopefully fixed in a future release.</t>
+          <t>Sorry, we could not send your report.</t>
         </is>
       </c>
       <c r="C482" t="inlineStr"/>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>.send_feedback.success.promise</t>
+          <t>.send_feedback.error.intro</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr"/>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Sorry, we could not send your report.</t>
+          <t>Previous</t>
         </is>
       </c>
       <c r="C483" t="inlineStr"/>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>.send_feedback.error.intro</t>
+          <t>.send_feedback.nav.previous</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr"/>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Previous</t>
+          <t>Next</t>
         </is>
       </c>
       <c r="C484" t="inlineStr"/>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.previous</t>
+          <t>.send_feedback.nav.next</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr"/>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Next</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C485" t="inlineStr"/>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.next</t>
+          <t>.send_feedback.nav.close</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr"/>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Your message</t>
         </is>
       </c>
       <c r="C486" t="inlineStr"/>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>.send_feedback.nav.close</t>
+          <t>.send_feedback.steps.your_message</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr"/>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Your message</t>
+          <t>System information</t>
         </is>
       </c>
       <c r="C487" t="inlineStr"/>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.your_message</t>
+          <t>.send_feedback.steps.system_info</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr"/>
       <c r="B488" t="inlineStr">
         <is>
-          <t>System information</t>
+          <t>Send report</t>
         </is>
       </c>
       <c r="C488" t="inlineStr"/>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.system_info</t>
+          <t>.send_feedback.steps.send</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr"/>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Send report</t>
+          <t>Computing space requirements</t>
         </is>
       </c>
       <c r="C489" t="inlineStr"/>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>.send_feedback.steps.send</t>
+          <t>.plan_install.computing_space_requirements</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr"/>
       <c r="B490" t="inlineStr">
         <is>
-          <t>Computing space requirements</t>
+          <t>Install</t>
         </is>
       </c>
       <c r="C490" t="inlineStr"/>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>.plan_install.computing_space_requirements</t>
+          <t>.plan_install.select_upload</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr"/>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Install</t>
+          <t>To location</t>
         </is>
       </c>
       <c r="C491" t="inlineStr"/>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>.plan_install.select_upload</t>
+          <t>.plan_install.select_install_location</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr"/>
       <c r="B492" t="inlineStr">
         <is>
-          <t>To location</t>
+          <t>Disk space required</t>
         </is>
       </c>
       <c r="C492" t="inlineStr"/>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>.plan_install.select_install_location</t>
+          <t>.plan_install.disk_space_required</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr"/>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Disk space required</t>
+          <t>Disk space available</t>
         </is>
       </c>
       <c r="C493" t="inlineStr"/>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_required</t>
+          <t>.plan_install.disk_space_available</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr"/>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Disk space available</t>
+          <t>Nothing to see here</t>
         </is>
       </c>
       <c r="C494" t="inlineStr"/>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>.plan_install.disk_space_available</t>
+          <t>.empty_state.nothing_to_see_here</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr"/>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Nothing to see here</t>
+          <t>Software License Agreement</t>
         </is>
       </c>
       <c r="C495" t="inlineStr"/>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>.empty_state.nothing_to_see_here</t>
+          <t>.prompt.sla.title</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr"/>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Software License Agreement</t>
+          <t>To use this software, you need to accept the terms of this license agreement:</t>
         </is>
       </c>
       <c r="C496" t="inlineStr"/>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>.prompt.sla.title</t>
+          <t>.prompt.sla.message</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr"/>
       <c r="B497" t="inlineStr">
         <is>
-          <t>To use this software, you need to accept the terms of this license agreement:</t>
+          <t>Accept terms</t>
         </is>
       </c>
       <c r="C497" t="inlineStr"/>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>.prompt.sla.message</t>
+          <t>.prompt.sla.accept</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr"/>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Accept terms</t>
+          <t>Physical Games</t>
         </is>
       </c>
       <c r="C498" t="inlineStr"/>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>.prompt.sla.accept</t>
+          <t>.filter_by.games.classification.physical_game</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr"/>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Physical Games</t>
+          <t>1 hour 1 minute</t>
         </is>
       </c>
       <c r="C499" t="inlineStr"/>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>.filter_by.games.classification.physical_game</t>
+          <t>.duration.precise.hour_minute</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
+    </row>
+    <row r="500">
+      <c r="A500" t="inlineStr"/>
+      <c r="B500" t="inlineStr">
+        <is>
+          <t>1 hour {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C500" t="inlineStr"/>
+      <c r="D500" t="inlineStr"/>
+      <c r="E500" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F500" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_minutes</t>
+        </is>
+      </c>
+      <c r="G500" t="inlineStr"/>
+      <c r="H500" t="inlineStr"/>
+    </row>
+    <row r="501">
+      <c r="A501" t="inlineStr"/>
+      <c r="B501" t="inlineStr">
+        <is>
+          <t>1 hour</t>
+        </is>
+      </c>
+      <c r="C501" t="inlineStr"/>
+      <c r="D501" t="inlineStr"/>
+      <c r="E501" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F501" t="inlineStr">
+        <is>
+          <t>.duration.precise.hour_only</t>
+        </is>
+      </c>
+      <c r="G501" t="inlineStr"/>
+      <c r="H501" t="inlineStr"/>
+    </row>
+    <row r="502">
+      <c r="A502" t="inlineStr"/>
+      <c r="B502" t="inlineStr">
+        <is>
+          <t>{{hours}} hours 1 minute</t>
+        </is>
+      </c>
+      <c r="C502" t="inlineStr"/>
+      <c r="D502" t="inlineStr"/>
+      <c r="E502" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F502" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minute</t>
+        </is>
+      </c>
+      <c r="G502" t="inlineStr"/>
+      <c r="H502" t="inlineStr"/>
+    </row>
+    <row r="503">
+      <c r="A503" t="inlineStr"/>
+      <c r="B503" t="inlineStr">
+        <is>
+          <t>{{hours}} hours {{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C503" t="inlineStr"/>
+      <c r="D503" t="inlineStr"/>
+      <c r="E503" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F503" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_minutes</t>
+        </is>
+      </c>
+      <c r="G503" t="inlineStr"/>
+      <c r="H503" t="inlineStr"/>
+    </row>
+    <row r="504">
+      <c r="A504" t="inlineStr"/>
+      <c r="B504" t="inlineStr">
+        <is>
+          <t>{{hours}} hours</t>
+        </is>
+      </c>
+      <c r="C504" t="inlineStr"/>
+      <c r="D504" t="inlineStr"/>
+      <c r="E504" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F504" t="inlineStr">
+        <is>
+          <t>.duration.precise.hours_only</t>
+        </is>
+      </c>
+      <c r="G504" t="inlineStr"/>
+      <c r="H504" t="inlineStr"/>
+    </row>
+    <row r="505">
+      <c r="A505" t="inlineStr"/>
+      <c r="B505" t="inlineStr">
+        <is>
+          <t>1 minute</t>
+        </is>
+      </c>
+      <c r="C505" t="inlineStr"/>
+      <c r="D505" t="inlineStr"/>
+      <c r="E505" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F505" t="inlineStr">
+        <is>
+          <t>.duration.precise.minute_only</t>
+        </is>
+      </c>
+      <c r="G505" t="inlineStr"/>
+      <c r="H505" t="inlineStr"/>
+    </row>
+    <row r="506">
+      <c r="A506" t="inlineStr"/>
+      <c r="B506" t="inlineStr">
+        <is>
+          <t>{{minutes}} minutes</t>
+        </is>
+      </c>
+      <c r="C506" t="inlineStr"/>
+      <c r="D506" t="inlineStr"/>
+      <c r="E506" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F506" t="inlineStr">
+        <is>
+          <t>.duration.precise.minutes_only</t>
+        </is>
+      </c>
+      <c r="G506" t="inlineStr"/>
+      <c r="H506" t="inlineStr"/>
+    </row>
+    <row r="507">
+      <c r="A507" t="inlineStr"/>
+      <c r="B507" t="inlineStr">
+        <is>
+          <t>{{seconds}} seconds</t>
+        </is>
+      </c>
+      <c r="C507" t="inlineStr"/>
+      <c r="D507" t="inlineStr"/>
+      <c r="E507" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F507" t="inlineStr">
+        <is>
+          <t>.duration.precise.seconds_only</t>
+        </is>
+      </c>
+      <c r="G507" t="inlineStr"/>
+      <c r="H507" t="inlineStr"/>
+    </row>
+    <row r="508">
+      <c r="A508" t="inlineStr"/>
+      <c r="B508" t="inlineStr">
+        <is>
+          <t>Confirm uninstall</t>
+        </is>
+      </c>
+      <c r="C508" t="inlineStr"/>
+      <c r="D508" t="inlineStr"/>
+      <c r="E508" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F508" t="inlineStr">
+        <is>
+          <t>.prompt.uninstall.title</t>
+        </is>
+      </c>
+      <c r="G508" t="inlineStr"/>
+      <c r="H508" t="inlineStr"/>
+    </row>
+    <row r="509">
+      <c r="A509" t="inlineStr"/>
+      <c r="B509" t="inlineStr">
+        <is>
+          <t>No compatible downloads were found</t>
+        </is>
+      </c>
+      <c r="C509" t="inlineStr"/>
+      <c r="D509" t="inlineStr"/>
+      <c r="E509" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F509" t="inlineStr">
+        <is>
+          <t>.plan_install.no_available_downloads</t>
+        </is>
+      </c>
+      <c r="G509" t="inlineStr"/>
+      <c r="H509" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>