--- v0 (2026-01-13)
+++ v1 (2026-03-03)
@@ -2357,63 +2357,59 @@
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>.tags.exploration</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr"/>
       <c r="B77" t="inlineStr">
         <is>
           <t>Explosions</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Wybuchy</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>.tags.explosions</t>
         </is>
       </c>
-      <c r="G77" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr"/>
       <c r="B78" t="inlineStr">
         <is>
           <t>Fairy Tale</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Baśniowe</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>.tags.fairy-tale</t>
         </is>
       </c>
@@ -10480,51 +10476,51 @@
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
           <t>.tags.doujinshi</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr"/>
       <c r="B389" t="inlineStr">
         <is>
           <t>Fanzine</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Fanzin</t>
+          <t>Zin</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
           <t>.tags.fanzine</t>
         </is>
       </c>
       <c r="G389" t="inlineStr">
         <is>
           <t>Forma spolszczona, także „Zin”. Zasadniczo niesłownikowa, ale występuje na wiktionary: https://pl.wiktionary.org/wiki/fanzin</t>
         </is>
       </c>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr"/>
       <c r="B390" t="inlineStr">
         <is>
           <t>Forged in the Dark</t>
@@ -10590,67 +10586,67 @@
         <is>
           <t>MIDI</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
           <t>.tags.midi</t>
         </is>
       </c>
       <c r="G392" t="inlineStr"/>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr"/>
       <c r="B393" t="inlineStr">
         <is>
           <t>Suika Game</t>
         </is>
       </c>
-      <c r="C393" t="inlineStr"/>
+      <c r="C393" t="inlineStr">
+        <is>
+          <t>Gra Suika</t>
+        </is>
+      </c>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
           <t>.tags.suika-game</t>
         </is>
       </c>
-      <c r="G393" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G393" t="inlineStr"/>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr"/>
       <c r="B394" t="inlineStr">
         <is>
           <t>SVG</t>
         </is>
       </c>
       <c r="C394" t="inlineStr">
         <is>
           <t>SVG</t>
         </is>
       </c>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
           <t>.tags.svg</t>
         </is>
       </c>